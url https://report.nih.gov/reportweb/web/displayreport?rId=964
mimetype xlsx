--- v0 (2025-11-04)
+++ v1 (2026-03-02)
@@ -4,92 +4,92 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FCD8D1FB-0FE5-4D30-9966-A39A1C01374A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7B9B801B-AD7B-44B9-A723-817692555B4B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{7871AD69-D31F-48BE-A886-6C7691D028ED}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7871AD69-D31F-48BE-A886-6C7691D028ED}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #131" sheetId="4" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #131'!$A$2:$D$139</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #131'!$A$2:$D$152</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #131'!$A$1:$F$120</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #131'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="30">
   <si>
     <t>Activity Code</t>
   </si>
   <si>
     <t>F30</t>
   </si>
   <si>
     <t>F31</t>
   </si>
   <si>
     <t>F32</t>
   </si>
   <si>
     <t>F33</t>
   </si>
   <si>
     <t>T15</t>
   </si>
   <si>
     <t>T32</t>
   </si>
   <si>
     <t>T34</t>
   </si>
   <si>
@@ -110,147 +110,60 @@
   <si>
     <t>TL4</t>
   </si>
   <si>
     <t>F99</t>
   </si>
   <si>
     <t>NOTES</t>
   </si>
   <si>
     <t>Total Funding</t>
   </si>
   <si>
     <t>Total Number of Awards</t>
   </si>
   <si>
     <t>FY</t>
   </si>
   <si>
     <t>FY Total</t>
   </si>
   <si>
     <t>FM1</t>
   </si>
   <si>
-    <r>
-[...24 lines deleted...]
-  <si>
     <t>Fellowships</t>
   </si>
   <si>
     <t>Defined as activity codes F05, F30, F31, F32, F33, F34, F35, F36, F37, F38, F39 and F99. Not all of these activities may be in use by NIH every year.</t>
   </si>
   <si>
     <t>Training Grants</t>
   </si>
   <si>
     <t>Defined as activity codes T01, T02, T09, T14, T15, T32, T34, T35, T36, T37, T42, T90, TL1, TL4 and TU2. Not all of these activities may be in use by NIH every year.</t>
-  </si>
-[...59 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
   </si>
   <si>
@@ -264,64 +177,118 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Source: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NIH PUB File</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>T</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>able #131: NIH Training Grants and Fellowships</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - Awards and Total Funding by Activity Code, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="####0"/>
     <numFmt numFmtId="166" formatCode="#,###,###,##0"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;###,###,###,###,##0"/>
   </numFmts>
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -396,331 +363,328 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color indexed="12"/>
+      <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
-  <fills count="7">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF366092"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB8CCE4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="4">
+  <borders count="2">
     <border>
       <left/>
-      <right/>
-[...7 lines deleted...]
-      </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="4" fillId="2" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="11" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="11" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="11" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="15" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="15" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="15" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="20" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="20" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="20" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hyperlink 4" xfId="3" xr:uid="{D6E7BB00-1AF6-4195-8025-0A91A6CDF4B1}"/>
     <cellStyle name="Hyperlink 4 2" xfId="4" xr:uid="{BFEC842A-4B4B-4E54-B58E-7B688D85A835}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 11" xfId="1" xr:uid="{A63AC340-C674-4CD1-9697-DB141989BEFA}"/>
     <cellStyle name="Normal 19" xfId="2" xr:uid="{202B5843-41F3-4B2E-A31E-9762B96AE7FC}"/>
     <cellStyle name="Normal 2" xfId="5" xr:uid="{7E01F356-489C-442B-BBF8-CDDEF4A4D531}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFB8CCE4"/>
       <color rgb="FF366092"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -782,51 +746,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -924,2654 +888,2837 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F5B44DF-2DC3-4DB7-8360-FBF7E39EAE5C}">
-  <dimension ref="A1:H139"/>
+  <dimension ref="A1:H152"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="14.88671875" style="21" customWidth="1"/>
+    <col min="1" max="1" width="14.85546875" style="21" customWidth="1"/>
     <col min="2" max="2" width="19" style="21" customWidth="1"/>
-    <col min="3" max="3" width="20.6640625" customWidth="1"/>
-    <col min="4" max="4" width="25.6640625" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" customWidth="1"/>
+    <col min="4" max="4" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:8" s="10" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8" s="10" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="18" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="18" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="18" t="s">
         <v>17</v>
       </c>
       <c r="D2" s="18" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="34"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="38"/>
+    </row>
+    <row r="3" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="22">
         <v>2015</v>
       </c>
       <c r="B3" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="11">
         <v>556</v>
       </c>
       <c r="D3" s="12">
         <v>21911902</v>
       </c>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
     </row>
-    <row r="4" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="22">
         <v>2015</v>
       </c>
       <c r="B4" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="11">
         <v>1393</v>
       </c>
       <c r="D4" s="12">
         <v>49574622</v>
       </c>
       <c r="E4" s="4"/>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="4"/>
     </row>
-    <row r="5" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="22">
         <v>2015</v>
       </c>
       <c r="B5" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="11">
         <v>1222</v>
       </c>
       <c r="D5" s="12">
         <v>65466626</v>
       </c>
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
     </row>
-    <row r="6" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="22">
         <v>2015</v>
       </c>
       <c r="B6" s="22" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="11">
         <v>1</v>
       </c>
       <c r="D6" s="12">
         <v>62011</v>
       </c>
       <c r="E6" s="4"/>
       <c r="F6" s="4"/>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
     </row>
-    <row r="7" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="22">
         <v>2015</v>
       </c>
       <c r="B7" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="11">
         <v>27</v>
       </c>
       <c r="D7" s="12">
         <v>15123311</v>
       </c>
       <c r="E7" s="4"/>
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
     </row>
-    <row r="8" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="22">
         <v>2015</v>
       </c>
       <c r="B8" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="11">
         <v>1622</v>
       </c>
       <c r="D8" s="12">
         <v>541976438</v>
       </c>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4"/>
     </row>
-    <row r="9" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="22">
         <v>2015</v>
       </c>
       <c r="B9" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="11">
         <v>49</v>
       </c>
       <c r="D9" s="12">
         <v>17903357</v>
       </c>
       <c r="E9" s="4"/>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
     </row>
-    <row r="10" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="22">
         <v>2015</v>
       </c>
       <c r="B10" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="11">
         <v>86</v>
       </c>
       <c r="D10" s="12">
         <v>7268394</v>
       </c>
       <c r="E10" s="4"/>
       <c r="F10" s="4"/>
       <c r="G10" s="4"/>
       <c r="H10" s="4"/>
     </row>
-    <row r="11" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="22">
         <v>2015</v>
       </c>
       <c r="B11" s="22" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="11">
         <v>12</v>
       </c>
       <c r="D11" s="12">
         <v>4972723</v>
       </c>
       <c r="E11" s="4"/>
       <c r="F11" s="4"/>
       <c r="G11" s="4"/>
       <c r="H11" s="4"/>
     </row>
-    <row r="12" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="22">
         <v>2015</v>
       </c>
       <c r="B12" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="11">
         <v>22</v>
       </c>
       <c r="D12" s="12">
         <v>5118793</v>
       </c>
       <c r="E12" s="4"/>
       <c r="F12" s="4"/>
       <c r="G12" s="4"/>
       <c r="H12" s="4"/>
     </row>
-    <row r="13" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="22">
         <v>2015</v>
       </c>
       <c r="B13" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="11">
         <v>20</v>
       </c>
       <c r="D13" s="12">
         <v>5933317</v>
       </c>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
     </row>
-    <row r="14" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="22">
         <v>2015</v>
       </c>
       <c r="B14" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="11">
         <v>51</v>
       </c>
       <c r="D14" s="12">
         <v>13181709</v>
       </c>
       <c r="E14" s="4"/>
       <c r="F14" s="4"/>
       <c r="G14" s="4"/>
       <c r="H14" s="4"/>
     </row>
-    <row r="15" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="22">
         <v>2015</v>
       </c>
       <c r="B15" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="11">
         <v>10</v>
       </c>
       <c r="D15" s="12">
         <v>11644539</v>
       </c>
       <c r="E15" s="4"/>
       <c r="F15" s="4"/>
       <c r="G15" s="4"/>
       <c r="H15" s="4"/>
     </row>
-    <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="23">
         <v>2015</v>
       </c>
       <c r="B16" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="19">
         <v>5071</v>
       </c>
       <c r="D16" s="20">
         <v>760137742</v>
       </c>
       <c r="E16" s="4"/>
       <c r="F16" s="4"/>
       <c r="G16" s="4"/>
       <c r="H16" s="4"/>
     </row>
-    <row r="17" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="22">
         <v>2016</v>
       </c>
       <c r="B17" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="11">
         <v>633</v>
       </c>
       <c r="D17" s="12">
         <v>25419292</v>
       </c>
       <c r="E17" s="4"/>
       <c r="F17" s="4"/>
       <c r="G17" s="4"/>
       <c r="H17" s="4"/>
     </row>
-    <row r="18" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="22">
         <v>2016</v>
       </c>
       <c r="B18" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C18" s="11">
         <v>1454</v>
       </c>
       <c r="D18" s="12">
         <v>52644234</v>
       </c>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
     </row>
-    <row r="19" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="22">
         <v>2016</v>
       </c>
       <c r="B19" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="11">
         <v>1207</v>
       </c>
       <c r="D19" s="12">
         <v>67916830</v>
       </c>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
     </row>
-    <row r="20" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="22">
         <v>2016</v>
       </c>
       <c r="B20" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="11">
         <v>36</v>
       </c>
       <c r="D20" s="12">
         <v>1391380</v>
       </c>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
     </row>
-    <row r="21" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="22">
         <v>2016</v>
       </c>
       <c r="B21" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C21" s="11">
         <v>18</v>
       </c>
       <c r="D21" s="12">
         <v>14018847</v>
       </c>
       <c r="E21" s="4"/>
       <c r="F21" s="4"/>
       <c r="G21" s="4"/>
       <c r="H21" s="4"/>
     </row>
-    <row r="22" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="22">
         <v>2016</v>
       </c>
       <c r="B22" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C22" s="11">
         <v>1669</v>
       </c>
       <c r="D22" s="12">
         <v>564978499</v>
       </c>
       <c r="E22" s="4"/>
       <c r="F22" s="4"/>
       <c r="G22" s="4"/>
       <c r="H22" s="4"/>
     </row>
-    <row r="23" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="22">
         <v>2016</v>
       </c>
       <c r="B23" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="11">
         <v>53</v>
       </c>
       <c r="D23" s="12">
         <v>18032897</v>
       </c>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
     </row>
-    <row r="24" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="22">
         <v>2016</v>
       </c>
       <c r="B24" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="11">
         <v>83</v>
       </c>
       <c r="D24" s="12">
         <v>7154016</v>
       </c>
       <c r="E24" s="4"/>
       <c r="F24" s="4"/>
       <c r="G24" s="4"/>
       <c r="H24" s="4"/>
     </row>
-    <row r="25" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="22">
         <v>2016</v>
       </c>
       <c r="B25" s="22" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="11">
         <v>5</v>
       </c>
       <c r="D25" s="12">
         <v>2553459</v>
       </c>
       <c r="E25" s="4"/>
       <c r="F25" s="4"/>
       <c r="G25" s="4"/>
       <c r="H25" s="4"/>
     </row>
-    <row r="26" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="22">
         <v>2016</v>
       </c>
       <c r="B26" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="11">
         <v>22</v>
       </c>
       <c r="D26" s="12">
         <v>5563140</v>
       </c>
       <c r="E26" s="4"/>
       <c r="F26" s="4"/>
       <c r="G26" s="4"/>
       <c r="H26" s="4"/>
     </row>
-    <row r="27" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="22">
         <v>2016</v>
       </c>
       <c r="B27" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="11">
         <v>16</v>
       </c>
       <c r="D27" s="12">
         <v>5087688</v>
       </c>
       <c r="E27" s="4"/>
       <c r="F27" s="4"/>
       <c r="G27" s="4"/>
       <c r="H27" s="4"/>
     </row>
-    <row r="28" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="22">
         <v>2016</v>
       </c>
       <c r="B28" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="11">
         <v>47</v>
       </c>
       <c r="D28" s="12">
         <v>22680718</v>
       </c>
       <c r="E28" s="4"/>
       <c r="F28" s="4"/>
       <c r="G28" s="4"/>
       <c r="H28" s="4"/>
     </row>
-    <row r="29" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="22">
         <v>2016</v>
       </c>
       <c r="B29" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="11">
         <v>10</v>
       </c>
       <c r="D29" s="12">
         <v>16427440</v>
       </c>
       <c r="E29" s="4"/>
       <c r="F29" s="4"/>
       <c r="G29" s="4"/>
       <c r="H29" s="4"/>
     </row>
-    <row r="30" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="23">
         <v>2016</v>
       </c>
       <c r="B30" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C30" s="19">
         <v>5253</v>
       </c>
       <c r="D30" s="20">
         <v>803868440</v>
       </c>
       <c r="E30" s="4"/>
       <c r="F30" s="4"/>
       <c r="G30" s="4"/>
       <c r="H30" s="4"/>
     </row>
-    <row r="31" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="22">
         <v>2017</v>
       </c>
       <c r="B31" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="11">
         <v>679</v>
       </c>
       <c r="D31" s="12">
         <v>28068777</v>
       </c>
       <c r="E31" s="4"/>
       <c r="F31" s="4"/>
       <c r="G31" s="4"/>
       <c r="H31" s="4"/>
     </row>
-    <row r="32" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="22">
         <v>2017</v>
       </c>
       <c r="B32" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="11">
         <v>1554</v>
       </c>
       <c r="D32" s="12">
         <v>57184917</v>
       </c>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
     </row>
-    <row r="33" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="22">
         <v>2017</v>
       </c>
       <c r="B33" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C33" s="11">
         <v>1209</v>
       </c>
       <c r="D33" s="12">
         <v>70370800</v>
       </c>
       <c r="E33" s="4"/>
       <c r="F33" s="4"/>
       <c r="G33" s="4"/>
       <c r="H33" s="4"/>
     </row>
-    <row r="34" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="22">
         <v>2017</v>
       </c>
       <c r="B34" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="11">
         <v>69</v>
       </c>
       <c r="D34" s="12">
         <v>2644868</v>
       </c>
       <c r="E34" s="4"/>
       <c r="F34" s="4"/>
       <c r="G34" s="4"/>
       <c r="H34" s="4"/>
     </row>
-    <row r="35" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="22">
         <v>2017</v>
       </c>
       <c r="B35" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="11">
         <v>17</v>
       </c>
       <c r="D35" s="12">
         <v>11473287</v>
       </c>
       <c r="E35" s="4"/>
       <c r="F35" s="4"/>
       <c r="G35" s="4"/>
       <c r="H35" s="4"/>
     </row>
-    <row r="36" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="22">
         <v>2017</v>
       </c>
       <c r="B36" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="11">
         <v>1658</v>
       </c>
       <c r="D36" s="12">
         <v>570922776</v>
       </c>
       <c r="E36" s="4"/>
       <c r="F36" s="4"/>
       <c r="G36" s="4"/>
       <c r="H36" s="4"/>
     </row>
-    <row r="37" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="22">
         <v>2017</v>
       </c>
       <c r="B37" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="11">
         <v>51</v>
       </c>
       <c r="D37" s="12">
         <v>17314346</v>
       </c>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
       <c r="G37" s="4"/>
       <c r="H37" s="4"/>
     </row>
-    <row r="38" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="22">
         <v>2017</v>
       </c>
       <c r="B38" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="11">
         <v>88</v>
       </c>
       <c r="D38" s="12">
         <v>7572234</v>
       </c>
       <c r="E38" s="4"/>
       <c r="F38" s="4"/>
       <c r="G38" s="4"/>
       <c r="H38" s="4"/>
     </row>
-    <row r="39" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="22">
         <v>2017</v>
       </c>
       <c r="B39" s="22" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="11">
         <v>4</v>
       </c>
       <c r="D39" s="12">
         <v>2308135</v>
       </c>
       <c r="E39" s="4"/>
       <c r="F39" s="4"/>
       <c r="G39" s="4"/>
       <c r="H39" s="4"/>
     </row>
-    <row r="40" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="22">
         <v>2017</v>
       </c>
       <c r="B40" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="11">
         <v>22</v>
       </c>
       <c r="D40" s="12">
         <v>5523375</v>
       </c>
       <c r="E40" s="4"/>
       <c r="F40" s="4"/>
       <c r="G40" s="4"/>
       <c r="H40" s="4"/>
     </row>
-    <row r="41" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="22">
         <v>2017</v>
       </c>
       <c r="B41" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C41" s="11">
         <v>15</v>
       </c>
       <c r="D41" s="12">
         <v>4617651</v>
       </c>
       <c r="E41" s="4"/>
       <c r="F41" s="4"/>
       <c r="G41" s="4"/>
       <c r="H41" s="4"/>
     </row>
-    <row r="42" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="22">
         <v>2017</v>
       </c>
       <c r="B42" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="11">
         <v>48</v>
       </c>
       <c r="D42" s="12">
         <v>23936324</v>
       </c>
       <c r="E42" s="4"/>
       <c r="F42" s="4"/>
       <c r="G42" s="4"/>
       <c r="H42" s="4"/>
     </row>
-    <row r="43" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="22">
         <v>2017</v>
       </c>
       <c r="B43" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="11">
         <v>10</v>
       </c>
       <c r="D43" s="12">
         <v>19955489</v>
       </c>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
     </row>
-    <row r="44" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="23">
         <v>2017</v>
       </c>
       <c r="B44" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="19">
         <v>5424</v>
       </c>
       <c r="D44" s="20">
         <v>821892979</v>
       </c>
       <c r="E44" s="4"/>
       <c r="F44" s="4"/>
       <c r="G44" s="4"/>
       <c r="H44" s="4"/>
     </row>
-    <row r="45" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="22">
         <v>2018</v>
       </c>
       <c r="B45" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C45" s="11">
         <v>774</v>
       </c>
       <c r="D45" s="12">
         <v>32699593</v>
       </c>
       <c r="E45" s="4"/>
       <c r="F45" s="4"/>
       <c r="G45" s="4"/>
       <c r="H45" s="4"/>
     </row>
-    <row r="46" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="22">
         <v>2018</v>
       </c>
       <c r="B46" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C46" s="11">
         <v>1554</v>
       </c>
       <c r="D46" s="12">
         <v>58955235</v>
       </c>
       <c r="E46" s="4"/>
       <c r="F46" s="4"/>
       <c r="G46" s="4"/>
       <c r="H46" s="4"/>
     </row>
-    <row r="47" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="22">
         <v>2018</v>
       </c>
       <c r="B47" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C47" s="11">
         <v>1169</v>
       </c>
       <c r="D47" s="12">
         <v>70008493</v>
       </c>
       <c r="E47" s="4"/>
       <c r="F47" s="4"/>
       <c r="G47" s="4"/>
       <c r="H47" s="4"/>
     </row>
-    <row r="48" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="22">
         <v>2018</v>
       </c>
       <c r="B48" s="22" t="s">
         <v>4</v>
       </c>
       <c r="C48" s="11">
         <v>2</v>
       </c>
       <c r="D48" s="12">
         <v>119302</v>
       </c>
       <c r="E48" s="4"/>
       <c r="F48" s="4"/>
       <c r="G48" s="4"/>
       <c r="H48" s="4"/>
     </row>
-    <row r="49" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="22">
         <v>2018</v>
       </c>
       <c r="B49" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="11">
         <v>72</v>
       </c>
       <c r="D49" s="12">
         <v>2733142</v>
       </c>
       <c r="E49" s="4"/>
       <c r="F49" s="4"/>
       <c r="G49" s="4"/>
       <c r="H49" s="4"/>
     </row>
-    <row r="50" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="22">
         <v>2018</v>
       </c>
       <c r="B50" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C50" s="11">
         <v>16</v>
       </c>
       <c r="D50" s="12">
         <v>14016826</v>
       </c>
       <c r="E50" s="4"/>
       <c r="F50" s="4"/>
       <c r="G50" s="4"/>
       <c r="H50" s="4"/>
     </row>
-    <row r="51" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="22">
         <v>2018</v>
       </c>
       <c r="B51" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C51" s="11">
         <v>1692</v>
       </c>
       <c r="D51" s="12">
         <v>595757125</v>
       </c>
       <c r="E51" s="4"/>
       <c r="F51" s="4"/>
       <c r="G51" s="4"/>
       <c r="H51" s="4"/>
     </row>
-    <row r="52" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="22">
         <v>2018</v>
       </c>
       <c r="B52" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C52" s="11">
         <v>53</v>
       </c>
       <c r="D52" s="12">
         <v>19259289</v>
       </c>
       <c r="E52" s="4"/>
       <c r="F52" s="4"/>
       <c r="G52" s="4"/>
       <c r="H52" s="4"/>
     </row>
-    <row r="53" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="22">
         <v>2018</v>
       </c>
       <c r="B53" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C53" s="11">
         <v>86</v>
       </c>
       <c r="D53" s="12">
         <v>6710912</v>
       </c>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
     </row>
-    <row r="54" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="22">
         <v>2018</v>
       </c>
       <c r="B54" s="22" t="s">
         <v>9</v>
       </c>
       <c r="C54" s="11">
         <v>0</v>
       </c>
       <c r="D54" s="12">
         <v>144432</v>
       </c>
       <c r="E54" s="4"/>
       <c r="F54" s="4"/>
       <c r="G54" s="4"/>
       <c r="H54" s="4"/>
     </row>
-    <row r="55" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="22">
         <v>2018</v>
       </c>
       <c r="B55" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="11">
         <v>22</v>
       </c>
       <c r="D55" s="12">
         <v>5289311</v>
       </c>
       <c r="E55" s="4"/>
       <c r="F55" s="4"/>
       <c r="G55" s="4"/>
       <c r="H55" s="4"/>
     </row>
-    <row r="56" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="22">
         <v>2018</v>
       </c>
       <c r="B56" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C56" s="11">
         <v>14</v>
       </c>
       <c r="D56" s="12">
         <v>4321929</v>
       </c>
       <c r="E56" s="4"/>
       <c r="F56" s="4"/>
       <c r="G56" s="4"/>
       <c r="H56" s="4"/>
     </row>
-    <row r="57" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="22">
         <v>2018</v>
       </c>
       <c r="B57" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C57" s="11">
         <v>47</v>
       </c>
       <c r="D57" s="12">
         <v>28702657</v>
       </c>
       <c r="E57" s="4"/>
       <c r="F57" s="4"/>
       <c r="G57" s="4"/>
       <c r="H57" s="4"/>
     </row>
-    <row r="58" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="22">
         <v>2018</v>
       </c>
       <c r="B58" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="11">
         <v>10</v>
       </c>
       <c r="D58" s="12">
         <v>17121179</v>
       </c>
       <c r="E58" s="4"/>
       <c r="F58" s="4"/>
       <c r="G58" s="4"/>
       <c r="H58" s="4"/>
     </row>
-    <row r="59" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="23">
         <v>2018</v>
       </c>
       <c r="B59" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C59" s="19">
         <v>5511</v>
       </c>
       <c r="D59" s="20">
         <v>855839425</v>
       </c>
       <c r="E59" s="4"/>
       <c r="F59" s="4"/>
       <c r="G59" s="4"/>
       <c r="H59" s="4"/>
     </row>
-    <row r="60" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="22">
         <v>2019</v>
       </c>
       <c r="B60" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C60" s="11">
         <v>791</v>
       </c>
       <c r="D60" s="12">
         <v>33472467</v>
       </c>
       <c r="E60" s="4"/>
       <c r="F60" s="4"/>
       <c r="G60" s="4"/>
       <c r="H60" s="4"/>
     </row>
-    <row r="61" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="22">
         <v>2019</v>
       </c>
       <c r="B61" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C61" s="11">
         <v>1742</v>
       </c>
       <c r="D61" s="12">
         <v>66776215</v>
       </c>
       <c r="E61" s="4"/>
       <c r="F61" s="4"/>
       <c r="G61" s="4"/>
       <c r="H61" s="4"/>
     </row>
-    <row r="62" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="22">
         <v>2019</v>
       </c>
       <c r="B62" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C62" s="11">
         <v>1119</v>
       </c>
       <c r="D62" s="12">
         <v>69872772</v>
       </c>
       <c r="E62" s="4"/>
       <c r="F62" s="4"/>
       <c r="G62" s="4"/>
       <c r="H62" s="4"/>
     </row>
-    <row r="63" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="22">
         <v>2019</v>
       </c>
       <c r="B63" s="22" t="s">
         <v>4</v>
       </c>
       <c r="C63" s="11">
         <v>2</v>
       </c>
       <c r="D63" s="12">
         <v>108237</v>
       </c>
       <c r="E63" s="4"/>
       <c r="F63" s="4"/>
       <c r="G63" s="4"/>
       <c r="H63" s="4"/>
     </row>
-    <row r="64" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="22">
         <v>2019</v>
       </c>
       <c r="B64" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="11">
         <v>78</v>
       </c>
       <c r="D64" s="12">
         <v>3083247</v>
       </c>
       <c r="E64" s="4"/>
       <c r="F64" s="4"/>
       <c r="G64" s="4"/>
       <c r="H64" s="4"/>
     </row>
-    <row r="65" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="22">
         <v>2019</v>
       </c>
       <c r="B65" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C65" s="11">
         <v>16</v>
       </c>
       <c r="D65" s="12">
         <v>11626448</v>
       </c>
       <c r="E65" s="4"/>
       <c r="F65" s="4"/>
       <c r="G65" s="4"/>
       <c r="H65" s="4"/>
     </row>
-    <row r="66" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="22">
         <v>2019</v>
       </c>
       <c r="B66" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C66" s="11">
         <v>1668</v>
       </c>
       <c r="D66" s="12">
         <v>600624122</v>
       </c>
       <c r="E66" s="4"/>
       <c r="F66" s="4"/>
       <c r="G66" s="4"/>
       <c r="H66" s="4"/>
     </row>
-    <row r="67" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="22">
         <v>2019</v>
       </c>
       <c r="B67" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C67" s="11">
         <v>54</v>
       </c>
       <c r="D67" s="12">
         <v>17761953</v>
       </c>
       <c r="E67" s="4"/>
       <c r="F67" s="4"/>
       <c r="G67" s="4"/>
       <c r="H67" s="4"/>
     </row>
-    <row r="68" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="22">
         <v>2019</v>
       </c>
       <c r="B68" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C68" s="11">
         <v>89</v>
       </c>
       <c r="D68" s="12">
         <v>6718210</v>
       </c>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="4"/>
       <c r="H68" s="4"/>
     </row>
-    <row r="69" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="22">
         <v>2019</v>
       </c>
       <c r="B69" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="11">
         <v>12</v>
       </c>
       <c r="D69" s="12">
         <v>3208672</v>
       </c>
       <c r="E69" s="4"/>
       <c r="F69" s="4"/>
       <c r="G69" s="4"/>
       <c r="H69" s="4"/>
     </row>
-    <row r="70" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="22">
         <v>2019</v>
       </c>
       <c r="B70" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C70" s="11">
         <v>14</v>
       </c>
       <c r="D70" s="12">
         <v>4989330</v>
       </c>
       <c r="E70" s="4"/>
       <c r="F70" s="4"/>
       <c r="G70" s="4"/>
       <c r="H70" s="4"/>
     </row>
-    <row r="71" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="22">
         <v>2019</v>
       </c>
       <c r="B71" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="11">
         <v>50</v>
       </c>
       <c r="D71" s="12">
         <v>30661060</v>
       </c>
       <c r="E71" s="4"/>
       <c r="F71" s="4"/>
       <c r="G71" s="4"/>
       <c r="H71" s="4"/>
     </row>
-    <row r="72" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="22">
         <v>2019</v>
       </c>
       <c r="B72" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="11">
         <v>10</v>
       </c>
       <c r="D72" s="12">
         <v>12711475</v>
       </c>
       <c r="E72" s="4"/>
       <c r="F72" s="4"/>
       <c r="G72" s="4"/>
       <c r="H72" s="4"/>
     </row>
-    <row r="73" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="23">
         <v>2019</v>
       </c>
       <c r="B73" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C73" s="19">
         <v>5645</v>
       </c>
       <c r="D73" s="20">
         <v>861614208</v>
       </c>
       <c r="E73" s="4"/>
       <c r="F73" s="4"/>
       <c r="G73" s="4"/>
       <c r="H73" s="4"/>
     </row>
-    <row r="74" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="22">
         <v>2020</v>
       </c>
       <c r="B74" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C74" s="11">
         <v>830</v>
       </c>
       <c r="D74" s="12">
         <v>36117064</v>
       </c>
       <c r="E74" s="4"/>
       <c r="F74" s="4"/>
       <c r="G74" s="4"/>
       <c r="H74" s="4"/>
     </row>
-    <row r="75" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="22">
         <v>2020</v>
       </c>
       <c r="B75" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C75" s="11">
         <v>1916</v>
       </c>
       <c r="D75" s="12">
         <v>74758095</v>
       </c>
       <c r="E75" s="4"/>
       <c r="F75" s="4"/>
       <c r="G75" s="4"/>
       <c r="H75" s="4"/>
     </row>
-    <row r="76" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="22">
         <v>2020</v>
       </c>
       <c r="B76" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C76" s="11">
         <v>1137</v>
       </c>
       <c r="D76" s="12">
         <v>74631142</v>
       </c>
       <c r="E76" s="4"/>
       <c r="F76" s="4"/>
       <c r="G76" s="4"/>
       <c r="H76" s="4"/>
     </row>
-    <row r="77" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="22">
         <v>2020</v>
       </c>
       <c r="B77" s="22" t="s">
         <v>4</v>
       </c>
       <c r="C77" s="11">
         <v>2</v>
       </c>
       <c r="D77" s="12">
         <v>74107</v>
       </c>
       <c r="E77" s="4"/>
       <c r="F77" s="4"/>
       <c r="G77" s="4"/>
       <c r="H77" s="4"/>
     </row>
-    <row r="78" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="22">
         <v>2020</v>
       </c>
       <c r="B78" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="11">
         <v>95</v>
       </c>
       <c r="D78" s="12">
         <v>3847642</v>
       </c>
       <c r="E78" s="4"/>
       <c r="F78" s="4"/>
       <c r="G78" s="4"/>
       <c r="H78" s="4"/>
     </row>
-    <row r="79" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="22">
         <v>2020</v>
       </c>
       <c r="B79" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C79" s="11">
         <v>16</v>
       </c>
       <c r="D79" s="12">
         <v>12341052</v>
       </c>
       <c r="E79" s="4"/>
       <c r="F79" s="4"/>
       <c r="G79" s="4"/>
       <c r="H79" s="4"/>
     </row>
-    <row r="80" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="22">
         <v>2020</v>
       </c>
       <c r="B80" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C80" s="11">
         <v>1690</v>
       </c>
       <c r="D80" s="12">
         <v>625266861</v>
       </c>
       <c r="E80" s="4"/>
       <c r="F80" s="4"/>
       <c r="G80" s="4"/>
       <c r="H80" s="4"/>
     </row>
-    <row r="81" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="22">
         <v>2020</v>
       </c>
       <c r="B81" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C81" s="11">
         <v>64</v>
       </c>
       <c r="D81" s="12">
         <v>23421047</v>
       </c>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="4"/>
       <c r="H81" s="4"/>
     </row>
-    <row r="82" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="22">
         <v>2020</v>
       </c>
       <c r="B82" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C82" s="11">
         <v>91</v>
       </c>
       <c r="D82" s="12">
         <v>7500445</v>
       </c>
       <c r="E82" s="4"/>
       <c r="F82" s="4"/>
       <c r="G82" s="4"/>
       <c r="H82" s="4"/>
     </row>
-    <row r="83" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="22">
         <v>2020</v>
       </c>
       <c r="B83" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C83" s="11">
         <v>12</v>
       </c>
       <c r="D83" s="12">
         <v>3278015</v>
       </c>
       <c r="E83" s="4"/>
       <c r="F83" s="4"/>
       <c r="G83" s="4"/>
       <c r="H83" s="4"/>
     </row>
-    <row r="84" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="22">
         <v>2020</v>
       </c>
       <c r="B84" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C84" s="11">
         <v>14</v>
       </c>
       <c r="D84" s="12">
         <v>4836153</v>
       </c>
       <c r="E84" s="4"/>
       <c r="F84" s="4"/>
       <c r="G84" s="4"/>
       <c r="H84" s="4"/>
     </row>
-    <row r="85" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="22">
         <v>2020</v>
       </c>
       <c r="B85" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C85" s="11">
         <v>47</v>
       </c>
       <c r="D85" s="12">
         <v>29933910</v>
       </c>
       <c r="E85" s="4"/>
       <c r="F85" s="4"/>
       <c r="G85" s="4"/>
       <c r="H85" s="4"/>
     </row>
-    <row r="86" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="22">
         <v>2020</v>
       </c>
       <c r="B86" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="11">
         <v>10</v>
       </c>
       <c r="D86" s="12">
         <v>10267530</v>
       </c>
       <c r="E86" s="4"/>
       <c r="F86" s="4"/>
       <c r="G86" s="4"/>
       <c r="H86" s="4"/>
     </row>
-    <row r="87" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="23">
         <v>2020</v>
       </c>
       <c r="B87" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C87" s="19">
         <v>5924</v>
       </c>
       <c r="D87" s="20">
         <v>906273063</v>
       </c>
       <c r="E87" s="4"/>
       <c r="F87" s="4"/>
       <c r="G87" s="4"/>
       <c r="H87" s="4"/>
     </row>
-    <row r="88" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="22">
         <v>2021</v>
       </c>
       <c r="B88" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C88" s="11">
         <v>856</v>
       </c>
       <c r="D88" s="12">
         <v>37666672</v>
       </c>
       <c r="E88" s="4"/>
       <c r="F88" s="4"/>
       <c r="G88" s="4"/>
       <c r="H88" s="4"/>
     </row>
-    <row r="89" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="22">
         <v>2021</v>
       </c>
       <c r="B89" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C89" s="11">
         <v>2098</v>
       </c>
       <c r="D89" s="12">
         <v>83580147</v>
       </c>
       <c r="E89" s="4"/>
       <c r="F89" s="4"/>
       <c r="G89" s="4"/>
       <c r="H89" s="4"/>
     </row>
-    <row r="90" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="22">
         <v>2021</v>
       </c>
       <c r="B90" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C90" s="11">
         <v>1150</v>
       </c>
       <c r="D90" s="12">
         <v>79644925</v>
       </c>
       <c r="E90" s="4"/>
       <c r="F90" s="4"/>
       <c r="G90" s="4"/>
       <c r="H90" s="4"/>
     </row>
-    <row r="91" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="22">
         <v>2021</v>
       </c>
       <c r="B91" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="11">
         <v>120</v>
       </c>
       <c r="D91" s="12">
         <v>5102772</v>
       </c>
       <c r="E91" s="3"/>
       <c r="F91" s="4"/>
       <c r="G91" s="4"/>
       <c r="H91" s="4"/>
     </row>
-    <row r="92" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="22">
         <v>2021</v>
       </c>
       <c r="B92" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C92" s="11">
         <v>16</v>
       </c>
       <c r="D92" s="12">
         <v>12279938</v>
       </c>
       <c r="E92" s="1"/>
       <c r="F92" s="4"/>
       <c r="G92" s="4"/>
       <c r="H92" s="4"/>
     </row>
-    <row r="93" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="22">
         <v>2021</v>
       </c>
       <c r="B93" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C93" s="11">
         <v>1674</v>
       </c>
       <c r="D93" s="12">
         <v>630572445</v>
       </c>
       <c r="E93" s="4"/>
       <c r="F93" s="4"/>
       <c r="G93" s="4"/>
       <c r="H93" s="4"/>
     </row>
-    <row r="94" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="22">
         <v>2021</v>
       </c>
       <c r="B94" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C94" s="11">
         <v>71</v>
       </c>
       <c r="D94" s="12">
         <v>27522865</v>
       </c>
       <c r="E94" s="4"/>
       <c r="F94" s="4"/>
       <c r="G94" s="4"/>
       <c r="H94" s="4"/>
     </row>
-    <row r="95" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="22">
         <v>2021</v>
       </c>
       <c r="B95" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C95" s="11">
         <v>82</v>
       </c>
       <c r="D95" s="12">
         <v>6918664</v>
       </c>
       <c r="E95" s="4"/>
       <c r="F95" s="4"/>
       <c r="G95" s="4"/>
       <c r="H95" s="4"/>
     </row>
-    <row r="96" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="22">
         <v>2021</v>
       </c>
       <c r="B96" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C96" s="11">
         <v>12</v>
       </c>
       <c r="D96" s="12">
         <v>3181161</v>
       </c>
       <c r="E96" s="4"/>
       <c r="F96" s="4"/>
       <c r="G96" s="4"/>
       <c r="H96" s="4"/>
     </row>
-    <row r="97" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="22">
         <v>2021</v>
       </c>
       <c r="B97" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C97" s="11">
         <v>13</v>
       </c>
       <c r="D97" s="12">
         <v>4985722</v>
       </c>
       <c r="E97" s="4"/>
       <c r="F97" s="4"/>
       <c r="G97" s="4"/>
       <c r="H97" s="4"/>
     </row>
-    <row r="98" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="22">
         <v>2021</v>
       </c>
       <c r="B98" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C98" s="11">
         <v>53</v>
       </c>
       <c r="D98" s="12">
         <v>28633034</v>
       </c>
       <c r="E98" s="4"/>
       <c r="F98" s="4"/>
       <c r="G98" s="4"/>
       <c r="H98" s="4"/>
     </row>
-    <row r="99" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="22">
         <v>2021</v>
       </c>
       <c r="B99" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="11">
         <v>10</v>
       </c>
       <c r="D99" s="12">
         <v>8048041</v>
       </c>
       <c r="E99" s="4"/>
       <c r="F99" s="4"/>
       <c r="G99" s="4"/>
       <c r="H99" s="4"/>
     </row>
-    <row r="100" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="23">
         <v>2021</v>
       </c>
       <c r="B100" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C100" s="19">
         <v>6155</v>
       </c>
       <c r="D100" s="20">
         <v>928136386</v>
       </c>
       <c r="E100" s="4"/>
       <c r="F100" s="4"/>
       <c r="G100" s="4"/>
       <c r="H100" s="4"/>
     </row>
-    <row r="101" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="22">
         <v>2022</v>
       </c>
       <c r="B101" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C101" s="11">
         <v>846</v>
       </c>
       <c r="D101" s="12">
         <v>38253242</v>
       </c>
       <c r="E101" s="4"/>
       <c r="F101" s="4"/>
       <c r="G101" s="4"/>
       <c r="H101" s="4"/>
     </row>
-    <row r="102" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="22">
         <v>2022</v>
       </c>
       <c r="B102" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C102" s="11">
         <v>2209</v>
       </c>
       <c r="D102" s="12">
         <v>89159014</v>
       </c>
       <c r="E102" s="4"/>
       <c r="F102" s="4"/>
       <c r="G102" s="4"/>
       <c r="H102" s="4"/>
     </row>
-    <row r="103" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="22">
         <v>2022</v>
       </c>
       <c r="B103" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C103" s="11">
         <v>1002</v>
       </c>
       <c r="D103" s="12">
         <v>68995322</v>
       </c>
       <c r="E103" s="2"/>
       <c r="F103" s="2"/>
       <c r="G103" s="2"/>
       <c r="H103" s="2"/>
     </row>
-    <row r="104" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="22">
         <v>2022</v>
       </c>
       <c r="B104" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="11">
         <v>130</v>
       </c>
       <c r="D104" s="12">
         <v>5357983</v>
       </c>
       <c r="E104" s="3"/>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3"/>
     </row>
-    <row r="105" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="22">
         <v>2022</v>
       </c>
       <c r="B105" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C105" s="11">
         <v>18</v>
       </c>
       <c r="D105" s="12">
         <v>10937621</v>
       </c>
       <c r="E105" s="1"/>
       <c r="F105" s="4"/>
       <c r="G105" s="4"/>
       <c r="H105" s="4"/>
     </row>
-    <row r="106" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="22">
         <v>2022</v>
       </c>
       <c r="B106" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C106" s="11">
         <v>1684</v>
       </c>
       <c r="D106" s="12">
         <v>668277399</v>
       </c>
       <c r="E106" s="4"/>
       <c r="F106" s="4"/>
       <c r="G106" s="4"/>
       <c r="H106" s="4"/>
     </row>
-    <row r="107" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="22">
         <v>2022</v>
       </c>
       <c r="B107" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C107" s="11">
         <v>89</v>
       </c>
       <c r="D107" s="12">
         <v>32642004</v>
       </c>
       <c r="E107" s="4"/>
       <c r="F107" s="4"/>
       <c r="G107" s="4"/>
       <c r="H107" s="4"/>
     </row>
-    <row r="108" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="22">
         <v>2022</v>
       </c>
       <c r="B108" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C108" s="11">
         <v>92</v>
       </c>
       <c r="D108" s="12">
         <v>7321656</v>
       </c>
       <c r="E108" s="4"/>
       <c r="F108" s="4"/>
       <c r="G108" s="4"/>
       <c r="H108" s="4"/>
     </row>
-    <row r="109" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="22">
         <v>2022</v>
       </c>
       <c r="B109" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C109" s="11">
         <v>8</v>
       </c>
       <c r="D109" s="12">
         <v>1702573</v>
       </c>
     </row>
-    <row r="110" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="22">
         <v>2022</v>
       </c>
       <c r="B110" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C110" s="11">
         <v>13</v>
       </c>
       <c r="D110" s="12">
         <v>5463307</v>
       </c>
     </row>
-    <row r="111" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="22">
         <v>2022</v>
       </c>
       <c r="B111" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C111" s="11">
         <v>57</v>
       </c>
       <c r="D111" s="12">
         <v>30301876</v>
       </c>
     </row>
-    <row r="112" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="22">
         <v>2022</v>
       </c>
       <c r="B112" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="11">
         <v>10</v>
       </c>
       <c r="D112" s="12">
         <v>7325898</v>
       </c>
     </row>
-    <row r="113" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="23">
         <v>2022</v>
       </c>
       <c r="B113" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C113" s="19">
         <v>6158</v>
       </c>
       <c r="D113" s="20">
         <v>965737895</v>
       </c>
     </row>
-    <row r="114" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="22">
         <v>2023</v>
       </c>
       <c r="B114" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C114" s="11">
         <v>848</v>
       </c>
       <c r="D114" s="12">
         <v>38959991</v>
       </c>
     </row>
-    <row r="115" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="22">
         <v>2023</v>
       </c>
       <c r="B115" s="22" t="s">
         <v>2</v>
       </c>
       <c r="C115" s="11">
         <v>2272</v>
       </c>
       <c r="D115" s="12">
         <v>93515866</v>
       </c>
     </row>
-    <row r="116" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="22">
         <v>2023</v>
       </c>
       <c r="B116" s="22" t="s">
         <v>3</v>
       </c>
       <c r="C116" s="11">
         <v>841</v>
       </c>
       <c r="D116" s="12">
         <v>59494673</v>
       </c>
     </row>
-    <row r="117" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="22">
         <v>2023</v>
       </c>
       <c r="B117" s="22" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="11">
         <v>106</v>
       </c>
       <c r="D117" s="12">
         <v>4578440</v>
       </c>
     </row>
-    <row r="118" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="22">
         <v>2023</v>
       </c>
       <c r="B118" s="22" t="s">
         <v>5</v>
       </c>
       <c r="C118" s="11">
         <v>18</v>
       </c>
       <c r="D118" s="12">
         <v>11010888</v>
       </c>
     </row>
-    <row r="119" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="22">
         <v>2023</v>
       </c>
       <c r="B119" s="22" t="s">
         <v>6</v>
       </c>
       <c r="C119" s="11">
         <v>1698</v>
       </c>
       <c r="D119" s="12">
         <v>685677735</v>
       </c>
     </row>
-    <row r="120" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="22">
         <v>2023</v>
       </c>
       <c r="B120" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C120" s="11">
         <v>118</v>
       </c>
       <c r="D120" s="12">
         <v>40012752</v>
       </c>
     </row>
-    <row r="121" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="22">
         <v>2023</v>
       </c>
       <c r="B121" s="22" t="s">
         <v>8</v>
       </c>
       <c r="C121" s="11">
         <v>93</v>
       </c>
       <c r="D121" s="12">
         <v>8014374</v>
       </c>
     </row>
-    <row r="122" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="22">
         <v>2023</v>
       </c>
       <c r="B122" s="22" t="s">
         <v>10</v>
       </c>
       <c r="C122" s="11">
         <v>8</v>
       </c>
       <c r="D122" s="12">
         <v>2379677</v>
       </c>
     </row>
-    <row r="123" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="22">
         <v>2023</v>
       </c>
       <c r="B123" s="22" t="s">
         <v>11</v>
       </c>
       <c r="C123" s="11">
         <v>18</v>
       </c>
       <c r="D123" s="12">
         <v>5950152</v>
       </c>
     </row>
-    <row r="124" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="22">
         <v>2023</v>
       </c>
       <c r="B124" s="22" t="s">
         <v>12</v>
       </c>
       <c r="C124" s="11">
         <v>47</v>
       </c>
       <c r="D124" s="12">
         <v>29760413</v>
       </c>
     </row>
-    <row r="125" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="22">
         <v>2023</v>
       </c>
       <c r="B125" s="22" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="11">
         <v>9</v>
       </c>
       <c r="D125" s="12">
         <v>4329260</v>
       </c>
     </row>
-    <row r="126" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="23">
         <v>2023</v>
       </c>
       <c r="B126" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C126" s="19">
         <v>6076</v>
       </c>
       <c r="D126" s="20">
         <v>983684221</v>
       </c>
     </row>
-    <row r="127" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A127" s="24">
+    <row r="127" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="31">
         <v>2024</v>
       </c>
-      <c r="B127" s="25" t="s">
+      <c r="B127" s="32" t="s">
         <v>1</v>
       </c>
-      <c r="C127" s="26">
+      <c r="C127" s="33">
         <v>840</v>
       </c>
-      <c r="D127" s="27">
+      <c r="D127" s="34">
         <v>40212201</v>
       </c>
     </row>
-    <row r="128" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A128" s="24">
+    <row r="128" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="31">
         <v>2024</v>
       </c>
-      <c r="B128" s="25" t="s">
+      <c r="B128" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="C128" s="26">
+      <c r="C128" s="33">
         <v>2357</v>
       </c>
-      <c r="D128" s="27">
+      <c r="D128" s="34">
         <v>100607006</v>
       </c>
     </row>
-    <row r="129" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A129" s="24">
+    <row r="129" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="31">
         <v>2024</v>
       </c>
-      <c r="B129" s="25" t="s">
+      <c r="B129" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="C129" s="26">
+      <c r="C129" s="33">
         <v>799</v>
       </c>
-      <c r="D129" s="27">
+      <c r="D129" s="34">
         <v>60885920</v>
       </c>
     </row>
-    <row r="130" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A130" s="24">
+    <row r="130" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="31">
         <v>2024</v>
       </c>
-      <c r="B130" s="25" t="s">
+      <c r="B130" s="32" t="s">
         <v>14</v>
       </c>
-      <c r="C130" s="26">
+      <c r="C130" s="33">
         <v>125</v>
       </c>
-      <c r="D130" s="27">
+      <c r="D130" s="34">
         <v>5534671</v>
       </c>
     </row>
-    <row r="131" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A131" s="24">
+    <row r="131" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="31">
         <v>2024</v>
       </c>
-      <c r="B131" s="25" t="s">
+      <c r="B131" s="32" t="s">
         <v>20</v>
       </c>
-      <c r="C131" s="26">
+      <c r="C131" s="33">
         <v>3</v>
       </c>
-      <c r="D131" s="27">
+      <c r="D131" s="34">
         <v>161922</v>
       </c>
     </row>
-    <row r="132" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A132" s="24">
+    <row r="132" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="31">
         <v>2024</v>
       </c>
-      <c r="B132" s="25" t="s">
+      <c r="B132" s="32" t="s">
         <v>5</v>
       </c>
-      <c r="C132" s="26">
+      <c r="C132" s="33">
         <v>18</v>
       </c>
-      <c r="D132" s="27">
+      <c r="D132" s="34">
         <v>10040608</v>
       </c>
     </row>
-    <row r="133" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A133" s="24">
+    <row r="133" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="31">
         <v>2024</v>
       </c>
-      <c r="B133" s="25" t="s">
+      <c r="B133" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="C133" s="26">
+      <c r="C133" s="33">
         <v>1671</v>
       </c>
-      <c r="D133" s="27">
+      <c r="D133" s="34">
         <v>694977669</v>
       </c>
     </row>
-    <row r="134" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A134" s="24">
+    <row r="134" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="31">
         <v>2024</v>
       </c>
-      <c r="B134" s="25" t="s">
+      <c r="B134" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="C134" s="26">
+      <c r="C134" s="33">
         <v>132</v>
       </c>
-      <c r="D134" s="27">
+      <c r="D134" s="34">
         <v>42515004</v>
       </c>
     </row>
-    <row r="135" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A135" s="24">
+    <row r="135" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="31">
         <v>2024</v>
       </c>
-      <c r="B135" s="25" t="s">
+      <c r="B135" s="32" t="s">
         <v>8</v>
       </c>
-      <c r="C135" s="26">
+      <c r="C135" s="33">
         <v>92</v>
       </c>
-      <c r="D135" s="27">
+      <c r="D135" s="34">
         <v>7533925</v>
       </c>
     </row>
-    <row r="136" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A136" s="24">
+    <row r="136" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="31">
         <v>2024</v>
       </c>
-      <c r="B136" s="25" t="s">
+      <c r="B136" s="32" t="s">
         <v>10</v>
       </c>
-      <c r="C136" s="26">
+      <c r="C136" s="33">
         <v>5</v>
       </c>
-      <c r="D136" s="27">
+      <c r="D136" s="34">
         <v>1380291</v>
       </c>
     </row>
-    <row r="137" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A137" s="24">
+    <row r="137" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="31">
         <v>2024</v>
       </c>
-      <c r="B137" s="25" t="s">
+      <c r="B137" s="32" t="s">
         <v>11</v>
       </c>
-      <c r="C137" s="26">
+      <c r="C137" s="33">
         <v>23</v>
       </c>
-      <c r="D137" s="27">
+      <c r="D137" s="34">
         <v>8696834</v>
       </c>
     </row>
-    <row r="138" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A138" s="24">
+    <row r="138" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="31">
         <v>2024</v>
       </c>
-      <c r="B138" s="25" t="s">
+      <c r="B138" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="C138" s="26">
+      <c r="C138" s="33">
         <v>43</v>
       </c>
-      <c r="D138" s="27">
+      <c r="D138" s="34">
         <v>27892028</v>
       </c>
     </row>
-    <row r="139" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="23">
         <v>2024</v>
       </c>
       <c r="B139" s="23" t="s">
         <v>19</v>
       </c>
       <c r="C139" s="19">
         <v>6108</v>
       </c>
       <c r="D139" s="20">
         <v>1000438079</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B140" s="32" t="s">
+        <v>1</v>
+      </c>
+      <c r="C140" s="33">
+        <v>849</v>
+      </c>
+      <c r="D140" s="34">
+        <v>41073292</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B141" s="32" t="s">
+        <v>2</v>
+      </c>
+      <c r="C141" s="33">
+        <v>2067</v>
+      </c>
+      <c r="D141" s="34">
+        <v>89668794</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B142" s="32" t="s">
+        <v>3</v>
+      </c>
+      <c r="C142" s="33">
+        <v>726</v>
+      </c>
+      <c r="D142" s="34">
+        <v>55139696</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B143" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="C143" s="33">
+        <v>85</v>
+      </c>
+      <c r="D143" s="34">
+        <v>3793546</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B144" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="C144" s="33">
+        <v>7</v>
+      </c>
+      <c r="D144" s="34">
+        <v>381766</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B145" s="32" t="s">
+        <v>5</v>
+      </c>
+      <c r="C145" s="33">
+        <v>18</v>
+      </c>
+      <c r="D145" s="34">
+        <v>11736501</v>
+      </c>
+    </row>
+    <row r="146" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B146" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C146" s="33">
+        <v>1646</v>
+      </c>
+      <c r="D146" s="34">
+        <v>687108208</v>
+      </c>
+    </row>
+    <row r="147" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B147" s="32" t="s">
+        <v>7</v>
+      </c>
+      <c r="C147" s="33">
+        <v>73</v>
+      </c>
+      <c r="D147" s="34">
+        <v>28823204</v>
+      </c>
+    </row>
+    <row r="148" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B148" s="32" t="s">
+        <v>8</v>
+      </c>
+      <c r="C148" s="33">
+        <v>85</v>
+      </c>
+      <c r="D148" s="34">
+        <v>7828419</v>
+      </c>
+    </row>
+    <row r="149" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B149" s="32" t="s">
+        <v>10</v>
+      </c>
+      <c r="C149" s="33">
+        <v>2</v>
+      </c>
+      <c r="D149" s="34">
+        <v>507152</v>
+      </c>
+    </row>
+    <row r="150" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B150" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="C150" s="33">
+        <v>22</v>
+      </c>
+      <c r="D150" s="34">
+        <v>9345122</v>
+      </c>
+    </row>
+    <row r="151" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B151" s="32" t="s">
+        <v>12</v>
+      </c>
+      <c r="C151" s="33">
+        <v>39</v>
+      </c>
+      <c r="D151" s="34">
+        <v>28592779</v>
+      </c>
+    </row>
+    <row r="152" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="35">
+        <v>2025</v>
+      </c>
+      <c r="B152" s="30" t="s">
+        <v>19</v>
+      </c>
+      <c r="C152" s="36">
+        <v>5619</v>
+      </c>
+      <c r="D152" s="37">
+        <v>963998479</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <mergeCells count="1">
     <mergeCell ref="E2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967293" verticalDpi="90" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87931F2A-0F9A-4191-8AAB-DF4E01198868}">
   <dimension ref="A1:O8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="34.109375" style="5" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.88671875" style="5"/>
+    <col min="1" max="1" width="34.140625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="117.42578125" style="5" customWidth="1"/>
+    <col min="3" max="3" width="8.85546875" style="5"/>
+    <col min="4" max="4" width="43.140625" style="5" customWidth="1"/>
+    <col min="5" max="16384" width="8.85546875" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="50.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:15" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="6"/>
       <c r="I1" s="6"/>
       <c r="J1" s="6"/>
       <c r="K1" s="6"/>
       <c r="L1" s="6"/>
       <c r="M1" s="6"/>
       <c r="N1" s="6"/>
       <c r="O1" s="6"/>
     </row>
-    <row r="2" spans="1:15" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="28" t="s">
+    <row r="2" spans="1:15" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" s="25" t="s">
         <v>22</v>
       </c>
-      <c r="B2" s="29" t="s">
+      <c r="C2" s="8"/>
+    </row>
+    <row r="3" spans="1:15" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="26" t="s">
         <v>23</v>
       </c>
-      <c r="C2" s="8"/>
-[...2 lines deleted...]
-      <c r="A3" s="30" t="s">
+      <c r="B3" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="B3" s="31" t="s">
+      <c r="C3" s="7"/>
+    </row>
+    <row r="4" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="29" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" s="16"/>
+    </row>
+    <row r="5" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="28" t="s">
         <v>25</v>
       </c>
-      <c r="C3" s="7"/>
-[...2 lines deleted...]
-      <c r="A4" s="32" t="s">
+      <c r="B5" s="16"/>
+    </row>
+    <row r="6" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="B4" s="16"/>
-[...10 lines deleted...]
-      </c>
       <c r="B6" s="16"/>
     </row>
-    <row r="7" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="16"/>
     </row>
-    <row r="8" spans="1:15" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A8" s="15"/>
       <c r="B8" s="15"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A4" r:id="rId1" display="Source: NIH PUB File" xr:uid="{0487A884-D89B-413D-957A-FDF0FEB08463}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A5" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{DCA3EFD6-67CA-420F-8636-4B8D2E44A16D}"/>
+    <hyperlink ref="A6" r:id="rId1" xr:uid="{3A3D4ADD-C4DC-4AB3-99A3-2CB3D40AD2B1}"/>
+    <hyperlink ref="A5" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{DCA3EFD6-67CA-420F-8636-4B8D2E44A16D}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">131-23</Password>
     <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
     <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
-    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">964</RePORT_x0023_>
     <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst1>
     <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">131</Table_x0023_>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
     <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Url>https://report.nih.gov/reportweb/web/displayreport?rId=964</Url>
       <Description>NIH Training Grants (Ts) and Fellowships (Fs): Awards and Total Funding by Activity Code </Description>
     </RePORTTitleandLink>
     <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Solomon, Janice (NIH/OD) [E]</DisplayName>
         <AccountId>34</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst2>
     <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307233afc278fc503943648cbe4c01eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -3731,50 +3878,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -3881,66 +4033,66 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13635BE3-2166-4B0D-BAC9-5DA359577735}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD17016E-F4A5-4D03-8F42-3C5BA71B3224}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{306AB9F1-13BC-4FDA-844B-0BE20B275AE9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F0D2E19-2E69-4F5F-9610-795E57D4148E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">