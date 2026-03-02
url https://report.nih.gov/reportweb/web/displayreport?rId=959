--- v0 (2025-11-04)
+++ v1 (2026-03-02)
@@ -5,90 +5,90 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6A17EEA6-B6D1-4E06-869B-15B89FB53E3E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FA082170-5A86-44DD-BC77-9F7D220CF0FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #130" sheetId="8" r:id="rId1"/>
     <sheet name="Notes" sheetId="10" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #130'!$A$2:$I$1008</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #130'!$A$2:$I$1108</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #130'!$A$1:$I$907</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #130'!$2:$2</definedName>
     <definedName name="RequestType">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2436" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2225" uniqueCount="57">
   <si>
     <t>FY</t>
   </si>
   <si>
     <t>FIC</t>
   </si>
   <si>
     <t>NCI</t>
   </si>
   <si>
     <t>NEI</t>
   </si>
   <si>
     <t>NHGRI</t>
   </si>
   <si>
     <t>NHLBI</t>
   </si>
   <si>
     <t>NIA</t>
   </si>
   <si>
     <t>NIAAA</t>
   </si>
   <si>
@@ -121,53 +121,50 @@
   <si>
     <t>NIGMS</t>
   </si>
   <si>
     <t>NIMH</t>
   </si>
   <si>
     <t>NINDS</t>
   </si>
   <si>
     <t>NINR</t>
   </si>
   <si>
     <t>NLM</t>
   </si>
   <si>
     <t>OD</t>
   </si>
   <si>
     <t>NCATS</t>
   </si>
   <si>
     <t>Research Grants</t>
   </si>
   <si>
-    <t>N/A</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Research Grants </t>
   </si>
   <si>
     <t>NIH Institute/ Center</t>
   </si>
   <si>
     <t>NIMHD</t>
   </si>
   <si>
     <t>NOTES</t>
   </si>
   <si>
     <t xml:space="preserve">Single PI - Number of Applications Reviewed </t>
   </si>
   <si>
     <t xml:space="preserve">Single PI - 
 Total Number of Awards </t>
   </si>
   <si>
     <t>Single PI - 
 Award Rate</t>
   </si>
   <si>
     <t xml:space="preserve">Multi PI - 
 Number of Applications Reviewed </t>
@@ -177,142 +174,60 @@
 Total Number of Awards </t>
   </si>
   <si>
     <t>Multi PI - 
 Award Rate</t>
   </si>
   <si>
     <t>Mechanism</t>
   </si>
   <si>
     <t>Fellowship</t>
   </si>
   <si>
     <t xml:space="preserve">Research Career </t>
   </si>
   <si>
     <t>Award Rate</t>
   </si>
   <si>
     <t>Mechanism Total</t>
   </si>
   <si>
     <t>FY Total</t>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-  <si>
     <t>NCCIH</t>
   </si>
   <si>
     <t xml:space="preserve">Training program </t>
   </si>
   <si>
     <t xml:space="preserve">The award rate is the number of awards in a fiscal year divided by the number of applications reviewed (including resubmissions (A1s ) in that fiscal year). This rate describes the chance of an individual application being funded and is the number that more closely reflects institute and center paylines (which can vary significantly from one institute or center to another). In comparison to success rates, the award rate calculation increases the denominator (applications) for the same number of awards (in the numerator). Number of applications reviewed includes resubmissions. </t>
   </si>
   <si>
     <t>Defined as extramural awards made for Research Centers, Research Projects, Small Business Innovation Research/Small Business Technology Transfer (SBIR/STTR) Grants, and Other Research Grants</t>
-  </si>
-[...59 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
   </si>
   <si>
@@ -326,75 +241,133 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Training Grants</t>
   </si>
   <si>
     <t>Fellowships</t>
   </si>
   <si>
     <t>Defined as activity codes T01, T02, T09, T14, T15, T32, T34, T35, T36, T37, T42, T90, TL1, TL4 and TU2. Not all of these activities may be in use by NIH every year.</t>
   </si>
   <si>
     <t>Defined as activity codes F05, F30, F31, F32, F33, F34, F35, F36, F37, F38, F39 and F99. Not all of these activities may be in use by NIH every year.</t>
   </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Source: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NIH PUB File</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>All</t>
+  </si>
+  <si>
+    <t>Research Career</t>
+  </si>
+  <si>
+    <t>Training program</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Table #130: NIH Research Grants, Training Grants and Fellowships</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - Number of Competing Applications, Awards and Award Rates by NIH Institutes/Centers and PI Status, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="##0.0%"/>
     <numFmt numFmtId="166" formatCode="####0"/>
   </numFmts>
-  <fonts count="40" x14ac:knownFonts="1">
+  <fonts count="42" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -615,66 +588,76 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
-[...5 lines deleted...]
-      <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="38">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
@@ -1053,51 +1036,51 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="30" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="32" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="27" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="25" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="33" borderId="0" xfId="40" applyFill="1"/>
     <xf numFmtId="0" fontId="31" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="33" borderId="0" xfId="48" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="35" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="28" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
@@ -1225,67 +1208,73 @@
     </xf>
     <xf numFmtId="0" fontId="35" fillId="36" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="35" fillId="36" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="35" fillId="36" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="36" fillId="35" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="33" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="33" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="33" borderId="0" xfId="48" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="33" borderId="0" xfId="35" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="29" fillId="33" borderId="0" xfId="35" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="33" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="33" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="33" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="37" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="35" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="51">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="22" builtinId="41" customBuiltin="1"/>
@@ -1615,29530 +1604,32440 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="3" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:I1008"/>
+  <dimension ref="A1:I1108"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="5" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="25.6640625" customWidth="1"/>
+    <col min="1" max="1" width="15.7109375" style="5" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" style="5" customWidth="1"/>
+    <col min="3" max="3" width="25.7109375" customWidth="1"/>
+    <col min="4" max="5" width="20.7109375" customWidth="1"/>
+    <col min="6" max="6" width="25.7109375" customWidth="1"/>
+    <col min="7" max="8" width="20.7109375" customWidth="1"/>
+    <col min="9" max="9" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:9" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="6" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="E1" s="1"/>
     </row>
-    <row r="2" spans="1:9" s="2" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:9" s="2" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D2" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="E2" s="4" t="s">
+      <c r="F2" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="F2" s="4" t="s">
+      <c r="G2" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="G2" s="4" t="s">
+      <c r="H2" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="H2" s="4" t="s">
+      <c r="I2" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="I2" s="4" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="3" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="14">
         <v>2015</v>
       </c>
       <c r="B3" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D3" s="16">
         <v>27</v>
       </c>
       <c r="E3" s="16">
         <v>8</v>
       </c>
       <c r="F3" s="17">
         <v>0.2962962962963</v>
       </c>
       <c r="G3" s="16">
         <v>0</v>
       </c>
       <c r="H3" s="16">
         <v>0</v>
       </c>
-      <c r="I3" s="18" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I3" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="14">
         <v>2015</v>
       </c>
       <c r="B4" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="16">
         <v>122</v>
       </c>
       <c r="E4" s="16">
         <v>8</v>
       </c>
       <c r="F4" s="17">
         <v>6.5573770491799993E-2</v>
       </c>
       <c r="G4" s="16">
         <v>94</v>
       </c>
       <c r="H4" s="16">
         <v>22</v>
       </c>
       <c r="I4" s="18">
         <v>0.23404255319149</v>
       </c>
     </row>
-    <row r="5" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="14">
         <v>2015</v>
       </c>
       <c r="B5" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D5" s="16">
         <v>15</v>
       </c>
       <c r="E5" s="16">
         <v>15</v>
       </c>
       <c r="F5" s="17">
         <v>1</v>
       </c>
       <c r="G5" s="16">
         <v>2</v>
       </c>
       <c r="H5" s="16">
         <v>2</v>
       </c>
       <c r="I5" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="14">
         <v>2015</v>
       </c>
       <c r="B6" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D6" s="16">
         <v>125</v>
       </c>
       <c r="E6" s="16">
         <v>40</v>
       </c>
       <c r="F6" s="17">
         <v>0.32</v>
       </c>
       <c r="G6" s="16">
         <v>30</v>
       </c>
       <c r="H6" s="16">
         <v>8</v>
       </c>
       <c r="I6" s="18">
         <v>0.26666666666666999</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="14">
         <v>2015</v>
       </c>
       <c r="B7" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D7" s="16">
         <v>11</v>
       </c>
       <c r="E7" s="16">
         <v>11</v>
       </c>
       <c r="F7" s="17">
         <v>1</v>
       </c>
       <c r="G7" s="16">
         <v>2</v>
       </c>
       <c r="H7" s="16">
         <v>2</v>
       </c>
       <c r="I7" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="14">
         <v>2015</v>
       </c>
       <c r="B8" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C8" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D8" s="16">
         <v>8</v>
       </c>
       <c r="E8" s="16">
         <v>3</v>
       </c>
       <c r="F8" s="17">
         <v>0.375</v>
       </c>
       <c r="G8" s="16">
         <v>0</v>
       </c>
       <c r="H8" s="16">
         <v>0</v>
       </c>
-      <c r="I8" s="18" t="s">
-[...3 lines deleted...]
-    <row r="9" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I8" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="14">
         <v>2015</v>
       </c>
       <c r="B9" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C9" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D9" s="16">
         <v>27</v>
       </c>
       <c r="E9" s="16">
         <v>8</v>
       </c>
       <c r="F9" s="17">
         <v>0.2962962962963</v>
       </c>
       <c r="G9" s="16">
         <v>0</v>
       </c>
       <c r="H9" s="16">
         <v>0</v>
       </c>
-      <c r="I9" s="18" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I9" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="14">
         <v>2015</v>
       </c>
       <c r="B10" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D10" s="16">
         <v>295</v>
       </c>
       <c r="E10" s="16">
         <v>37</v>
       </c>
       <c r="F10" s="17">
         <v>0.12542372881356001</v>
       </c>
       <c r="G10" s="16">
         <v>84</v>
       </c>
       <c r="H10" s="16">
         <v>18</v>
       </c>
       <c r="I10" s="18">
         <v>0.21428571428571</v>
       </c>
     </row>
-    <row r="11" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="14">
         <v>2015</v>
       </c>
       <c r="B11" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D11" s="16">
         <v>1</v>
       </c>
       <c r="E11" s="16">
         <v>1</v>
       </c>
       <c r="F11" s="17">
         <v>1</v>
       </c>
       <c r="G11" s="16">
         <v>3</v>
       </c>
       <c r="H11" s="16">
         <v>2</v>
       </c>
       <c r="I11" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="12" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="14">
         <v>2015</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D12" s="16">
         <v>722</v>
       </c>
       <c r="E12" s="16">
         <v>188</v>
       </c>
       <c r="F12" s="17">
         <v>0.26038781163434999</v>
       </c>
       <c r="G12" s="16">
         <v>0</v>
       </c>
       <c r="H12" s="16">
         <v>0</v>
       </c>
-      <c r="I12" s="18" t="s">
-[...3 lines deleted...]
-    <row r="13" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I12" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="14">
         <v>2015</v>
       </c>
       <c r="B13" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D13" s="16">
         <v>502</v>
       </c>
       <c r="E13" s="16">
         <v>107</v>
       </c>
       <c r="F13" s="17">
         <v>0.21314741035856999</v>
       </c>
       <c r="G13" s="16">
         <v>3</v>
       </c>
       <c r="H13" s="16">
         <v>2</v>
       </c>
       <c r="I13" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="14" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="14">
         <v>2015</v>
       </c>
       <c r="B14" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="16">
         <v>9070</v>
       </c>
       <c r="E14" s="16">
         <v>1175</v>
       </c>
       <c r="F14" s="17">
         <v>0.12954796030870999</v>
       </c>
       <c r="G14" s="16">
         <v>2447</v>
       </c>
       <c r="H14" s="16">
         <v>357</v>
       </c>
       <c r="I14" s="18">
         <v>0.14589293011851001</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="14">
         <v>2015</v>
       </c>
       <c r="B15" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D15" s="16">
         <v>56</v>
       </c>
       <c r="E15" s="16">
         <v>24</v>
       </c>
       <c r="F15" s="17">
         <v>0.42857142857142999</v>
       </c>
       <c r="G15" s="16">
         <v>22</v>
       </c>
       <c r="H15" s="16">
         <v>8</v>
       </c>
       <c r="I15" s="18">
         <v>0.36363636363635998</v>
       </c>
     </row>
-    <row r="16" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="14">
         <v>2015</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D16" s="16">
         <v>163</v>
       </c>
       <c r="E16" s="16">
         <v>38</v>
       </c>
       <c r="F16" s="17">
         <v>0.23312883435583001</v>
       </c>
       <c r="G16" s="16">
         <v>0</v>
       </c>
       <c r="H16" s="16">
         <v>0</v>
       </c>
-      <c r="I16" s="18" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I16" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="14">
         <v>2015</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D17" s="16">
         <v>50</v>
       </c>
       <c r="E17" s="16">
         <v>16</v>
       </c>
       <c r="F17" s="17">
         <v>0.32</v>
       </c>
       <c r="G17" s="16">
         <v>2</v>
       </c>
       <c r="H17" s="16">
         <v>0</v>
       </c>
       <c r="I17" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="14">
         <v>2015</v>
       </c>
       <c r="B18" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D18" s="16">
         <v>1329</v>
       </c>
       <c r="E18" s="16">
         <v>288</v>
       </c>
       <c r="F18" s="17">
         <v>0.21670428893905</v>
       </c>
       <c r="G18" s="16">
         <v>282</v>
       </c>
       <c r="H18" s="16">
         <v>67</v>
       </c>
       <c r="I18" s="18">
         <v>0.23758865248227001</v>
       </c>
     </row>
-    <row r="19" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="14">
         <v>2015</v>
       </c>
       <c r="B19" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D19" s="16">
         <v>12</v>
       </c>
       <c r="E19" s="16">
         <v>7</v>
       </c>
       <c r="F19" s="17">
         <v>0.58333333333333004</v>
       </c>
       <c r="G19" s="16">
         <v>4</v>
       </c>
       <c r="H19" s="16">
         <v>1</v>
       </c>
       <c r="I19" s="18">
         <v>0.25</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="14">
         <v>2015</v>
       </c>
       <c r="B20" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D20" s="16">
         <v>18</v>
       </c>
       <c r="E20" s="16">
         <v>4</v>
       </c>
       <c r="F20" s="17">
         <v>0.22222222222221999</v>
       </c>
       <c r="G20" s="16">
         <v>0</v>
       </c>
       <c r="H20" s="16">
         <v>0</v>
       </c>
-      <c r="I20" s="18" t="s">
-[...3 lines deleted...]
-    <row r="21" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I20" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="14">
         <v>2015</v>
       </c>
       <c r="B21" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D21" s="16">
         <v>39</v>
       </c>
       <c r="E21" s="16">
         <v>11</v>
       </c>
       <c r="F21" s="17">
         <v>0.28205128205127999</v>
       </c>
       <c r="G21" s="16">
         <v>0</v>
       </c>
       <c r="H21" s="16">
         <v>0</v>
       </c>
-      <c r="I21" s="18" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I21" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="14">
         <v>2015</v>
       </c>
       <c r="B22" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D22" s="16">
         <v>335</v>
       </c>
       <c r="E22" s="16">
         <v>70</v>
       </c>
       <c r="F22" s="17">
         <v>0.20895522388060001</v>
       </c>
       <c r="G22" s="16">
         <v>120</v>
       </c>
       <c r="H22" s="16">
         <v>36</v>
       </c>
       <c r="I22" s="18">
         <v>0.3</v>
       </c>
     </row>
-    <row r="23" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="14">
         <v>2015</v>
       </c>
       <c r="B23" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D23" s="16">
         <v>12</v>
       </c>
       <c r="E23" s="16">
         <v>3</v>
       </c>
       <c r="F23" s="17">
         <v>0.25</v>
       </c>
       <c r="G23" s="16">
         <v>15</v>
       </c>
       <c r="H23" s="16">
         <v>4</v>
       </c>
       <c r="I23" s="18">
         <v>0.26666666666666999</v>
       </c>
     </row>
-    <row r="24" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="14">
         <v>2015</v>
       </c>
       <c r="B24" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D24" s="16">
         <v>420</v>
       </c>
       <c r="E24" s="16">
         <v>144</v>
       </c>
       <c r="F24" s="17">
         <v>0.34285714285713997</v>
       </c>
       <c r="G24" s="16">
         <v>0</v>
       </c>
       <c r="H24" s="16">
         <v>0</v>
       </c>
-      <c r="I24" s="18" t="s">
-[...3 lines deleted...]
-    <row r="25" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I24" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="14">
         <v>2015</v>
       </c>
       <c r="B25" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D25" s="16">
         <v>415</v>
       </c>
       <c r="E25" s="16">
         <v>142</v>
       </c>
       <c r="F25" s="17">
         <v>0.34216867469880002</v>
       </c>
       <c r="G25" s="16">
         <v>0</v>
       </c>
       <c r="H25" s="16">
         <v>0</v>
       </c>
-      <c r="I25" s="18" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I25" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="14">
         <v>2015</v>
       </c>
       <c r="B26" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D26" s="16">
         <v>4280</v>
       </c>
       <c r="E26" s="16">
         <v>843</v>
       </c>
       <c r="F26" s="17">
         <v>0.19696261682242999</v>
       </c>
       <c r="G26" s="16">
         <v>1222</v>
       </c>
       <c r="H26" s="16">
         <v>245</v>
       </c>
       <c r="I26" s="18">
         <v>0.20049099836334</v>
       </c>
     </row>
-    <row r="27" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="14">
         <v>2015</v>
       </c>
       <c r="B27" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D27" s="16">
         <v>67</v>
       </c>
       <c r="E27" s="16">
         <v>36</v>
       </c>
       <c r="F27" s="17">
         <v>0.53731343283582</v>
       </c>
       <c r="G27" s="16">
         <v>25</v>
       </c>
       <c r="H27" s="16">
         <v>14</v>
       </c>
       <c r="I27" s="18">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="28" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="14">
         <v>2015</v>
       </c>
       <c r="B28" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D28" s="16">
         <v>196</v>
       </c>
       <c r="E28" s="16">
         <v>44</v>
       </c>
       <c r="F28" s="17">
         <v>0.22448979591837001</v>
       </c>
       <c r="G28" s="16">
         <v>0</v>
       </c>
       <c r="H28" s="16">
         <v>0</v>
       </c>
-      <c r="I28" s="18" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I28" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="14">
         <v>2015</v>
       </c>
       <c r="B29" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D29" s="16">
         <v>215</v>
       </c>
       <c r="E29" s="16">
         <v>62</v>
       </c>
       <c r="F29" s="17">
         <v>0.28837209302326</v>
       </c>
       <c r="G29" s="16">
         <v>0</v>
       </c>
       <c r="H29" s="16">
         <v>0</v>
       </c>
-      <c r="I29" s="18" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I29" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="14">
         <v>2015</v>
       </c>
       <c r="B30" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D30" s="16">
         <v>2497</v>
       </c>
       <c r="E30" s="16">
         <v>423</v>
       </c>
       <c r="F30" s="17">
         <v>0.16940328394073001</v>
       </c>
       <c r="G30" s="16">
         <v>590</v>
       </c>
       <c r="H30" s="16">
         <v>126</v>
       </c>
       <c r="I30" s="18">
         <v>0.21355932203389999</v>
       </c>
     </row>
-    <row r="31" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="14">
         <v>2015</v>
       </c>
       <c r="B31" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D31" s="16">
         <v>32</v>
       </c>
       <c r="E31" s="16">
         <v>12</v>
       </c>
       <c r="F31" s="17">
         <v>0.375</v>
       </c>
       <c r="G31" s="16">
         <v>17</v>
       </c>
       <c r="H31" s="16">
         <v>6</v>
       </c>
       <c r="I31" s="18">
         <v>0.35294117647058998</v>
       </c>
     </row>
-    <row r="32" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="14">
         <v>2015</v>
       </c>
       <c r="B32" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D32" s="16">
         <v>137</v>
       </c>
       <c r="E32" s="16">
         <v>47</v>
       </c>
       <c r="F32" s="17">
         <v>0.34306569343066001</v>
       </c>
       <c r="G32" s="16">
         <v>0</v>
       </c>
       <c r="H32" s="16">
         <v>0</v>
       </c>
-      <c r="I32" s="18" t="s">
-[...3 lines deleted...]
-    <row r="33" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I32" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="14">
         <v>2015</v>
       </c>
       <c r="B33" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D33" s="16">
         <v>74</v>
       </c>
       <c r="E33" s="16">
         <v>17</v>
       </c>
       <c r="F33" s="17">
         <v>0.22972972972972999</v>
       </c>
       <c r="G33" s="16">
         <v>0</v>
       </c>
       <c r="H33" s="16">
         <v>0</v>
       </c>
-      <c r="I33" s="18" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I33" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="14">
         <v>2015</v>
       </c>
       <c r="B34" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D34" s="16">
         <v>887</v>
       </c>
       <c r="E34" s="16">
         <v>135</v>
       </c>
       <c r="F34" s="17">
         <v>0.152198421646</v>
       </c>
       <c r="G34" s="16">
         <v>224</v>
       </c>
       <c r="H34" s="16">
         <v>47</v>
       </c>
       <c r="I34" s="18">
         <v>0.20982142857142999</v>
       </c>
     </row>
-    <row r="35" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="14">
         <v>2015</v>
       </c>
       <c r="B35" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D35" s="16">
         <v>6</v>
       </c>
       <c r="E35" s="16">
         <v>3</v>
       </c>
       <c r="F35" s="17">
         <v>0.5</v>
       </c>
       <c r="G35" s="16">
         <v>1</v>
       </c>
       <c r="H35" s="16">
         <v>0</v>
       </c>
       <c r="I35" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="14">
         <v>2015</v>
       </c>
       <c r="B36" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D36" s="16">
         <v>529</v>
       </c>
       <c r="E36" s="16">
         <v>88</v>
       </c>
       <c r="F36" s="17">
         <v>0.16635160680528999</v>
       </c>
       <c r="G36" s="16">
         <v>0</v>
       </c>
       <c r="H36" s="16">
         <v>0</v>
       </c>
-      <c r="I36" s="18" t="s">
-[...3 lines deleted...]
-    <row r="37" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I36" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="14">
         <v>2015</v>
       </c>
       <c r="B37" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D37" s="16">
         <v>249</v>
       </c>
       <c r="E37" s="16">
         <v>73</v>
       </c>
       <c r="F37" s="17">
         <v>0.29317269076305003</v>
       </c>
       <c r="G37" s="16">
         <v>0</v>
       </c>
       <c r="H37" s="16">
         <v>0</v>
       </c>
-      <c r="I37" s="18" t="s">
-[...3 lines deleted...]
-    <row r="38" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I37" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="14">
         <v>2015</v>
       </c>
       <c r="B38" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D38" s="16">
         <v>6151</v>
       </c>
       <c r="E38" s="16">
         <v>1279</v>
       </c>
       <c r="F38" s="17">
         <v>0.20793366932206001</v>
       </c>
       <c r="G38" s="16">
         <v>1258</v>
       </c>
       <c r="H38" s="16">
         <v>219</v>
       </c>
       <c r="I38" s="18">
         <v>0.17408585055643999</v>
       </c>
     </row>
-    <row r="39" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="14">
         <v>2015</v>
       </c>
       <c r="B39" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D39" s="16">
         <v>65</v>
       </c>
       <c r="E39" s="16">
         <v>25</v>
       </c>
       <c r="F39" s="17">
         <v>0.38461538461537997</v>
       </c>
       <c r="G39" s="16">
         <v>5</v>
       </c>
       <c r="H39" s="16">
         <v>3</v>
       </c>
       <c r="I39" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="40" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="14">
         <v>2015</v>
       </c>
       <c r="B40" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D40" s="16">
         <v>192</v>
       </c>
       <c r="E40" s="16">
         <v>31</v>
       </c>
       <c r="F40" s="17">
         <v>0.16145833333333001</v>
       </c>
       <c r="G40" s="16">
         <v>0</v>
       </c>
       <c r="H40" s="16">
         <v>0</v>
       </c>
-      <c r="I40" s="18" t="s">
-[...3 lines deleted...]
-    <row r="41" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I40" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="14">
         <v>2015</v>
       </c>
       <c r="B41" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D41" s="16">
         <v>113</v>
       </c>
       <c r="E41" s="16">
         <v>29</v>
       </c>
       <c r="F41" s="17">
         <v>0.25663716814158999</v>
       </c>
       <c r="G41" s="16">
         <v>0</v>
       </c>
       <c r="H41" s="16">
         <v>0</v>
       </c>
-      <c r="I41" s="18" t="s">
-[...3 lines deleted...]
-    <row r="42" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I41" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="14">
         <v>2015</v>
       </c>
       <c r="B42" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D42" s="16">
         <v>1720</v>
       </c>
       <c r="E42" s="16">
         <v>279</v>
       </c>
       <c r="F42" s="17">
         <v>0.16220930232558001</v>
       </c>
       <c r="G42" s="16">
         <v>359</v>
       </c>
       <c r="H42" s="16">
         <v>58</v>
       </c>
       <c r="I42" s="18">
         <v>0.16155988857938999</v>
       </c>
     </row>
-    <row r="43" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="14">
         <v>2015</v>
       </c>
       <c r="B43" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D43" s="16">
         <v>15</v>
       </c>
       <c r="E43" s="16">
         <v>5</v>
       </c>
       <c r="F43" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G43" s="16">
         <v>5</v>
       </c>
       <c r="H43" s="16">
         <v>2</v>
       </c>
       <c r="I43" s="18">
         <v>0.4</v>
       </c>
     </row>
-    <row r="44" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="14">
         <v>2015</v>
       </c>
       <c r="B44" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D44" s="16">
         <v>70</v>
       </c>
       <c r="E44" s="16">
         <v>12</v>
       </c>
       <c r="F44" s="17">
         <v>0.17142857142856999</v>
       </c>
       <c r="G44" s="16">
         <v>0</v>
       </c>
       <c r="H44" s="16">
         <v>0</v>
       </c>
-      <c r="I44" s="18" t="s">
-[...3 lines deleted...]
-    <row r="45" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I44" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="14">
         <v>2015</v>
       </c>
       <c r="B45" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D45" s="16">
         <v>51</v>
       </c>
       <c r="E45" s="16">
         <v>7</v>
       </c>
       <c r="F45" s="17">
         <v>0.13725490196078</v>
       </c>
       <c r="G45" s="16">
         <v>0</v>
       </c>
       <c r="H45" s="16">
         <v>0</v>
       </c>
-      <c r="I45" s="18" t="s">
-[...3 lines deleted...]
-    <row r="46" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I45" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="14">
         <v>2015</v>
       </c>
       <c r="B46" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D46" s="16">
         <v>1693</v>
       </c>
       <c r="E46" s="16">
         <v>203</v>
       </c>
       <c r="F46" s="17">
         <v>0.11990549320732</v>
       </c>
       <c r="G46" s="16">
         <v>449</v>
       </c>
       <c r="H46" s="16">
         <v>72</v>
       </c>
       <c r="I46" s="18">
         <v>0.16035634743874999</v>
       </c>
     </row>
-    <row r="47" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="14">
         <v>2015</v>
       </c>
       <c r="B47" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D47" s="16">
         <v>18</v>
       </c>
       <c r="E47" s="16">
         <v>10</v>
       </c>
       <c r="F47" s="17">
         <v>0.55555555555556002</v>
       </c>
       <c r="G47" s="16">
         <v>4</v>
       </c>
       <c r="H47" s="16">
         <v>1</v>
       </c>
       <c r="I47" s="18">
         <v>0.25</v>
       </c>
     </row>
-    <row r="48" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="14">
         <v>2015</v>
       </c>
       <c r="B48" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D48" s="16">
         <v>288</v>
       </c>
       <c r="E48" s="16">
         <v>40</v>
       </c>
       <c r="F48" s="17">
         <v>0.13888888888889001</v>
       </c>
       <c r="G48" s="16">
         <v>0</v>
       </c>
       <c r="H48" s="16">
         <v>0</v>
       </c>
-      <c r="I48" s="18" t="s">
-[...3 lines deleted...]
-    <row r="49" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I48" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="14">
         <v>2015</v>
       </c>
       <c r="B49" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D49" s="16">
         <v>261</v>
       </c>
       <c r="E49" s="16">
         <v>67</v>
       </c>
       <c r="F49" s="17">
         <v>0.25670498084290999</v>
       </c>
       <c r="G49" s="16">
         <v>3</v>
       </c>
       <c r="H49" s="16">
         <v>1</v>
       </c>
       <c r="I49" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="50" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="14">
         <v>2015</v>
       </c>
       <c r="B50" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D50" s="16">
         <v>3311</v>
       </c>
       <c r="E50" s="16">
         <v>402</v>
       </c>
       <c r="F50" s="17">
         <v>0.12141347025068</v>
       </c>
       <c r="G50" s="16">
         <v>916</v>
       </c>
       <c r="H50" s="16">
         <v>110</v>
       </c>
       <c r="I50" s="18">
         <v>0.12008733624454</v>
       </c>
     </row>
-    <row r="51" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="14">
         <v>2015</v>
       </c>
       <c r="B51" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D51" s="16">
         <v>38</v>
       </c>
       <c r="E51" s="16">
         <v>10</v>
       </c>
       <c r="F51" s="17">
         <v>0.26315789473683998</v>
       </c>
       <c r="G51" s="16">
         <v>9</v>
       </c>
       <c r="H51" s="16">
         <v>2</v>
       </c>
       <c r="I51" s="18">
         <v>0.22222222222221999</v>
       </c>
     </row>
-    <row r="52" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="14">
         <v>2015</v>
       </c>
       <c r="B52" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D52" s="16">
         <v>216</v>
       </c>
       <c r="E52" s="16">
         <v>48</v>
       </c>
       <c r="F52" s="17">
         <v>0.22222222222221999</v>
       </c>
       <c r="G52" s="16">
         <v>0</v>
       </c>
       <c r="H52" s="16">
         <v>0</v>
       </c>
-      <c r="I52" s="18" t="s">
-[...3 lines deleted...]
-    <row r="53" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I52" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="14">
         <v>2015</v>
       </c>
       <c r="B53" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D53" s="16">
         <v>163</v>
       </c>
       <c r="E53" s="16">
         <v>47</v>
       </c>
       <c r="F53" s="17">
         <v>0.28834355828220998</v>
       </c>
       <c r="G53" s="16">
         <v>1</v>
       </c>
       <c r="H53" s="16">
         <v>0</v>
       </c>
       <c r="I53" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="14">
         <v>2015</v>
       </c>
       <c r="B54" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D54" s="16">
         <v>1769</v>
       </c>
       <c r="E54" s="16">
         <v>345</v>
       </c>
       <c r="F54" s="17">
         <v>0.19502543810062001</v>
       </c>
       <c r="G54" s="16">
         <v>501</v>
       </c>
       <c r="H54" s="16">
         <v>106</v>
       </c>
       <c r="I54" s="18">
         <v>0.21157684630738999</v>
       </c>
     </row>
-    <row r="55" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="14">
         <v>2015</v>
       </c>
       <c r="B55" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D55" s="16">
         <v>10</v>
       </c>
       <c r="E55" s="16">
         <v>5</v>
       </c>
       <c r="F55" s="17">
         <v>0.5</v>
       </c>
       <c r="G55" s="16">
         <v>2</v>
       </c>
       <c r="H55" s="16">
         <v>1</v>
       </c>
       <c r="I55" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="56" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="14">
         <v>2015</v>
       </c>
       <c r="B56" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D56" s="16">
         <v>188</v>
       </c>
       <c r="E56" s="16">
         <v>51</v>
       </c>
       <c r="F56" s="17">
         <v>0.27127659574467999</v>
       </c>
       <c r="G56" s="16">
         <v>0</v>
       </c>
       <c r="H56" s="16">
         <v>0</v>
       </c>
-      <c r="I56" s="18" t="s">
-[...3 lines deleted...]
-    <row r="57" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I56" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="14">
         <v>2015</v>
       </c>
       <c r="B57" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D57" s="16">
         <v>48</v>
       </c>
       <c r="E57" s="16">
         <v>14</v>
       </c>
       <c r="F57" s="17">
         <v>0.29166666666667002</v>
       </c>
       <c r="G57" s="16">
         <v>0</v>
       </c>
       <c r="H57" s="16">
         <v>0</v>
       </c>
-      <c r="I57" s="18" t="s">
-[...3 lines deleted...]
-    <row r="58" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I57" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="14">
         <v>2015</v>
       </c>
       <c r="B58" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D58" s="16">
         <v>740</v>
       </c>
       <c r="E58" s="16">
         <v>174</v>
       </c>
       <c r="F58" s="17">
         <v>0.23513513513514001</v>
       </c>
       <c r="G58" s="16">
         <v>108</v>
       </c>
       <c r="H58" s="16">
         <v>27</v>
       </c>
       <c r="I58" s="18">
         <v>0.25</v>
       </c>
     </row>
-    <row r="59" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="14">
         <v>2015</v>
       </c>
       <c r="B59" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D59" s="16">
         <v>8</v>
       </c>
       <c r="E59" s="16">
         <v>6</v>
       </c>
       <c r="F59" s="17">
         <v>0.75</v>
       </c>
       <c r="G59" s="16">
         <v>2</v>
       </c>
       <c r="H59" s="16">
         <v>1</v>
       </c>
       <c r="I59" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="60" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="14">
         <v>2015</v>
       </c>
       <c r="B60" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D60" s="16">
         <v>68</v>
       </c>
       <c r="E60" s="16">
         <v>28</v>
       </c>
       <c r="F60" s="17">
         <v>0.41176470588234998</v>
       </c>
       <c r="G60" s="16">
         <v>0</v>
       </c>
       <c r="H60" s="16">
         <v>0</v>
       </c>
-      <c r="I60" s="18" t="s">
-[...3 lines deleted...]
-    <row r="61" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I60" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="14">
         <v>2015</v>
       </c>
       <c r="B61" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D61" s="16">
         <v>48</v>
       </c>
       <c r="E61" s="16">
         <v>11</v>
       </c>
       <c r="F61" s="17">
         <v>0.22916666666666999</v>
       </c>
       <c r="G61" s="16">
         <v>0</v>
       </c>
       <c r="H61" s="16">
         <v>0</v>
       </c>
-      <c r="I61" s="18" t="s">
-[...3 lines deleted...]
-    <row r="62" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I61" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="14">
         <v>2015</v>
       </c>
       <c r="B62" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D62" s="16">
         <v>737</v>
       </c>
       <c r="E62" s="16">
         <v>148</v>
       </c>
       <c r="F62" s="17">
         <v>0.20081411126186999</v>
       </c>
       <c r="G62" s="16">
         <v>207</v>
       </c>
       <c r="H62" s="16">
         <v>51</v>
       </c>
       <c r="I62" s="18">
         <v>0.2463768115942</v>
       </c>
     </row>
-    <row r="63" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="14">
         <v>2015</v>
       </c>
       <c r="B63" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D63" s="16">
         <v>418</v>
       </c>
       <c r="E63" s="16">
         <v>121</v>
       </c>
       <c r="F63" s="17">
         <v>0.28947368421052999</v>
       </c>
       <c r="G63" s="16">
         <v>0</v>
       </c>
       <c r="H63" s="16">
         <v>0</v>
       </c>
-      <c r="I63" s="18" t="s">
-[...3 lines deleted...]
-    <row r="64" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I63" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="14">
         <v>2015</v>
       </c>
       <c r="B64" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D64" s="16">
         <v>311</v>
       </c>
       <c r="E64" s="16">
         <v>129</v>
       </c>
       <c r="F64" s="17">
         <v>0.41479099678456999</v>
       </c>
       <c r="G64" s="16">
         <v>0</v>
       </c>
       <c r="H64" s="16">
         <v>0</v>
       </c>
-      <c r="I64" s="18" t="s">
-[...3 lines deleted...]
-    <row r="65" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I64" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="14">
         <v>2015</v>
       </c>
       <c r="B65" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D65" s="16">
         <v>3534</v>
       </c>
       <c r="E65" s="16">
         <v>694</v>
       </c>
       <c r="F65" s="17">
         <v>0.19637804187888999</v>
       </c>
       <c r="G65" s="16">
         <v>876</v>
       </c>
       <c r="H65" s="16">
         <v>165</v>
       </c>
       <c r="I65" s="18">
         <v>0.18835616438356001</v>
       </c>
     </row>
-    <row r="66" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="14">
         <v>2015</v>
       </c>
       <c r="B66" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D66" s="16">
         <v>50</v>
       </c>
       <c r="E66" s="16">
         <v>33</v>
       </c>
       <c r="F66" s="17">
         <v>0.66</v>
       </c>
       <c r="G66" s="16">
         <v>14</v>
       </c>
       <c r="H66" s="16">
         <v>9</v>
       </c>
       <c r="I66" s="18">
         <v>0.64285714285714002</v>
       </c>
     </row>
-    <row r="67" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="14">
         <v>2015</v>
       </c>
       <c r="B67" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D67" s="16">
         <v>80</v>
       </c>
       <c r="E67" s="16">
         <v>17</v>
       </c>
       <c r="F67" s="17">
         <v>0.21249999999999999</v>
       </c>
       <c r="G67" s="16">
         <v>0</v>
       </c>
       <c r="H67" s="16">
         <v>0</v>
       </c>
-      <c r="I67" s="18" t="s">
-[...3 lines deleted...]
-    <row r="68" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I67" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="14">
         <v>2015</v>
       </c>
       <c r="B68" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D68" s="16">
         <v>72</v>
       </c>
       <c r="E68" s="16">
         <v>30</v>
       </c>
       <c r="F68" s="17">
         <v>0.41666666666667002</v>
       </c>
       <c r="G68" s="16">
         <v>0</v>
       </c>
       <c r="H68" s="16">
         <v>0</v>
       </c>
-      <c r="I68" s="18" t="s">
-[...3 lines deleted...]
-    <row r="69" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I68" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="14">
         <v>2015</v>
       </c>
       <c r="B69" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D69" s="16">
         <v>1327</v>
       </c>
       <c r="E69" s="16">
         <v>238</v>
       </c>
       <c r="F69" s="17">
         <v>0.17935192162773</v>
       </c>
       <c r="G69" s="16">
         <v>332</v>
       </c>
       <c r="H69" s="16">
         <v>68</v>
       </c>
       <c r="I69" s="18">
         <v>0.20481927710843001</v>
       </c>
     </row>
-    <row r="70" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="14">
         <v>2015</v>
       </c>
       <c r="B70" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D70" s="16">
         <v>18</v>
       </c>
       <c r="E70" s="16">
         <v>10</v>
       </c>
       <c r="F70" s="17">
         <v>0.55555555555556002</v>
       </c>
       <c r="G70" s="16">
         <v>3</v>
       </c>
       <c r="H70" s="16">
         <v>2</v>
       </c>
       <c r="I70" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="71" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="14">
         <v>2015</v>
       </c>
       <c r="B71" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D71" s="16">
         <v>875</v>
       </c>
       <c r="E71" s="16">
         <v>190</v>
       </c>
       <c r="F71" s="17">
         <v>0.21714285714286</v>
       </c>
       <c r="G71" s="16">
         <v>0</v>
       </c>
       <c r="H71" s="16">
         <v>0</v>
       </c>
-      <c r="I71" s="18" t="s">
-[...3 lines deleted...]
-    <row r="72" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I71" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="14">
         <v>2015</v>
       </c>
       <c r="B72" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D72" s="16">
         <v>148</v>
       </c>
       <c r="E72" s="16">
         <v>31</v>
       </c>
       <c r="F72" s="17">
         <v>0.20945945945946001</v>
       </c>
       <c r="G72" s="16">
         <v>10</v>
       </c>
       <c r="H72" s="16">
         <v>2</v>
       </c>
       <c r="I72" s="18">
         <v>0.2</v>
       </c>
     </row>
-    <row r="73" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="14">
         <v>2015</v>
       </c>
       <c r="B73" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D73" s="16">
         <v>4216</v>
       </c>
       <c r="E73" s="16">
         <v>1170</v>
       </c>
       <c r="F73" s="17">
         <v>0.27751423149905002</v>
       </c>
       <c r="G73" s="16">
         <v>644</v>
       </c>
       <c r="H73" s="16">
         <v>163</v>
       </c>
       <c r="I73" s="18">
         <v>0.25310559006210998</v>
       </c>
     </row>
-    <row r="74" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="14">
         <v>2015</v>
       </c>
       <c r="B74" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D74" s="16">
         <v>123</v>
       </c>
       <c r="E74" s="16">
         <v>75</v>
       </c>
       <c r="F74" s="17">
         <v>0.60975609756098004</v>
       </c>
       <c r="G74" s="16">
         <v>41</v>
       </c>
       <c r="H74" s="16">
         <v>15</v>
       </c>
       <c r="I74" s="18">
         <v>0.36585365853659002</v>
       </c>
     </row>
-    <row r="75" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="14">
         <v>2015</v>
       </c>
       <c r="B75" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D75" s="16">
         <v>468</v>
       </c>
       <c r="E75" s="16">
         <v>87</v>
       </c>
       <c r="F75" s="17">
         <v>0.18589743589744001</v>
       </c>
       <c r="G75" s="16">
         <v>0</v>
       </c>
       <c r="H75" s="16">
         <v>0</v>
       </c>
-      <c r="I75" s="18" t="s">
-[...3 lines deleted...]
-    <row r="76" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I75" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="14">
         <v>2015</v>
       </c>
       <c r="B76" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D76" s="16">
         <v>244</v>
       </c>
       <c r="E76" s="16">
         <v>71</v>
       </c>
       <c r="F76" s="17">
         <v>0.29098360655737998</v>
       </c>
       <c r="G76" s="16">
         <v>0</v>
       </c>
       <c r="H76" s="16">
         <v>0</v>
       </c>
-      <c r="I76" s="18" t="s">
-[...3 lines deleted...]
-    <row r="77" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I76" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="14">
         <v>2015</v>
       </c>
       <c r="B77" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D77" s="16">
         <v>2227</v>
       </c>
       <c r="E77" s="16">
         <v>423</v>
       </c>
       <c r="F77" s="17">
         <v>0.18994162550516</v>
       </c>
       <c r="G77" s="16">
         <v>667</v>
       </c>
       <c r="H77" s="16">
         <v>130</v>
       </c>
       <c r="I77" s="18">
         <v>0.19490254872564</v>
       </c>
     </row>
-    <row r="78" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="14">
         <v>2015</v>
       </c>
       <c r="B78" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D78" s="16">
         <v>30</v>
       </c>
       <c r="E78" s="16">
         <v>14</v>
       </c>
       <c r="F78" s="17">
         <v>0.46666666666667</v>
       </c>
       <c r="G78" s="16">
         <v>9</v>
       </c>
       <c r="H78" s="16">
         <v>3</v>
       </c>
       <c r="I78" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="79" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="14">
         <v>2015</v>
       </c>
       <c r="B79" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D79" s="16">
         <v>9</v>
       </c>
       <c r="E79" s="16">
         <v>2</v>
       </c>
       <c r="F79" s="17">
         <v>0.22222222222221999</v>
       </c>
       <c r="G79" s="16">
         <v>0</v>
       </c>
       <c r="H79" s="16">
         <v>0</v>
       </c>
-      <c r="I79" s="18" t="s">
-[...3 lines deleted...]
-    <row r="80" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I79" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="14">
         <v>2015</v>
       </c>
       <c r="B80" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D80" s="16">
         <v>3</v>
       </c>
       <c r="E80" s="16">
         <v>1</v>
       </c>
       <c r="F80" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G80" s="16">
         <v>0</v>
       </c>
       <c r="H80" s="16">
         <v>0</v>
       </c>
-      <c r="I80" s="18" t="s">
-[...3 lines deleted...]
-    <row r="81" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I80" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="14">
         <v>2015</v>
       </c>
       <c r="B81" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D81" s="16">
         <v>270</v>
       </c>
       <c r="E81" s="16">
         <v>50</v>
       </c>
       <c r="F81" s="17">
         <v>0.18518518518519</v>
       </c>
       <c r="G81" s="16">
         <v>90</v>
       </c>
       <c r="H81" s="16">
         <v>15</v>
       </c>
       <c r="I81" s="18">
         <v>0.16666666666666999</v>
       </c>
     </row>
-    <row r="82" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="14">
         <v>2015</v>
       </c>
       <c r="B82" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D82" s="16">
         <v>648</v>
       </c>
       <c r="E82" s="16">
         <v>145</v>
       </c>
       <c r="F82" s="17">
         <v>0.22376543209877001</v>
       </c>
       <c r="G82" s="16">
         <v>0</v>
       </c>
       <c r="H82" s="16">
         <v>0</v>
       </c>
-      <c r="I82" s="18" t="s">
-[...3 lines deleted...]
-    <row r="83" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I82" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="14">
         <v>2015</v>
       </c>
       <c r="B83" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D83" s="16">
         <v>228</v>
       </c>
       <c r="E83" s="16">
         <v>48</v>
       </c>
       <c r="F83" s="17">
         <v>0.21052631578947001</v>
       </c>
       <c r="G83" s="16">
         <v>1</v>
       </c>
       <c r="H83" s="16">
         <v>1</v>
       </c>
       <c r="I83" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="84" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="14">
         <v>2015</v>
       </c>
       <c r="B84" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D84" s="16">
         <v>3998</v>
       </c>
       <c r="E84" s="16">
         <v>782</v>
       </c>
       <c r="F84" s="17">
         <v>0.19559779889945</v>
       </c>
       <c r="G84" s="16">
         <v>960</v>
       </c>
       <c r="H84" s="16">
         <v>191</v>
       </c>
       <c r="I84" s="18">
         <v>0.19895833333332999</v>
       </c>
     </row>
-    <row r="85" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="14">
         <v>2015</v>
       </c>
       <c r="B85" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D85" s="16">
         <v>17</v>
       </c>
       <c r="E85" s="16">
         <v>5</v>
       </c>
       <c r="F85" s="17">
         <v>0.29411764705881999</v>
       </c>
       <c r="G85" s="16">
         <v>9</v>
       </c>
       <c r="H85" s="16">
         <v>4</v>
       </c>
       <c r="I85" s="18">
         <v>0.44444444444443998</v>
       </c>
     </row>
-    <row r="86" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="14">
         <v>2015</v>
       </c>
       <c r="B86" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D86" s="16">
         <v>84</v>
       </c>
       <c r="E86" s="16">
         <v>20</v>
       </c>
       <c r="F86" s="17">
         <v>0.23809523809524</v>
       </c>
       <c r="G86" s="16">
         <v>0</v>
       </c>
       <c r="H86" s="16">
         <v>0</v>
       </c>
-      <c r="I86" s="18" t="s">
-[...3 lines deleted...]
-    <row r="87" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I86" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="14">
         <v>2015</v>
       </c>
       <c r="B87" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D87" s="16">
         <v>36</v>
       </c>
       <c r="E87" s="16">
         <v>8</v>
       </c>
       <c r="F87" s="17">
         <v>0.22222222222221999</v>
       </c>
       <c r="G87" s="16">
         <v>0</v>
       </c>
       <c r="H87" s="16">
         <v>0</v>
       </c>
-      <c r="I87" s="18" t="s">
-[...3 lines deleted...]
-    <row r="88" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I87" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="14">
         <v>2015</v>
       </c>
       <c r="B88" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D88" s="16">
         <v>537</v>
       </c>
       <c r="E88" s="16">
         <v>36</v>
       </c>
       <c r="F88" s="17">
         <v>6.7039106145249994E-2</v>
       </c>
       <c r="G88" s="16">
         <v>161</v>
       </c>
       <c r="H88" s="16">
         <v>12</v>
       </c>
       <c r="I88" s="18">
         <v>7.4534161490679998E-2</v>
       </c>
     </row>
-    <row r="89" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="14">
         <v>2015</v>
       </c>
       <c r="B89" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D89" s="16">
         <v>7</v>
       </c>
       <c r="E89" s="16">
         <v>1</v>
       </c>
       <c r="F89" s="17">
         <v>0.14285714285713999</v>
       </c>
       <c r="G89" s="16">
         <v>4</v>
       </c>
       <c r="H89" s="16">
         <v>0</v>
       </c>
       <c r="I89" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="90" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="14">
         <v>2015</v>
       </c>
       <c r="B90" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D90" s="16">
         <v>2</v>
       </c>
       <c r="E90" s="16">
         <v>1</v>
       </c>
       <c r="F90" s="17">
         <v>0.5</v>
       </c>
       <c r="G90" s="16">
         <v>0</v>
       </c>
       <c r="H90" s="16">
         <v>0</v>
       </c>
-      <c r="I90" s="18" t="s">
-[...3 lines deleted...]
-    <row r="91" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I90" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="14">
         <v>2015</v>
       </c>
       <c r="B91" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D91" s="16">
         <v>17</v>
       </c>
       <c r="E91" s="16">
         <v>4</v>
       </c>
       <c r="F91" s="17">
         <v>0.23529411764706001</v>
       </c>
       <c r="G91" s="16">
         <v>0</v>
       </c>
       <c r="H91" s="16">
         <v>0</v>
       </c>
-      <c r="I91" s="18" t="s">
-[...3 lines deleted...]
-    <row r="92" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I91" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="14">
         <v>2015</v>
       </c>
       <c r="B92" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D92" s="16">
         <v>125</v>
       </c>
       <c r="E92" s="16">
         <v>23</v>
       </c>
       <c r="F92" s="17">
         <v>0.184</v>
       </c>
       <c r="G92" s="16">
         <v>31</v>
       </c>
       <c r="H92" s="16">
         <v>10</v>
       </c>
       <c r="I92" s="18">
         <v>0.32258064516128998</v>
       </c>
     </row>
-    <row r="93" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="14">
         <v>2015</v>
       </c>
       <c r="B93" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D93" s="16">
         <v>4</v>
       </c>
       <c r="E93" s="16">
         <v>0</v>
       </c>
       <c r="F93" s="17">
         <v>0</v>
       </c>
       <c r="G93" s="16">
         <v>3</v>
       </c>
       <c r="H93" s="16">
         <v>2</v>
       </c>
       <c r="I93" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="94" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="14">
         <v>2015</v>
       </c>
       <c r="B94" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D94" s="16">
         <v>2</v>
       </c>
       <c r="E94" s="16">
         <v>1</v>
       </c>
       <c r="F94" s="17">
         <v>0.5</v>
       </c>
       <c r="G94" s="16">
         <v>0</v>
       </c>
       <c r="H94" s="16">
         <v>0</v>
       </c>
-      <c r="I94" s="18" t="s">
-[...3 lines deleted...]
-    <row r="95" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I94" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="14">
         <v>2015</v>
       </c>
       <c r="B95" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D95" s="16">
         <v>29</v>
       </c>
       <c r="E95" s="16">
         <v>7</v>
       </c>
       <c r="F95" s="17">
         <v>0.24137931034483001</v>
       </c>
       <c r="G95" s="16">
         <v>0</v>
       </c>
       <c r="H95" s="16">
         <v>0</v>
       </c>
-      <c r="I95" s="18" t="s">
-[...3 lines deleted...]
-    <row r="96" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I95" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="14">
         <v>2015</v>
       </c>
       <c r="B96" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D96" s="16">
         <v>1353</v>
       </c>
       <c r="E96" s="16">
         <v>180</v>
       </c>
       <c r="F96" s="17">
         <v>0.13303769401330001</v>
       </c>
       <c r="G96" s="16">
         <v>133</v>
       </c>
       <c r="H96" s="16">
         <v>20</v>
       </c>
       <c r="I96" s="18">
         <v>0.15037593984962</v>
       </c>
     </row>
-    <row r="97" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="14">
         <v>2015</v>
       </c>
       <c r="B97" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D97" s="16">
         <v>14</v>
       </c>
       <c r="E97" s="16">
         <v>8</v>
       </c>
       <c r="F97" s="17">
         <v>0.57142857142856995</v>
       </c>
       <c r="G97" s="16">
         <v>2</v>
       </c>
       <c r="H97" s="16">
         <v>2</v>
       </c>
       <c r="I97" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="98" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="19">
         <v>2015</v>
       </c>
       <c r="B98" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C98" s="23" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D98" s="20">
         <v>5801</v>
       </c>
       <c r="E98" s="20">
         <v>1350</v>
       </c>
       <c r="F98" s="21">
         <v>0.23271849681088999</v>
       </c>
       <c r="G98" s="20">
         <v>0</v>
       </c>
       <c r="H98" s="20">
         <v>0</v>
       </c>
-      <c r="I98" s="22" t="s">
-[...3 lines deleted...]
-    <row r="99" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I98" s="22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="19">
         <v>2015</v>
       </c>
       <c r="B99" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C99" s="23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D99" s="20">
         <v>3385</v>
       </c>
       <c r="E99" s="20">
         <v>963</v>
       </c>
       <c r="F99" s="21">
         <v>0.28449039881832</v>
       </c>
       <c r="G99" s="20">
         <v>22</v>
       </c>
       <c r="H99" s="20">
         <v>8</v>
       </c>
       <c r="I99" s="22">
         <v>0.36363636363635998</v>
       </c>
     </row>
-    <row r="100" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="19">
         <v>2015</v>
       </c>
       <c r="B100" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C100" s="23" t="s">
         <v>24</v>
       </c>
       <c r="D100" s="20">
         <v>52648</v>
       </c>
       <c r="E100" s="20">
         <v>9445</v>
       </c>
       <c r="F100" s="21">
         <v>0.17939902750341999</v>
       </c>
       <c r="G100" s="20">
         <v>12785</v>
       </c>
       <c r="H100" s="20">
         <v>2343</v>
       </c>
       <c r="I100" s="22">
         <v>0.18326163472820001</v>
       </c>
     </row>
-    <row r="101" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="19">
         <v>2015</v>
       </c>
       <c r="B101" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C101" s="23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D101" s="20">
         <v>614</v>
       </c>
       <c r="E101" s="20">
         <v>304</v>
       </c>
       <c r="F101" s="21">
         <v>0.49511400651465998</v>
       </c>
       <c r="G101" s="20">
         <v>201</v>
       </c>
       <c r="H101" s="20">
         <v>84</v>
       </c>
       <c r="I101" s="22">
         <v>0.41791044776119002</v>
       </c>
     </row>
-    <row r="102" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="24">
         <v>2015</v>
       </c>
       <c r="B102" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C102" s="25"/>
       <c r="D102" s="26">
         <v>62448</v>
       </c>
       <c r="E102" s="26">
         <v>12062</v>
       </c>
       <c r="F102" s="27">
         <v>0.19315270304894</v>
       </c>
       <c r="G102" s="26">
         <v>13008</v>
       </c>
       <c r="H102" s="26">
         <v>2435</v>
       </c>
       <c r="I102" s="28">
         <v>0.18719249692497</v>
       </c>
     </row>
-    <row r="103" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="14">
         <v>2016</v>
       </c>
       <c r="B103" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D103" s="16">
         <v>61</v>
       </c>
       <c r="E103" s="16">
         <v>13</v>
       </c>
       <c r="F103" s="17">
         <v>0.21311475409836</v>
       </c>
       <c r="G103" s="16">
         <v>0</v>
       </c>
       <c r="H103" s="16">
         <v>0</v>
       </c>
-      <c r="I103" s="18" t="s">
-[...3 lines deleted...]
-    <row r="104" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I103" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="14">
         <v>2016</v>
       </c>
       <c r="B104" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D104" s="16">
         <v>64</v>
       </c>
       <c r="E104" s="16">
         <v>15</v>
       </c>
       <c r="F104" s="17">
         <v>0.234375</v>
       </c>
       <c r="G104" s="16">
         <v>39</v>
       </c>
       <c r="H104" s="16">
         <v>13</v>
       </c>
       <c r="I104" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="105" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="14">
         <v>2016</v>
       </c>
       <c r="B105" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D105" s="16">
         <v>12</v>
       </c>
       <c r="E105" s="16">
         <v>12</v>
       </c>
       <c r="F105" s="17">
         <v>1</v>
       </c>
       <c r="G105" s="16">
         <v>2</v>
       </c>
       <c r="H105" s="16">
         <v>2</v>
       </c>
       <c r="I105" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="106" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="14">
         <v>2016</v>
       </c>
       <c r="B106" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D106" s="16">
         <v>169</v>
       </c>
       <c r="E106" s="16">
         <v>51</v>
       </c>
       <c r="F106" s="17">
         <v>0.30177514792899002</v>
       </c>
       <c r="G106" s="16">
         <v>66</v>
       </c>
       <c r="H106" s="16">
         <v>19</v>
       </c>
       <c r="I106" s="18">
         <v>0.28787878787879001</v>
       </c>
     </row>
-    <row r="107" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="14">
         <v>2016</v>
       </c>
       <c r="B107" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D107" s="16">
         <v>8</v>
       </c>
       <c r="E107" s="16">
         <v>8</v>
       </c>
       <c r="F107" s="17">
         <v>1</v>
       </c>
       <c r="G107" s="16">
         <v>2</v>
       </c>
       <c r="H107" s="16">
         <v>2</v>
       </c>
       <c r="I107" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="108" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="14">
         <v>2016</v>
       </c>
       <c r="B108" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D108" s="16">
         <v>9</v>
       </c>
       <c r="E108" s="16">
         <v>7</v>
       </c>
       <c r="F108" s="17">
         <v>0.77777777777778001</v>
       </c>
       <c r="G108" s="16">
         <v>0</v>
       </c>
       <c r="H108" s="16">
         <v>0</v>
       </c>
-      <c r="I108" s="18" t="s">
-[...3 lines deleted...]
-    <row r="109" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I108" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="14">
         <v>2016</v>
       </c>
       <c r="B109" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D109" s="16">
         <v>17</v>
       </c>
       <c r="E109" s="16">
         <v>8</v>
       </c>
       <c r="F109" s="17">
         <v>0.47058823529412003</v>
       </c>
       <c r="G109" s="16">
         <v>0</v>
       </c>
       <c r="H109" s="16">
         <v>0</v>
       </c>
-      <c r="I109" s="18" t="s">
-[...3 lines deleted...]
-    <row r="110" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I109" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="14">
         <v>2016</v>
       </c>
       <c r="B110" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D110" s="16">
         <v>297</v>
       </c>
       <c r="E110" s="16">
         <v>46</v>
       </c>
       <c r="F110" s="17">
         <v>0.15488215488215001</v>
       </c>
       <c r="G110" s="16">
         <v>106</v>
       </c>
       <c r="H110" s="16">
         <v>18</v>
       </c>
       <c r="I110" s="18">
         <v>0.16981132075472</v>
       </c>
     </row>
-    <row r="111" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="14">
         <v>2016</v>
       </c>
       <c r="B111" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D111" s="16">
         <v>2</v>
       </c>
       <c r="E111" s="16">
         <v>1</v>
       </c>
       <c r="F111" s="17">
         <v>0.5</v>
       </c>
       <c r="G111" s="16">
         <v>1</v>
       </c>
       <c r="H111" s="16">
         <v>0</v>
       </c>
       <c r="I111" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="112" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="14">
         <v>2016</v>
       </c>
       <c r="B112" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D112" s="16">
         <v>797</v>
       </c>
       <c r="E112" s="16">
         <v>227</v>
       </c>
       <c r="F112" s="17">
         <v>0.28481806775407997</v>
       </c>
       <c r="G112" s="16">
         <v>0</v>
       </c>
       <c r="H112" s="16">
         <v>0</v>
       </c>
-      <c r="I112" s="18" t="s">
-[...3 lines deleted...]
-    <row r="113" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I112" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="14">
         <v>2016</v>
       </c>
       <c r="B113" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D113" s="16">
         <v>496</v>
       </c>
       <c r="E113" s="16">
         <v>126</v>
       </c>
       <c r="F113" s="17">
         <v>0.25403225806452001</v>
       </c>
       <c r="G113" s="16">
         <v>2</v>
       </c>
       <c r="H113" s="16">
         <v>1</v>
       </c>
       <c r="I113" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="114" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="14">
         <v>2016</v>
       </c>
       <c r="B114" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D114" s="16">
         <v>9969</v>
       </c>
       <c r="E114" s="16">
         <v>1170</v>
       </c>
       <c r="F114" s="17">
         <v>0.11736382786639001</v>
       </c>
       <c r="G114" s="16">
         <v>2957</v>
       </c>
       <c r="H114" s="16">
         <v>376</v>
       </c>
       <c r="I114" s="18">
         <v>0.12715590125126999</v>
       </c>
     </row>
-    <row r="115" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="14">
         <v>2016</v>
       </c>
       <c r="B115" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D115" s="16">
         <v>55</v>
       </c>
       <c r="E115" s="16">
         <v>29</v>
       </c>
       <c r="F115" s="17">
         <v>0.52727272727273</v>
       </c>
       <c r="G115" s="16">
         <v>29</v>
       </c>
       <c r="H115" s="16">
         <v>16</v>
       </c>
       <c r="I115" s="18">
         <v>0.55172413793103003</v>
       </c>
     </row>
-    <row r="116" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="14">
         <v>2016</v>
       </c>
       <c r="B116" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D116" s="16">
         <v>138</v>
       </c>
       <c r="E116" s="16">
         <v>41</v>
       </c>
       <c r="F116" s="17">
         <v>0.29710144927535997</v>
       </c>
       <c r="G116" s="16">
         <v>0</v>
       </c>
       <c r="H116" s="16">
         <v>0</v>
       </c>
-      <c r="I116" s="18" t="s">
-[...3 lines deleted...]
-    <row r="117" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I116" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="14">
         <v>2016</v>
       </c>
       <c r="B117" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D117" s="16">
         <v>65</v>
       </c>
       <c r="E117" s="16">
         <v>28</v>
       </c>
       <c r="F117" s="17">
         <v>0.43076923076923002</v>
       </c>
       <c r="G117" s="16">
         <v>0</v>
       </c>
       <c r="H117" s="16">
         <v>0</v>
       </c>
-      <c r="I117" s="18" t="s">
-[...3 lines deleted...]
-    <row r="118" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I117" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="14">
         <v>2016</v>
       </c>
       <c r="B118" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D118" s="16">
         <v>1400</v>
       </c>
       <c r="E118" s="16">
         <v>324</v>
       </c>
       <c r="F118" s="17">
         <v>0.23142857142857001</v>
       </c>
       <c r="G118" s="16">
         <v>304</v>
       </c>
       <c r="H118" s="16">
         <v>67</v>
       </c>
       <c r="I118" s="18">
         <v>0.22039473684211</v>
       </c>
     </row>
-    <row r="119" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="14">
         <v>2016</v>
       </c>
       <c r="B119" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D119" s="16">
         <v>15</v>
       </c>
       <c r="E119" s="16">
         <v>10</v>
       </c>
       <c r="F119" s="17">
         <v>0.66666666666666996</v>
       </c>
       <c r="G119" s="16">
         <v>5</v>
       </c>
       <c r="H119" s="16">
         <v>1</v>
       </c>
       <c r="I119" s="18">
         <v>0.2</v>
       </c>
     </row>
-    <row r="120" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="14">
         <v>2016</v>
       </c>
       <c r="B120" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D120" s="16">
         <v>16</v>
       </c>
       <c r="E120" s="16">
         <v>4</v>
       </c>
       <c r="F120" s="17">
         <v>0.25</v>
       </c>
       <c r="G120" s="16">
         <v>0</v>
       </c>
       <c r="H120" s="16">
         <v>0</v>
       </c>
-      <c r="I120" s="18" t="s">
-[...3 lines deleted...]
-    <row r="121" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I120" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="14">
         <v>2016</v>
       </c>
       <c r="B121" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D121" s="16">
         <v>51</v>
       </c>
       <c r="E121" s="16">
         <v>6</v>
       </c>
       <c r="F121" s="17">
         <v>0.11764705882353001</v>
       </c>
       <c r="G121" s="16">
         <v>0</v>
       </c>
       <c r="H121" s="16">
         <v>0</v>
       </c>
-      <c r="I121" s="18" t="s">
-[...3 lines deleted...]
-    <row r="122" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I121" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="14">
         <v>2016</v>
       </c>
       <c r="B122" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D122" s="16">
         <v>324</v>
       </c>
       <c r="E122" s="16">
         <v>84</v>
       </c>
       <c r="F122" s="17">
         <v>0.25925925925926002</v>
       </c>
       <c r="G122" s="16">
         <v>121</v>
       </c>
       <c r="H122" s="16">
         <v>34</v>
       </c>
       <c r="I122" s="18">
         <v>0.28099173553718998</v>
       </c>
     </row>
-    <row r="123" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="14">
         <v>2016</v>
       </c>
       <c r="B123" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D123" s="16">
         <v>13</v>
       </c>
       <c r="E123" s="16">
         <v>3</v>
       </c>
       <c r="F123" s="17">
         <v>0.23076923076923</v>
       </c>
       <c r="G123" s="16">
         <v>13</v>
       </c>
       <c r="H123" s="16">
         <v>1</v>
       </c>
       <c r="I123" s="18">
         <v>7.6923076923079994E-2</v>
       </c>
     </row>
-    <row r="124" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="14">
         <v>2016</v>
       </c>
       <c r="B124" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D124" s="16">
         <v>459</v>
       </c>
       <c r="E124" s="16">
         <v>178</v>
       </c>
       <c r="F124" s="17">
         <v>0.38779956427015</v>
       </c>
       <c r="G124" s="16">
         <v>0</v>
       </c>
       <c r="H124" s="16">
         <v>0</v>
       </c>
-      <c r="I124" s="18" t="s">
-[...3 lines deleted...]
-    <row r="125" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I124" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="14">
         <v>2016</v>
       </c>
       <c r="B125" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D125" s="16">
         <v>482</v>
       </c>
       <c r="E125" s="16">
         <v>175</v>
       </c>
       <c r="F125" s="17">
         <v>0.36307053941909001</v>
       </c>
       <c r="G125" s="16">
         <v>6</v>
       </c>
       <c r="H125" s="16">
         <v>4</v>
       </c>
       <c r="I125" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="126" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="14">
         <v>2016</v>
       </c>
       <c r="B126" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D126" s="16">
         <v>4230</v>
       </c>
       <c r="E126" s="16">
         <v>887</v>
       </c>
       <c r="F126" s="17">
         <v>0.2096926713948</v>
       </c>
       <c r="G126" s="16">
         <v>1270</v>
       </c>
       <c r="H126" s="16">
         <v>273</v>
       </c>
       <c r="I126" s="18">
         <v>0.21496062992126</v>
       </c>
     </row>
-    <row r="127" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="14">
         <v>2016</v>
       </c>
       <c r="B127" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D127" s="16">
         <v>58</v>
       </c>
       <c r="E127" s="16">
         <v>33</v>
       </c>
       <c r="F127" s="17">
         <v>0.56896551724138</v>
       </c>
       <c r="G127" s="16">
         <v>37</v>
       </c>
       <c r="H127" s="16">
         <v>13</v>
       </c>
       <c r="I127" s="18">
         <v>0.35135135135134998</v>
       </c>
     </row>
-    <row r="128" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="14">
         <v>2016</v>
       </c>
       <c r="B128" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D128" s="16">
         <v>205</v>
       </c>
       <c r="E128" s="16">
         <v>53</v>
       </c>
       <c r="F128" s="17">
         <v>0.25853658536585</v>
       </c>
       <c r="G128" s="16">
         <v>0</v>
       </c>
       <c r="H128" s="16">
         <v>0</v>
       </c>
-      <c r="I128" s="18" t="s">
-[...3 lines deleted...]
-    <row r="129" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I128" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="14">
         <v>2016</v>
       </c>
       <c r="B129" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D129" s="16">
         <v>222</v>
       </c>
       <c r="E129" s="16">
         <v>75</v>
       </c>
       <c r="F129" s="17">
         <v>0.33783783783783999</v>
       </c>
       <c r="G129" s="16">
         <v>0</v>
       </c>
       <c r="H129" s="16">
         <v>0</v>
       </c>
-      <c r="I129" s="18" t="s">
-[...3 lines deleted...]
-    <row r="130" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I129" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="14">
         <v>2016</v>
       </c>
       <c r="B130" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D130" s="16">
         <v>2657</v>
       </c>
       <c r="E130" s="16">
         <v>562</v>
       </c>
       <c r="F130" s="17">
         <v>0.21151674821227001</v>
       </c>
       <c r="G130" s="16">
         <v>745</v>
       </c>
       <c r="H130" s="16">
         <v>162</v>
       </c>
       <c r="I130" s="18">
         <v>0.21744966442953001</v>
       </c>
     </row>
-    <row r="131" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="14">
         <v>2016</v>
       </c>
       <c r="B131" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D131" s="16">
         <v>25</v>
       </c>
       <c r="E131" s="16">
         <v>12</v>
       </c>
       <c r="F131" s="17">
         <v>0.48</v>
       </c>
       <c r="G131" s="16">
         <v>9</v>
       </c>
       <c r="H131" s="16">
         <v>3</v>
       </c>
       <c r="I131" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="132" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="14">
         <v>2016</v>
       </c>
       <c r="B132" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D132" s="16">
         <v>133</v>
       </c>
       <c r="E132" s="16">
         <v>54</v>
       </c>
       <c r="F132" s="17">
         <v>0.40601503759398999</v>
       </c>
       <c r="G132" s="16">
         <v>0</v>
       </c>
       <c r="H132" s="16">
         <v>0</v>
       </c>
-      <c r="I132" s="18" t="s">
-[...3 lines deleted...]
-    <row r="133" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I132" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="14">
         <v>2016</v>
       </c>
       <c r="B133" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D133" s="16">
         <v>100</v>
       </c>
       <c r="E133" s="16">
         <v>27</v>
       </c>
       <c r="F133" s="17">
         <v>0.27</v>
       </c>
       <c r="G133" s="16">
         <v>0</v>
       </c>
       <c r="H133" s="16">
         <v>0</v>
       </c>
-      <c r="I133" s="18" t="s">
-[...3 lines deleted...]
-    <row r="134" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I133" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="14">
         <v>2016</v>
       </c>
       <c r="B134" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D134" s="16">
         <v>874</v>
       </c>
       <c r="E134" s="16">
         <v>172</v>
       </c>
       <c r="F134" s="17">
         <v>0.19679633867276999</v>
       </c>
       <c r="G134" s="16">
         <v>231</v>
       </c>
       <c r="H134" s="16">
         <v>47</v>
       </c>
       <c r="I134" s="18">
         <v>0.20346320346319999</v>
       </c>
     </row>
-    <row r="135" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="14">
         <v>2016</v>
       </c>
       <c r="B135" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D135" s="16">
         <v>5</v>
       </c>
       <c r="E135" s="16">
         <v>3</v>
       </c>
       <c r="F135" s="17">
         <v>0.6</v>
       </c>
       <c r="G135" s="16">
         <v>1</v>
       </c>
       <c r="H135" s="16">
         <v>1</v>
       </c>
       <c r="I135" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="136" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="14">
         <v>2016</v>
       </c>
       <c r="B136" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D136" s="16">
         <v>628</v>
       </c>
       <c r="E136" s="16">
         <v>90</v>
       </c>
       <c r="F136" s="17">
         <v>0.14331210191082999</v>
       </c>
       <c r="G136" s="16">
         <v>0</v>
       </c>
       <c r="H136" s="16">
         <v>0</v>
       </c>
-      <c r="I136" s="18" t="s">
-[...3 lines deleted...]
-    <row r="137" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I136" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="14">
         <v>2016</v>
       </c>
       <c r="B137" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D137" s="16">
         <v>288</v>
       </c>
       <c r="E137" s="16">
         <v>75</v>
       </c>
       <c r="F137" s="17">
         <v>0.26041666666667002</v>
       </c>
       <c r="G137" s="16">
         <v>0</v>
       </c>
       <c r="H137" s="16">
         <v>0</v>
       </c>
-      <c r="I137" s="18" t="s">
-[...3 lines deleted...]
-    <row r="138" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I137" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="14">
         <v>2016</v>
       </c>
       <c r="B138" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D138" s="16">
         <v>6535</v>
       </c>
       <c r="E138" s="16">
         <v>1411</v>
       </c>
       <c r="F138" s="17">
         <v>0.21591430757460001</v>
       </c>
       <c r="G138" s="16">
         <v>1344</v>
       </c>
       <c r="H138" s="16">
         <v>296</v>
       </c>
       <c r="I138" s="18">
         <v>0.22023809523810001</v>
       </c>
     </row>
-    <row r="139" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="14">
         <v>2016</v>
       </c>
       <c r="B139" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D139" s="16">
         <v>57</v>
       </c>
       <c r="E139" s="16">
         <v>33</v>
       </c>
       <c r="F139" s="17">
         <v>0.57894736842104999</v>
       </c>
       <c r="G139" s="16">
         <v>20</v>
       </c>
       <c r="H139" s="16">
         <v>12</v>
       </c>
       <c r="I139" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="140" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="14">
         <v>2016</v>
       </c>
       <c r="B140" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D140" s="16">
         <v>170</v>
       </c>
       <c r="E140" s="16">
         <v>24</v>
       </c>
       <c r="F140" s="17">
         <v>0.14117647058824001</v>
       </c>
       <c r="G140" s="16">
         <v>0</v>
       </c>
       <c r="H140" s="16">
         <v>0</v>
       </c>
-      <c r="I140" s="18" t="s">
-[...3 lines deleted...]
-    <row r="141" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I140" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="14">
         <v>2016</v>
       </c>
       <c r="B141" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D141" s="16">
         <v>116</v>
       </c>
       <c r="E141" s="16">
         <v>33</v>
       </c>
       <c r="F141" s="17">
         <v>0.28448275862069</v>
       </c>
       <c r="G141" s="16">
         <v>0</v>
       </c>
       <c r="H141" s="16">
         <v>0</v>
       </c>
-      <c r="I141" s="18" t="s">
-[...3 lines deleted...]
-    <row r="142" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I141" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="14">
         <v>2016</v>
       </c>
       <c r="B142" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D142" s="16">
         <v>1720</v>
       </c>
       <c r="E142" s="16">
         <v>257</v>
       </c>
       <c r="F142" s="17">
         <v>0.14941860465116</v>
       </c>
       <c r="G142" s="16">
         <v>379</v>
       </c>
       <c r="H142" s="16">
         <v>59</v>
       </c>
       <c r="I142" s="18">
         <v>0.155672823219</v>
       </c>
     </row>
-    <row r="143" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="14">
         <v>2016</v>
       </c>
       <c r="B143" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D143" s="16">
         <v>19</v>
       </c>
       <c r="E143" s="16">
         <v>12</v>
       </c>
       <c r="F143" s="17">
         <v>0.63157894736842002</v>
       </c>
       <c r="G143" s="16">
         <v>5</v>
       </c>
       <c r="H143" s="16">
         <v>3</v>
       </c>
       <c r="I143" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="144" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="14">
         <v>2016</v>
       </c>
       <c r="B144" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D144" s="16">
         <v>82</v>
       </c>
       <c r="E144" s="16">
         <v>11</v>
       </c>
       <c r="F144" s="17">
         <v>0.13414634146341001</v>
       </c>
       <c r="G144" s="16">
         <v>0</v>
       </c>
       <c r="H144" s="16">
         <v>0</v>
       </c>
-      <c r="I144" s="18" t="s">
-[...3 lines deleted...]
-    <row r="145" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I144" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="14">
         <v>2016</v>
       </c>
       <c r="B145" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D145" s="16">
         <v>44</v>
       </c>
       <c r="E145" s="16">
         <v>8</v>
       </c>
       <c r="F145" s="17">
         <v>0.18181818181817999</v>
       </c>
       <c r="G145" s="16">
         <v>0</v>
       </c>
       <c r="H145" s="16">
         <v>0</v>
       </c>
-      <c r="I145" s="18" t="s">
-[...3 lines deleted...]
-    <row r="146" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I145" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="14">
         <v>2016</v>
       </c>
       <c r="B146" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D146" s="16">
         <v>1683</v>
       </c>
       <c r="E146" s="16">
         <v>226</v>
       </c>
       <c r="F146" s="17">
         <v>0.13428401663695999</v>
       </c>
       <c r="G146" s="16">
         <v>515</v>
       </c>
       <c r="H146" s="16">
         <v>77</v>
       </c>
       <c r="I146" s="18">
         <v>0.1495145631068</v>
       </c>
     </row>
-    <row r="147" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="14">
         <v>2016</v>
       </c>
       <c r="B147" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D147" s="16">
         <v>15</v>
       </c>
       <c r="E147" s="16">
         <v>8</v>
       </c>
       <c r="F147" s="17">
         <v>0.53333333333333</v>
       </c>
       <c r="G147" s="16">
         <v>7</v>
       </c>
       <c r="H147" s="16">
         <v>2</v>
       </c>
       <c r="I147" s="18">
         <v>0.28571428571428997</v>
       </c>
     </row>
-    <row r="148" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="14">
         <v>2016</v>
       </c>
       <c r="B148" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D148" s="16">
         <v>299</v>
       </c>
       <c r="E148" s="16">
         <v>59</v>
       </c>
       <c r="F148" s="17">
         <v>0.19732441471571999</v>
       </c>
       <c r="G148" s="16">
         <v>0</v>
       </c>
       <c r="H148" s="16">
         <v>0</v>
       </c>
-      <c r="I148" s="18" t="s">
-[...3 lines deleted...]
-    <row r="149" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I148" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="14">
         <v>2016</v>
       </c>
       <c r="B149" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D149" s="16">
         <v>221</v>
       </c>
       <c r="E149" s="16">
         <v>47</v>
       </c>
       <c r="F149" s="17">
         <v>0.21266968325791999</v>
       </c>
       <c r="G149" s="16">
         <v>1</v>
       </c>
       <c r="H149" s="16">
         <v>1</v>
       </c>
       <c r="I149" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="150" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="14">
         <v>2016</v>
       </c>
       <c r="B150" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D150" s="16">
         <v>3460</v>
       </c>
       <c r="E150" s="16">
         <v>480</v>
       </c>
       <c r="F150" s="17">
         <v>0.13872832369942001</v>
       </c>
       <c r="G150" s="16">
         <v>1072</v>
       </c>
       <c r="H150" s="16">
         <v>176</v>
       </c>
       <c r="I150" s="18">
         <v>0.16417910447761</v>
       </c>
     </row>
-    <row r="151" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="14">
         <v>2016</v>
       </c>
       <c r="B151" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D151" s="16">
         <v>37</v>
       </c>
       <c r="E151" s="16">
         <v>13</v>
       </c>
       <c r="F151" s="17">
         <v>0.35135135135134998</v>
       </c>
       <c r="G151" s="16">
         <v>26</v>
       </c>
       <c r="H151" s="16">
         <v>5</v>
       </c>
       <c r="I151" s="18">
         <v>0.19230769230768999</v>
       </c>
     </row>
-    <row r="152" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="14">
         <v>2016</v>
       </c>
       <c r="B152" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D152" s="16">
         <v>224</v>
       </c>
       <c r="E152" s="16">
         <v>59</v>
       </c>
       <c r="F152" s="17">
         <v>0.26339285714285998</v>
       </c>
       <c r="G152" s="16">
         <v>0</v>
       </c>
       <c r="H152" s="16">
         <v>0</v>
       </c>
-      <c r="I152" s="18" t="s">
-[...3 lines deleted...]
-    <row r="153" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I152" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="14">
         <v>2016</v>
       </c>
       <c r="B153" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D153" s="16">
         <v>183</v>
       </c>
       <c r="E153" s="16">
         <v>42</v>
       </c>
       <c r="F153" s="17">
         <v>0.22950819672131001</v>
       </c>
       <c r="G153" s="16">
         <v>0</v>
       </c>
       <c r="H153" s="16">
         <v>0</v>
       </c>
-      <c r="I153" s="18" t="s">
-[...3 lines deleted...]
-    <row r="154" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I153" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="14">
         <v>2016</v>
       </c>
       <c r="B154" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D154" s="16">
         <v>1880</v>
       </c>
       <c r="E154" s="16">
         <v>299</v>
       </c>
       <c r="F154" s="17">
         <v>0.15904255319148999</v>
       </c>
       <c r="G154" s="16">
         <v>598</v>
       </c>
       <c r="H154" s="16">
         <v>99</v>
       </c>
       <c r="I154" s="18">
         <v>0.16555183946488</v>
       </c>
     </row>
-    <row r="155" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="14">
         <v>2016</v>
       </c>
       <c r="B155" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D155" s="16">
         <v>16</v>
       </c>
       <c r="E155" s="16">
         <v>9</v>
       </c>
       <c r="F155" s="17">
         <v>0.5625</v>
       </c>
       <c r="G155" s="16">
         <v>8</v>
       </c>
       <c r="H155" s="16">
         <v>3</v>
       </c>
       <c r="I155" s="18">
         <v>0.375</v>
       </c>
     </row>
-    <row r="156" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="14">
         <v>2016</v>
       </c>
       <c r="B156" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D156" s="16">
         <v>162</v>
       </c>
       <c r="E156" s="16">
         <v>53</v>
       </c>
       <c r="F156" s="17">
         <v>0.32716049382716</v>
       </c>
       <c r="G156" s="16">
         <v>0</v>
       </c>
       <c r="H156" s="16">
         <v>0</v>
       </c>
-      <c r="I156" s="18" t="s">
-[...3 lines deleted...]
-    <row r="157" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I156" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="14">
         <v>2016</v>
       </c>
       <c r="B157" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D157" s="16">
         <v>34</v>
       </c>
       <c r="E157" s="16">
         <v>10</v>
       </c>
       <c r="F157" s="17">
         <v>0.29411764705881999</v>
       </c>
       <c r="G157" s="16">
         <v>0</v>
       </c>
       <c r="H157" s="16">
         <v>0</v>
       </c>
-      <c r="I157" s="18" t="s">
-[...3 lines deleted...]
-    <row r="158" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I157" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="14">
         <v>2016</v>
       </c>
       <c r="B158" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D158" s="16">
         <v>859</v>
       </c>
       <c r="E158" s="16">
         <v>214</v>
       </c>
       <c r="F158" s="17">
         <v>0.24912689173458</v>
       </c>
       <c r="G158" s="16">
         <v>152</v>
       </c>
       <c r="H158" s="16">
         <v>37</v>
       </c>
       <c r="I158" s="18">
         <v>0.24342105263158001</v>
       </c>
     </row>
-    <row r="159" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="14">
         <v>2016</v>
       </c>
       <c r="B159" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D159" s="16">
         <v>6</v>
       </c>
       <c r="E159" s="16">
         <v>2</v>
       </c>
       <c r="F159" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G159" s="16">
         <v>5</v>
       </c>
       <c r="H159" s="16">
         <v>2</v>
       </c>
       <c r="I159" s="18">
         <v>0.4</v>
       </c>
     </row>
-    <row r="160" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="14">
         <v>2016</v>
       </c>
       <c r="B160" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D160" s="16">
         <v>68</v>
       </c>
       <c r="E160" s="16">
         <v>31</v>
       </c>
       <c r="F160" s="17">
         <v>0.45588235294118001</v>
       </c>
       <c r="G160" s="16">
         <v>0</v>
       </c>
       <c r="H160" s="16">
         <v>0</v>
       </c>
-      <c r="I160" s="18" t="s">
-[...3 lines deleted...]
-    <row r="161" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I160" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="14">
         <v>2016</v>
       </c>
       <c r="B161" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D161" s="16">
         <v>45</v>
       </c>
       <c r="E161" s="16">
         <v>15</v>
       </c>
       <c r="F161" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G161" s="16">
         <v>0</v>
       </c>
       <c r="H161" s="16">
         <v>0</v>
       </c>
-      <c r="I161" s="18" t="s">
-[...3 lines deleted...]
-    <row r="162" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I161" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="14">
         <v>2016</v>
       </c>
       <c r="B162" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D162" s="16">
         <v>843</v>
       </c>
       <c r="E162" s="16">
         <v>150</v>
       </c>
       <c r="F162" s="17">
         <v>0.17793594306050001</v>
       </c>
       <c r="G162" s="16">
         <v>234</v>
       </c>
       <c r="H162" s="16">
         <v>55</v>
       </c>
       <c r="I162" s="18">
         <v>0.23504273504274001</v>
       </c>
     </row>
-    <row r="163" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="14">
         <v>2016</v>
       </c>
       <c r="B163" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D163" s="16">
         <v>10</v>
       </c>
       <c r="E163" s="16">
         <v>5</v>
       </c>
       <c r="F163" s="17">
         <v>0.5</v>
       </c>
       <c r="G163" s="16">
         <v>1</v>
       </c>
       <c r="H163" s="16">
         <v>0</v>
       </c>
       <c r="I163" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="164" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="14">
         <v>2016</v>
       </c>
       <c r="B164" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D164" s="16">
         <v>445</v>
       </c>
       <c r="E164" s="16">
         <v>120</v>
       </c>
       <c r="F164" s="17">
         <v>0.26966292134830999</v>
       </c>
       <c r="G164" s="16">
         <v>0</v>
       </c>
       <c r="H164" s="16">
         <v>0</v>
       </c>
-      <c r="I164" s="18" t="s">
-[...3 lines deleted...]
-    <row r="165" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I164" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="14">
         <v>2016</v>
       </c>
       <c r="B165" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D165" s="16">
         <v>302</v>
       </c>
       <c r="E165" s="16">
         <v>111</v>
       </c>
       <c r="F165" s="17">
         <v>0.36754966887417001</v>
       </c>
       <c r="G165" s="16">
         <v>4</v>
       </c>
       <c r="H165" s="16">
         <v>3</v>
       </c>
       <c r="I165" s="18">
         <v>0.75</v>
       </c>
     </row>
-    <row r="166" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="14">
         <v>2016</v>
       </c>
       <c r="B166" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D166" s="16">
         <v>3846</v>
       </c>
       <c r="E166" s="16">
         <v>712</v>
       </c>
       <c r="F166" s="17">
         <v>0.18512740509619999</v>
       </c>
       <c r="G166" s="16">
         <v>991</v>
       </c>
       <c r="H166" s="16">
         <v>178</v>
       </c>
       <c r="I166" s="18">
         <v>0.17961654894046</v>
       </c>
     </row>
-    <row r="167" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="14">
         <v>2016</v>
       </c>
       <c r="B167" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D167" s="16">
         <v>50</v>
       </c>
       <c r="E167" s="16">
         <v>29</v>
       </c>
       <c r="F167" s="17">
         <v>0.57999999999999996</v>
       </c>
       <c r="G167" s="16">
         <v>15</v>
       </c>
       <c r="H167" s="16">
         <v>11</v>
       </c>
       <c r="I167" s="18">
         <v>0.73333333333332995</v>
       </c>
     </row>
-    <row r="168" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="14">
         <v>2016</v>
       </c>
       <c r="B168" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D168" s="16">
         <v>84</v>
       </c>
       <c r="E168" s="16">
         <v>17</v>
       </c>
       <c r="F168" s="17">
         <v>0.20238095238095</v>
       </c>
       <c r="G168" s="16">
         <v>0</v>
       </c>
       <c r="H168" s="16">
         <v>0</v>
       </c>
-      <c r="I168" s="18" t="s">
-[...3 lines deleted...]
-    <row r="169" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I168" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="14">
         <v>2016</v>
       </c>
       <c r="B169" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D169" s="16">
         <v>69</v>
       </c>
       <c r="E169" s="16">
         <v>15</v>
       </c>
       <c r="F169" s="17">
         <v>0.21739130434782999</v>
       </c>
       <c r="G169" s="16">
         <v>0</v>
       </c>
       <c r="H169" s="16">
         <v>0</v>
       </c>
-      <c r="I169" s="18" t="s">
-[...3 lines deleted...]
-    <row r="170" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I169" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="14">
         <v>2016</v>
       </c>
       <c r="B170" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D170" s="16">
         <v>1184</v>
       </c>
       <c r="E170" s="16">
         <v>199</v>
       </c>
       <c r="F170" s="17">
         <v>0.16807432432432001</v>
       </c>
       <c r="G170" s="16">
         <v>344</v>
       </c>
       <c r="H170" s="16">
         <v>50</v>
       </c>
       <c r="I170" s="18">
         <v>0.1453488372093</v>
       </c>
     </row>
-    <row r="171" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="14">
         <v>2016</v>
       </c>
       <c r="B171" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D171" s="16">
         <v>7</v>
       </c>
       <c r="E171" s="16">
         <v>3</v>
       </c>
       <c r="F171" s="17">
         <v>0.42857142857142999</v>
       </c>
       <c r="G171" s="16">
         <v>5</v>
       </c>
       <c r="H171" s="16">
         <v>3</v>
       </c>
       <c r="I171" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="172" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="14">
         <v>2016</v>
       </c>
       <c r="B172" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D172" s="16">
         <v>941</v>
       </c>
       <c r="E172" s="16">
         <v>167</v>
       </c>
       <c r="F172" s="17">
         <v>0.17747077577046</v>
       </c>
       <c r="G172" s="16">
         <v>0</v>
       </c>
       <c r="H172" s="16">
         <v>0</v>
       </c>
-      <c r="I172" s="18" t="s">
-[...3 lines deleted...]
-    <row r="173" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I172" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="14">
         <v>2016</v>
       </c>
       <c r="B173" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D173" s="16">
         <v>131</v>
       </c>
       <c r="E173" s="16">
         <v>29</v>
       </c>
       <c r="F173" s="17">
         <v>0.22137404580153</v>
       </c>
       <c r="G173" s="16">
         <v>10</v>
       </c>
       <c r="H173" s="16">
         <v>3</v>
       </c>
       <c r="I173" s="18">
         <v>0.3</v>
       </c>
     </row>
-    <row r="174" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="14">
         <v>2016</v>
       </c>
       <c r="B174" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D174" s="16">
         <v>4443</v>
       </c>
       <c r="E174" s="16">
         <v>1270</v>
       </c>
       <c r="F174" s="17">
         <v>0.28584289894215997</v>
       </c>
       <c r="G174" s="16">
         <v>684</v>
       </c>
       <c r="H174" s="16">
         <v>148</v>
       </c>
       <c r="I174" s="18">
         <v>0.21637426900585</v>
       </c>
     </row>
-    <row r="175" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="14">
         <v>2016</v>
       </c>
       <c r="B175" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D175" s="16">
         <v>109</v>
       </c>
       <c r="E175" s="16">
         <v>61</v>
       </c>
       <c r="F175" s="17">
         <v>0.55963302752293997</v>
       </c>
       <c r="G175" s="16">
         <v>34</v>
       </c>
       <c r="H175" s="16">
         <v>14</v>
       </c>
       <c r="I175" s="18">
         <v>0.41176470588234998</v>
       </c>
     </row>
-    <row r="176" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="14">
         <v>2016</v>
       </c>
       <c r="B176" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D176" s="16">
         <v>453</v>
       </c>
       <c r="E176" s="16">
         <v>77</v>
       </c>
       <c r="F176" s="17">
         <v>0.16997792494481001</v>
       </c>
       <c r="G176" s="16">
         <v>0</v>
       </c>
       <c r="H176" s="16">
         <v>0</v>
       </c>
-      <c r="I176" s="18" t="s">
-[...3 lines deleted...]
-    <row r="177" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I176" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="14">
         <v>2016</v>
       </c>
       <c r="B177" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D177" s="16">
         <v>259</v>
       </c>
       <c r="E177" s="16">
         <v>72</v>
       </c>
       <c r="F177" s="17">
         <v>0.27799227799227999</v>
       </c>
       <c r="G177" s="16">
         <v>0</v>
       </c>
       <c r="H177" s="16">
         <v>0</v>
       </c>
-      <c r="I177" s="18" t="s">
-[...3 lines deleted...]
-    <row r="178" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I177" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="14">
         <v>2016</v>
       </c>
       <c r="B178" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C178" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D178" s="16">
         <v>2264</v>
       </c>
       <c r="E178" s="16">
         <v>483</v>
       </c>
       <c r="F178" s="17">
         <v>0.21333922261484001</v>
       </c>
       <c r="G178" s="16">
         <v>845</v>
       </c>
       <c r="H178" s="16">
         <v>191</v>
       </c>
       <c r="I178" s="18">
         <v>0.22603550295857999</v>
       </c>
     </row>
-    <row r="179" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="14">
         <v>2016</v>
       </c>
       <c r="B179" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D179" s="16">
         <v>23</v>
       </c>
       <c r="E179" s="16">
         <v>16</v>
       </c>
       <c r="F179" s="17">
         <v>0.69565217391304002</v>
       </c>
       <c r="G179" s="16">
         <v>14</v>
       </c>
       <c r="H179" s="16">
         <v>3</v>
       </c>
       <c r="I179" s="18">
         <v>0.21428571428571</v>
       </c>
     </row>
-    <row r="180" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="14">
         <v>2016</v>
       </c>
       <c r="B180" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D180" s="16">
         <v>23</v>
       </c>
       <c r="E180" s="16">
         <v>2</v>
       </c>
       <c r="F180" s="17">
         <v>8.6956521739130002E-2</v>
       </c>
       <c r="G180" s="16">
         <v>0</v>
       </c>
       <c r="H180" s="16">
         <v>0</v>
       </c>
-      <c r="I180" s="18" t="s">
-[...3 lines deleted...]
-    <row r="181" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I180" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="14">
         <v>2016</v>
       </c>
       <c r="B181" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D181" s="16">
         <v>6</v>
       </c>
       <c r="E181" s="16">
         <v>2</v>
       </c>
       <c r="F181" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G181" s="16">
         <v>0</v>
       </c>
       <c r="H181" s="16">
         <v>0</v>
       </c>
-      <c r="I181" s="18" t="s">
-[...3 lines deleted...]
-    <row r="182" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I181" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="14">
         <v>2016</v>
       </c>
       <c r="B182" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C182" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D182" s="16">
         <v>330</v>
       </c>
       <c r="E182" s="16">
         <v>61</v>
       </c>
       <c r="F182" s="17">
         <v>0.18484848484847999</v>
       </c>
       <c r="G182" s="16">
         <v>194</v>
       </c>
       <c r="H182" s="16">
         <v>32</v>
       </c>
       <c r="I182" s="18">
         <v>0.16494845360825</v>
       </c>
     </row>
-    <row r="183" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="14">
         <v>2016</v>
       </c>
       <c r="B183" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D183" s="16">
         <v>571</v>
       </c>
       <c r="E183" s="16">
         <v>104</v>
       </c>
       <c r="F183" s="17">
         <v>0.18213660245183999</v>
       </c>
       <c r="G183" s="16">
         <v>0</v>
       </c>
       <c r="H183" s="16">
         <v>0</v>
       </c>
-      <c r="I183" s="18" t="s">
-[...3 lines deleted...]
-    <row r="184" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I183" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="14">
         <v>2016</v>
       </c>
       <c r="B184" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D184" s="16">
         <v>201</v>
       </c>
       <c r="E184" s="16">
         <v>31</v>
       </c>
       <c r="F184" s="17">
         <v>0.15422885572139</v>
       </c>
       <c r="G184" s="16">
         <v>0</v>
       </c>
       <c r="H184" s="16">
         <v>0</v>
       </c>
-      <c r="I184" s="18" t="s">
-[...3 lines deleted...]
-    <row r="185" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I184" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="14">
         <v>2016</v>
       </c>
       <c r="B185" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D185" s="16">
         <v>4307</v>
       </c>
       <c r="E185" s="16">
         <v>772</v>
       </c>
       <c r="F185" s="17">
         <v>0.17924309263988999</v>
       </c>
       <c r="G185" s="16">
         <v>1085</v>
       </c>
       <c r="H185" s="16">
         <v>187</v>
       </c>
       <c r="I185" s="18">
         <v>0.17235023041475001</v>
       </c>
     </row>
-    <row r="186" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="14">
         <v>2016</v>
       </c>
       <c r="B186" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D186" s="16">
         <v>30</v>
       </c>
       <c r="E186" s="16">
         <v>11</v>
       </c>
       <c r="F186" s="17">
         <v>0.36666666666667003</v>
       </c>
       <c r="G186" s="16">
         <v>10</v>
       </c>
       <c r="H186" s="16">
         <v>3</v>
       </c>
       <c r="I186" s="18">
         <v>0.3</v>
       </c>
     </row>
-    <row r="187" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="14">
         <v>2016</v>
       </c>
       <c r="B187" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D187" s="16">
         <v>69</v>
       </c>
       <c r="E187" s="16">
         <v>23</v>
       </c>
       <c r="F187" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G187" s="16">
         <v>0</v>
       </c>
       <c r="H187" s="16">
         <v>0</v>
       </c>
-      <c r="I187" s="18" t="s">
-[...3 lines deleted...]
-    <row r="188" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I187" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="14">
         <v>2016</v>
       </c>
       <c r="B188" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D188" s="16">
         <v>28</v>
       </c>
       <c r="E188" s="16">
         <v>7</v>
       </c>
       <c r="F188" s="17">
         <v>0.25</v>
       </c>
       <c r="G188" s="16">
         <v>0</v>
       </c>
       <c r="H188" s="16">
         <v>0</v>
       </c>
-      <c r="I188" s="18" t="s">
-[...3 lines deleted...]
-    <row r="189" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I188" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="14">
         <v>2016</v>
       </c>
       <c r="B189" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C189" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D189" s="16">
         <v>592</v>
       </c>
       <c r="E189" s="16">
         <v>49</v>
       </c>
       <c r="F189" s="17">
         <v>8.2770270270269994E-2</v>
       </c>
       <c r="G189" s="16">
         <v>229</v>
       </c>
       <c r="H189" s="16">
         <v>25</v>
       </c>
       <c r="I189" s="18">
         <v>0.10917030567685999</v>
       </c>
     </row>
-    <row r="190" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="14">
         <v>2016</v>
       </c>
       <c r="B190" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D190" s="16">
         <v>7</v>
       </c>
       <c r="E190" s="16">
         <v>3</v>
       </c>
       <c r="F190" s="17">
         <v>0.42857142857142999</v>
       </c>
       <c r="G190" s="16">
         <v>5</v>
       </c>
       <c r="H190" s="16">
         <v>2</v>
       </c>
       <c r="I190" s="18">
         <v>0.4</v>
       </c>
     </row>
-    <row r="191" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="14">
         <v>2016</v>
       </c>
       <c r="B191" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D191" s="16">
         <v>4</v>
       </c>
       <c r="E191" s="16">
         <v>1</v>
       </c>
       <c r="F191" s="17">
         <v>0.25</v>
       </c>
       <c r="G191" s="16">
         <v>0</v>
       </c>
       <c r="H191" s="16">
         <v>0</v>
       </c>
-      <c r="I191" s="18" t="s">
-[...3 lines deleted...]
-    <row r="192" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I191" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="14">
         <v>2016</v>
       </c>
       <c r="B192" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D192" s="16">
         <v>22</v>
       </c>
       <c r="E192" s="16">
         <v>4</v>
       </c>
       <c r="F192" s="17">
         <v>0.18181818181817999</v>
       </c>
       <c r="G192" s="16">
         <v>0</v>
       </c>
       <c r="H192" s="16">
         <v>0</v>
       </c>
-      <c r="I192" s="18" t="s">
-[...3 lines deleted...]
-    <row r="193" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I192" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="14">
         <v>2016</v>
       </c>
       <c r="B193" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C193" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D193" s="16">
         <v>151</v>
       </c>
       <c r="E193" s="16">
         <v>23</v>
       </c>
       <c r="F193" s="17">
         <v>0.15231788079469999</v>
       </c>
       <c r="G193" s="16">
         <v>20</v>
       </c>
       <c r="H193" s="16">
         <v>7</v>
       </c>
       <c r="I193" s="18">
         <v>0.35</v>
       </c>
     </row>
-    <row r="194" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="14">
         <v>2016</v>
       </c>
       <c r="B194" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D194" s="16">
         <v>4</v>
       </c>
       <c r="E194" s="16">
         <v>4</v>
       </c>
       <c r="F194" s="17">
         <v>1</v>
       </c>
       <c r="G194" s="16">
         <v>7</v>
       </c>
       <c r="H194" s="16">
         <v>6</v>
       </c>
       <c r="I194" s="18">
         <v>0.85714285714285998</v>
       </c>
     </row>
-    <row r="195" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="14">
         <v>2016</v>
       </c>
       <c r="B195" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D195" s="16">
         <v>7</v>
       </c>
       <c r="E195" s="16">
         <v>3</v>
       </c>
       <c r="F195" s="17">
         <v>0.42857142857142999</v>
       </c>
       <c r="G195" s="16">
         <v>0</v>
       </c>
       <c r="H195" s="16">
         <v>0</v>
       </c>
-      <c r="I195" s="18" t="s">
-[...3 lines deleted...]
-    <row r="196" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I195" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="14">
         <v>2016</v>
       </c>
       <c r="B196" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D196" s="16">
         <v>17</v>
       </c>
       <c r="E196" s="16">
         <v>11</v>
       </c>
       <c r="F196" s="17">
         <v>0.64705882352941002</v>
       </c>
       <c r="G196" s="16">
         <v>0</v>
       </c>
       <c r="H196" s="16">
         <v>0</v>
       </c>
-      <c r="I196" s="18" t="s">
-[...3 lines deleted...]
-    <row r="197" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I196" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="14">
         <v>2016</v>
       </c>
       <c r="B197" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D197" s="16">
         <v>1567</v>
       </c>
       <c r="E197" s="16">
         <v>198</v>
       </c>
       <c r="F197" s="17">
         <v>0.12635609444799001</v>
       </c>
       <c r="G197" s="16">
         <v>262</v>
       </c>
       <c r="H197" s="16">
         <v>57</v>
       </c>
       <c r="I197" s="18">
         <v>0.2175572519084</v>
       </c>
     </row>
-    <row r="198" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="14">
         <v>2016</v>
       </c>
       <c r="B198" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D198" s="16">
         <v>6</v>
       </c>
       <c r="E198" s="16">
         <v>2</v>
       </c>
       <c r="F198" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G198" s="16">
         <v>1</v>
       </c>
       <c r="H198" s="16">
         <v>1</v>
       </c>
       <c r="I198" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="199" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="19">
         <v>2016</v>
       </c>
       <c r="B199" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C199" s="23" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D199" s="20">
         <v>5987</v>
       </c>
       <c r="E199" s="20">
         <v>1405</v>
       </c>
       <c r="F199" s="21">
         <v>0.23467512944714</v>
       </c>
       <c r="G199" s="20">
         <v>0</v>
       </c>
       <c r="H199" s="20">
         <v>0</v>
       </c>
-      <c r="I199" s="22" t="s">
-[...3 lines deleted...]
-    <row r="200" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I199" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="19">
         <v>2016</v>
       </c>
       <c r="B200" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C200" s="23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D200" s="20">
         <v>3472</v>
       </c>
       <c r="E200" s="20">
         <v>982</v>
       </c>
       <c r="F200" s="21">
         <v>0.28283410138248999</v>
       </c>
       <c r="G200" s="20">
         <v>25</v>
       </c>
       <c r="H200" s="20">
         <v>14</v>
       </c>
       <c r="I200" s="22">
         <v>0.56000000000000005</v>
       </c>
     </row>
-    <row r="201" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="19">
         <v>2016</v>
       </c>
       <c r="B201" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C201" s="23" t="s">
         <v>24</v>
       </c>
       <c r="D201" s="20">
         <v>55648</v>
       </c>
       <c r="E201" s="20">
         <v>10115</v>
       </c>
       <c r="F201" s="21">
         <v>0.18176753881541</v>
       </c>
       <c r="G201" s="20">
         <v>14787</v>
       </c>
       <c r="H201" s="20">
         <v>2683</v>
       </c>
       <c r="I201" s="22">
         <v>0.18144315953202</v>
       </c>
     </row>
-    <row r="202" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="19">
         <v>2016</v>
       </c>
       <c r="B202" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C202" s="23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D202" s="20">
         <v>577</v>
       </c>
       <c r="E202" s="20">
         <v>310</v>
       </c>
       <c r="F202" s="21">
         <v>0.53726169844020999</v>
       </c>
       <c r="G202" s="20">
         <v>260</v>
       </c>
       <c r="H202" s="20">
         <v>107</v>
       </c>
       <c r="I202" s="22">
         <v>0.41153846153846002</v>
       </c>
     </row>
-    <row r="203" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="24">
         <v>2016</v>
       </c>
       <c r="B203" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C203" s="25"/>
       <c r="D203" s="26">
         <v>65684</v>
       </c>
       <c r="E203" s="26">
         <v>12812</v>
       </c>
       <c r="F203" s="27">
         <v>0.19505511235612999</v>
       </c>
       <c r="G203" s="26">
         <v>15072</v>
       </c>
       <c r="H203" s="26">
         <v>2804</v>
       </c>
       <c r="I203" s="28">
         <v>0.18604033970275999</v>
       </c>
     </row>
-    <row r="204" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="14">
         <v>2017</v>
       </c>
       <c r="B204" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D204" s="16">
         <v>59</v>
       </c>
       <c r="E204" s="16">
         <v>17</v>
       </c>
       <c r="F204" s="17">
         <v>0.28813559322033999</v>
       </c>
       <c r="G204" s="16">
         <v>1</v>
       </c>
       <c r="H204" s="16">
         <v>0</v>
       </c>
       <c r="I204" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="205" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="14">
         <v>2017</v>
       </c>
       <c r="B205" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D205" s="16">
         <v>122</v>
       </c>
       <c r="E205" s="16">
         <v>17</v>
       </c>
       <c r="F205" s="17">
         <v>0.13934426229508001</v>
       </c>
       <c r="G205" s="16">
         <v>103</v>
       </c>
       <c r="H205" s="16">
         <v>12</v>
       </c>
       <c r="I205" s="18">
         <v>0.11650485436893</v>
       </c>
     </row>
-    <row r="206" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="14">
         <v>2017</v>
       </c>
       <c r="B206" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D206" s="16">
         <v>9</v>
       </c>
       <c r="E206" s="16">
         <v>9</v>
       </c>
       <c r="F206" s="17">
         <v>1</v>
       </c>
       <c r="G206" s="16">
         <v>2</v>
       </c>
       <c r="H206" s="16">
         <v>2</v>
       </c>
       <c r="I206" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="207" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="14">
         <v>2017</v>
       </c>
       <c r="B207" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C207" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D207" s="16">
         <v>204</v>
       </c>
       <c r="E207" s="16">
         <v>58</v>
       </c>
       <c r="F207" s="17">
         <v>0.28431372549020001</v>
       </c>
       <c r="G207" s="16">
         <v>101</v>
       </c>
       <c r="H207" s="16">
         <v>25</v>
       </c>
       <c r="I207" s="18">
         <v>0.24752475247524999</v>
       </c>
     </row>
-    <row r="208" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="14">
         <v>2017</v>
       </c>
       <c r="B208" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D208" s="16">
         <v>8</v>
       </c>
       <c r="E208" s="16">
         <v>8</v>
       </c>
       <c r="F208" s="17">
         <v>1</v>
       </c>
       <c r="G208" s="16">
         <v>3</v>
       </c>
       <c r="H208" s="16">
         <v>3</v>
       </c>
       <c r="I208" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="209" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="14">
         <v>2017</v>
       </c>
       <c r="B209" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D209" s="16">
         <v>8</v>
       </c>
       <c r="E209" s="16">
         <v>5</v>
       </c>
       <c r="F209" s="17">
         <v>0.625</v>
       </c>
       <c r="G209" s="16">
         <v>0</v>
       </c>
       <c r="H209" s="16">
         <v>0</v>
       </c>
-      <c r="I209" s="18" t="s">
-[...3 lines deleted...]
-    <row r="210" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I209" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="14">
         <v>2017</v>
       </c>
       <c r="B210" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D210" s="16">
         <v>20</v>
       </c>
       <c r="E210" s="16">
         <v>9</v>
       </c>
       <c r="F210" s="17">
         <v>0.45</v>
       </c>
       <c r="G210" s="16">
         <v>0</v>
       </c>
       <c r="H210" s="16">
         <v>0</v>
       </c>
-      <c r="I210" s="18" t="s">
-[...3 lines deleted...]
-    <row r="211" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I210" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="14">
         <v>2017</v>
       </c>
       <c r="B211" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D211" s="16">
         <v>247</v>
       </c>
       <c r="E211" s="16">
         <v>32</v>
       </c>
       <c r="F211" s="17">
         <v>0.12955465587045001</v>
       </c>
       <c r="G211" s="16">
         <v>93</v>
       </c>
       <c r="H211" s="16">
         <v>21</v>
       </c>
       <c r="I211" s="18">
         <v>0.2258064516129</v>
       </c>
     </row>
-    <row r="212" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="14">
         <v>2017</v>
       </c>
       <c r="B212" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D212" s="16">
         <v>1</v>
       </c>
       <c r="E212" s="16">
         <v>0</v>
       </c>
       <c r="F212" s="17">
         <v>0</v>
       </c>
       <c r="G212" s="16">
         <v>2</v>
       </c>
       <c r="H212" s="16">
         <v>2</v>
       </c>
       <c r="I212" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="213" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="14">
         <v>2017</v>
       </c>
       <c r="B213" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D213" s="16">
         <v>833</v>
       </c>
       <c r="E213" s="16">
         <v>216</v>
       </c>
       <c r="F213" s="17">
         <v>0.25930372148859998</v>
       </c>
       <c r="G213" s="16">
         <v>0</v>
       </c>
       <c r="H213" s="16">
         <v>0</v>
       </c>
-      <c r="I213" s="18" t="s">
-[...3 lines deleted...]
-    <row r="214" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I213" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="14">
         <v>2017</v>
       </c>
       <c r="B214" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D214" s="16">
         <v>515</v>
       </c>
       <c r="E214" s="16">
         <v>93</v>
       </c>
       <c r="F214" s="17">
         <v>0.18058252427183999</v>
       </c>
       <c r="G214" s="16">
         <v>1</v>
       </c>
       <c r="H214" s="16">
         <v>1</v>
       </c>
       <c r="I214" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="215" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="14">
         <v>2017</v>
       </c>
       <c r="B215" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C215" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D215" s="16">
         <v>8888</v>
       </c>
       <c r="E215" s="16">
         <v>1088</v>
       </c>
       <c r="F215" s="17">
         <v>0.12241224122412001</v>
       </c>
       <c r="G215" s="16">
         <v>3212</v>
       </c>
       <c r="H215" s="16">
         <v>404</v>
       </c>
       <c r="I215" s="18">
         <v>0.12577833125778001</v>
       </c>
     </row>
-    <row r="216" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="14">
         <v>2017</v>
       </c>
       <c r="B216" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D216" s="16">
         <v>35</v>
       </c>
       <c r="E216" s="16">
         <v>20</v>
       </c>
       <c r="F216" s="17">
         <v>0.57142857142856995</v>
       </c>
       <c r="G216" s="16">
         <v>25</v>
       </c>
       <c r="H216" s="16">
         <v>8</v>
       </c>
       <c r="I216" s="18">
         <v>0.32</v>
       </c>
     </row>
-    <row r="217" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="14">
         <v>2017</v>
       </c>
       <c r="B217" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D217" s="16">
         <v>153</v>
       </c>
       <c r="E217" s="16">
         <v>35</v>
       </c>
       <c r="F217" s="17">
         <v>0.22875816993463999</v>
       </c>
       <c r="G217" s="16">
         <v>0</v>
       </c>
       <c r="H217" s="16">
         <v>0</v>
       </c>
-      <c r="I217" s="18" t="s">
-[...3 lines deleted...]
-    <row r="218" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I217" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="14">
         <v>2017</v>
       </c>
       <c r="B218" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D218" s="16">
         <v>58</v>
       </c>
       <c r="E218" s="16">
         <v>23</v>
       </c>
       <c r="F218" s="17">
         <v>0.39655172413793</v>
       </c>
       <c r="G218" s="16">
         <v>1</v>
       </c>
       <c r="H218" s="16">
         <v>0</v>
       </c>
       <c r="I218" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="219" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="14">
         <v>2017</v>
       </c>
       <c r="B219" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D219" s="16">
         <v>1261</v>
       </c>
       <c r="E219" s="16">
         <v>287</v>
       </c>
       <c r="F219" s="17">
         <v>0.22759714512292001</v>
       </c>
       <c r="G219" s="16">
         <v>311</v>
       </c>
       <c r="H219" s="16">
         <v>75</v>
       </c>
       <c r="I219" s="18">
         <v>0.24115755627009999</v>
       </c>
     </row>
-    <row r="220" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="14">
         <v>2017</v>
       </c>
       <c r="B220" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D220" s="16">
         <v>9</v>
       </c>
       <c r="E220" s="16">
         <v>7</v>
       </c>
       <c r="F220" s="17">
         <v>0.77777777777778001</v>
       </c>
       <c r="G220" s="16">
         <v>6</v>
       </c>
       <c r="H220" s="16">
         <v>2</v>
       </c>
       <c r="I220" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="221" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="14">
         <v>2017</v>
       </c>
       <c r="B221" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D221" s="16">
         <v>15</v>
       </c>
       <c r="E221" s="16">
         <v>5</v>
       </c>
       <c r="F221" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G221" s="16">
         <v>0</v>
       </c>
       <c r="H221" s="16">
         <v>0</v>
       </c>
-      <c r="I221" s="18" t="s">
-[...3 lines deleted...]
-    <row r="222" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I221" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="14">
         <v>2017</v>
       </c>
       <c r="B222" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D222" s="16">
         <v>23</v>
       </c>
       <c r="E222" s="16">
         <v>8</v>
       </c>
       <c r="F222" s="17">
         <v>0.34782608695652001</v>
       </c>
       <c r="G222" s="16">
         <v>0</v>
       </c>
       <c r="H222" s="16">
         <v>0</v>
       </c>
-      <c r="I222" s="18" t="s">
-[...3 lines deleted...]
-    <row r="223" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I222" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="14">
         <v>2017</v>
       </c>
       <c r="B223" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C223" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D223" s="16">
         <v>426</v>
       </c>
       <c r="E223" s="16">
         <v>104</v>
       </c>
       <c r="F223" s="17">
         <v>0.24413145539906</v>
       </c>
       <c r="G223" s="16">
         <v>177</v>
       </c>
       <c r="H223" s="16">
         <v>53</v>
       </c>
       <c r="I223" s="18">
         <v>0.29943502824858997</v>
       </c>
     </row>
-    <row r="224" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="14">
         <v>2017</v>
       </c>
       <c r="B224" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D224" s="16">
         <v>5</v>
       </c>
       <c r="E224" s="16">
         <v>4</v>
       </c>
       <c r="F224" s="17">
         <v>0.8</v>
       </c>
       <c r="G224" s="16">
         <v>2</v>
       </c>
       <c r="H224" s="16">
         <v>1</v>
       </c>
       <c r="I224" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="225" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="14">
         <v>2017</v>
       </c>
       <c r="B225" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D225" s="16">
         <v>431</v>
       </c>
       <c r="E225" s="16">
         <v>152</v>
       </c>
       <c r="F225" s="17">
         <v>0.35266821345707999</v>
       </c>
       <c r="G225" s="16">
         <v>0</v>
       </c>
       <c r="H225" s="16">
         <v>0</v>
       </c>
-      <c r="I225" s="18" t="s">
-[...3 lines deleted...]
-    <row r="226" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I225" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="14">
         <v>2017</v>
       </c>
       <c r="B226" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D226" s="16">
         <v>486</v>
       </c>
       <c r="E226" s="16">
         <v>173</v>
       </c>
       <c r="F226" s="17">
         <v>0.35596707818930001</v>
       </c>
       <c r="G226" s="16">
         <v>10</v>
       </c>
       <c r="H226" s="16">
         <v>7</v>
       </c>
       <c r="I226" s="18">
         <v>0.7</v>
       </c>
     </row>
-    <row r="227" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="14">
         <v>2017</v>
       </c>
       <c r="B227" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D227" s="16">
         <v>4094</v>
       </c>
       <c r="E227" s="16">
         <v>896</v>
       </c>
       <c r="F227" s="17">
         <v>0.21885686370297999</v>
       </c>
       <c r="G227" s="16">
         <v>1211</v>
       </c>
       <c r="H227" s="16">
         <v>267</v>
       </c>
       <c r="I227" s="18">
         <v>0.22047894302230001</v>
       </c>
     </row>
-    <row r="228" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="14">
         <v>2017</v>
       </c>
       <c r="B228" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D228" s="16">
         <v>57</v>
       </c>
       <c r="E228" s="16">
         <v>30</v>
       </c>
       <c r="F228" s="17">
         <v>0.52631578947367996</v>
       </c>
       <c r="G228" s="16">
         <v>41</v>
       </c>
       <c r="H228" s="16">
         <v>22</v>
       </c>
       <c r="I228" s="18">
         <v>0.53658536585366001</v>
       </c>
     </row>
-    <row r="229" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="14">
         <v>2017</v>
       </c>
       <c r="B229" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D229" s="16">
         <v>217</v>
       </c>
       <c r="E229" s="16">
         <v>62</v>
       </c>
       <c r="F229" s="17">
         <v>0.28571428571428997</v>
       </c>
       <c r="G229" s="16">
         <v>0</v>
       </c>
       <c r="H229" s="16">
         <v>0</v>
       </c>
-      <c r="I229" s="18" t="s">
-[...3 lines deleted...]
-    <row r="230" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I229" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="14">
         <v>2017</v>
       </c>
       <c r="B230" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D230" s="16">
         <v>223</v>
       </c>
       <c r="E230" s="16">
         <v>82</v>
       </c>
       <c r="F230" s="17">
         <v>0.3677130044843</v>
       </c>
       <c r="G230" s="16">
         <v>0</v>
       </c>
       <c r="H230" s="16">
         <v>0</v>
       </c>
-      <c r="I230" s="18" t="s">
-[...3 lines deleted...]
-    <row r="231" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I230" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="14">
         <v>2017</v>
       </c>
       <c r="B231" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C231" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D231" s="16">
         <v>2858</v>
       </c>
       <c r="E231" s="16">
         <v>650</v>
       </c>
       <c r="F231" s="17">
         <v>0.22743177046886001</v>
       </c>
       <c r="G231" s="16">
         <v>928</v>
       </c>
       <c r="H231" s="16">
         <v>255</v>
       </c>
       <c r="I231" s="18">
         <v>0.27478448275862</v>
       </c>
     </row>
-    <row r="232" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="14">
         <v>2017</v>
       </c>
       <c r="B232" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D232" s="16">
         <v>21</v>
       </c>
       <c r="E232" s="16">
         <v>15</v>
       </c>
       <c r="F232" s="17">
         <v>0.71428571428570997</v>
       </c>
       <c r="G232" s="16">
         <v>9</v>
       </c>
       <c r="H232" s="16">
         <v>4</v>
       </c>
       <c r="I232" s="18">
         <v>0.44444444444443998</v>
       </c>
     </row>
-    <row r="233" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="14">
         <v>2017</v>
       </c>
       <c r="B233" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D233" s="16">
         <v>125</v>
       </c>
       <c r="E233" s="16">
         <v>42</v>
       </c>
       <c r="F233" s="17">
         <v>0.33600000000000002</v>
       </c>
       <c r="G233" s="16">
         <v>0</v>
       </c>
       <c r="H233" s="16">
         <v>0</v>
       </c>
-      <c r="I233" s="18" t="s">
-[...3 lines deleted...]
-    <row r="234" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I233" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="14">
         <v>2017</v>
       </c>
       <c r="B234" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D234" s="16">
         <v>88</v>
       </c>
       <c r="E234" s="16">
         <v>36</v>
       </c>
       <c r="F234" s="17">
         <v>0.40909090909091</v>
       </c>
       <c r="G234" s="16">
         <v>0</v>
       </c>
       <c r="H234" s="16">
         <v>0</v>
       </c>
-      <c r="I234" s="18" t="s">
-[...3 lines deleted...]
-    <row r="235" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I234" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="14">
         <v>2017</v>
       </c>
       <c r="B235" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D235" s="16">
         <v>809</v>
       </c>
       <c r="E235" s="16">
         <v>185</v>
       </c>
       <c r="F235" s="17">
         <v>0.22867737948083999</v>
       </c>
       <c r="G235" s="16">
         <v>265</v>
       </c>
       <c r="H235" s="16">
         <v>62</v>
       </c>
       <c r="I235" s="18">
         <v>0.23396226415094001</v>
       </c>
     </row>
-    <row r="236" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="14">
         <v>2017</v>
       </c>
       <c r="B236" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D236" s="16">
         <v>10</v>
       </c>
       <c r="E236" s="16">
         <v>7</v>
       </c>
       <c r="F236" s="17">
         <v>0.7</v>
       </c>
       <c r="G236" s="16">
         <v>6</v>
       </c>
       <c r="H236" s="16">
         <v>4</v>
       </c>
       <c r="I236" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="237" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="14">
         <v>2017</v>
       </c>
       <c r="B237" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D237" s="16">
         <v>684</v>
       </c>
       <c r="E237" s="16">
         <v>74</v>
       </c>
       <c r="F237" s="17">
         <v>0.10818713450292</v>
       </c>
       <c r="G237" s="16">
         <v>0</v>
       </c>
       <c r="H237" s="16">
         <v>0</v>
       </c>
-      <c r="I237" s="18" t="s">
-[...3 lines deleted...]
-    <row r="238" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I237" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="238" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="14">
         <v>2017</v>
       </c>
       <c r="B238" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D238" s="16">
         <v>284</v>
       </c>
       <c r="E238" s="16">
         <v>59</v>
       </c>
       <c r="F238" s="17">
         <v>0.20774647887323999</v>
       </c>
       <c r="G238" s="16">
         <v>0</v>
       </c>
       <c r="H238" s="16">
         <v>0</v>
       </c>
-      <c r="I238" s="18" t="s">
-[...3 lines deleted...]
-    <row r="239" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I238" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="14">
         <v>2017</v>
       </c>
       <c r="B239" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C239" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D239" s="16">
         <v>6909</v>
       </c>
       <c r="E239" s="16">
         <v>1250</v>
       </c>
       <c r="F239" s="17">
         <v>0.18092343320307</v>
       </c>
       <c r="G239" s="16">
         <v>1562</v>
       </c>
       <c r="H239" s="16">
         <v>304</v>
       </c>
       <c r="I239" s="18">
         <v>0.19462227912932001</v>
       </c>
     </row>
-    <row r="240" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="14">
         <v>2017</v>
       </c>
       <c r="B240" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D240" s="16">
         <v>36</v>
       </c>
       <c r="E240" s="16">
         <v>15</v>
       </c>
       <c r="F240" s="17">
         <v>0.41666666666667002</v>
       </c>
       <c r="G240" s="16">
         <v>7</v>
       </c>
       <c r="H240" s="16">
         <v>0</v>
       </c>
       <c r="I240" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="241" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="14">
         <v>2017</v>
       </c>
       <c r="B241" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D241" s="16">
         <v>133</v>
       </c>
       <c r="E241" s="16">
         <v>28</v>
       </c>
       <c r="F241" s="17">
         <v>0.21052631578947001</v>
       </c>
       <c r="G241" s="16">
         <v>0</v>
       </c>
       <c r="H241" s="16">
         <v>0</v>
       </c>
-      <c r="I241" s="18" t="s">
-[...3 lines deleted...]
-    <row r="242" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I241" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="14">
         <v>2017</v>
       </c>
       <c r="B242" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D242" s="16">
         <v>115</v>
       </c>
       <c r="E242" s="16">
         <v>33</v>
       </c>
       <c r="F242" s="17">
         <v>0.28695652173913</v>
       </c>
       <c r="G242" s="16">
         <v>0</v>
       </c>
       <c r="H242" s="16">
         <v>0</v>
       </c>
-      <c r="I242" s="18" t="s">
-[...3 lines deleted...]
-    <row r="243" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I242" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="14">
         <v>2017</v>
       </c>
       <c r="B243" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C243" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D243" s="16">
         <v>1595</v>
       </c>
       <c r="E243" s="16">
         <v>269</v>
       </c>
       <c r="F243" s="17">
         <v>0.16865203761754999</v>
       </c>
       <c r="G243" s="16">
         <v>462</v>
       </c>
       <c r="H243" s="16">
         <v>67</v>
       </c>
       <c r="I243" s="18">
         <v>0.14502164502164999</v>
       </c>
     </row>
-    <row r="244" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="14">
         <v>2017</v>
       </c>
       <c r="B244" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D244" s="16">
         <v>12</v>
       </c>
       <c r="E244" s="16">
         <v>5</v>
       </c>
       <c r="F244" s="17">
         <v>0.41666666666667002</v>
       </c>
       <c r="G244" s="16">
         <v>1</v>
       </c>
       <c r="H244" s="16">
         <v>1</v>
       </c>
       <c r="I244" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="245" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="14">
         <v>2017</v>
       </c>
       <c r="B245" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D245" s="16">
         <v>51</v>
       </c>
       <c r="E245" s="16">
         <v>9</v>
       </c>
       <c r="F245" s="17">
         <v>0.17647058823528999</v>
       </c>
       <c r="G245" s="16">
         <v>0</v>
       </c>
       <c r="H245" s="16">
         <v>0</v>
       </c>
-      <c r="I245" s="18" t="s">
-[...3 lines deleted...]
-    <row r="246" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I245" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="14">
         <v>2017</v>
       </c>
       <c r="B246" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D246" s="16">
         <v>45</v>
       </c>
       <c r="E246" s="16">
         <v>9</v>
       </c>
       <c r="F246" s="17">
         <v>0.2</v>
       </c>
       <c r="G246" s="16">
         <v>0</v>
       </c>
       <c r="H246" s="16">
         <v>0</v>
       </c>
-      <c r="I246" s="18" t="s">
-[...3 lines deleted...]
-    <row r="247" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I246" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="14">
         <v>2017</v>
       </c>
       <c r="B247" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C247" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D247" s="16">
         <v>1553</v>
       </c>
       <c r="E247" s="16">
         <v>194</v>
       </c>
       <c r="F247" s="17">
         <v>0.12491951062459999</v>
       </c>
       <c r="G247" s="16">
         <v>490</v>
       </c>
       <c r="H247" s="16">
         <v>63</v>
       </c>
       <c r="I247" s="18">
         <v>0.12857142857143</v>
       </c>
     </row>
-    <row r="248" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="14">
         <v>2017</v>
       </c>
       <c r="B248" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D248" s="16">
         <v>9</v>
       </c>
       <c r="E248" s="16">
         <v>3</v>
       </c>
       <c r="F248" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G248" s="16">
         <v>13</v>
       </c>
       <c r="H248" s="16">
         <v>3</v>
       </c>
       <c r="I248" s="18">
         <v>0.23076923076923</v>
       </c>
     </row>
-    <row r="249" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="14">
         <v>2017</v>
       </c>
       <c r="B249" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D249" s="16">
         <v>302</v>
       </c>
       <c r="E249" s="16">
         <v>67</v>
       </c>
       <c r="F249" s="17">
         <v>0.22185430463576</v>
       </c>
       <c r="G249" s="16">
         <v>0</v>
       </c>
       <c r="H249" s="16">
         <v>0</v>
       </c>
-      <c r="I249" s="18" t="s">
-[...3 lines deleted...]
-    <row r="250" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I249" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="14">
         <v>2017</v>
       </c>
       <c r="B250" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D250" s="16">
         <v>206</v>
       </c>
       <c r="E250" s="16">
         <v>59</v>
       </c>
       <c r="F250" s="17">
         <v>0.28640776699029002</v>
       </c>
       <c r="G250" s="16">
         <v>10</v>
       </c>
       <c r="H250" s="16">
         <v>5</v>
       </c>
       <c r="I250" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="251" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="14">
         <v>2017</v>
       </c>
       <c r="B251" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C251" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D251" s="16">
         <v>3043</v>
       </c>
       <c r="E251" s="16">
         <v>482</v>
       </c>
       <c r="F251" s="17">
         <v>0.15839631942162</v>
       </c>
       <c r="G251" s="16">
         <v>928</v>
       </c>
       <c r="H251" s="16">
         <v>151</v>
       </c>
       <c r="I251" s="18">
         <v>0.16271551724138</v>
       </c>
     </row>
-    <row r="252" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="14">
         <v>2017</v>
       </c>
       <c r="B252" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D252" s="16">
         <v>39</v>
       </c>
       <c r="E252" s="16">
         <v>16</v>
       </c>
       <c r="F252" s="17">
         <v>0.41025641025641002</v>
       </c>
       <c r="G252" s="16">
         <v>19</v>
       </c>
       <c r="H252" s="16">
         <v>4</v>
       </c>
       <c r="I252" s="18">
         <v>0.21052631578947001</v>
       </c>
     </row>
-    <row r="253" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="14">
         <v>2017</v>
       </c>
       <c r="B253" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D253" s="16">
         <v>188</v>
       </c>
       <c r="E253" s="16">
         <v>41</v>
       </c>
       <c r="F253" s="17">
         <v>0.21808510638298001</v>
       </c>
       <c r="G253" s="16">
         <v>0</v>
       </c>
       <c r="H253" s="16">
         <v>0</v>
       </c>
-      <c r="I253" s="18" t="s">
-[...3 lines deleted...]
-    <row r="254" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I253" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="254" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="14">
         <v>2017</v>
       </c>
       <c r="B254" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D254" s="16">
         <v>205</v>
       </c>
       <c r="E254" s="16">
         <v>58</v>
       </c>
       <c r="F254" s="17">
         <v>0.28292682926828999</v>
       </c>
       <c r="G254" s="16">
         <v>4</v>
       </c>
       <c r="H254" s="16">
         <v>2</v>
       </c>
       <c r="I254" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="255" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="14">
         <v>2017</v>
       </c>
       <c r="B255" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C255" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D255" s="16">
         <v>1942</v>
       </c>
       <c r="E255" s="16">
         <v>368</v>
       </c>
       <c r="F255" s="17">
         <v>0.18949536560246999</v>
       </c>
       <c r="G255" s="16">
         <v>605</v>
       </c>
       <c r="H255" s="16">
         <v>111</v>
       </c>
       <c r="I255" s="18">
         <v>0.18347107438016999</v>
       </c>
     </row>
-    <row r="256" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="14">
         <v>2017</v>
       </c>
       <c r="B256" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D256" s="16">
         <v>17</v>
       </c>
       <c r="E256" s="16">
         <v>8</v>
       </c>
       <c r="F256" s="17">
         <v>0.47058823529412003</v>
       </c>
       <c r="G256" s="16">
         <v>17</v>
       </c>
       <c r="H256" s="16">
         <v>6</v>
       </c>
       <c r="I256" s="18">
         <v>0.35294117647058998</v>
       </c>
     </row>
-    <row r="257" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="14">
         <v>2017</v>
       </c>
       <c r="B257" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D257" s="16">
         <v>179</v>
       </c>
       <c r="E257" s="16">
         <v>56</v>
       </c>
       <c r="F257" s="17">
         <v>0.31284916201117002</v>
       </c>
       <c r="G257" s="16">
         <v>0</v>
       </c>
       <c r="H257" s="16">
         <v>0</v>
       </c>
-      <c r="I257" s="18" t="s">
-[...3 lines deleted...]
-    <row r="258" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I257" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="14">
         <v>2017</v>
       </c>
       <c r="B258" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D258" s="16">
         <v>35</v>
       </c>
       <c r="E258" s="16">
         <v>9</v>
       </c>
       <c r="F258" s="17">
         <v>0.25714285714286</v>
       </c>
       <c r="G258" s="16">
         <v>0</v>
       </c>
       <c r="H258" s="16">
         <v>0</v>
       </c>
-      <c r="I258" s="18" t="s">
-[...3 lines deleted...]
-    <row r="259" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I258" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="14">
         <v>2017</v>
       </c>
       <c r="B259" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C259" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D259" s="16">
         <v>811</v>
       </c>
       <c r="E259" s="16">
         <v>192</v>
       </c>
       <c r="F259" s="17">
         <v>0.2367447595561</v>
       </c>
       <c r="G259" s="16">
         <v>168</v>
       </c>
       <c r="H259" s="16">
         <v>36</v>
       </c>
       <c r="I259" s="18">
         <v>0.21428571428571</v>
       </c>
     </row>
-    <row r="260" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="14">
         <v>2017</v>
       </c>
       <c r="B260" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D260" s="16">
         <v>10</v>
       </c>
       <c r="E260" s="16">
         <v>6</v>
       </c>
       <c r="F260" s="17">
         <v>0.6</v>
       </c>
       <c r="G260" s="16">
         <v>3</v>
       </c>
       <c r="H260" s="16">
         <v>1</v>
       </c>
       <c r="I260" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="261" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A261" s="14">
         <v>2017</v>
       </c>
       <c r="B261" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D261" s="16">
         <v>82</v>
       </c>
       <c r="E261" s="16">
         <v>47</v>
       </c>
       <c r="F261" s="17">
         <v>0.57317073170732002</v>
       </c>
       <c r="G261" s="16">
         <v>0</v>
       </c>
       <c r="H261" s="16">
         <v>0</v>
       </c>
-      <c r="I261" s="18" t="s">
-[...3 lines deleted...]
-    <row r="262" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I261" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A262" s="14">
         <v>2017</v>
       </c>
       <c r="B262" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D262" s="16">
         <v>47</v>
       </c>
       <c r="E262" s="16">
         <v>16</v>
       </c>
       <c r="F262" s="17">
         <v>0.34042553191489</v>
       </c>
       <c r="G262" s="16">
         <v>0</v>
       </c>
       <c r="H262" s="16">
         <v>0</v>
       </c>
-      <c r="I262" s="18" t="s">
-[...3 lines deleted...]
-    <row r="263" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I262" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A263" s="14">
         <v>2017</v>
       </c>
       <c r="B263" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D263" s="16">
         <v>818</v>
       </c>
       <c r="E263" s="16">
         <v>141</v>
       </c>
       <c r="F263" s="17">
         <v>0.17237163814181</v>
       </c>
       <c r="G263" s="16">
         <v>255</v>
       </c>
       <c r="H263" s="16">
         <v>39</v>
       </c>
       <c r="I263" s="18">
         <v>0.15294117647059</v>
       </c>
     </row>
-    <row r="264" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A264" s="14">
         <v>2017</v>
       </c>
       <c r="B264" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D264" s="16">
         <v>10</v>
       </c>
       <c r="E264" s="16">
         <v>6</v>
       </c>
       <c r="F264" s="17">
         <v>0.6</v>
       </c>
       <c r="G264" s="16">
         <v>1</v>
       </c>
       <c r="H264" s="16">
         <v>0</v>
       </c>
       <c r="I264" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="265" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A265" s="14">
         <v>2017</v>
       </c>
       <c r="B265" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D265" s="16">
         <v>477</v>
       </c>
       <c r="E265" s="16">
         <v>110</v>
       </c>
       <c r="F265" s="17">
         <v>0.23060796645702</v>
       </c>
       <c r="G265" s="16">
         <v>0</v>
       </c>
       <c r="H265" s="16">
         <v>0</v>
       </c>
-      <c r="I265" s="18" t="s">
-[...3 lines deleted...]
-    <row r="266" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I265" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A266" s="14">
         <v>2017</v>
       </c>
       <c r="B266" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D266" s="16">
         <v>310</v>
       </c>
       <c r="E266" s="16">
         <v>84</v>
       </c>
       <c r="F266" s="17">
         <v>0.27096774193548001</v>
       </c>
       <c r="G266" s="16">
         <v>0</v>
       </c>
       <c r="H266" s="16">
         <v>0</v>
       </c>
-      <c r="I266" s="18" t="s">
-[...3 lines deleted...]
-    <row r="267" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I266" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A267" s="14">
         <v>2017</v>
       </c>
       <c r="B267" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C267" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D267" s="16">
         <v>3391</v>
       </c>
       <c r="E267" s="16">
         <v>601</v>
       </c>
       <c r="F267" s="17">
         <v>0.17723385432026001</v>
       </c>
       <c r="G267" s="16">
         <v>1022</v>
       </c>
       <c r="H267" s="16">
         <v>180</v>
       </c>
       <c r="I267" s="18">
         <v>0.17612524461840001</v>
       </c>
     </row>
-    <row r="268" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A268" s="14">
         <v>2017</v>
       </c>
       <c r="B268" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D268" s="16">
         <v>35</v>
       </c>
       <c r="E268" s="16">
         <v>20</v>
       </c>
       <c r="F268" s="17">
         <v>0.57142857142856995</v>
       </c>
       <c r="G268" s="16">
         <v>13</v>
       </c>
       <c r="H268" s="16">
         <v>9</v>
       </c>
       <c r="I268" s="18">
         <v>0.69230769230768996</v>
       </c>
     </row>
-    <row r="269" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A269" s="14">
         <v>2017</v>
       </c>
       <c r="B269" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D269" s="16">
         <v>75</v>
       </c>
       <c r="E269" s="16">
         <v>21</v>
       </c>
       <c r="F269" s="17">
         <v>0.28000000000000003</v>
       </c>
       <c r="G269" s="16">
         <v>0</v>
       </c>
       <c r="H269" s="16">
         <v>0</v>
       </c>
-      <c r="I269" s="18" t="s">
-[...3 lines deleted...]
-    <row r="270" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I269" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A270" s="14">
         <v>2017</v>
       </c>
       <c r="B270" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D270" s="16">
         <v>82</v>
       </c>
       <c r="E270" s="16">
         <v>17</v>
       </c>
       <c r="F270" s="17">
         <v>0.20731707317073</v>
       </c>
       <c r="G270" s="16">
         <v>0</v>
       </c>
       <c r="H270" s="16">
         <v>0</v>
       </c>
-      <c r="I270" s="18" t="s">
-[...3 lines deleted...]
-    <row r="271" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I270" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A271" s="14">
         <v>2017</v>
       </c>
       <c r="B271" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C271" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D271" s="16">
         <v>1122</v>
       </c>
       <c r="E271" s="16">
         <v>222</v>
       </c>
       <c r="F271" s="17">
         <v>0.19786096256683999</v>
       </c>
       <c r="G271" s="16">
         <v>356</v>
       </c>
       <c r="H271" s="16">
         <v>44</v>
       </c>
       <c r="I271" s="18">
         <v>0.12359550561797999</v>
       </c>
     </row>
-    <row r="272" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A272" s="14">
         <v>2017</v>
       </c>
       <c r="B272" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D272" s="16">
         <v>12</v>
       </c>
       <c r="E272" s="16">
         <v>7</v>
       </c>
       <c r="F272" s="17">
         <v>0.58333333333333004</v>
       </c>
       <c r="G272" s="16">
         <v>3</v>
       </c>
       <c r="H272" s="16">
         <v>1</v>
       </c>
       <c r="I272" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="273" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A273" s="14">
         <v>2017</v>
       </c>
       <c r="B273" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D273" s="16">
         <v>869</v>
       </c>
       <c r="E273" s="16">
         <v>210</v>
       </c>
       <c r="F273" s="17">
         <v>0.24165707710011999</v>
       </c>
       <c r="G273" s="16">
         <v>2</v>
       </c>
       <c r="H273" s="16">
         <v>0</v>
       </c>
       <c r="I273" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="274" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A274" s="14">
         <v>2017</v>
       </c>
       <c r="B274" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D274" s="16">
         <v>140</v>
       </c>
       <c r="E274" s="16">
         <v>34</v>
       </c>
       <c r="F274" s="17">
         <v>0.24285714285714</v>
       </c>
       <c r="G274" s="16">
         <v>10</v>
       </c>
       <c r="H274" s="16">
         <v>3</v>
       </c>
       <c r="I274" s="18">
         <v>0.3</v>
       </c>
     </row>
-    <row r="275" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A275" s="14">
         <v>2017</v>
       </c>
       <c r="B275" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C275" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D275" s="16">
         <v>4246</v>
       </c>
       <c r="E275" s="16">
         <v>1306</v>
       </c>
       <c r="F275" s="17">
         <v>0.30758360810174001</v>
       </c>
       <c r="G275" s="16">
         <v>682</v>
       </c>
       <c r="H275" s="16">
         <v>139</v>
       </c>
       <c r="I275" s="18">
         <v>0.20381231671554001</v>
       </c>
     </row>
-    <row r="276" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A276" s="14">
         <v>2017</v>
       </c>
       <c r="B276" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D276" s="16">
         <v>100</v>
       </c>
       <c r="E276" s="16">
         <v>63</v>
       </c>
       <c r="F276" s="17">
         <v>0.63</v>
       </c>
       <c r="G276" s="16">
         <v>29</v>
       </c>
       <c r="H276" s="16">
         <v>10</v>
       </c>
       <c r="I276" s="18">
         <v>0.34482758620690002</v>
       </c>
     </row>
-    <row r="277" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A277" s="14">
         <v>2017</v>
       </c>
       <c r="B277" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D277" s="16">
         <v>459</v>
       </c>
       <c r="E277" s="16">
         <v>111</v>
       </c>
       <c r="F277" s="17">
         <v>0.24183006535948001</v>
       </c>
       <c r="G277" s="16">
         <v>0</v>
       </c>
       <c r="H277" s="16">
         <v>0</v>
       </c>
-      <c r="I277" s="18" t="s">
-[...3 lines deleted...]
-    <row r="278" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I277" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="278" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A278" s="14">
         <v>2017</v>
       </c>
       <c r="B278" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D278" s="16">
         <v>306</v>
       </c>
       <c r="E278" s="16">
         <v>91</v>
       </c>
       <c r="F278" s="17">
         <v>0.29738562091503001</v>
       </c>
       <c r="G278" s="16">
         <v>0</v>
       </c>
       <c r="H278" s="16">
         <v>0</v>
       </c>
-      <c r="I278" s="18" t="s">
-[...3 lines deleted...]
-    <row r="279" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I278" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A279" s="14">
         <v>2017</v>
       </c>
       <c r="B279" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C279" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D279" s="16">
         <v>2378</v>
       </c>
       <c r="E279" s="16">
         <v>475</v>
       </c>
       <c r="F279" s="17">
         <v>0.19974768713204</v>
       </c>
       <c r="G279" s="16">
         <v>870</v>
       </c>
       <c r="H279" s="16">
         <v>197</v>
       </c>
       <c r="I279" s="18">
         <v>0.2264367816092</v>
       </c>
     </row>
-    <row r="280" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A280" s="14">
         <v>2017</v>
       </c>
       <c r="B280" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D280" s="16">
         <v>13</v>
       </c>
       <c r="E280" s="16">
         <v>6</v>
       </c>
       <c r="F280" s="17">
         <v>0.46153846153846001</v>
       </c>
       <c r="G280" s="16">
         <v>21</v>
       </c>
       <c r="H280" s="16">
         <v>10</v>
       </c>
       <c r="I280" s="18">
         <v>0.47619047619047999</v>
       </c>
     </row>
-    <row r="281" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A281" s="14">
         <v>2017</v>
       </c>
       <c r="B281" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D281" s="16">
         <v>35</v>
       </c>
       <c r="E281" s="16">
         <v>7</v>
       </c>
       <c r="F281" s="17">
         <v>0.2</v>
       </c>
       <c r="G281" s="16">
         <v>0</v>
       </c>
       <c r="H281" s="16">
         <v>0</v>
       </c>
-      <c r="I281" s="18" t="s">
-[...3 lines deleted...]
-    <row r="282" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I281" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="282" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A282" s="14">
         <v>2017</v>
       </c>
       <c r="B282" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D282" s="16">
         <v>6</v>
       </c>
       <c r="E282" s="16">
         <v>1</v>
       </c>
       <c r="F282" s="17">
         <v>0.16666666666666999</v>
       </c>
       <c r="G282" s="16">
         <v>0</v>
       </c>
       <c r="H282" s="16">
         <v>0</v>
       </c>
-      <c r="I282" s="18" t="s">
-[...3 lines deleted...]
-    <row r="283" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I282" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A283" s="14">
         <v>2017</v>
       </c>
       <c r="B283" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C283" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D283" s="16">
         <v>453</v>
       </c>
       <c r="E283" s="16">
         <v>78</v>
       </c>
       <c r="F283" s="17">
         <v>0.17218543046358001</v>
       </c>
       <c r="G283" s="16">
         <v>272</v>
       </c>
       <c r="H283" s="16">
         <v>62</v>
       </c>
       <c r="I283" s="18">
         <v>0.22794117647059001</v>
       </c>
     </row>
-    <row r="284" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A284" s="14">
         <v>2017</v>
       </c>
       <c r="B284" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D284" s="16">
         <v>709</v>
       </c>
       <c r="E284" s="16">
         <v>198</v>
       </c>
       <c r="F284" s="17">
         <v>0.27926657263752003</v>
       </c>
       <c r="G284" s="16">
         <v>0</v>
       </c>
       <c r="H284" s="16">
         <v>0</v>
       </c>
-      <c r="I284" s="18" t="s">
-[...3 lines deleted...]
-    <row r="285" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I284" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="285" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A285" s="14">
         <v>2017</v>
       </c>
       <c r="B285" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D285" s="16">
         <v>249</v>
       </c>
       <c r="E285" s="16">
         <v>68</v>
       </c>
       <c r="F285" s="17">
         <v>0.27309236947790999</v>
       </c>
       <c r="G285" s="16">
         <v>0</v>
       </c>
       <c r="H285" s="16">
         <v>0</v>
       </c>
-      <c r="I285" s="18" t="s">
-[...3 lines deleted...]
-    <row r="286" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I285" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="286" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A286" s="14">
         <v>2017</v>
       </c>
       <c r="B286" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C286" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D286" s="16">
         <v>4164</v>
       </c>
       <c r="E286" s="16">
         <v>732</v>
       </c>
       <c r="F286" s="17">
         <v>0.17579250720461001</v>
       </c>
       <c r="G286" s="16">
         <v>1196</v>
       </c>
       <c r="H286" s="16">
         <v>197</v>
       </c>
       <c r="I286" s="18">
         <v>0.16471571906355001</v>
       </c>
     </row>
-    <row r="287" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A287" s="14">
         <v>2017</v>
       </c>
       <c r="B287" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D287" s="16">
         <v>13</v>
       </c>
       <c r="E287" s="16">
         <v>6</v>
       </c>
       <c r="F287" s="17">
         <v>0.46153846153846001</v>
       </c>
       <c r="G287" s="16">
         <v>7</v>
       </c>
       <c r="H287" s="16">
         <v>1</v>
       </c>
       <c r="I287" s="18">
         <v>0.14285714285713999</v>
       </c>
     </row>
-    <row r="288" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A288" s="14">
         <v>2017</v>
       </c>
       <c r="B288" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D288" s="16">
         <v>72</v>
       </c>
       <c r="E288" s="16">
         <v>26</v>
       </c>
       <c r="F288" s="17">
         <v>0.36111111111110999</v>
       </c>
       <c r="G288" s="16">
         <v>0</v>
       </c>
       <c r="H288" s="16">
         <v>0</v>
       </c>
-      <c r="I288" s="18" t="s">
-[...3 lines deleted...]
-    <row r="289" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I288" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A289" s="14">
         <v>2017</v>
       </c>
       <c r="B289" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D289" s="16">
         <v>32</v>
       </c>
       <c r="E289" s="16">
         <v>9</v>
       </c>
       <c r="F289" s="17">
         <v>0.28125</v>
       </c>
       <c r="G289" s="16">
         <v>0</v>
       </c>
       <c r="H289" s="16">
         <v>0</v>
       </c>
-      <c r="I289" s="18" t="s">
-[...3 lines deleted...]
-    <row r="290" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I289" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A290" s="14">
         <v>2017</v>
       </c>
       <c r="B290" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C290" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D290" s="16">
         <v>504</v>
       </c>
       <c r="E290" s="16">
         <v>44</v>
       </c>
       <c r="F290" s="17">
         <v>8.7301587301590003E-2</v>
       </c>
       <c r="G290" s="16">
         <v>207</v>
       </c>
       <c r="H290" s="16">
         <v>13</v>
       </c>
       <c r="I290" s="18">
         <v>6.2801932367149996E-2</v>
       </c>
     </row>
-    <row r="291" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A291" s="14">
         <v>2017</v>
       </c>
       <c r="B291" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D291" s="16">
         <v>11</v>
       </c>
       <c r="E291" s="16">
         <v>3</v>
       </c>
       <c r="F291" s="17">
         <v>0.27272727272726999</v>
       </c>
       <c r="G291" s="16">
         <v>4</v>
       </c>
       <c r="H291" s="16">
         <v>2</v>
       </c>
       <c r="I291" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="292" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A292" s="14">
         <v>2017</v>
       </c>
       <c r="B292" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D292" s="16">
         <v>7</v>
       </c>
       <c r="E292" s="16">
         <v>3</v>
       </c>
       <c r="F292" s="17">
         <v>0.42857142857142999</v>
       </c>
       <c r="G292" s="16">
         <v>0</v>
       </c>
       <c r="H292" s="16">
         <v>0</v>
       </c>
-      <c r="I292" s="18" t="s">
-[...3 lines deleted...]
-    <row r="293" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I292" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A293" s="14">
         <v>2017</v>
       </c>
       <c r="B293" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D293" s="16">
         <v>23</v>
       </c>
       <c r="E293" s="16">
         <v>3</v>
       </c>
       <c r="F293" s="17">
         <v>0.13043478260870001</v>
       </c>
       <c r="G293" s="16">
         <v>0</v>
       </c>
       <c r="H293" s="16">
         <v>0</v>
       </c>
-      <c r="I293" s="18" t="s">
-[...3 lines deleted...]
-    <row r="294" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I293" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A294" s="14">
         <v>2017</v>
       </c>
       <c r="B294" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C294" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D294" s="16">
         <v>158</v>
       </c>
       <c r="E294" s="16">
         <v>25</v>
       </c>
       <c r="F294" s="17">
         <v>0.15822784810127</v>
       </c>
       <c r="G294" s="16">
         <v>44</v>
       </c>
       <c r="H294" s="16">
         <v>8</v>
       </c>
       <c r="I294" s="18">
         <v>0.18181818181817999</v>
       </c>
     </row>
-    <row r="295" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A295" s="14">
         <v>2017</v>
       </c>
       <c r="B295" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D295" s="16">
         <v>27</v>
       </c>
       <c r="E295" s="16">
         <v>13</v>
       </c>
       <c r="F295" s="17">
         <v>0.48148148148148001</v>
       </c>
       <c r="G295" s="16">
         <v>26</v>
       </c>
       <c r="H295" s="16">
         <v>3</v>
       </c>
       <c r="I295" s="18">
         <v>0.11538461538462</v>
       </c>
     </row>
-    <row r="296" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A296" s="14">
         <v>2017</v>
       </c>
       <c r="B296" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D296" s="16">
         <v>5</v>
       </c>
       <c r="E296" s="16">
         <v>2</v>
       </c>
       <c r="F296" s="17">
         <v>0.4</v>
       </c>
       <c r="G296" s="16">
         <v>0</v>
       </c>
       <c r="H296" s="16">
         <v>0</v>
       </c>
-      <c r="I296" s="18" t="s">
-[...3 lines deleted...]
-    <row r="297" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I296" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A297" s="14">
         <v>2017</v>
       </c>
       <c r="B297" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D297" s="16">
         <v>16</v>
       </c>
       <c r="E297" s="16">
         <v>5</v>
       </c>
       <c r="F297" s="17">
         <v>0.3125</v>
       </c>
       <c r="G297" s="16">
         <v>0</v>
       </c>
       <c r="H297" s="16">
         <v>0</v>
       </c>
-      <c r="I297" s="18" t="s">
-[...3 lines deleted...]
-    <row r="298" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I297" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A298" s="14">
         <v>2017</v>
       </c>
       <c r="B298" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C298" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D298" s="16">
         <v>1318</v>
       </c>
       <c r="E298" s="16">
         <v>181</v>
       </c>
       <c r="F298" s="17">
         <v>0.13732928679817999</v>
       </c>
       <c r="G298" s="16">
         <v>127</v>
       </c>
       <c r="H298" s="16">
         <v>22</v>
       </c>
       <c r="I298" s="18">
         <v>0.17322834645669</v>
       </c>
     </row>
-    <row r="299" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A299" s="14">
         <v>2017</v>
       </c>
       <c r="B299" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D299" s="16">
         <v>10</v>
       </c>
       <c r="E299" s="16">
         <v>8</v>
       </c>
       <c r="F299" s="17">
         <v>0.8</v>
       </c>
       <c r="G299" s="16">
         <v>3</v>
       </c>
       <c r="H299" s="16">
         <v>1</v>
       </c>
       <c r="I299" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="300" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A300" s="19">
         <v>2017</v>
       </c>
       <c r="B300" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C300" s="23" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D300" s="20">
         <v>6109</v>
       </c>
       <c r="E300" s="20">
         <v>1527</v>
       </c>
       <c r="F300" s="21">
         <v>0.24995907677198001</v>
       </c>
       <c r="G300" s="20">
         <v>2</v>
       </c>
       <c r="H300" s="20">
         <v>0</v>
       </c>
       <c r="I300" s="22">
         <v>0</v>
       </c>
     </row>
-    <row r="301" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A301" s="19">
         <v>2017</v>
       </c>
       <c r="B301" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C301" s="23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D301" s="20">
         <v>3582</v>
       </c>
       <c r="E301" s="20">
         <v>1005</v>
       </c>
       <c r="F301" s="21">
         <v>0.28056951423785997</v>
       </c>
       <c r="G301" s="20">
         <v>39</v>
       </c>
       <c r="H301" s="20">
         <v>20</v>
       </c>
       <c r="I301" s="22">
         <v>0.51282051282051</v>
       </c>
     </row>
-    <row r="302" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A302" s="19">
         <v>2017</v>
       </c>
       <c r="B302" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C302" s="23" t="s">
         <v>24</v>
       </c>
       <c r="D302" s="20">
         <v>53314</v>
       </c>
       <c r="E302" s="20">
         <v>9877</v>
       </c>
       <c r="F302" s="21">
         <v>0.18526090707882001</v>
       </c>
       <c r="G302" s="20">
         <v>15647</v>
       </c>
       <c r="H302" s="20">
         <v>2807</v>
       </c>
       <c r="I302" s="22">
         <v>0.17939541126094</v>
       </c>
     </row>
-    <row r="303" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A303" s="19">
         <v>2017</v>
       </c>
       <c r="B303" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C303" s="23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D303" s="20">
         <v>500</v>
       </c>
       <c r="E303" s="20">
         <v>276</v>
       </c>
       <c r="F303" s="21">
         <v>0.55200000000000005</v>
       </c>
       <c r="G303" s="20">
         <v>261</v>
       </c>
       <c r="H303" s="20">
         <v>98</v>
       </c>
       <c r="I303" s="22">
         <v>0.37547892720307002</v>
       </c>
     </row>
-    <row r="304" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A304" s="24">
         <v>2017</v>
       </c>
       <c r="B304" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C304" s="25"/>
       <c r="D304" s="26">
         <v>63505</v>
       </c>
       <c r="E304" s="26">
         <v>12685</v>
       </c>
       <c r="F304" s="27">
         <v>0.19974805133453999</v>
       </c>
       <c r="G304" s="26">
         <v>15949</v>
       </c>
       <c r="H304" s="26">
         <v>2925</v>
       </c>
       <c r="I304" s="28">
         <v>0.18339707818671999</v>
       </c>
     </row>
-    <row r="305" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A305" s="14">
         <v>2018</v>
       </c>
       <c r="B305" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D305" s="16">
         <v>71</v>
       </c>
       <c r="E305" s="16">
         <v>14</v>
       </c>
       <c r="F305" s="17">
         <v>0.19718309859155</v>
       </c>
       <c r="G305" s="16">
         <v>1</v>
       </c>
       <c r="H305" s="16">
         <v>0</v>
       </c>
       <c r="I305" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="306" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A306" s="14">
         <v>2018</v>
       </c>
       <c r="B306" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C306" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D306" s="16">
         <v>140</v>
       </c>
       <c r="E306" s="16">
         <v>30</v>
       </c>
       <c r="F306" s="17">
         <v>0.21428571428571</v>
       </c>
       <c r="G306" s="16">
         <v>99</v>
       </c>
       <c r="H306" s="16">
         <v>24</v>
       </c>
       <c r="I306" s="18">
         <v>0.24242424242423999</v>
       </c>
     </row>
-    <row r="307" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A307" s="14">
         <v>2018</v>
       </c>
       <c r="B307" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D307" s="16">
         <v>12</v>
       </c>
       <c r="E307" s="16">
         <v>12</v>
       </c>
       <c r="F307" s="17">
         <v>1</v>
       </c>
       <c r="G307" s="16">
         <v>4</v>
       </c>
       <c r="H307" s="16">
         <v>4</v>
       </c>
       <c r="I307" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="308" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A308" s="14">
         <v>2018</v>
       </c>
       <c r="B308" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C308" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D308" s="16">
         <v>195</v>
       </c>
       <c r="E308" s="16">
         <v>47</v>
       </c>
       <c r="F308" s="17">
         <v>0.24102564102564</v>
       </c>
       <c r="G308" s="16">
         <v>95</v>
       </c>
       <c r="H308" s="16">
         <v>36</v>
       </c>
       <c r="I308" s="18">
         <v>0.37894736842104998</v>
       </c>
     </row>
-    <row r="309" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A309" s="14">
         <v>2018</v>
       </c>
       <c r="B309" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D309" s="16">
         <v>9</v>
       </c>
       <c r="E309" s="16">
         <v>9</v>
       </c>
       <c r="F309" s="17">
         <v>1</v>
       </c>
       <c r="G309" s="16">
         <v>4</v>
       </c>
       <c r="H309" s="16">
         <v>4</v>
       </c>
       <c r="I309" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="310" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A310" s="14">
         <v>2018</v>
       </c>
       <c r="B310" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D310" s="16">
         <v>23</v>
       </c>
       <c r="E310" s="16">
         <v>10</v>
       </c>
       <c r="F310" s="17">
         <v>0.43478260869565</v>
       </c>
       <c r="G310" s="16">
         <v>0</v>
       </c>
       <c r="H310" s="16">
         <v>0</v>
       </c>
-      <c r="I310" s="18" t="s">
-[...3 lines deleted...]
-    <row r="311" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I310" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A311" s="14">
         <v>2018</v>
       </c>
       <c r="B311" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D311" s="16">
         <v>22</v>
       </c>
       <c r="E311" s="16">
         <v>11</v>
       </c>
       <c r="F311" s="17">
         <v>0.5</v>
       </c>
       <c r="G311" s="16">
         <v>0</v>
       </c>
       <c r="H311" s="16">
         <v>0</v>
       </c>
-      <c r="I311" s="18" t="s">
-[...3 lines deleted...]
-    <row r="312" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I311" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A312" s="14">
         <v>2018</v>
       </c>
       <c r="B312" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C312" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D312" s="16">
         <v>291</v>
       </c>
       <c r="E312" s="16">
         <v>53</v>
       </c>
       <c r="F312" s="17">
         <v>0.18213058419243999</v>
       </c>
       <c r="G312" s="16">
         <v>125</v>
       </c>
       <c r="H312" s="16">
         <v>31</v>
       </c>
       <c r="I312" s="18">
         <v>0.248</v>
       </c>
     </row>
-    <row r="313" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A313" s="14">
         <v>2018</v>
       </c>
       <c r="B313" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D313" s="16">
         <v>1</v>
       </c>
       <c r="E313" s="16">
         <v>0</v>
       </c>
       <c r="F313" s="17">
         <v>0</v>
       </c>
       <c r="G313" s="16">
         <v>0</v>
       </c>
       <c r="H313" s="16">
         <v>0</v>
       </c>
-      <c r="I313" s="18" t="s">
-[...3 lines deleted...]
-    <row r="314" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I313" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A314" s="14">
         <v>2018</v>
       </c>
       <c r="B314" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D314" s="16">
         <v>882</v>
       </c>
       <c r="E314" s="16">
         <v>240</v>
       </c>
       <c r="F314" s="17">
         <v>0.27210884353741999</v>
       </c>
       <c r="G314" s="16">
         <v>0</v>
       </c>
       <c r="H314" s="16">
         <v>0</v>
       </c>
-      <c r="I314" s="18" t="s">
-[...3 lines deleted...]
-    <row r="315" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I314" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A315" s="14">
         <v>2018</v>
       </c>
       <c r="B315" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D315" s="16">
         <v>611</v>
       </c>
       <c r="E315" s="16">
         <v>143</v>
       </c>
       <c r="F315" s="17">
         <v>0.23404255319149</v>
       </c>
       <c r="G315" s="16">
         <v>4</v>
       </c>
       <c r="H315" s="16">
         <v>1</v>
       </c>
       <c r="I315" s="18">
         <v>0.25</v>
       </c>
     </row>
-    <row r="316" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A316" s="14">
         <v>2018</v>
       </c>
       <c r="B316" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C316" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D316" s="16">
         <v>9143</v>
       </c>
       <c r="E316" s="16">
         <v>1083</v>
       </c>
       <c r="F316" s="17">
         <v>0.11845127419884</v>
       </c>
       <c r="G316" s="16">
         <v>3544</v>
       </c>
       <c r="H316" s="16">
         <v>441</v>
       </c>
       <c r="I316" s="18">
         <v>0.12443566591422001</v>
       </c>
     </row>
-    <row r="317" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A317" s="14">
         <v>2018</v>
       </c>
       <c r="B317" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D317" s="16">
         <v>31</v>
       </c>
       <c r="E317" s="16">
         <v>16</v>
       </c>
       <c r="F317" s="17">
         <v>0.51612903225805995</v>
       </c>
       <c r="G317" s="16">
         <v>37</v>
       </c>
       <c r="H317" s="16">
         <v>21</v>
       </c>
       <c r="I317" s="18">
         <v>0.56756756756756999</v>
       </c>
     </row>
-    <row r="318" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A318" s="14">
         <v>2018</v>
       </c>
       <c r="B318" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D318" s="16">
         <v>149</v>
       </c>
       <c r="E318" s="16">
         <v>36</v>
       </c>
       <c r="F318" s="17">
         <v>0.24161073825502999</v>
       </c>
       <c r="G318" s="16">
         <v>0</v>
       </c>
       <c r="H318" s="16">
         <v>0</v>
       </c>
-      <c r="I318" s="18" t="s">
-[...3 lines deleted...]
-    <row r="319" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I318" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A319" s="14">
         <v>2018</v>
       </c>
       <c r="B319" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D319" s="16">
         <v>85</v>
       </c>
       <c r="E319" s="16">
         <v>31</v>
       </c>
       <c r="F319" s="17">
         <v>0.36470588235293999</v>
       </c>
       <c r="G319" s="16">
         <v>2</v>
       </c>
       <c r="H319" s="16">
         <v>2</v>
       </c>
       <c r="I319" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="320" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A320" s="14">
         <v>2018</v>
       </c>
       <c r="B320" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C320" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D320" s="16">
         <v>1204</v>
       </c>
       <c r="E320" s="16">
         <v>284</v>
       </c>
       <c r="F320" s="17">
         <v>0.2358803986711</v>
       </c>
       <c r="G320" s="16">
         <v>323</v>
       </c>
       <c r="H320" s="16">
         <v>86</v>
       </c>
       <c r="I320" s="18">
         <v>0.26625386996903999</v>
       </c>
     </row>
-    <row r="321" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A321" s="14">
         <v>2018</v>
       </c>
       <c r="B321" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D321" s="16">
         <v>7</v>
       </c>
       <c r="E321" s="16">
         <v>5</v>
       </c>
       <c r="F321" s="17">
         <v>0.71428571428570997</v>
       </c>
       <c r="G321" s="16">
         <v>2</v>
       </c>
       <c r="H321" s="16">
         <v>2</v>
       </c>
       <c r="I321" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="322" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A322" s="14">
         <v>2018</v>
       </c>
       <c r="B322" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D322" s="16">
         <v>20</v>
       </c>
       <c r="E322" s="16">
         <v>5</v>
       </c>
       <c r="F322" s="17">
         <v>0.25</v>
       </c>
       <c r="G322" s="16">
         <v>0</v>
       </c>
       <c r="H322" s="16">
         <v>0</v>
       </c>
-      <c r="I322" s="18" t="s">
-[...3 lines deleted...]
-    <row r="323" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I322" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A323" s="14">
         <v>2018</v>
       </c>
       <c r="B323" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D323" s="16">
         <v>23</v>
       </c>
       <c r="E323" s="16">
         <v>12</v>
       </c>
       <c r="F323" s="17">
         <v>0.52173913043478004</v>
       </c>
       <c r="G323" s="16">
         <v>0</v>
       </c>
       <c r="H323" s="16">
         <v>0</v>
       </c>
-      <c r="I323" s="18" t="s">
-[...3 lines deleted...]
-    <row r="324" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I323" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A324" s="14">
         <v>2018</v>
       </c>
       <c r="B324" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C324" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D324" s="16">
         <v>329</v>
       </c>
       <c r="E324" s="16">
         <v>97</v>
       </c>
       <c r="F324" s="17">
         <v>0.29483282674771999</v>
       </c>
       <c r="G324" s="16">
         <v>133</v>
       </c>
       <c r="H324" s="16">
         <v>50</v>
       </c>
       <c r="I324" s="18">
         <v>0.37593984962406002</v>
       </c>
     </row>
-    <row r="325" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A325" s="14">
         <v>2018</v>
       </c>
       <c r="B325" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D325" s="16">
         <v>3</v>
       </c>
       <c r="E325" s="16">
         <v>3</v>
       </c>
       <c r="F325" s="17">
         <v>1</v>
       </c>
       <c r="G325" s="16">
         <v>1</v>
       </c>
       <c r="H325" s="16">
         <v>1</v>
       </c>
       <c r="I325" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="326" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A326" s="14">
         <v>2018</v>
       </c>
       <c r="B326" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D326" s="16">
         <v>530</v>
       </c>
       <c r="E326" s="16">
         <v>193</v>
       </c>
       <c r="F326" s="17">
         <v>0.36415094339623</v>
       </c>
       <c r="G326" s="16">
         <v>0</v>
       </c>
       <c r="H326" s="16">
         <v>0</v>
       </c>
-      <c r="I326" s="18" t="s">
-[...3 lines deleted...]
-    <row r="327" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I326" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A327" s="14">
         <v>2018</v>
       </c>
       <c r="B327" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D327" s="16">
         <v>579</v>
       </c>
       <c r="E327" s="16">
         <v>187</v>
       </c>
       <c r="F327" s="17">
         <v>0.32297063903281997</v>
       </c>
       <c r="G327" s="16">
         <v>12</v>
       </c>
       <c r="H327" s="16">
         <v>11</v>
       </c>
       <c r="I327" s="18">
         <v>0.91666666666666996</v>
       </c>
     </row>
-    <row r="328" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A328" s="14">
         <v>2018</v>
       </c>
       <c r="B328" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C328" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D328" s="16">
         <v>3857</v>
       </c>
       <c r="E328" s="16">
         <v>891</v>
       </c>
       <c r="F328" s="17">
         <v>0.23100855587244001</v>
       </c>
       <c r="G328" s="16">
         <v>1335</v>
       </c>
       <c r="H328" s="16">
         <v>322</v>
       </c>
       <c r="I328" s="18">
         <v>0.24119850187266001</v>
       </c>
     </row>
-    <row r="329" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A329" s="14">
         <v>2018</v>
       </c>
       <c r="B329" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D329" s="16">
         <v>46</v>
       </c>
       <c r="E329" s="16">
         <v>26</v>
       </c>
       <c r="F329" s="17">
         <v>0.56521739130435</v>
       </c>
       <c r="G329" s="16">
         <v>39</v>
       </c>
       <c r="H329" s="16">
         <v>18</v>
       </c>
       <c r="I329" s="18">
         <v>0.46153846153846001</v>
       </c>
     </row>
-    <row r="330" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A330" s="14">
         <v>2018</v>
       </c>
       <c r="B330" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D330" s="16">
         <v>229</v>
       </c>
       <c r="E330" s="16">
         <v>55</v>
       </c>
       <c r="F330" s="17">
         <v>0.24017467248908</v>
       </c>
       <c r="G330" s="16">
         <v>0</v>
       </c>
       <c r="H330" s="16">
         <v>0</v>
       </c>
-      <c r="I330" s="18" t="s">
-[...3 lines deleted...]
-    <row r="331" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I330" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="331" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A331" s="14">
         <v>2018</v>
       </c>
       <c r="B331" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D331" s="16">
         <v>279</v>
       </c>
       <c r="E331" s="16">
         <v>80</v>
       </c>
       <c r="F331" s="17">
         <v>0.28673835125448</v>
       </c>
       <c r="G331" s="16">
         <v>0</v>
       </c>
       <c r="H331" s="16">
         <v>0</v>
       </c>
-      <c r="I331" s="18" t="s">
-[...3 lines deleted...]
-    <row r="332" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I331" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A332" s="14">
         <v>2018</v>
       </c>
       <c r="B332" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C332" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D332" s="16">
         <v>2984</v>
       </c>
       <c r="E332" s="16">
         <v>786</v>
       </c>
       <c r="F332" s="17">
         <v>0.26340482573726998</v>
       </c>
       <c r="G332" s="16">
         <v>1023</v>
       </c>
       <c r="H332" s="16">
         <v>314</v>
       </c>
       <c r="I332" s="18">
         <v>0.30694037145649999</v>
       </c>
     </row>
-    <row r="333" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A333" s="14">
         <v>2018</v>
       </c>
       <c r="B333" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D333" s="16">
         <v>20</v>
       </c>
       <c r="E333" s="16">
         <v>13</v>
       </c>
       <c r="F333" s="17">
         <v>0.65</v>
       </c>
       <c r="G333" s="16">
         <v>13</v>
       </c>
       <c r="H333" s="16">
         <v>6</v>
       </c>
       <c r="I333" s="18">
         <v>0.46153846153846001</v>
       </c>
     </row>
-    <row r="334" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A334" s="14">
         <v>2018</v>
       </c>
       <c r="B334" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D334" s="16">
         <v>125</v>
       </c>
       <c r="E334" s="16">
         <v>47</v>
       </c>
       <c r="F334" s="17">
         <v>0.376</v>
       </c>
       <c r="G334" s="16">
         <v>0</v>
       </c>
       <c r="H334" s="16">
         <v>0</v>
       </c>
-      <c r="I334" s="18" t="s">
-[...3 lines deleted...]
-    <row r="335" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I334" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="335" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A335" s="14">
         <v>2018</v>
       </c>
       <c r="B335" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D335" s="16">
         <v>85</v>
       </c>
       <c r="E335" s="16">
         <v>38</v>
       </c>
       <c r="F335" s="17">
         <v>0.44705882352941001</v>
       </c>
       <c r="G335" s="16">
         <v>0</v>
       </c>
       <c r="H335" s="16">
         <v>0</v>
       </c>
-      <c r="I335" s="18" t="s">
-[...3 lines deleted...]
-    <row r="336" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I335" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A336" s="14">
         <v>2018</v>
       </c>
       <c r="B336" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C336" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D336" s="16">
         <v>828</v>
       </c>
       <c r="E336" s="16">
         <v>197</v>
       </c>
       <c r="F336" s="17">
         <v>0.23792270531401</v>
       </c>
       <c r="G336" s="16">
         <v>281</v>
       </c>
       <c r="H336" s="16">
         <v>90</v>
       </c>
       <c r="I336" s="18">
         <v>0.32028469750889998</v>
       </c>
     </row>
-    <row r="337" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A337" s="14">
         <v>2018</v>
       </c>
       <c r="B337" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D337" s="16">
         <v>5</v>
       </c>
       <c r="E337" s="16">
         <v>3</v>
       </c>
       <c r="F337" s="17">
         <v>0.6</v>
       </c>
       <c r="G337" s="16">
         <v>5</v>
       </c>
       <c r="H337" s="16">
         <v>3</v>
       </c>
       <c r="I337" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="338" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A338" s="14">
         <v>2018</v>
       </c>
       <c r="B338" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D338" s="16">
         <v>658</v>
       </c>
       <c r="E338" s="16">
         <v>90</v>
       </c>
       <c r="F338" s="17">
         <v>0.13677811550152</v>
       </c>
       <c r="G338" s="16">
         <v>0</v>
       </c>
       <c r="H338" s="16">
         <v>0</v>
       </c>
-      <c r="I338" s="18" t="s">
-[...3 lines deleted...]
-    <row r="339" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I338" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A339" s="14">
         <v>2018</v>
       </c>
       <c r="B339" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D339" s="16">
         <v>304</v>
       </c>
       <c r="E339" s="16">
         <v>74</v>
       </c>
       <c r="F339" s="17">
         <v>0.24342105263158001</v>
       </c>
       <c r="G339" s="16">
         <v>0</v>
       </c>
       <c r="H339" s="16">
         <v>0</v>
       </c>
-      <c r="I339" s="18" t="s">
-[...3 lines deleted...]
-    <row r="340" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I339" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A340" s="14">
         <v>2018</v>
       </c>
       <c r="B340" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C340" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D340" s="16">
         <v>6444</v>
       </c>
       <c r="E340" s="16">
         <v>1392</v>
       </c>
       <c r="F340" s="17">
         <v>0.21601489757914</v>
       </c>
       <c r="G340" s="16">
         <v>1449</v>
       </c>
       <c r="H340" s="16">
         <v>281</v>
       </c>
       <c r="I340" s="18">
         <v>0.19392684610076</v>
       </c>
     </row>
-    <row r="341" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A341" s="14">
         <v>2018</v>
       </c>
       <c r="B341" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D341" s="16">
         <v>41</v>
       </c>
       <c r="E341" s="16">
         <v>25</v>
       </c>
       <c r="F341" s="17">
         <v>0.60975609756098004</v>
       </c>
       <c r="G341" s="16">
         <v>18</v>
       </c>
       <c r="H341" s="16">
         <v>9</v>
       </c>
       <c r="I341" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="342" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A342" s="14">
         <v>2018</v>
       </c>
       <c r="B342" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D342" s="16">
         <v>104</v>
       </c>
       <c r="E342" s="16">
         <v>26</v>
       </c>
       <c r="F342" s="17">
         <v>0.25</v>
       </c>
       <c r="G342" s="16">
         <v>0</v>
       </c>
       <c r="H342" s="16">
         <v>0</v>
       </c>
-      <c r="I342" s="18" t="s">
-[...3 lines deleted...]
-    <row r="343" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I342" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A343" s="14">
         <v>2018</v>
       </c>
       <c r="B343" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D343" s="16">
         <v>103</v>
       </c>
       <c r="E343" s="16">
         <v>30</v>
       </c>
       <c r="F343" s="17">
         <v>0.29126213592233002</v>
       </c>
       <c r="G343" s="16">
         <v>0</v>
       </c>
       <c r="H343" s="16">
         <v>0</v>
       </c>
-      <c r="I343" s="18" t="s">
-[...3 lines deleted...]
-    <row r="344" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I343" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A344" s="14">
         <v>2018</v>
       </c>
       <c r="B344" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C344" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D344" s="16">
         <v>1559</v>
       </c>
       <c r="E344" s="16">
         <v>250</v>
       </c>
       <c r="F344" s="17">
         <v>0.16035920461834999</v>
       </c>
       <c r="G344" s="16">
         <v>448</v>
       </c>
       <c r="H344" s="16">
         <v>79</v>
       </c>
       <c r="I344" s="18">
         <v>0.17633928571429</v>
       </c>
     </row>
-    <row r="345" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A345" s="14">
         <v>2018</v>
       </c>
       <c r="B345" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D345" s="16">
         <v>12</v>
       </c>
       <c r="E345" s="16">
         <v>4</v>
       </c>
       <c r="F345" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G345" s="16">
         <v>3</v>
       </c>
       <c r="H345" s="16">
         <v>0</v>
       </c>
       <c r="I345" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="346" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A346" s="14">
         <v>2018</v>
       </c>
       <c r="B346" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D346" s="16">
         <v>44</v>
       </c>
       <c r="E346" s="16">
         <v>11</v>
       </c>
       <c r="F346" s="17">
         <v>0.25</v>
       </c>
       <c r="G346" s="16">
         <v>0</v>
       </c>
       <c r="H346" s="16">
         <v>0</v>
       </c>
-      <c r="I346" s="18" t="s">
-[...3 lines deleted...]
-    <row r="347" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I346" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A347" s="14">
         <v>2018</v>
       </c>
       <c r="B347" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D347" s="16">
         <v>46</v>
       </c>
       <c r="E347" s="16">
         <v>7</v>
       </c>
       <c r="F347" s="17">
         <v>0.15217391304347999</v>
       </c>
       <c r="G347" s="16">
         <v>0</v>
       </c>
       <c r="H347" s="16">
         <v>0</v>
       </c>
-      <c r="I347" s="18" t="s">
-[...3 lines deleted...]
-    <row r="348" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I347" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="348" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A348" s="14">
         <v>2018</v>
       </c>
       <c r="B348" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C348" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D348" s="16">
         <v>1456</v>
       </c>
       <c r="E348" s="16">
         <v>236</v>
       </c>
       <c r="F348" s="17">
         <v>0.16208791208791001</v>
       </c>
       <c r="G348" s="16">
         <v>450</v>
       </c>
       <c r="H348" s="16">
         <v>82</v>
       </c>
       <c r="I348" s="18">
         <v>0.18222222222222001</v>
       </c>
     </row>
-    <row r="349" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A349" s="14">
         <v>2018</v>
       </c>
       <c r="B349" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D349" s="16">
         <v>10</v>
       </c>
       <c r="E349" s="16">
         <v>3</v>
       </c>
       <c r="F349" s="17">
         <v>0.3</v>
       </c>
       <c r="G349" s="16">
         <v>12</v>
       </c>
       <c r="H349" s="16">
         <v>4</v>
       </c>
       <c r="I349" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="350" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A350" s="14">
         <v>2018</v>
       </c>
       <c r="B350" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D350" s="16">
         <v>284</v>
       </c>
       <c r="E350" s="16">
         <v>90</v>
       </c>
       <c r="F350" s="17">
         <v>0.31690140845069997</v>
       </c>
       <c r="G350" s="16">
         <v>0</v>
       </c>
       <c r="H350" s="16">
         <v>0</v>
       </c>
-      <c r="I350" s="18" t="s">
-[...3 lines deleted...]
-    <row r="351" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I350" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="351" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A351" s="14">
         <v>2018</v>
       </c>
       <c r="B351" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D351" s="16">
         <v>184</v>
       </c>
       <c r="E351" s="16">
         <v>67</v>
       </c>
       <c r="F351" s="17">
         <v>0.36413043478260998</v>
       </c>
       <c r="G351" s="16">
         <v>1</v>
       </c>
       <c r="H351" s="16">
         <v>0</v>
       </c>
       <c r="I351" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="352" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A352" s="14">
         <v>2018</v>
       </c>
       <c r="B352" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C352" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D352" s="16">
         <v>2932</v>
       </c>
       <c r="E352" s="16">
         <v>531</v>
       </c>
       <c r="F352" s="17">
         <v>0.18110504774898001</v>
       </c>
       <c r="G352" s="16">
         <v>927</v>
       </c>
       <c r="H352" s="16">
         <v>164</v>
       </c>
       <c r="I352" s="18">
         <v>0.17691477885653001</v>
       </c>
     </row>
-    <row r="353" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A353" s="14">
         <v>2018</v>
       </c>
       <c r="B353" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D353" s="16">
         <v>29</v>
       </c>
       <c r="E353" s="16">
         <v>10</v>
       </c>
       <c r="F353" s="17">
         <v>0.34482758620690002</v>
       </c>
       <c r="G353" s="16">
         <v>13</v>
       </c>
       <c r="H353" s="16">
         <v>5</v>
       </c>
       <c r="I353" s="18">
         <v>0.38461538461537997</v>
       </c>
     </row>
-    <row r="354" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A354" s="14">
         <v>2018</v>
       </c>
       <c r="B354" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D354" s="16">
         <v>171</v>
       </c>
       <c r="E354" s="16">
         <v>48</v>
       </c>
       <c r="F354" s="17">
         <v>0.28070175438596001</v>
       </c>
       <c r="G354" s="16">
         <v>0</v>
       </c>
       <c r="H354" s="16">
         <v>0</v>
       </c>
-      <c r="I354" s="18" t="s">
-[...3 lines deleted...]
-    <row r="355" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I354" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="355" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A355" s="14">
         <v>2018</v>
       </c>
       <c r="B355" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D355" s="16">
         <v>183</v>
       </c>
       <c r="E355" s="16">
         <v>49</v>
       </c>
       <c r="F355" s="17">
         <v>0.26775956284153002</v>
       </c>
       <c r="G355" s="16">
         <v>3</v>
       </c>
       <c r="H355" s="16">
         <v>2</v>
       </c>
       <c r="I355" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="356" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A356" s="14">
         <v>2018</v>
       </c>
       <c r="B356" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C356" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D356" s="16">
         <v>1954</v>
       </c>
       <c r="E356" s="16">
         <v>338</v>
       </c>
       <c r="F356" s="17">
         <v>0.17297850562948</v>
       </c>
       <c r="G356" s="16">
         <v>653</v>
       </c>
       <c r="H356" s="16">
         <v>135</v>
       </c>
       <c r="I356" s="18">
         <v>0.20673813169985</v>
       </c>
     </row>
-    <row r="357" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A357" s="14">
         <v>2018</v>
       </c>
       <c r="B357" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D357" s="16">
         <v>8</v>
       </c>
       <c r="E357" s="16">
         <v>6</v>
       </c>
       <c r="F357" s="17">
         <v>0.75</v>
       </c>
       <c r="G357" s="16">
         <v>5</v>
       </c>
       <c r="H357" s="16">
         <v>4</v>
       </c>
       <c r="I357" s="18">
         <v>0.8</v>
       </c>
     </row>
-    <row r="358" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A358" s="14">
         <v>2018</v>
       </c>
       <c r="B358" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D358" s="16">
         <v>161</v>
       </c>
       <c r="E358" s="16">
         <v>49</v>
       </c>
       <c r="F358" s="17">
         <v>0.30434782608695998</v>
       </c>
       <c r="G358" s="16">
         <v>0</v>
       </c>
       <c r="H358" s="16">
         <v>0</v>
       </c>
-      <c r="I358" s="18" t="s">
-[...3 lines deleted...]
-    <row r="359" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I358" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="359" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A359" s="14">
         <v>2018</v>
       </c>
       <c r="B359" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D359" s="16">
         <v>48</v>
       </c>
       <c r="E359" s="16">
         <v>13</v>
       </c>
       <c r="F359" s="17">
         <v>0.27083333333332998</v>
       </c>
       <c r="G359" s="16">
         <v>0</v>
       </c>
       <c r="H359" s="16">
         <v>0</v>
       </c>
-      <c r="I359" s="18" t="s">
-[...3 lines deleted...]
-    <row r="360" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I359" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="360" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A360" s="14">
         <v>2018</v>
       </c>
       <c r="B360" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C360" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D360" s="16">
         <v>839</v>
       </c>
       <c r="E360" s="16">
         <v>212</v>
       </c>
       <c r="F360" s="17">
         <v>0.25268176400476999</v>
       </c>
       <c r="G360" s="16">
         <v>179</v>
       </c>
       <c r="H360" s="16">
         <v>49</v>
       </c>
       <c r="I360" s="18">
         <v>0.27374301675978002</v>
       </c>
     </row>
-    <row r="361" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A361" s="14">
         <v>2018</v>
       </c>
       <c r="B361" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C361" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D361" s="16">
         <v>5</v>
       </c>
       <c r="E361" s="16">
         <v>5</v>
       </c>
       <c r="F361" s="17">
         <v>1</v>
       </c>
       <c r="G361" s="16">
         <v>5</v>
       </c>
       <c r="H361" s="16">
         <v>2</v>
       </c>
       <c r="I361" s="18">
         <v>0.4</v>
       </c>
     </row>
-    <row r="362" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A362" s="14">
         <v>2018</v>
       </c>
       <c r="B362" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D362" s="16">
         <v>80</v>
       </c>
       <c r="E362" s="16">
         <v>44</v>
       </c>
       <c r="F362" s="17">
         <v>0.55000000000000004</v>
       </c>
       <c r="G362" s="16">
         <v>0</v>
       </c>
       <c r="H362" s="16">
         <v>0</v>
       </c>
-      <c r="I362" s="18" t="s">
-[...3 lines deleted...]
-    <row r="363" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I362" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A363" s="14">
         <v>2018</v>
       </c>
       <c r="B363" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C363" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D363" s="16">
         <v>71</v>
       </c>
       <c r="E363" s="16">
         <v>21</v>
       </c>
       <c r="F363" s="17">
         <v>0.29577464788732</v>
       </c>
       <c r="G363" s="16">
         <v>8</v>
       </c>
       <c r="H363" s="16">
         <v>0</v>
       </c>
       <c r="I363" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="364" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A364" s="14">
         <v>2018</v>
       </c>
       <c r="B364" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C364" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D364" s="16">
         <v>828</v>
       </c>
       <c r="E364" s="16">
         <v>168</v>
       </c>
       <c r="F364" s="17">
         <v>0.20289855072464</v>
       </c>
       <c r="G364" s="16">
         <v>260</v>
       </c>
       <c r="H364" s="16">
         <v>59</v>
       </c>
       <c r="I364" s="18">
         <v>0.22692307692308</v>
       </c>
     </row>
-    <row r="365" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A365" s="14">
         <v>2018</v>
       </c>
       <c r="B365" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C365" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D365" s="16">
         <v>6</v>
       </c>
       <c r="E365" s="16">
         <v>3</v>
       </c>
       <c r="F365" s="17">
         <v>0.5</v>
       </c>
       <c r="G365" s="16">
         <v>1</v>
       </c>
       <c r="H365" s="16">
         <v>1</v>
       </c>
       <c r="I365" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="366" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A366" s="14">
         <v>2018</v>
       </c>
       <c r="B366" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C366" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D366" s="16">
         <v>437</v>
       </c>
       <c r="E366" s="16">
         <v>123</v>
       </c>
       <c r="F366" s="17">
         <v>0.28146453089244999</v>
       </c>
       <c r="G366" s="16">
         <v>0</v>
       </c>
       <c r="H366" s="16">
         <v>0</v>
       </c>
-      <c r="I366" s="18" t="s">
-[...3 lines deleted...]
-    <row r="367" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I366" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="367" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A367" s="14">
         <v>2018</v>
       </c>
       <c r="B367" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C367" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D367" s="16">
         <v>382</v>
       </c>
       <c r="E367" s="16">
         <v>117</v>
       </c>
       <c r="F367" s="17">
         <v>0.30628272251309002</v>
       </c>
       <c r="G367" s="16">
         <v>1</v>
       </c>
       <c r="H367" s="16">
         <v>1</v>
       </c>
       <c r="I367" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="368" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A368" s="14">
         <v>2018</v>
       </c>
       <c r="B368" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C368" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D368" s="16">
         <v>3256</v>
       </c>
       <c r="E368" s="16">
         <v>657</v>
       </c>
       <c r="F368" s="17">
         <v>0.20178132678133001</v>
       </c>
       <c r="G368" s="16">
         <v>921</v>
       </c>
       <c r="H368" s="16">
         <v>186</v>
       </c>
       <c r="I368" s="18">
         <v>0.20195439739414001</v>
       </c>
     </row>
-    <row r="369" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A369" s="14">
         <v>2018</v>
       </c>
       <c r="B369" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C369" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D369" s="16">
         <v>42</v>
       </c>
       <c r="E369" s="16">
         <v>21</v>
       </c>
       <c r="F369" s="17">
         <v>0.5</v>
       </c>
       <c r="G369" s="16">
         <v>13</v>
       </c>
       <c r="H369" s="16">
         <v>8</v>
       </c>
       <c r="I369" s="18">
         <v>0.61538461538461997</v>
       </c>
     </row>
-    <row r="370" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A370" s="14">
         <v>2018</v>
       </c>
       <c r="B370" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C370" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D370" s="16">
         <v>92</v>
       </c>
       <c r="E370" s="16">
         <v>18</v>
       </c>
       <c r="F370" s="17">
         <v>0.19565217391303999</v>
       </c>
       <c r="G370" s="16">
         <v>0</v>
       </c>
       <c r="H370" s="16">
         <v>0</v>
       </c>
-      <c r="I370" s="18" t="s">
-[...3 lines deleted...]
-    <row r="371" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I370" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A371" s="14">
         <v>2018</v>
       </c>
       <c r="B371" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C371" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D371" s="16">
         <v>66</v>
       </c>
       <c r="E371" s="16">
         <v>17</v>
       </c>
       <c r="F371" s="17">
         <v>0.25757575757576001</v>
       </c>
       <c r="G371" s="16">
         <v>0</v>
       </c>
       <c r="H371" s="16">
         <v>0</v>
       </c>
-      <c r="I371" s="18" t="s">
-[...3 lines deleted...]
-    <row r="372" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I371" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A372" s="14">
         <v>2018</v>
       </c>
       <c r="B372" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C372" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D372" s="16">
         <v>1091</v>
       </c>
       <c r="E372" s="16">
         <v>210</v>
       </c>
       <c r="F372" s="17">
         <v>0.19248395967003001</v>
       </c>
       <c r="G372" s="16">
         <v>363</v>
       </c>
       <c r="H372" s="16">
         <v>72</v>
       </c>
       <c r="I372" s="18">
         <v>0.19834710743802</v>
       </c>
     </row>
-    <row r="373" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A373" s="14">
         <v>2018</v>
       </c>
       <c r="B373" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C373" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D373" s="16">
         <v>10</v>
       </c>
       <c r="E373" s="16">
         <v>6</v>
       </c>
       <c r="F373" s="17">
         <v>0.6</v>
       </c>
       <c r="G373" s="16">
         <v>2</v>
       </c>
       <c r="H373" s="16">
         <v>0</v>
       </c>
       <c r="I373" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="374" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A374" s="14">
         <v>2018</v>
       </c>
       <c r="B374" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C374" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D374" s="16">
         <v>708</v>
       </c>
       <c r="E374" s="16">
         <v>134</v>
       </c>
       <c r="F374" s="17">
         <v>0.18926553672315999</v>
       </c>
       <c r="G374" s="16">
         <v>0</v>
       </c>
       <c r="H374" s="16">
         <v>0</v>
       </c>
-      <c r="I374" s="18" t="s">
-[...3 lines deleted...]
-    <row r="375" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I374" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A375" s="14">
         <v>2018</v>
       </c>
       <c r="B375" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C375" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D375" s="16">
         <v>130</v>
       </c>
       <c r="E375" s="16">
         <v>35</v>
       </c>
       <c r="F375" s="17">
         <v>0.26923076923077</v>
       </c>
       <c r="G375" s="16">
         <v>8</v>
       </c>
       <c r="H375" s="16">
         <v>2</v>
       </c>
       <c r="I375" s="18">
         <v>0.25</v>
       </c>
     </row>
-    <row r="376" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A376" s="14">
         <v>2018</v>
       </c>
       <c r="B376" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C376" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D376" s="16">
         <v>4289</v>
       </c>
       <c r="E376" s="16">
         <v>1233</v>
       </c>
       <c r="F376" s="17">
         <v>0.28747959897412001</v>
       </c>
       <c r="G376" s="16">
         <v>736</v>
       </c>
       <c r="H376" s="16">
         <v>182</v>
       </c>
       <c r="I376" s="18">
         <v>0.24728260869565</v>
       </c>
     </row>
-    <row r="377" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A377" s="14">
         <v>2018</v>
       </c>
       <c r="B377" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C377" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D377" s="16">
         <v>95</v>
       </c>
       <c r="E377" s="16">
         <v>53</v>
       </c>
       <c r="F377" s="17">
         <v>0.55789473684211</v>
       </c>
       <c r="G377" s="16">
         <v>33</v>
       </c>
       <c r="H377" s="16">
         <v>18</v>
       </c>
       <c r="I377" s="18">
         <v>0.54545454545454997</v>
       </c>
     </row>
-    <row r="378" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A378" s="14">
         <v>2018</v>
       </c>
       <c r="B378" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C378" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D378" s="16">
         <v>481</v>
       </c>
       <c r="E378" s="16">
         <v>109</v>
       </c>
       <c r="F378" s="17">
         <v>0.22661122661123001</v>
       </c>
       <c r="G378" s="16">
         <v>0</v>
       </c>
       <c r="H378" s="16">
         <v>0</v>
       </c>
-      <c r="I378" s="18" t="s">
-[...3 lines deleted...]
-    <row r="379" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I378" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A379" s="14">
         <v>2018</v>
       </c>
       <c r="B379" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C379" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D379" s="16">
         <v>341</v>
       </c>
       <c r="E379" s="16">
         <v>100</v>
       </c>
       <c r="F379" s="17">
         <v>0.29325513196481001</v>
       </c>
       <c r="G379" s="16">
         <v>0</v>
       </c>
       <c r="H379" s="16">
         <v>0</v>
       </c>
-      <c r="I379" s="18" t="s">
-[...3 lines deleted...]
-    <row r="380" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I379" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A380" s="14">
         <v>2018</v>
       </c>
       <c r="B380" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C380" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D380" s="16">
         <v>2306</v>
       </c>
       <c r="E380" s="16">
         <v>497</v>
       </c>
       <c r="F380" s="17">
         <v>0.21552471812662999</v>
       </c>
       <c r="G380" s="16">
         <v>954</v>
       </c>
       <c r="H380" s="16">
         <v>196</v>
       </c>
       <c r="I380" s="18">
         <v>0.20545073375261999</v>
       </c>
     </row>
-    <row r="381" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A381" s="14">
         <v>2018</v>
       </c>
       <c r="B381" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C381" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D381" s="16">
         <v>21</v>
       </c>
       <c r="E381" s="16">
         <v>9</v>
       </c>
       <c r="F381" s="17">
         <v>0.42857142857142999</v>
       </c>
       <c r="G381" s="16">
         <v>13</v>
       </c>
       <c r="H381" s="16">
         <v>9</v>
       </c>
       <c r="I381" s="18">
         <v>0.69230769230768996</v>
       </c>
     </row>
-    <row r="382" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A382" s="14">
         <v>2018</v>
       </c>
       <c r="B382" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C382" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D382" s="16">
         <v>31</v>
       </c>
       <c r="E382" s="16">
         <v>5</v>
       </c>
       <c r="F382" s="17">
         <v>0.16129032258064999</v>
       </c>
       <c r="G382" s="16">
         <v>0</v>
       </c>
       <c r="H382" s="16">
         <v>0</v>
       </c>
-      <c r="I382" s="18" t="s">
-[...3 lines deleted...]
-    <row r="383" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I382" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A383" s="14">
         <v>2018</v>
       </c>
       <c r="B383" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C383" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D383" s="16">
         <v>14</v>
       </c>
       <c r="E383" s="16">
         <v>10</v>
       </c>
       <c r="F383" s="17">
         <v>0.71428571428570997</v>
       </c>
       <c r="G383" s="16">
         <v>0</v>
       </c>
       <c r="H383" s="16">
         <v>0</v>
       </c>
-      <c r="I383" s="18" t="s">
-[...3 lines deleted...]
-    <row r="384" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I383" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A384" s="14">
         <v>2018</v>
       </c>
       <c r="B384" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C384" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D384" s="16">
         <v>565</v>
       </c>
       <c r="E384" s="16">
         <v>63</v>
       </c>
       <c r="F384" s="17">
         <v>0.11150442477876001</v>
       </c>
       <c r="G384" s="16">
         <v>212</v>
       </c>
       <c r="H384" s="16">
         <v>34</v>
       </c>
       <c r="I384" s="18">
         <v>0.16037735849057</v>
       </c>
     </row>
-    <row r="385" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A385" s="14">
         <v>2018</v>
       </c>
       <c r="B385" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C385" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D385" s="16">
         <v>587</v>
       </c>
       <c r="E385" s="16">
         <v>140</v>
       </c>
       <c r="F385" s="17">
         <v>0.23850085178875999</v>
       </c>
       <c r="G385" s="16">
         <v>0</v>
       </c>
       <c r="H385" s="16">
         <v>0</v>
       </c>
-      <c r="I385" s="18" t="s">
-[...3 lines deleted...]
-    <row r="386" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I385" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A386" s="14">
         <v>2018</v>
       </c>
       <c r="B386" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C386" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D386" s="16">
         <v>225</v>
       </c>
       <c r="E386" s="16">
         <v>58</v>
       </c>
       <c r="F386" s="17">
         <v>0.25777777777777999</v>
       </c>
       <c r="G386" s="16">
         <v>0</v>
       </c>
       <c r="H386" s="16">
         <v>0</v>
       </c>
-      <c r="I386" s="18" t="s">
-[...3 lines deleted...]
-    <row r="387" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I386" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="387" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A387" s="14">
         <v>2018</v>
       </c>
       <c r="B387" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C387" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D387" s="16">
         <v>4244</v>
       </c>
       <c r="E387" s="16">
         <v>906</v>
       </c>
       <c r="F387" s="17">
         <v>0.21347785108388001</v>
       </c>
       <c r="G387" s="16">
         <v>1400</v>
       </c>
       <c r="H387" s="16">
         <v>327</v>
       </c>
       <c r="I387" s="18">
         <v>0.23357142857143001</v>
       </c>
     </row>
-    <row r="388" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A388" s="14">
         <v>2018</v>
       </c>
       <c r="B388" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C388" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D388" s="16">
         <v>25</v>
       </c>
       <c r="E388" s="16">
         <v>7</v>
       </c>
       <c r="F388" s="17">
         <v>0.28000000000000003</v>
       </c>
       <c r="G388" s="16">
         <v>21</v>
       </c>
       <c r="H388" s="16">
         <v>5</v>
       </c>
       <c r="I388" s="18">
         <v>0.23809523809524</v>
       </c>
     </row>
-    <row r="389" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A389" s="14">
         <v>2018</v>
       </c>
       <c r="B389" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C389" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D389" s="16">
         <v>43</v>
       </c>
       <c r="E389" s="16">
         <v>15</v>
       </c>
       <c r="F389" s="17">
         <v>0.34883720930232998</v>
       </c>
       <c r="G389" s="16">
         <v>0</v>
       </c>
       <c r="H389" s="16">
         <v>0</v>
       </c>
-      <c r="I389" s="18" t="s">
-[...3 lines deleted...]
-    <row r="390" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I389" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="390" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A390" s="14">
         <v>2018</v>
       </c>
       <c r="B390" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C390" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D390" s="16">
         <v>35</v>
       </c>
       <c r="E390" s="16">
         <v>13</v>
       </c>
       <c r="F390" s="17">
         <v>0.37142857142857</v>
       </c>
       <c r="G390" s="16">
         <v>0</v>
       </c>
       <c r="H390" s="16">
         <v>0</v>
       </c>
-      <c r="I390" s="18" t="s">
-[...3 lines deleted...]
-    <row r="391" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I390" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A391" s="14">
         <v>2018</v>
       </c>
       <c r="B391" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C391" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D391" s="16">
         <v>609</v>
       </c>
       <c r="E391" s="16">
         <v>69</v>
       </c>
       <c r="F391" s="17">
         <v>0.11330049261084001</v>
       </c>
       <c r="G391" s="16">
         <v>224</v>
       </c>
       <c r="H391" s="16">
         <v>26</v>
       </c>
       <c r="I391" s="18">
         <v>0.11607142857143</v>
       </c>
     </row>
-    <row r="392" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A392" s="14">
         <v>2018</v>
       </c>
       <c r="B392" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C392" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D392" s="16">
         <v>2</v>
       </c>
       <c r="E392" s="16">
         <v>1</v>
       </c>
       <c r="F392" s="17">
         <v>0.5</v>
       </c>
       <c r="G392" s="16">
         <v>6</v>
       </c>
       <c r="H392" s="16">
         <v>2</v>
       </c>
       <c r="I392" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="393" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="393" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A393" s="14">
         <v>2018</v>
       </c>
       <c r="B393" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C393" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D393" s="16">
         <v>6</v>
       </c>
       <c r="E393" s="16">
         <v>2</v>
       </c>
       <c r="F393" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G393" s="16">
         <v>0</v>
       </c>
       <c r="H393" s="16">
         <v>0</v>
       </c>
-      <c r="I393" s="18" t="s">
-[...3 lines deleted...]
-    <row r="394" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I393" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="394" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A394" s="14">
         <v>2018</v>
       </c>
       <c r="B394" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C394" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D394" s="16">
         <v>27</v>
       </c>
       <c r="E394" s="16">
         <v>6</v>
       </c>
       <c r="F394" s="17">
         <v>0.22222222222221999</v>
       </c>
       <c r="G394" s="16">
         <v>0</v>
       </c>
       <c r="H394" s="16">
         <v>0</v>
       </c>
-      <c r="I394" s="18" t="s">
-[...3 lines deleted...]
-    <row r="395" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I394" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="395" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A395" s="14">
         <v>2018</v>
       </c>
       <c r="B395" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C395" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D395" s="16">
         <v>181</v>
       </c>
       <c r="E395" s="16">
         <v>30</v>
       </c>
       <c r="F395" s="17">
         <v>0.16574585635358999</v>
       </c>
       <c r="G395" s="16">
         <v>54</v>
       </c>
       <c r="H395" s="16">
         <v>9</v>
       </c>
       <c r="I395" s="18">
         <v>0.16666666666666999</v>
       </c>
     </row>
-    <row r="396" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A396" s="14">
         <v>2018</v>
       </c>
       <c r="B396" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C396" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D396" s="16">
         <v>6</v>
       </c>
       <c r="E396" s="16">
         <v>3</v>
       </c>
       <c r="F396" s="17">
         <v>0.5</v>
       </c>
       <c r="G396" s="16">
         <v>0</v>
       </c>
       <c r="H396" s="16">
         <v>0</v>
       </c>
-      <c r="I396" s="18" t="s">
-[...3 lines deleted...]
-    <row r="397" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I396" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="397" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A397" s="14">
         <v>2018</v>
       </c>
       <c r="B397" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C397" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D397" s="16">
         <v>15</v>
       </c>
       <c r="E397" s="16">
         <v>7</v>
       </c>
       <c r="F397" s="17">
         <v>0.46666666666667</v>
       </c>
       <c r="G397" s="16">
         <v>0</v>
       </c>
       <c r="H397" s="16">
         <v>0</v>
       </c>
-      <c r="I397" s="18" t="s">
-[...3 lines deleted...]
-    <row r="398" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I397" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A398" s="14">
         <v>2018</v>
       </c>
       <c r="B398" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C398" s="15" t="s">
         <v>24</v>
       </c>
       <c r="D398" s="16">
         <v>1406</v>
       </c>
       <c r="E398" s="16">
         <v>163</v>
       </c>
       <c r="F398" s="17">
         <v>0.11593172119488</v>
       </c>
       <c r="G398" s="16">
         <v>106</v>
       </c>
       <c r="H398" s="16">
         <v>17</v>
       </c>
       <c r="I398" s="18">
         <v>0.16037735849057</v>
       </c>
     </row>
-    <row r="399" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="399" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A399" s="14">
         <v>2018</v>
       </c>
       <c r="B399" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C399" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D399" s="16">
         <v>12</v>
       </c>
       <c r="E399" s="16">
         <v>5</v>
       </c>
       <c r="F399" s="17">
         <v>0.41666666666667002</v>
       </c>
       <c r="G399" s="16">
         <v>3</v>
       </c>
       <c r="H399" s="16">
         <v>1</v>
       </c>
       <c r="I399" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="400" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A400" s="19">
         <v>2018</v>
       </c>
       <c r="B400" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C400" s="23" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D400" s="20">
         <v>5851</v>
       </c>
       <c r="E400" s="20">
         <v>1493</v>
       </c>
       <c r="F400" s="21">
         <v>0.25517005640062002</v>
       </c>
       <c r="G400" s="20">
         <v>0</v>
       </c>
       <c r="H400" s="20">
         <v>0</v>
       </c>
-      <c r="I400" s="22" t="s">
-[...3 lines deleted...]
-    <row r="401" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I400" s="22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="401" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A401" s="19">
         <v>2018</v>
       </c>
       <c r="B401" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C401" s="23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D401" s="20">
         <v>3941</v>
       </c>
       <c r="E401" s="20">
         <v>1152</v>
       </c>
       <c r="F401" s="21">
         <v>0.29231159604161</v>
       </c>
       <c r="G401" s="20">
         <v>44</v>
       </c>
       <c r="H401" s="20">
         <v>23</v>
       </c>
       <c r="I401" s="22">
         <v>0.52272727272727004</v>
       </c>
     </row>
-    <row r="402" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="402" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A402" s="19">
         <v>2018</v>
       </c>
       <c r="B402" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C402" s="23" t="s">
         <v>24</v>
       </c>
       <c r="D402" s="20">
         <v>52930</v>
       </c>
       <c r="E402" s="20">
         <v>10423</v>
       </c>
       <c r="F402" s="21">
         <v>0.19692046098620999</v>
       </c>
       <c r="G402" s="20">
         <v>16294</v>
       </c>
       <c r="H402" s="20">
         <v>3292</v>
       </c>
       <c r="I402" s="22">
         <v>0.20203755983798</v>
       </c>
     </row>
-    <row r="403" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A403" s="19">
         <v>2018</v>
       </c>
       <c r="B403" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C403" s="23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D403" s="20">
         <v>440</v>
       </c>
       <c r="E403" s="20">
         <v>233</v>
       </c>
       <c r="F403" s="21">
         <v>0.52954545454544999</v>
       </c>
       <c r="G403" s="20">
         <v>249</v>
       </c>
       <c r="H403" s="20">
         <v>123</v>
       </c>
       <c r="I403" s="22">
         <v>0.49397590361445998</v>
       </c>
     </row>
-    <row r="404" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A404" s="24">
         <v>2018</v>
       </c>
       <c r="B404" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C404" s="25"/>
       <c r="D404" s="26">
         <v>63162</v>
       </c>
       <c r="E404" s="26">
         <v>13301</v>
       </c>
       <c r="F404" s="27">
         <v>0.21058547861056001</v>
       </c>
       <c r="G404" s="26">
         <v>16587</v>
       </c>
       <c r="H404" s="26">
         <v>3438</v>
       </c>
       <c r="I404" s="28">
         <v>0.20727075420509999</v>
       </c>
     </row>
-    <row r="405" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A405" s="14">
         <v>2019</v>
       </c>
       <c r="B405" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C405" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D405" s="16">
         <v>75</v>
       </c>
       <c r="E405" s="16">
         <v>18</v>
       </c>
       <c r="F405" s="17">
         <v>0.24</v>
       </c>
       <c r="G405" s="16">
         <v>0</v>
       </c>
       <c r="H405" s="16">
         <v>0</v>
       </c>
-      <c r="I405" s="18" t="s">
-[...3 lines deleted...]
-    <row r="406" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I405" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A406" s="14">
         <v>2019</v>
       </c>
       <c r="B406" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C406" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D406" s="16">
         <v>87</v>
       </c>
       <c r="E406" s="16">
         <v>15</v>
       </c>
       <c r="F406" s="17">
         <v>0.17241379310345001</v>
       </c>
       <c r="G406" s="16">
         <v>59</v>
       </c>
       <c r="H406" s="16">
         <v>19</v>
       </c>
       <c r="I406" s="18">
         <v>0.32203389830508</v>
       </c>
     </row>
-    <row r="407" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A407" s="14">
         <v>2019</v>
       </c>
       <c r="B407" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C407" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D407" s="16">
         <v>8</v>
       </c>
       <c r="E407" s="16">
         <v>8</v>
       </c>
       <c r="F407" s="17">
         <v>1</v>
       </c>
       <c r="G407" s="16">
         <v>3</v>
       </c>
       <c r="H407" s="16">
         <v>3</v>
       </c>
       <c r="I407" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="408" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A408" s="14">
         <v>2019</v>
       </c>
       <c r="B408" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C408" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D408" s="16">
         <v>270</v>
       </c>
       <c r="E408" s="16">
         <v>60</v>
       </c>
       <c r="F408" s="17">
         <v>0.22222222222221999</v>
       </c>
       <c r="G408" s="16">
         <v>114</v>
       </c>
       <c r="H408" s="16">
         <v>25</v>
       </c>
       <c r="I408" s="18">
         <v>0.21929824561403999</v>
       </c>
     </row>
-    <row r="409" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A409" s="14">
         <v>2019</v>
       </c>
       <c r="B409" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C409" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D409" s="16">
         <v>7</v>
       </c>
       <c r="E409" s="16">
         <v>7</v>
       </c>
       <c r="F409" s="17">
         <v>1</v>
       </c>
       <c r="G409" s="16">
         <v>2</v>
       </c>
       <c r="H409" s="16">
         <v>2</v>
       </c>
       <c r="I409" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="410" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A410" s="14">
         <v>2019</v>
       </c>
       <c r="B410" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C410" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D410" s="16">
         <v>20</v>
       </c>
       <c r="E410" s="16">
         <v>10</v>
       </c>
       <c r="F410" s="17">
         <v>0.5</v>
       </c>
       <c r="G410" s="16">
         <v>0</v>
       </c>
       <c r="H410" s="16">
         <v>0</v>
       </c>
-      <c r="I410" s="18" t="s">
-[...3 lines deleted...]
-    <row r="411" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I410" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="411" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A411" s="14">
         <v>2019</v>
       </c>
       <c r="B411" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C411" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D411" s="16">
         <v>20</v>
       </c>
       <c r="E411" s="16">
         <v>8</v>
       </c>
       <c r="F411" s="17">
         <v>0.4</v>
       </c>
       <c r="G411" s="16">
         <v>0</v>
       </c>
       <c r="H411" s="16">
         <v>0</v>
       </c>
-      <c r="I411" s="18" t="s">
-[...3 lines deleted...]
-    <row r="412" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I411" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="412" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A412" s="14">
         <v>2019</v>
       </c>
       <c r="B412" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C412" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D412" s="16">
         <v>380</v>
       </c>
       <c r="E412" s="16">
         <v>56</v>
       </c>
       <c r="F412" s="17">
         <v>0.14736842105263001</v>
       </c>
       <c r="G412" s="16">
         <v>162</v>
       </c>
       <c r="H412" s="16">
         <v>26</v>
       </c>
       <c r="I412" s="18">
         <v>0.16049382716048999</v>
       </c>
     </row>
-    <row r="413" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A413" s="14">
         <v>2019</v>
       </c>
       <c r="B413" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C413" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D413" s="16">
         <v>0</v>
       </c>
       <c r="E413" s="16">
         <v>0</v>
       </c>
       <c r="F413" s="18">
         <v>0</v>
       </c>
       <c r="G413" s="16">
         <v>3</v>
       </c>
       <c r="H413" s="16">
         <v>2</v>
       </c>
       <c r="I413" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="414" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A414" s="14">
         <v>2019</v>
       </c>
       <c r="B414" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C414" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D414" s="16">
         <v>971</v>
       </c>
       <c r="E414" s="16">
         <v>262</v>
       </c>
       <c r="F414" s="17">
         <v>0.26982492276004</v>
       </c>
       <c r="G414" s="16">
         <v>0</v>
       </c>
       <c r="H414" s="16">
         <v>0</v>
       </c>
-      <c r="I414" s="18" t="s">
-[...3 lines deleted...]
-    <row r="415" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I414" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A415" s="14">
         <v>2019</v>
       </c>
       <c r="B415" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C415" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D415" s="16">
         <v>530</v>
       </c>
       <c r="E415" s="16">
         <v>92</v>
       </c>
       <c r="F415" s="17">
         <v>0.17358490566038001</v>
       </c>
       <c r="G415" s="16">
         <v>4</v>
       </c>
       <c r="H415" s="16">
         <v>3</v>
       </c>
       <c r="I415" s="18">
         <v>0.75</v>
       </c>
     </row>
-    <row r="416" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A416" s="14">
         <v>2019</v>
       </c>
       <c r="B416" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C416" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D416" s="16">
         <v>8880</v>
       </c>
       <c r="E416" s="16">
         <v>1104</v>
       </c>
       <c r="F416" s="17">
         <v>0.12432432432432</v>
       </c>
       <c r="G416" s="16">
         <v>3723</v>
       </c>
       <c r="H416" s="16">
         <v>526</v>
       </c>
       <c r="I416" s="18">
         <v>0.14128391082460001</v>
       </c>
     </row>
-    <row r="417" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A417" s="14">
         <v>2019</v>
       </c>
       <c r="B417" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C417" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D417" s="16">
         <v>26</v>
       </c>
       <c r="E417" s="16">
         <v>11</v>
       </c>
       <c r="F417" s="17">
         <v>0.42307692307692002</v>
       </c>
       <c r="G417" s="16">
         <v>34</v>
       </c>
       <c r="H417" s="16">
         <v>22</v>
       </c>
       <c r="I417" s="18">
         <v>0.64705882352941002</v>
       </c>
     </row>
-    <row r="418" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A418" s="14">
         <v>2019</v>
       </c>
       <c r="B418" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C418" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D418" s="16">
         <v>166</v>
       </c>
       <c r="E418" s="16">
         <v>41</v>
       </c>
       <c r="F418" s="17">
         <v>0.24698795180722999</v>
       </c>
       <c r="G418" s="16">
         <v>0</v>
       </c>
       <c r="H418" s="16">
         <v>0</v>
       </c>
-      <c r="I418" s="18" t="s">
-[...3 lines deleted...]
-    <row r="419" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I418" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="419" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A419" s="14">
         <v>2019</v>
       </c>
       <c r="B419" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C419" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D419" s="16">
         <v>64</v>
       </c>
       <c r="E419" s="16">
         <v>25</v>
       </c>
       <c r="F419" s="17">
         <v>0.390625</v>
       </c>
       <c r="G419" s="16">
         <v>0</v>
       </c>
       <c r="H419" s="16">
         <v>0</v>
       </c>
-      <c r="I419" s="18" t="s">
-[...3 lines deleted...]
-    <row r="420" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I419" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="420" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A420" s="14">
         <v>2019</v>
       </c>
       <c r="B420" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C420" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D420" s="16">
         <v>1234</v>
       </c>
       <c r="E420" s="16">
         <v>334</v>
       </c>
       <c r="F420" s="17">
         <v>0.27066450567261002</v>
       </c>
       <c r="G420" s="16">
         <v>306</v>
       </c>
       <c r="H420" s="16">
         <v>74</v>
       </c>
       <c r="I420" s="18">
         <v>0.24183006535948001</v>
       </c>
     </row>
-    <row r="421" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A421" s="14">
         <v>2019</v>
       </c>
       <c r="B421" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C421" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D421" s="16">
         <v>11</v>
       </c>
       <c r="E421" s="16">
         <v>6</v>
       </c>
       <c r="F421" s="17">
         <v>0.54545454545454997</v>
       </c>
       <c r="G421" s="16">
         <v>2</v>
       </c>
       <c r="H421" s="16">
         <v>2</v>
       </c>
       <c r="I421" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="422" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="422" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A422" s="14">
         <v>2019</v>
       </c>
       <c r="B422" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C422" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D422" s="16">
         <v>28</v>
       </c>
       <c r="E422" s="16">
         <v>5</v>
       </c>
       <c r="F422" s="17">
         <v>0.17857142857142999</v>
       </c>
       <c r="G422" s="16">
         <v>0</v>
       </c>
       <c r="H422" s="16">
         <v>0</v>
       </c>
-      <c r="I422" s="18" t="s">
-[...3 lines deleted...]
-    <row r="423" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I422" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="423" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A423" s="14">
         <v>2019</v>
       </c>
       <c r="B423" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C423" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D423" s="16">
         <v>24</v>
       </c>
       <c r="E423" s="16">
         <v>13</v>
       </c>
       <c r="F423" s="17">
         <v>0.54166666666666996</v>
       </c>
       <c r="G423" s="16">
         <v>0</v>
       </c>
       <c r="H423" s="16">
         <v>0</v>
       </c>
-      <c r="I423" s="18" t="s">
-[...3 lines deleted...]
-    <row r="424" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I423" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="424" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A424" s="14">
         <v>2019</v>
       </c>
       <c r="B424" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C424" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D424" s="16">
         <v>390</v>
       </c>
       <c r="E424" s="16">
         <v>73</v>
       </c>
       <c r="F424" s="17">
         <v>0.18717948717949001</v>
       </c>
       <c r="G424" s="16">
         <v>117</v>
       </c>
       <c r="H424" s="16">
         <v>35</v>
       </c>
       <c r="I424" s="18">
         <v>0.29914529914530003</v>
       </c>
     </row>
-    <row r="425" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="425" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A425" s="14">
         <v>2019</v>
       </c>
       <c r="B425" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C425" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D425" s="16">
         <v>0</v>
       </c>
       <c r="E425" s="16">
         <v>0</v>
       </c>
       <c r="F425" s="18">
         <v>0</v>
       </c>
       <c r="G425" s="16">
         <v>2</v>
       </c>
       <c r="H425" s="16">
         <v>1</v>
       </c>
       <c r="I425" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="426" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="426" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A426" s="14">
         <v>2019</v>
       </c>
       <c r="B426" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C426" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D426" s="16">
         <v>568</v>
       </c>
       <c r="E426" s="16">
         <v>214</v>
       </c>
       <c r="F426" s="17">
         <v>0.37676056338028002</v>
       </c>
       <c r="G426" s="16">
         <v>0</v>
       </c>
       <c r="H426" s="16">
         <v>0</v>
       </c>
-      <c r="I426" s="18" t="s">
-[...3 lines deleted...]
-    <row r="427" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I426" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="427" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A427" s="14">
         <v>2019</v>
       </c>
       <c r="B427" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C427" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D427" s="16">
         <v>514</v>
       </c>
       <c r="E427" s="16">
         <v>192</v>
       </c>
       <c r="F427" s="17">
         <v>0.37354085603113002</v>
       </c>
       <c r="G427" s="16">
         <v>0</v>
       </c>
       <c r="H427" s="16">
         <v>0</v>
       </c>
-      <c r="I427" s="18" t="s">
-[...3 lines deleted...]
-    <row r="428" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I427" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="428" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A428" s="14">
         <v>2019</v>
       </c>
       <c r="B428" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C428" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D428" s="16">
         <v>4130</v>
       </c>
       <c r="E428" s="16">
         <v>869</v>
       </c>
       <c r="F428" s="17">
         <v>0.21041162227603</v>
       </c>
       <c r="G428" s="16">
         <v>1477</v>
       </c>
       <c r="H428" s="16">
         <v>342</v>
       </c>
       <c r="I428" s="18">
         <v>0.23155044008125</v>
       </c>
     </row>
-    <row r="429" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A429" s="14">
         <v>2019</v>
       </c>
       <c r="B429" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C429" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D429" s="16">
         <v>52</v>
       </c>
       <c r="E429" s="16">
         <v>24</v>
       </c>
       <c r="F429" s="17">
         <v>0.46153846153846001</v>
       </c>
       <c r="G429" s="16">
         <v>36</v>
       </c>
       <c r="H429" s="16">
         <v>19</v>
       </c>
       <c r="I429" s="18">
         <v>0.52777777777778001</v>
       </c>
     </row>
-    <row r="430" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="430" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A430" s="14">
         <v>2019</v>
       </c>
       <c r="B430" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C430" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D430" s="16">
         <v>300</v>
       </c>
       <c r="E430" s="16">
         <v>83</v>
       </c>
       <c r="F430" s="17">
         <v>0.27666666666667</v>
       </c>
       <c r="G430" s="16">
         <v>0</v>
       </c>
       <c r="H430" s="16">
         <v>0</v>
       </c>
-      <c r="I430" s="18" t="s">
-[...3 lines deleted...]
-    <row r="431" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I430" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="431" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A431" s="14">
         <v>2019</v>
       </c>
       <c r="B431" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C431" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D431" s="16">
         <v>329</v>
       </c>
       <c r="E431" s="16">
         <v>99</v>
       </c>
       <c r="F431" s="17">
         <v>0.30091185410333998</v>
       </c>
       <c r="G431" s="16">
         <v>0</v>
       </c>
       <c r="H431" s="16">
         <v>0</v>
       </c>
-      <c r="I431" s="18" t="s">
-[...3 lines deleted...]
-    <row r="432" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I431" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="432" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A432" s="14">
         <v>2019</v>
       </c>
       <c r="B432" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C432" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D432" s="16">
         <v>3367</v>
       </c>
       <c r="E432" s="16">
         <v>809</v>
       </c>
       <c r="F432" s="17">
         <v>0.24027324027324001</v>
       </c>
       <c r="G432" s="16">
         <v>1166</v>
       </c>
       <c r="H432" s="16">
         <v>328</v>
       </c>
       <c r="I432" s="18">
         <v>0.28130360205832</v>
       </c>
     </row>
-    <row r="433" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A433" s="14">
         <v>2019</v>
       </c>
       <c r="B433" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C433" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D433" s="16">
         <v>12</v>
       </c>
       <c r="E433" s="16">
         <v>6</v>
       </c>
       <c r="F433" s="17">
         <v>0.5</v>
       </c>
       <c r="G433" s="16">
         <v>12</v>
       </c>
       <c r="H433" s="16">
         <v>5</v>
       </c>
       <c r="I433" s="18">
         <v>0.41666666666667002</v>
       </c>
     </row>
-    <row r="434" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A434" s="14">
         <v>2019</v>
       </c>
       <c r="B434" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C434" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D434" s="16">
         <v>101</v>
       </c>
       <c r="E434" s="16">
         <v>44</v>
       </c>
       <c r="F434" s="17">
         <v>0.43564356435644003</v>
       </c>
       <c r="G434" s="16">
         <v>0</v>
       </c>
       <c r="H434" s="16">
         <v>0</v>
       </c>
-      <c r="I434" s="18" t="s">
-[...3 lines deleted...]
-    <row r="435" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I434" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="435" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A435" s="14">
         <v>2019</v>
       </c>
       <c r="B435" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C435" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D435" s="16">
         <v>82</v>
       </c>
       <c r="E435" s="16">
         <v>29</v>
       </c>
       <c r="F435" s="17">
         <v>0.35365853658537</v>
       </c>
       <c r="G435" s="16">
         <v>0</v>
       </c>
       <c r="H435" s="16">
         <v>0</v>
       </c>
-      <c r="I435" s="18" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I435" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="436" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A436" s="14">
         <v>2019</v>
       </c>
       <c r="B436" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C436" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D436" s="16">
         <v>713</v>
       </c>
       <c r="E436" s="16">
         <v>147</v>
       </c>
       <c r="F436" s="17">
         <v>0.20617110799439001</v>
       </c>
       <c r="G436" s="16">
         <v>204</v>
       </c>
       <c r="H436" s="16">
         <v>40</v>
       </c>
       <c r="I436" s="18">
         <v>0.19607843137254999</v>
       </c>
     </row>
-    <row r="437" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A437" s="14">
         <v>2019</v>
       </c>
       <c r="B437" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C437" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D437" s="16">
         <v>4</v>
       </c>
       <c r="E437" s="16">
         <v>4</v>
       </c>
       <c r="F437" s="17">
         <v>1</v>
       </c>
       <c r="G437" s="16">
         <v>3</v>
       </c>
       <c r="H437" s="16">
         <v>2</v>
       </c>
       <c r="I437" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="438" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="438" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A438" s="14">
         <v>2019</v>
       </c>
       <c r="B438" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C438" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D438" s="16">
         <v>676</v>
       </c>
       <c r="E438" s="16">
         <v>125</v>
       </c>
       <c r="F438" s="17">
         <v>0.18491124260354999</v>
       </c>
       <c r="G438" s="16">
         <v>0</v>
       </c>
       <c r="H438" s="16">
         <v>0</v>
       </c>
-      <c r="I438" s="18" t="s">
-[...3 lines deleted...]
-    <row r="439" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I438" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="439" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A439" s="14">
         <v>2019</v>
       </c>
       <c r="B439" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C439" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D439" s="16">
         <v>299</v>
       </c>
       <c r="E439" s="16">
         <v>97</v>
       </c>
       <c r="F439" s="17">
         <v>0.32441471571906</v>
       </c>
       <c r="G439" s="16">
         <v>0</v>
       </c>
       <c r="H439" s="16">
         <v>0</v>
       </c>
-      <c r="I439" s="18" t="s">
-[...3 lines deleted...]
-    <row r="440" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I439" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A440" s="14">
         <v>2019</v>
       </c>
       <c r="B440" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C440" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D440" s="16">
         <v>6391</v>
       </c>
       <c r="E440" s="16">
         <v>1330</v>
       </c>
       <c r="F440" s="17">
         <v>0.20810514786418</v>
       </c>
       <c r="G440" s="16">
         <v>1628</v>
       </c>
       <c r="H440" s="16">
         <v>332</v>
       </c>
       <c r="I440" s="18">
         <v>0.20393120393120001</v>
       </c>
     </row>
-    <row r="441" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A441" s="14">
         <v>2019</v>
       </c>
       <c r="B441" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C441" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D441" s="16">
         <v>57</v>
       </c>
       <c r="E441" s="16">
         <v>27</v>
       </c>
       <c r="F441" s="17">
         <v>0.47368421052631998</v>
       </c>
       <c r="G441" s="16">
         <v>29</v>
       </c>
       <c r="H441" s="16">
         <v>17</v>
       </c>
       <c r="I441" s="18">
         <v>0.58620689655171998</v>
       </c>
     </row>
-    <row r="442" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A442" s="14">
         <v>2019</v>
       </c>
       <c r="B442" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C442" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D442" s="16">
         <v>154</v>
       </c>
       <c r="E442" s="16">
         <v>27</v>
       </c>
       <c r="F442" s="17">
         <v>0.17532467532467999</v>
       </c>
       <c r="G442" s="16">
         <v>0</v>
       </c>
       <c r="H442" s="16">
         <v>0</v>
       </c>
-      <c r="I442" s="18" t="s">
-[...3 lines deleted...]
-    <row r="443" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I442" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="443" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A443" s="14">
         <v>2019</v>
       </c>
       <c r="B443" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C443" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D443" s="16">
         <v>103</v>
       </c>
       <c r="E443" s="16">
         <v>32</v>
       </c>
       <c r="F443" s="17">
         <v>0.31067961165049002</v>
       </c>
       <c r="G443" s="16">
         <v>0</v>
       </c>
       <c r="H443" s="16">
         <v>0</v>
       </c>
-      <c r="I443" s="18" t="s">
-[...3 lines deleted...]
-    <row r="444" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I443" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="444" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A444" s="14">
         <v>2019</v>
       </c>
       <c r="B444" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C444" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D444" s="16">
         <v>1569</v>
       </c>
       <c r="E444" s="16">
         <v>288</v>
       </c>
       <c r="F444" s="17">
         <v>0.18355640535373</v>
       </c>
       <c r="G444" s="16">
         <v>476</v>
       </c>
       <c r="H444" s="16">
         <v>76</v>
       </c>
       <c r="I444" s="18">
         <v>0.15966386554622</v>
       </c>
     </row>
-    <row r="445" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A445" s="14">
         <v>2019</v>
       </c>
       <c r="B445" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C445" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D445" s="16">
         <v>17</v>
       </c>
       <c r="E445" s="16">
         <v>8</v>
       </c>
       <c r="F445" s="17">
         <v>0.47058823529412003</v>
       </c>
       <c r="G445" s="16">
         <v>7</v>
       </c>
       <c r="H445" s="16">
         <v>3</v>
       </c>
       <c r="I445" s="18">
         <v>0.42857142857142999</v>
       </c>
     </row>
-    <row r="446" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A446" s="14">
         <v>2019</v>
       </c>
       <c r="B446" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C446" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D446" s="16">
         <v>45</v>
       </c>
       <c r="E446" s="16">
         <v>4</v>
       </c>
       <c r="F446" s="17">
         <v>8.8888888888890003E-2</v>
       </c>
       <c r="G446" s="16">
         <v>0</v>
       </c>
       <c r="H446" s="16">
         <v>0</v>
       </c>
-      <c r="I446" s="18" t="s">
-[...3 lines deleted...]
-    <row r="447" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I446" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="447" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A447" s="14">
         <v>2019</v>
       </c>
       <c r="B447" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C447" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D447" s="16">
         <v>41</v>
       </c>
       <c r="E447" s="16">
         <v>12</v>
       </c>
       <c r="F447" s="17">
         <v>0.29268292682927</v>
       </c>
       <c r="G447" s="16">
         <v>0</v>
       </c>
       <c r="H447" s="16">
         <v>0</v>
       </c>
-      <c r="I447" s="18" t="s">
-[...3 lines deleted...]
-    <row r="448" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I447" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="448" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A448" s="14">
         <v>2019</v>
       </c>
       <c r="B448" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C448" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D448" s="16">
         <v>1207</v>
       </c>
       <c r="E448" s="16">
         <v>224</v>
       </c>
       <c r="F448" s="17">
         <v>0.18558409279204999</v>
       </c>
       <c r="G448" s="16">
         <v>408</v>
       </c>
       <c r="H448" s="16">
         <v>83</v>
       </c>
       <c r="I448" s="18">
         <v>0.20343137254902</v>
       </c>
     </row>
-    <row r="449" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="449" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A449" s="14">
         <v>2019</v>
       </c>
       <c r="B449" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C449" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D449" s="16">
         <v>21</v>
       </c>
       <c r="E449" s="16">
         <v>5</v>
       </c>
       <c r="F449" s="17">
         <v>0.23809523809524</v>
       </c>
       <c r="G449" s="16">
         <v>12</v>
       </c>
       <c r="H449" s="16">
         <v>6</v>
       </c>
       <c r="I449" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="450" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A450" s="14">
         <v>2019</v>
       </c>
       <c r="B450" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C450" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D450" s="16">
         <v>350</v>
       </c>
       <c r="E450" s="16">
         <v>112</v>
       </c>
       <c r="F450" s="17">
         <v>0.32</v>
       </c>
       <c r="G450" s="16">
         <v>0</v>
       </c>
       <c r="H450" s="16">
         <v>0</v>
       </c>
-      <c r="I450" s="18" t="s">
-[...3 lines deleted...]
-    <row r="451" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I450" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="451" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A451" s="14">
         <v>2019</v>
       </c>
       <c r="B451" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C451" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D451" s="16">
         <v>176</v>
       </c>
       <c r="E451" s="16">
         <v>64</v>
       </c>
       <c r="F451" s="17">
         <v>0.36363636363635998</v>
       </c>
       <c r="G451" s="16">
         <v>0</v>
       </c>
       <c r="H451" s="16">
         <v>0</v>
       </c>
-      <c r="I451" s="18" t="s">
-[...3 lines deleted...]
-    <row r="452" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I451" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="452" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A452" s="14">
         <v>2019</v>
       </c>
       <c r="B452" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C452" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D452" s="16">
         <v>2605</v>
       </c>
       <c r="E452" s="16">
         <v>485</v>
       </c>
       <c r="F452" s="17">
         <v>0.18618042226487999</v>
       </c>
       <c r="G452" s="16">
         <v>837</v>
       </c>
       <c r="H452" s="16">
         <v>178</v>
       </c>
       <c r="I452" s="18">
         <v>0.21266427718041001</v>
       </c>
     </row>
-    <row r="453" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="453" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A453" s="14">
         <v>2019</v>
       </c>
       <c r="B453" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C453" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D453" s="16">
         <v>27</v>
       </c>
       <c r="E453" s="16">
         <v>13</v>
       </c>
       <c r="F453" s="17">
         <v>0.48148148148148001</v>
       </c>
       <c r="G453" s="16">
         <v>11</v>
       </c>
       <c r="H453" s="16">
         <v>3</v>
       </c>
       <c r="I453" s="18">
         <v>0.27272727272726999</v>
       </c>
     </row>
-    <row r="454" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A454" s="14">
         <v>2019</v>
       </c>
       <c r="B454" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C454" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D454" s="16">
         <v>177</v>
       </c>
       <c r="E454" s="16">
         <v>46</v>
       </c>
       <c r="F454" s="17">
         <v>0.25988700564972</v>
       </c>
       <c r="G454" s="16">
         <v>0</v>
       </c>
       <c r="H454" s="16">
         <v>0</v>
       </c>
-      <c r="I454" s="18" t="s">
-[...3 lines deleted...]
-    <row r="455" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I454" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="455" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A455" s="14">
         <v>2019</v>
       </c>
       <c r="B455" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C455" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D455" s="16">
         <v>189</v>
       </c>
       <c r="E455" s="16">
         <v>60</v>
       </c>
       <c r="F455" s="17">
         <v>0.31746031746032</v>
       </c>
       <c r="G455" s="16">
         <v>0</v>
       </c>
       <c r="H455" s="16">
         <v>0</v>
       </c>
-      <c r="I455" s="18" t="s">
-[...3 lines deleted...]
-    <row r="456" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I455" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="456" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A456" s="14">
         <v>2019</v>
       </c>
       <c r="B456" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C456" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D456" s="16">
         <v>2015</v>
       </c>
       <c r="E456" s="16">
         <v>371</v>
       </c>
       <c r="F456" s="17">
         <v>0.18411910669975001</v>
       </c>
       <c r="G456" s="16">
         <v>847</v>
       </c>
       <c r="H456" s="16">
         <v>195</v>
       </c>
       <c r="I456" s="18">
         <v>0.23022432113340999</v>
       </c>
     </row>
-    <row r="457" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A457" s="14">
         <v>2019</v>
       </c>
       <c r="B457" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C457" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D457" s="16">
         <v>13</v>
       </c>
       <c r="E457" s="16">
         <v>10</v>
       </c>
       <c r="F457" s="17">
         <v>0.76923076923077005</v>
       </c>
       <c r="G457" s="16">
         <v>5</v>
       </c>
       <c r="H457" s="16">
         <v>2</v>
       </c>
       <c r="I457" s="18">
         <v>0.4</v>
       </c>
     </row>
-    <row r="458" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A458" s="14">
         <v>2019</v>
       </c>
       <c r="B458" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C458" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D458" s="16">
         <v>172</v>
       </c>
       <c r="E458" s="16">
         <v>54</v>
       </c>
       <c r="F458" s="17">
         <v>0.31395348837208997</v>
       </c>
       <c r="G458" s="16">
         <v>0</v>
       </c>
       <c r="H458" s="16">
         <v>0</v>
       </c>
-      <c r="I458" s="18" t="s">
-[...3 lines deleted...]
-    <row r="459" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I458" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="459" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A459" s="14">
         <v>2019</v>
       </c>
       <c r="B459" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C459" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D459" s="16">
         <v>45</v>
       </c>
       <c r="E459" s="16">
         <v>14</v>
       </c>
       <c r="F459" s="17">
         <v>0.31111111111111001</v>
       </c>
       <c r="G459" s="16">
         <v>0</v>
       </c>
       <c r="H459" s="16">
         <v>0</v>
       </c>
-      <c r="I459" s="18" t="s">
-[...3 lines deleted...]
-    <row r="460" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I459" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="460" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A460" s="14">
         <v>2019</v>
       </c>
       <c r="B460" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C460" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D460" s="16">
         <v>781</v>
       </c>
       <c r="E460" s="16">
         <v>199</v>
       </c>
       <c r="F460" s="17">
         <v>0.25480153649168003</v>
       </c>
       <c r="G460" s="16">
         <v>179</v>
       </c>
       <c r="H460" s="16">
         <v>45</v>
       </c>
       <c r="I460" s="18">
         <v>0.25139664804468997</v>
       </c>
     </row>
-    <row r="461" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="461" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A461" s="14">
         <v>2019</v>
       </c>
       <c r="B461" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C461" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D461" s="16">
         <v>8</v>
       </c>
       <c r="E461" s="16">
         <v>5</v>
       </c>
       <c r="F461" s="17">
         <v>0.625</v>
       </c>
       <c r="G461" s="16">
         <v>2</v>
       </c>
       <c r="H461" s="16">
         <v>1</v>
       </c>
       <c r="I461" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="462" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="462" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A462" s="14">
         <v>2019</v>
       </c>
       <c r="B462" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C462" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D462" s="16">
         <v>72</v>
       </c>
       <c r="E462" s="16">
         <v>37</v>
       </c>
       <c r="F462" s="17">
         <v>0.51388888888888995</v>
       </c>
       <c r="G462" s="16">
         <v>0</v>
       </c>
       <c r="H462" s="16">
         <v>0</v>
       </c>
-      <c r="I462" s="18" t="s">
-[...3 lines deleted...]
-    <row r="463" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I462" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="463" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A463" s="14">
         <v>2019</v>
       </c>
       <c r="B463" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C463" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D463" s="16">
         <v>55</v>
       </c>
       <c r="E463" s="16">
         <v>19</v>
       </c>
       <c r="F463" s="17">
         <v>0.34545454545455001</v>
       </c>
       <c r="G463" s="16">
         <v>0</v>
       </c>
       <c r="H463" s="16">
         <v>0</v>
       </c>
-      <c r="I463" s="18" t="s">
-[...3 lines deleted...]
-    <row r="464" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I463" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="464" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A464" s="14">
         <v>2019</v>
       </c>
       <c r="B464" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C464" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D464" s="16">
         <v>746</v>
       </c>
       <c r="E464" s="16">
         <v>168</v>
       </c>
       <c r="F464" s="17">
         <v>0.22520107238605999</v>
       </c>
       <c r="G464" s="16">
         <v>234</v>
       </c>
       <c r="H464" s="16">
         <v>47</v>
       </c>
       <c r="I464" s="18">
         <v>0.2008547008547</v>
       </c>
     </row>
-    <row r="465" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A465" s="14">
         <v>2019</v>
       </c>
       <c r="B465" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C465" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D465" s="16">
         <v>440</v>
       </c>
       <c r="E465" s="16">
         <v>125</v>
       </c>
       <c r="F465" s="17">
         <v>0.28409090909091</v>
       </c>
       <c r="G465" s="16">
         <v>0</v>
       </c>
       <c r="H465" s="16">
         <v>0</v>
       </c>
-      <c r="I465" s="18" t="s">
-[...3 lines deleted...]
-    <row r="466" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I465" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="466" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A466" s="14">
         <v>2019</v>
       </c>
       <c r="B466" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C466" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D466" s="16">
         <v>393</v>
       </c>
       <c r="E466" s="16">
         <v>104</v>
       </c>
       <c r="F466" s="17">
         <v>0.26463104325699999</v>
       </c>
       <c r="G466" s="16">
         <v>3</v>
       </c>
       <c r="H466" s="16">
         <v>0</v>
       </c>
       <c r="I466" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="467" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A467" s="14">
         <v>2019</v>
       </c>
       <c r="B467" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C467" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D467" s="16">
         <v>3180</v>
       </c>
       <c r="E467" s="16">
         <v>655</v>
       </c>
       <c r="F467" s="17">
         <v>0.20597484276729999</v>
       </c>
       <c r="G467" s="16">
         <v>1126</v>
       </c>
       <c r="H467" s="16">
         <v>204</v>
       </c>
       <c r="I467" s="18">
         <v>0.18117229129663001</v>
       </c>
     </row>
-    <row r="468" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="468" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A468" s="14">
         <v>2019</v>
       </c>
       <c r="B468" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C468" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D468" s="16">
         <v>44</v>
       </c>
       <c r="E468" s="16">
         <v>23</v>
       </c>
       <c r="F468" s="17">
         <v>0.52272727272727004</v>
       </c>
       <c r="G468" s="16">
         <v>20</v>
       </c>
       <c r="H468" s="16">
         <v>7</v>
       </c>
       <c r="I468" s="18">
         <v>0.35</v>
       </c>
     </row>
-    <row r="469" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="469" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A469" s="14">
         <v>2019</v>
       </c>
       <c r="B469" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C469" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D469" s="16">
         <v>78</v>
       </c>
       <c r="E469" s="16">
         <v>21</v>
       </c>
       <c r="F469" s="17">
         <v>0.26923076923077</v>
       </c>
       <c r="G469" s="16">
         <v>0</v>
       </c>
       <c r="H469" s="16">
         <v>0</v>
       </c>
-      <c r="I469" s="18" t="s">
-[...3 lines deleted...]
-    <row r="470" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I469" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="470" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A470" s="14">
         <v>2019</v>
       </c>
       <c r="B470" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C470" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D470" s="16">
         <v>52</v>
       </c>
       <c r="E470" s="16">
         <v>16</v>
       </c>
       <c r="F470" s="17">
         <v>0.30769230769230999</v>
       </c>
       <c r="G470" s="16">
         <v>0</v>
       </c>
       <c r="H470" s="16">
         <v>0</v>
       </c>
-      <c r="I470" s="18" t="s">
-[...3 lines deleted...]
-    <row r="471" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I470" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="471" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A471" s="14">
         <v>2019</v>
       </c>
       <c r="B471" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C471" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D471" s="16">
         <v>940</v>
       </c>
       <c r="E471" s="16">
         <v>173</v>
       </c>
       <c r="F471" s="17">
         <v>0.18404255319148999</v>
       </c>
       <c r="G471" s="16">
         <v>397</v>
       </c>
       <c r="H471" s="16">
         <v>60</v>
       </c>
       <c r="I471" s="18">
         <v>0.15113350125944999</v>
       </c>
     </row>
-    <row r="472" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="472" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A472" s="14">
         <v>2019</v>
       </c>
       <c r="B472" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C472" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D472" s="16">
         <v>11</v>
       </c>
       <c r="E472" s="16">
         <v>7</v>
       </c>
       <c r="F472" s="17">
         <v>0.63636363636364002</v>
       </c>
       <c r="G472" s="16">
         <v>5</v>
       </c>
       <c r="H472" s="16">
         <v>3</v>
       </c>
       <c r="I472" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="473" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A473" s="14">
         <v>2019</v>
       </c>
       <c r="B473" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C473" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D473" s="16">
         <v>460</v>
       </c>
       <c r="E473" s="16">
         <v>136</v>
       </c>
       <c r="F473" s="17">
         <v>0.29565217391304</v>
       </c>
       <c r="G473" s="16">
         <v>1</v>
       </c>
       <c r="H473" s="16">
         <v>0</v>
       </c>
       <c r="I473" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="474" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A474" s="14">
         <v>2019</v>
       </c>
       <c r="B474" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C474" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D474" s="16">
         <v>139</v>
       </c>
       <c r="E474" s="16">
         <v>33</v>
       </c>
       <c r="F474" s="17">
         <v>0.23741007194245001</v>
       </c>
       <c r="G474" s="16">
         <v>11</v>
       </c>
       <c r="H474" s="16">
         <v>2</v>
       </c>
       <c r="I474" s="18">
         <v>0.18181818181817999</v>
       </c>
     </row>
-    <row r="475" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="475" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A475" s="14">
         <v>2019</v>
       </c>
       <c r="B475" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C475" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D475" s="16">
         <v>4139</v>
       </c>
       <c r="E475" s="16">
         <v>1344</v>
       </c>
       <c r="F475" s="17">
         <v>0.32471611500362002</v>
       </c>
       <c r="G475" s="16">
         <v>724</v>
       </c>
       <c r="H475" s="16">
         <v>169</v>
       </c>
       <c r="I475" s="18">
         <v>0.23342541436464001</v>
       </c>
     </row>
-    <row r="476" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="476" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A476" s="14">
         <v>2019</v>
       </c>
       <c r="B476" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C476" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D476" s="16">
         <v>81</v>
       </c>
       <c r="E476" s="16">
         <v>46</v>
       </c>
       <c r="F476" s="17">
         <v>0.56790123456789998</v>
       </c>
       <c r="G476" s="16">
         <v>82</v>
       </c>
       <c r="H476" s="16">
         <v>43</v>
       </c>
       <c r="I476" s="18">
         <v>0.52439024390244005</v>
       </c>
     </row>
-    <row r="477" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A477" s="14">
         <v>2019</v>
       </c>
       <c r="B477" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C477" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D477" s="16">
         <v>481</v>
       </c>
       <c r="E477" s="16">
         <v>86</v>
       </c>
       <c r="F477" s="17">
         <v>0.17879417879418</v>
       </c>
       <c r="G477" s="16">
         <v>0</v>
       </c>
       <c r="H477" s="16">
         <v>0</v>
       </c>
-      <c r="I477" s="18" t="s">
-[...3 lines deleted...]
-    <row r="478" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I477" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A478" s="14">
         <v>2019</v>
       </c>
       <c r="B478" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C478" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D478" s="16">
         <v>325</v>
       </c>
       <c r="E478" s="16">
         <v>92</v>
       </c>
       <c r="F478" s="17">
         <v>0.28307692307692001</v>
       </c>
       <c r="G478" s="16">
         <v>0</v>
       </c>
       <c r="H478" s="16">
         <v>0</v>
       </c>
-      <c r="I478" s="18" t="s">
-[...3 lines deleted...]
-    <row r="479" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I478" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="479" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A479" s="14">
         <v>2019</v>
       </c>
       <c r="B479" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C479" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D479" s="16">
         <v>2229</v>
       </c>
       <c r="E479" s="16">
         <v>523</v>
       </c>
       <c r="F479" s="17">
         <v>0.23463436518618</v>
       </c>
       <c r="G479" s="16">
         <v>950</v>
       </c>
       <c r="H479" s="16">
         <v>230</v>
       </c>
       <c r="I479" s="18">
         <v>0.24210526315788999</v>
       </c>
     </row>
-    <row r="480" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A480" s="14">
         <v>2019</v>
       </c>
       <c r="B480" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C480" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D480" s="16">
         <v>24</v>
       </c>
       <c r="E480" s="16">
         <v>15</v>
       </c>
       <c r="F480" s="17">
         <v>0.625</v>
       </c>
       <c r="G480" s="16">
         <v>12</v>
       </c>
       <c r="H480" s="16">
         <v>5</v>
       </c>
       <c r="I480" s="18">
         <v>0.41666666666667002</v>
       </c>
     </row>
-    <row r="481" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="481" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A481" s="14">
         <v>2019</v>
       </c>
       <c r="B481" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C481" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D481" s="16">
         <v>46</v>
       </c>
       <c r="E481" s="16">
         <v>6</v>
       </c>
       <c r="F481" s="17">
         <v>0.13043478260870001</v>
       </c>
       <c r="G481" s="16">
         <v>0</v>
       </c>
       <c r="H481" s="16">
         <v>0</v>
       </c>
-      <c r="I481" s="18" t="s">
-[...3 lines deleted...]
-    <row r="482" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I481" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="482" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A482" s="14">
         <v>2019</v>
       </c>
       <c r="B482" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C482" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D482" s="16">
         <v>35</v>
       </c>
       <c r="E482" s="16">
         <v>9</v>
       </c>
       <c r="F482" s="17">
         <v>0.25714285714286</v>
       </c>
       <c r="G482" s="16">
         <v>0</v>
       </c>
       <c r="H482" s="16">
         <v>0</v>
       </c>
-      <c r="I482" s="18" t="s">
-[...3 lines deleted...]
-    <row r="483" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I482" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="483" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A483" s="14">
         <v>2019</v>
       </c>
       <c r="B483" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C483" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D483" s="16">
         <v>680</v>
       </c>
       <c r="E483" s="16">
         <v>61</v>
       </c>
       <c r="F483" s="17">
         <v>8.9705882352939997E-2</v>
       </c>
       <c r="G483" s="16">
         <v>263</v>
       </c>
       <c r="H483" s="16">
         <v>31</v>
       </c>
       <c r="I483" s="18">
         <v>0.11787072243346</v>
       </c>
     </row>
-    <row r="484" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="484" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A484" s="14">
         <v>2019</v>
       </c>
       <c r="B484" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C484" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D484" s="16">
         <v>23</v>
       </c>
       <c r="E484" s="16">
         <v>7</v>
       </c>
       <c r="F484" s="17">
         <v>0.30434782608695998</v>
       </c>
       <c r="G484" s="16">
         <v>24</v>
       </c>
       <c r="H484" s="16">
         <v>5</v>
       </c>
       <c r="I484" s="18">
         <v>0.20833333333333001</v>
       </c>
     </row>
-    <row r="485" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A485" s="14">
         <v>2019</v>
       </c>
       <c r="B485" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C485" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D485" s="16">
         <v>601</v>
       </c>
       <c r="E485" s="16">
         <v>149</v>
       </c>
       <c r="F485" s="17">
         <v>0.24792013311148001</v>
       </c>
       <c r="G485" s="16">
         <v>0</v>
       </c>
       <c r="H485" s="16">
         <v>0</v>
       </c>
-      <c r="I485" s="18" t="s">
-[...3 lines deleted...]
-    <row r="486" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I485" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="486" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A486" s="14">
         <v>2019</v>
       </c>
       <c r="B486" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C486" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D486" s="16">
         <v>228</v>
       </c>
       <c r="E486" s="16">
         <v>55</v>
       </c>
       <c r="F486" s="17">
         <v>0.24122807017544001</v>
       </c>
       <c r="G486" s="16">
         <v>0</v>
       </c>
       <c r="H486" s="16">
         <v>0</v>
       </c>
-      <c r="I486" s="18" t="s">
-[...3 lines deleted...]
-    <row r="487" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I486" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="487" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A487" s="14">
         <v>2019</v>
       </c>
       <c r="B487" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C487" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D487" s="16">
         <v>3888</v>
       </c>
       <c r="E487" s="16">
         <v>812</v>
       </c>
       <c r="F487" s="17">
         <v>0.20884773662551001</v>
       </c>
       <c r="G487" s="16">
         <v>1355</v>
       </c>
       <c r="H487" s="16">
         <v>292</v>
       </c>
       <c r="I487" s="18">
         <v>0.21549815498155001</v>
       </c>
     </row>
-    <row r="488" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A488" s="14">
         <v>2019</v>
       </c>
       <c r="B488" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C488" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D488" s="16">
         <v>27</v>
       </c>
       <c r="E488" s="16">
         <v>13</v>
       </c>
       <c r="F488" s="17">
         <v>0.48148148148148001</v>
       </c>
       <c r="G488" s="16">
         <v>15</v>
       </c>
       <c r="H488" s="16">
         <v>4</v>
       </c>
       <c r="I488" s="18">
         <v>0.26666666666666999</v>
       </c>
     </row>
-    <row r="489" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A489" s="14">
         <v>2019</v>
       </c>
       <c r="B489" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C489" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D489" s="16">
         <v>56</v>
       </c>
       <c r="E489" s="16">
         <v>22</v>
       </c>
       <c r="F489" s="17">
         <v>0.39285714285714002</v>
       </c>
       <c r="G489" s="16">
         <v>0</v>
       </c>
       <c r="H489" s="16">
         <v>0</v>
       </c>
-      <c r="I489" s="18" t="s">
-[...3 lines deleted...]
-    <row r="490" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I489" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="490" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A490" s="14">
         <v>2019</v>
       </c>
       <c r="B490" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C490" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D490" s="16">
         <v>38</v>
       </c>
       <c r="E490" s="16">
         <v>13</v>
       </c>
       <c r="F490" s="17">
         <v>0.34210526315789003</v>
       </c>
       <c r="G490" s="16">
         <v>0</v>
       </c>
       <c r="H490" s="16">
         <v>0</v>
       </c>
-      <c r="I490" s="18" t="s">
-[...3 lines deleted...]
-    <row r="491" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I490" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="491" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A491" s="14">
         <v>2019</v>
       </c>
       <c r="B491" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C491" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D491" s="16">
         <v>524</v>
       </c>
       <c r="E491" s="16">
         <v>51</v>
       </c>
       <c r="F491" s="17">
         <v>9.7328244274810002E-2</v>
       </c>
       <c r="G491" s="16">
         <v>186</v>
       </c>
       <c r="H491" s="16">
         <v>15</v>
       </c>
       <c r="I491" s="18">
         <v>8.0645161290319997E-2</v>
       </c>
     </row>
-    <row r="492" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="492" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A492" s="14">
         <v>2019</v>
       </c>
       <c r="B492" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C492" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D492" s="16">
         <v>2</v>
       </c>
       <c r="E492" s="16">
         <v>0</v>
       </c>
       <c r="F492" s="17">
         <v>0</v>
       </c>
       <c r="G492" s="16">
         <v>9</v>
       </c>
       <c r="H492" s="16">
         <v>3</v>
       </c>
       <c r="I492" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="493" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A493" s="14">
         <v>2019</v>
       </c>
       <c r="B493" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C493" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D493" s="16">
         <v>10</v>
       </c>
       <c r="E493" s="16">
         <v>5</v>
       </c>
       <c r="F493" s="17">
         <v>0.5</v>
       </c>
       <c r="G493" s="16">
         <v>0</v>
       </c>
       <c r="H493" s="16">
         <v>0</v>
       </c>
-      <c r="I493" s="18" t="s">
-[...3 lines deleted...]
-    <row r="494" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I493" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="494" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A494" s="14">
         <v>2019</v>
       </c>
       <c r="B494" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C494" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D494" s="16">
         <v>23</v>
       </c>
       <c r="E494" s="16">
         <v>5</v>
       </c>
       <c r="F494" s="17">
         <v>0.21739130434782999</v>
       </c>
       <c r="G494" s="16">
         <v>0</v>
       </c>
       <c r="H494" s="16">
         <v>0</v>
       </c>
-      <c r="I494" s="18" t="s">
-[...3 lines deleted...]
-    <row r="495" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I494" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="495" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A495" s="14">
         <v>2019</v>
       </c>
       <c r="B495" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C495" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D495" s="16">
         <v>186</v>
       </c>
       <c r="E495" s="16">
         <v>29</v>
       </c>
       <c r="F495" s="17">
         <v>0.15591397849461999</v>
       </c>
       <c r="G495" s="16">
         <v>66</v>
       </c>
       <c r="H495" s="16">
         <v>16</v>
       </c>
       <c r="I495" s="18">
         <v>0.24242424242423999</v>
       </c>
     </row>
-    <row r="496" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="496" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A496" s="14">
         <v>2019</v>
       </c>
       <c r="B496" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C496" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D496" s="16">
         <v>2</v>
       </c>
       <c r="E496" s="16">
         <v>0</v>
       </c>
       <c r="F496" s="17">
         <v>0</v>
       </c>
       <c r="G496" s="16">
         <v>0</v>
       </c>
       <c r="H496" s="16">
         <v>0</v>
       </c>
-      <c r="I496" s="18" t="s">
-[...3 lines deleted...]
-    <row r="497" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I496" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="497" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A497" s="14">
         <v>2019</v>
       </c>
       <c r="B497" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C497" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D497" s="16">
         <v>13</v>
       </c>
       <c r="E497" s="16">
         <v>6</v>
       </c>
       <c r="F497" s="17">
         <v>0.46153846153846001</v>
       </c>
       <c r="G497" s="16">
         <v>0</v>
       </c>
       <c r="H497" s="16">
         <v>0</v>
       </c>
-      <c r="I497" s="18" t="s">
-[...3 lines deleted...]
-    <row r="498" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I497" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="498" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A498" s="14">
         <v>2019</v>
       </c>
       <c r="B498" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C498" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D498" s="16">
         <v>1421</v>
       </c>
       <c r="E498" s="16">
         <v>182</v>
       </c>
       <c r="F498" s="17">
         <v>0.12807881773398999</v>
       </c>
       <c r="G498" s="16">
         <v>105</v>
       </c>
       <c r="H498" s="16">
         <v>15</v>
       </c>
       <c r="I498" s="18">
         <v>0.14285714285713999</v>
       </c>
     </row>
-    <row r="499" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="499" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A499" s="14">
         <v>2019</v>
       </c>
       <c r="B499" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C499" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D499" s="16">
         <v>8</v>
       </c>
       <c r="E499" s="16">
         <v>6</v>
       </c>
       <c r="F499" s="17">
         <v>0.75</v>
       </c>
       <c r="G499" s="16">
         <v>2</v>
       </c>
       <c r="H499" s="16">
         <v>2</v>
       </c>
       <c r="I499" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="500" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="500" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A500" s="19">
         <v>2019</v>
       </c>
       <c r="B500" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C500" s="23" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D500" s="20">
         <v>5974</v>
       </c>
       <c r="E500" s="20">
         <v>1614</v>
       </c>
       <c r="F500" s="21">
         <v>0.27017073987278001</v>
       </c>
       <c r="G500" s="20">
         <v>1</v>
       </c>
       <c r="H500" s="20">
         <v>0</v>
       </c>
       <c r="I500" s="22">
         <v>0</v>
       </c>
     </row>
-    <row r="501" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="501" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A501" s="19">
         <v>2019</v>
       </c>
       <c r="B501" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C501" s="23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D501" s="20">
         <v>3800</v>
       </c>
       <c r="E501" s="20">
         <v>1115</v>
       </c>
       <c r="F501" s="21">
         <v>0.29342105263158003</v>
       </c>
       <c r="G501" s="20">
         <v>21</v>
       </c>
       <c r="H501" s="20">
         <v>8</v>
       </c>
       <c r="I501" s="22">
         <v>0.38095238095237999</v>
       </c>
     </row>
-    <row r="502" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="502" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A502" s="19">
         <v>2019</v>
       </c>
       <c r="B502" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C502" s="23" t="s">
         <v>24</v>
       </c>
       <c r="D502" s="20">
         <v>51952</v>
       </c>
       <c r="E502" s="20">
         <v>10362</v>
       </c>
       <c r="F502" s="21">
         <v>0.19945334154604</v>
       </c>
       <c r="G502" s="20">
         <v>17109</v>
       </c>
       <c r="H502" s="20">
         <v>3403</v>
       </c>
       <c r="I502" s="22">
         <v>0.19890116313052</v>
       </c>
     </row>
-    <row r="503" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="503" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A503" s="19">
         <v>2019</v>
       </c>
       <c r="B503" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C503" s="23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D503" s="20">
         <v>475</v>
       </c>
       <c r="E503" s="20">
         <v>243</v>
       </c>
       <c r="F503" s="21">
         <v>0.51157894736842002</v>
       </c>
       <c r="G503" s="20">
         <v>329</v>
       </c>
       <c r="H503" s="20">
         <v>159</v>
       </c>
       <c r="I503" s="22">
         <v>0.48328267477204001</v>
       </c>
     </row>
-    <row r="504" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="504" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A504" s="24">
         <v>2019</v>
       </c>
       <c r="B504" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C504" s="25"/>
       <c r="D504" s="26">
         <v>62201</v>
       </c>
       <c r="E504" s="26">
         <v>13334</v>
       </c>
       <c r="F504" s="27">
         <v>0.21436954389801</v>
       </c>
       <c r="G504" s="26">
         <v>17460</v>
       </c>
       <c r="H504" s="26">
         <v>3570</v>
       </c>
       <c r="I504" s="28">
         <v>0.20446735395189</v>
       </c>
     </row>
-    <row r="505" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="505" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A505" s="14">
         <v>2020</v>
       </c>
       <c r="B505" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C505" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D505" s="16">
         <v>62</v>
       </c>
       <c r="E505" s="16">
         <v>15</v>
       </c>
       <c r="F505" s="17">
         <v>0.24193548387097</v>
       </c>
       <c r="G505" s="16">
         <v>0</v>
       </c>
       <c r="H505" s="16">
         <v>0</v>
       </c>
-      <c r="I505" s="18" t="s">
-[...3 lines deleted...]
-    <row r="506" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I505" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="506" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A506" s="14">
         <v>2020</v>
       </c>
       <c r="B506" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C506" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D506" s="16">
         <v>98</v>
       </c>
       <c r="E506" s="16">
         <v>20</v>
       </c>
       <c r="F506" s="17">
         <v>0.20408163265306001</v>
       </c>
       <c r="G506" s="16">
         <v>63</v>
       </c>
       <c r="H506" s="16">
         <v>13</v>
       </c>
       <c r="I506" s="18">
         <v>0.20634920634921</v>
       </c>
     </row>
-    <row r="507" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="507" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A507" s="14">
         <v>2020</v>
       </c>
       <c r="B507" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C507" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D507" s="16">
         <v>12</v>
       </c>
       <c r="E507" s="16">
         <v>12</v>
       </c>
       <c r="F507" s="17">
         <v>1</v>
       </c>
       <c r="G507" s="16">
         <v>0</v>
       </c>
       <c r="H507" s="16">
         <v>0</v>
       </c>
-      <c r="I507" s="18" t="s">
-[...3 lines deleted...]
-    <row r="508" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I507" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="508" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A508" s="14">
         <v>2020</v>
       </c>
       <c r="B508" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C508" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D508" s="16">
         <v>253</v>
       </c>
       <c r="E508" s="16">
         <v>61</v>
       </c>
       <c r="F508" s="17">
         <v>0.24110671936759001</v>
       </c>
       <c r="G508" s="16">
         <v>131</v>
       </c>
       <c r="H508" s="16">
         <v>31</v>
       </c>
       <c r="I508" s="18">
         <v>0.23664122137405</v>
       </c>
     </row>
-    <row r="509" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A509" s="14">
         <v>2020</v>
       </c>
       <c r="B509" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C509" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D509" s="16">
         <v>7</v>
       </c>
       <c r="E509" s="16">
         <v>7</v>
       </c>
       <c r="F509" s="17">
         <v>1</v>
       </c>
       <c r="G509" s="16">
         <v>0</v>
       </c>
       <c r="H509" s="16">
         <v>0</v>
       </c>
-      <c r="I509" s="18" t="s">
-[...3 lines deleted...]
-    <row r="510" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I509" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="510" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A510" s="14">
         <v>2020</v>
       </c>
       <c r="B510" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C510" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D510" s="16">
         <v>23</v>
       </c>
       <c r="E510" s="16">
         <v>10</v>
       </c>
       <c r="F510" s="17">
         <v>0.43478260869565</v>
       </c>
       <c r="G510" s="16">
         <v>0</v>
       </c>
       <c r="H510" s="16">
         <v>0</v>
       </c>
-      <c r="I510" s="18" t="s">
-[...3 lines deleted...]
-    <row r="511" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I510" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="511" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A511" s="14">
         <v>2020</v>
       </c>
       <c r="B511" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C511" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D511" s="16">
         <v>37</v>
       </c>
       <c r="E511" s="16">
         <v>10</v>
       </c>
       <c r="F511" s="17">
         <v>0.27027027027027001</v>
       </c>
       <c r="G511" s="16">
         <v>0</v>
       </c>
       <c r="H511" s="16">
         <v>0</v>
       </c>
-      <c r="I511" s="18" t="s">
-[...3 lines deleted...]
-    <row r="512" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I511" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="512" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A512" s="14">
         <v>2020</v>
       </c>
       <c r="B512" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C512" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D512" s="16">
         <v>307</v>
       </c>
       <c r="E512" s="16">
         <v>39</v>
       </c>
       <c r="F512" s="17">
         <v>0.12703583061889001</v>
       </c>
       <c r="G512" s="16">
         <v>143</v>
       </c>
       <c r="H512" s="16">
         <v>23</v>
       </c>
       <c r="I512" s="18">
         <v>0.16083916083916</v>
       </c>
     </row>
-    <row r="513" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A513" s="14">
         <v>2020</v>
       </c>
       <c r="B513" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C513" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D513" s="16">
         <v>0</v>
       </c>
       <c r="E513" s="16">
         <v>0</v>
       </c>
       <c r="F513" s="18">
         <v>0</v>
       </c>
       <c r="G513" s="16">
         <v>5</v>
       </c>
       <c r="H513" s="16">
         <v>5</v>
       </c>
       <c r="I513" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="514" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A514" s="14">
         <v>2020</v>
       </c>
       <c r="B514" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C514" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D514" s="16">
         <v>986</v>
       </c>
       <c r="E514" s="16">
         <v>269</v>
       </c>
       <c r="F514" s="18">
         <v>0.27281947261662998</v>
       </c>
       <c r="G514" s="16">
         <v>0</v>
       </c>
       <c r="H514" s="16">
         <v>0</v>
       </c>
-      <c r="I514" s="18" t="s">
-[...3 lines deleted...]
-    <row r="515" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I514" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="515" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A515" s="14">
         <v>2020</v>
       </c>
       <c r="B515" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C515" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D515" s="16">
         <v>605</v>
       </c>
       <c r="E515" s="16">
         <v>141</v>
       </c>
       <c r="F515" s="17">
         <v>0.23305785123966999</v>
       </c>
       <c r="G515" s="16">
         <v>6</v>
       </c>
       <c r="H515" s="16">
         <v>3</v>
       </c>
       <c r="I515" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="516" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="516" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A516" s="14">
         <v>2020</v>
       </c>
       <c r="B516" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C516" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D516" s="16">
         <v>8425</v>
       </c>
       <c r="E516" s="16">
         <v>994</v>
       </c>
       <c r="F516" s="17">
         <v>0.11798219584569999</v>
       </c>
       <c r="G516" s="16">
         <v>3658</v>
       </c>
       <c r="H516" s="16">
         <v>504</v>
       </c>
       <c r="I516" s="18">
         <v>0.13778020776381</v>
       </c>
     </row>
-    <row r="517" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="517" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A517" s="14">
         <v>2020</v>
       </c>
       <c r="B517" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C517" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D517" s="16">
         <v>37</v>
       </c>
       <c r="E517" s="16">
         <v>25</v>
       </c>
       <c r="F517" s="17">
         <v>0.67567567567567999</v>
       </c>
       <c r="G517" s="16">
         <v>29</v>
       </c>
       <c r="H517" s="16">
         <v>14</v>
       </c>
       <c r="I517" s="18">
         <v>0.48275862068966002</v>
       </c>
     </row>
-    <row r="518" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="518" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A518" s="14">
         <v>2020</v>
       </c>
       <c r="B518" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C518" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D518" s="16">
         <v>169</v>
       </c>
       <c r="E518" s="16">
         <v>46</v>
       </c>
       <c r="F518" s="17">
         <v>0.27218934911242998</v>
       </c>
       <c r="G518" s="16">
         <v>0</v>
       </c>
       <c r="H518" s="16">
         <v>0</v>
       </c>
-      <c r="I518" s="18" t="s">
-[...3 lines deleted...]
-    <row r="519" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I518" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="519" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A519" s="14">
         <v>2020</v>
       </c>
       <c r="B519" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C519" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D519" s="16">
         <v>91</v>
       </c>
       <c r="E519" s="16">
         <v>32</v>
       </c>
       <c r="F519" s="17">
         <v>0.35164835164835001</v>
       </c>
       <c r="G519" s="16">
         <v>1</v>
       </c>
       <c r="H519" s="16">
         <v>1</v>
       </c>
       <c r="I519" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="520" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="520" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A520" s="14">
         <v>2020</v>
       </c>
       <c r="B520" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C520" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D520" s="16">
         <v>1217</v>
       </c>
       <c r="E520" s="16">
         <v>315</v>
       </c>
       <c r="F520" s="17">
         <v>0.25883319638454999</v>
       </c>
       <c r="G520" s="16">
         <v>349</v>
       </c>
       <c r="H520" s="16">
         <v>96</v>
       </c>
       <c r="I520" s="18">
         <v>0.27507163323782002</v>
       </c>
     </row>
-    <row r="521" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="521" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A521" s="14">
         <v>2020</v>
       </c>
       <c r="B521" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C521" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D521" s="16">
         <v>7</v>
       </c>
       <c r="E521" s="16">
         <v>5</v>
       </c>
       <c r="F521" s="17">
         <v>0.71428571428570997</v>
       </c>
       <c r="G521" s="16">
         <v>3</v>
       </c>
       <c r="H521" s="16">
         <v>2</v>
       </c>
       <c r="I521" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="522" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="522" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A522" s="14">
         <v>2020</v>
       </c>
       <c r="B522" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C522" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D522" s="16">
         <v>55</v>
       </c>
       <c r="E522" s="16">
         <v>19</v>
       </c>
       <c r="F522" s="17">
         <v>0.34545454545455001</v>
       </c>
       <c r="G522" s="16">
         <v>0</v>
       </c>
       <c r="H522" s="16">
         <v>0</v>
       </c>
-      <c r="I522" s="18" t="s">
-[...3 lines deleted...]
-    <row r="523" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I522" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="523" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A523" s="14">
         <v>2020</v>
       </c>
       <c r="B523" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C523" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D523" s="16">
         <v>20</v>
       </c>
       <c r="E523" s="16">
         <v>9</v>
       </c>
       <c r="F523" s="17">
         <v>0.45</v>
       </c>
       <c r="G523" s="16">
         <v>0</v>
       </c>
       <c r="H523" s="16">
         <v>0</v>
       </c>
-      <c r="I523" s="18" t="s">
-[...3 lines deleted...]
-    <row r="524" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I523" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="524" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A524" s="14">
         <v>2020</v>
       </c>
       <c r="B524" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C524" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D524" s="16">
         <v>473</v>
       </c>
       <c r="E524" s="16">
         <v>98</v>
       </c>
       <c r="F524" s="17">
         <v>0.20718816067653001</v>
       </c>
       <c r="G524" s="16">
         <v>172</v>
       </c>
       <c r="H524" s="16">
         <v>48</v>
       </c>
       <c r="I524" s="18">
         <v>0.27906976744186002</v>
       </c>
     </row>
-    <row r="525" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="525" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A525" s="14">
         <v>2020</v>
       </c>
       <c r="B525" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C525" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D525" s="16">
         <v>2</v>
       </c>
       <c r="E525" s="16">
         <v>2</v>
       </c>
       <c r="F525" s="17">
         <v>1</v>
       </c>
       <c r="G525" s="16">
         <v>6</v>
       </c>
       <c r="H525" s="16">
         <v>5</v>
       </c>
       <c r="I525" s="18">
         <v>0.83333333333333004</v>
       </c>
     </row>
-    <row r="526" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="526" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A526" s="14">
         <v>2020</v>
       </c>
       <c r="B526" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C526" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D526" s="16">
         <v>579</v>
       </c>
       <c r="E526" s="16">
         <v>220</v>
       </c>
       <c r="F526" s="18">
         <v>0.37996545768567003</v>
       </c>
       <c r="G526" s="16">
         <v>0</v>
       </c>
       <c r="H526" s="16">
         <v>0</v>
       </c>
-      <c r="I526" s="18" t="s">
-[...3 lines deleted...]
-    <row r="527" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I526" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="527" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A527" s="14">
         <v>2020</v>
       </c>
       <c r="B527" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C527" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D527" s="16">
         <v>580</v>
       </c>
       <c r="E527" s="16">
         <v>210</v>
       </c>
       <c r="F527" s="17">
         <v>0.36206896551723999</v>
       </c>
       <c r="G527" s="16">
         <v>0</v>
       </c>
       <c r="H527" s="16">
         <v>0</v>
       </c>
-      <c r="I527" s="18" t="s">
-[...3 lines deleted...]
-    <row r="528" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I527" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="528" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A528" s="14">
         <v>2020</v>
       </c>
       <c r="B528" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C528" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D528" s="16">
         <v>3882</v>
       </c>
       <c r="E528" s="16">
         <v>853</v>
       </c>
       <c r="F528" s="17">
         <v>0.21973209685729</v>
       </c>
       <c r="G528" s="16">
         <v>1494</v>
       </c>
       <c r="H528" s="16">
         <v>313</v>
       </c>
       <c r="I528" s="18">
         <v>0.2095046854083</v>
       </c>
     </row>
-    <row r="529" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="529" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A529" s="14">
         <v>2020</v>
       </c>
       <c r="B529" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C529" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D529" s="16">
         <v>50</v>
       </c>
       <c r="E529" s="16">
         <v>24</v>
       </c>
       <c r="F529" s="17">
         <v>0.48</v>
       </c>
       <c r="G529" s="16">
         <v>55</v>
       </c>
       <c r="H529" s="16">
         <v>20</v>
       </c>
       <c r="I529" s="18">
         <v>0.36363636363635998</v>
       </c>
     </row>
-    <row r="530" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="530" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A530" s="14">
         <v>2020</v>
       </c>
       <c r="B530" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C530" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D530" s="16">
         <v>357</v>
       </c>
       <c r="E530" s="16">
         <v>92</v>
       </c>
       <c r="F530" s="17">
         <v>0.25770308123249003</v>
       </c>
       <c r="G530" s="16">
         <v>0</v>
       </c>
       <c r="H530" s="16">
         <v>0</v>
       </c>
-      <c r="I530" s="18" t="s">
-[...3 lines deleted...]
-    <row r="531" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I530" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="531" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A531" s="14">
         <v>2020</v>
       </c>
       <c r="B531" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C531" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D531" s="16">
         <v>372</v>
       </c>
       <c r="E531" s="16">
         <v>119</v>
       </c>
       <c r="F531" s="17">
         <v>0.31989247311828001</v>
       </c>
       <c r="G531" s="16">
         <v>0</v>
       </c>
       <c r="H531" s="16">
         <v>0</v>
       </c>
-      <c r="I531" s="18" t="s">
-[...3 lines deleted...]
-    <row r="532" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I531" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="532" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A532" s="14">
         <v>2020</v>
       </c>
       <c r="B532" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C532" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D532" s="16">
         <v>3810</v>
       </c>
       <c r="E532" s="16">
         <v>826</v>
       </c>
       <c r="F532" s="17">
         <v>0.21679790026247001</v>
       </c>
       <c r="G532" s="16">
         <v>1441</v>
       </c>
       <c r="H532" s="16">
         <v>378</v>
       </c>
       <c r="I532" s="18">
         <v>0.26231783483692001</v>
       </c>
     </row>
-    <row r="533" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="533" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A533" s="14">
         <v>2020</v>
       </c>
       <c r="B533" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C533" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D533" s="16">
         <v>26</v>
       </c>
       <c r="E533" s="16">
         <v>11</v>
       </c>
       <c r="F533" s="17">
         <v>0.42307692307692002</v>
       </c>
       <c r="G533" s="16">
         <v>19</v>
       </c>
       <c r="H533" s="16">
         <v>13</v>
       </c>
       <c r="I533" s="18">
         <v>0.68421052631579005</v>
       </c>
     </row>
-    <row r="534" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="534" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A534" s="14">
         <v>2020</v>
       </c>
       <c r="B534" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C534" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D534" s="16">
         <v>111</v>
       </c>
       <c r="E534" s="16">
         <v>41</v>
       </c>
       <c r="F534" s="17">
         <v>0.36936936936936998</v>
       </c>
       <c r="G534" s="16">
         <v>0</v>
       </c>
       <c r="H534" s="16">
         <v>0</v>
       </c>
-      <c r="I534" s="18" t="s">
-[...3 lines deleted...]
-    <row r="535" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I534" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="535" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A535" s="14">
         <v>2020</v>
       </c>
       <c r="B535" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C535" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D535" s="16">
         <v>97</v>
       </c>
       <c r="E535" s="16">
         <v>33</v>
       </c>
       <c r="F535" s="17">
         <v>0.34020618556700999</v>
       </c>
       <c r="G535" s="16">
         <v>0</v>
       </c>
       <c r="H535" s="16">
         <v>0</v>
       </c>
-      <c r="I535" s="18" t="s">
-[...3 lines deleted...]
-    <row r="536" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I535" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="536" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A536" s="14">
         <v>2020</v>
       </c>
       <c r="B536" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C536" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D536" s="16">
         <v>678</v>
       </c>
       <c r="E536" s="16">
         <v>132</v>
       </c>
       <c r="F536" s="17">
         <v>0.19469026548672999</v>
       </c>
       <c r="G536" s="16">
         <v>211</v>
       </c>
       <c r="H536" s="16">
         <v>48</v>
       </c>
       <c r="I536" s="18">
         <v>0.22748815165877001</v>
       </c>
     </row>
-    <row r="537" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="537" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A537" s="14">
         <v>2020</v>
       </c>
       <c r="B537" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C537" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D537" s="16">
         <v>3</v>
       </c>
       <c r="E537" s="16">
         <v>3</v>
       </c>
       <c r="F537" s="17">
         <v>1</v>
       </c>
       <c r="G537" s="16">
         <v>3</v>
       </c>
       <c r="H537" s="16">
         <v>2</v>
       </c>
       <c r="I537" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="538" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="538" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A538" s="14">
         <v>2020</v>
       </c>
       <c r="B538" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C538" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D538" s="16">
         <v>729</v>
       </c>
       <c r="E538" s="16">
         <v>82</v>
       </c>
       <c r="F538" s="17">
         <v>0.11248285322359</v>
       </c>
       <c r="G538" s="16">
         <v>0</v>
       </c>
       <c r="H538" s="16">
         <v>0</v>
       </c>
-      <c r="I538" s="18" t="s">
-[...3 lines deleted...]
-    <row r="539" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I538" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="539" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A539" s="14">
         <v>2020</v>
       </c>
       <c r="B539" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C539" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D539" s="16">
         <v>258</v>
       </c>
       <c r="E539" s="16">
         <v>77</v>
       </c>
       <c r="F539" s="17">
         <v>0.29844961240309997</v>
       </c>
       <c r="G539" s="16">
         <v>0</v>
       </c>
       <c r="H539" s="16">
         <v>0</v>
       </c>
-      <c r="I539" s="18" t="s">
-[...3 lines deleted...]
-    <row r="540" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I539" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="540" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A540" s="14">
         <v>2020</v>
       </c>
       <c r="B540" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C540" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D540" s="16">
         <v>7031</v>
       </c>
       <c r="E540" s="16">
         <v>1487</v>
       </c>
       <c r="F540" s="17">
         <v>0.21149196415873001</v>
       </c>
       <c r="G540" s="16">
         <v>1911</v>
       </c>
       <c r="H540" s="16">
         <v>431</v>
       </c>
       <c r="I540" s="18">
         <v>0.22553636839350999</v>
       </c>
     </row>
-    <row r="541" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="541" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A541" s="14">
         <v>2020</v>
       </c>
       <c r="B541" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C541" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D541" s="16">
         <v>49</v>
       </c>
       <c r="E541" s="16">
         <v>29</v>
       </c>
       <c r="F541" s="17">
         <v>0.59183673469387998</v>
       </c>
       <c r="G541" s="16">
         <v>25</v>
       </c>
       <c r="H541" s="16">
         <v>9</v>
       </c>
       <c r="I541" s="18">
         <v>0.36</v>
       </c>
     </row>
-    <row r="542" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="542" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A542" s="14">
         <v>2020</v>
       </c>
       <c r="B542" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C542" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D542" s="16">
         <v>164</v>
       </c>
       <c r="E542" s="16">
         <v>32</v>
       </c>
       <c r="F542" s="17">
         <v>0.19512195121951001</v>
       </c>
       <c r="G542" s="16">
         <v>0</v>
       </c>
       <c r="H542" s="16">
         <v>0</v>
       </c>
-      <c r="I542" s="18" t="s">
-[...3 lines deleted...]
-    <row r="543" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I542" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="543" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A543" s="14">
         <v>2020</v>
       </c>
       <c r="B543" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C543" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D543" s="16">
         <v>117</v>
       </c>
       <c r="E543" s="16">
         <v>27</v>
       </c>
       <c r="F543" s="17">
         <v>0.23076923076923</v>
       </c>
       <c r="G543" s="16">
         <v>0</v>
       </c>
       <c r="H543" s="16">
         <v>0</v>
       </c>
-      <c r="I543" s="18" t="s">
-[...3 lines deleted...]
-    <row r="544" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I543" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="544" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A544" s="14">
         <v>2020</v>
       </c>
       <c r="B544" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C544" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D544" s="16">
         <v>1521</v>
       </c>
       <c r="E544" s="16">
         <v>251</v>
       </c>
       <c r="F544" s="17">
         <v>0.16502301117686</v>
       </c>
       <c r="G544" s="16">
         <v>460</v>
       </c>
       <c r="H544" s="16">
         <v>70</v>
       </c>
       <c r="I544" s="18">
         <v>0.15217391304347999</v>
       </c>
     </row>
-    <row r="545" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A545" s="14">
         <v>2020</v>
       </c>
       <c r="B545" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C545" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D545" s="16">
         <v>11</v>
       </c>
       <c r="E545" s="16">
         <v>5</v>
       </c>
       <c r="F545" s="17">
         <v>0.45454545454544998</v>
       </c>
       <c r="G545" s="16">
         <v>10</v>
       </c>
       <c r="H545" s="16">
         <v>3</v>
       </c>
       <c r="I545" s="18">
         <v>0.3</v>
       </c>
     </row>
-    <row r="546" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A546" s="14">
         <v>2020</v>
       </c>
       <c r="B546" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C546" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D546" s="16">
         <v>22</v>
       </c>
       <c r="E546" s="16">
         <v>5</v>
       </c>
       <c r="F546" s="17">
         <v>0.22727272727273001</v>
       </c>
       <c r="G546" s="16">
         <v>0</v>
       </c>
       <c r="H546" s="16">
         <v>0</v>
       </c>
-      <c r="I546" s="18" t="s">
-[...3 lines deleted...]
-    <row r="547" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I546" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="547" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A547" s="14">
         <v>2020</v>
       </c>
       <c r="B547" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C547" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D547" s="16">
         <v>34</v>
       </c>
       <c r="E547" s="16">
         <v>10</v>
       </c>
       <c r="F547" s="17">
         <v>0.29411764705881999</v>
       </c>
       <c r="G547" s="16">
         <v>0</v>
       </c>
       <c r="H547" s="16">
         <v>0</v>
       </c>
-      <c r="I547" s="18" t="s">
-[...3 lines deleted...]
-    <row r="548" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I547" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="548" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A548" s="14">
         <v>2020</v>
       </c>
       <c r="B548" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C548" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D548" s="16">
         <v>1108</v>
       </c>
       <c r="E548" s="16">
         <v>206</v>
       </c>
       <c r="F548" s="17">
         <v>0.18592057761733</v>
       </c>
       <c r="G548" s="16">
         <v>335</v>
       </c>
       <c r="H548" s="16">
         <v>67</v>
       </c>
       <c r="I548" s="18">
         <v>0.2</v>
       </c>
     </row>
-    <row r="549" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="549" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A549" s="14">
         <v>2020</v>
       </c>
       <c r="B549" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C549" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D549" s="16">
         <v>17</v>
       </c>
       <c r="E549" s="16">
         <v>5</v>
       </c>
       <c r="F549" s="17">
         <v>0.29411764705881999</v>
       </c>
       <c r="G549" s="16">
         <v>10</v>
       </c>
       <c r="H549" s="16">
         <v>6</v>
       </c>
       <c r="I549" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="550" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="550" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A550" s="14">
         <v>2020</v>
       </c>
       <c r="B550" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C550" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D550" s="16">
         <v>363</v>
       </c>
       <c r="E550" s="16">
         <v>98</v>
       </c>
       <c r="F550" s="17">
         <v>0.26997245179063001</v>
       </c>
       <c r="G550" s="16">
         <v>0</v>
       </c>
       <c r="H550" s="16">
         <v>0</v>
       </c>
-      <c r="I550" s="18" t="s">
-[...3 lines deleted...]
-    <row r="551" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I550" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="551" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A551" s="14">
         <v>2020</v>
       </c>
       <c r="B551" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C551" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D551" s="16">
         <v>190</v>
       </c>
       <c r="E551" s="16">
         <v>70</v>
       </c>
       <c r="F551" s="17">
         <v>0.36842105263157998</v>
       </c>
       <c r="G551" s="16">
         <v>10</v>
       </c>
       <c r="H551" s="16">
         <v>5</v>
       </c>
       <c r="I551" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="552" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="552" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A552" s="14">
         <v>2020</v>
       </c>
       <c r="B552" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C552" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D552" s="16">
         <v>2411</v>
       </c>
       <c r="E552" s="16">
         <v>415</v>
       </c>
       <c r="F552" s="17">
         <v>0.17212774782248</v>
       </c>
       <c r="G552" s="16">
         <v>894</v>
       </c>
       <c r="H552" s="16">
         <v>178</v>
       </c>
       <c r="I552" s="18">
         <v>0.19910514541387</v>
       </c>
     </row>
-    <row r="553" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A553" s="14">
         <v>2020</v>
       </c>
       <c r="B553" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C553" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D553" s="16">
         <v>17</v>
       </c>
       <c r="E553" s="16">
         <v>8</v>
       </c>
       <c r="F553" s="17">
         <v>0.47058823529412003</v>
       </c>
       <c r="G553" s="16">
         <v>28</v>
       </c>
       <c r="H553" s="16">
         <v>11</v>
       </c>
       <c r="I553" s="18">
         <v>0.39285714285714002</v>
       </c>
     </row>
-    <row r="554" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="554" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A554" s="14">
         <v>2020</v>
       </c>
       <c r="B554" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C554" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D554" s="16">
         <v>195</v>
       </c>
       <c r="E554" s="16">
         <v>58</v>
       </c>
       <c r="F554" s="17">
         <v>0.29743589743589999</v>
       </c>
       <c r="G554" s="16">
         <v>0</v>
       </c>
       <c r="H554" s="16">
         <v>0</v>
       </c>
-      <c r="I554" s="18" t="s">
-[...3 lines deleted...]
-    <row r="555" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I554" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="555" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A555" s="14">
         <v>2020</v>
       </c>
       <c r="B555" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C555" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D555" s="16">
         <v>214</v>
       </c>
       <c r="E555" s="16">
         <v>59</v>
       </c>
       <c r="F555" s="17">
         <v>0.27570093457944</v>
       </c>
       <c r="G555" s="16">
         <v>1</v>
       </c>
       <c r="H555" s="16">
         <v>0</v>
       </c>
       <c r="I555" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="556" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A556" s="14">
         <v>2020</v>
       </c>
       <c r="B556" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C556" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D556" s="16">
         <v>1970</v>
       </c>
       <c r="E556" s="16">
         <v>331</v>
       </c>
       <c r="F556" s="17">
         <v>0.16802030456853001</v>
       </c>
       <c r="G556" s="16">
         <v>881</v>
       </c>
       <c r="H556" s="16">
         <v>195</v>
       </c>
       <c r="I556" s="18">
         <v>0.22133938706015999</v>
       </c>
     </row>
-    <row r="557" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A557" s="14">
         <v>2020</v>
       </c>
       <c r="B557" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C557" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D557" s="16">
         <v>7</v>
       </c>
       <c r="E557" s="16">
         <v>4</v>
       </c>
       <c r="F557" s="17">
         <v>0.57142857142856995</v>
       </c>
       <c r="G557" s="16">
         <v>9</v>
       </c>
       <c r="H557" s="16">
         <v>4</v>
       </c>
       <c r="I557" s="18">
         <v>0.44444444444443998</v>
       </c>
     </row>
-    <row r="558" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="558" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A558" s="14">
         <v>2020</v>
       </c>
       <c r="B558" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C558" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D558" s="16">
         <v>186</v>
       </c>
       <c r="E558" s="16">
         <v>60</v>
       </c>
       <c r="F558" s="17">
         <v>0.32258064516128998</v>
       </c>
       <c r="G558" s="16">
         <v>0</v>
       </c>
       <c r="H558" s="16">
         <v>0</v>
       </c>
-      <c r="I558" s="18" t="s">
-[...3 lines deleted...]
-    <row r="559" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I558" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="559" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A559" s="14">
         <v>2020</v>
       </c>
       <c r="B559" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C559" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D559" s="16">
         <v>37</v>
       </c>
       <c r="E559" s="16">
         <v>19</v>
       </c>
       <c r="F559" s="17">
         <v>0.51351351351351004</v>
       </c>
       <c r="G559" s="16">
         <v>0</v>
       </c>
       <c r="H559" s="16">
         <v>0</v>
       </c>
-      <c r="I559" s="18" t="s">
-[...3 lines deleted...]
-    <row r="560" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I559" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="560" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A560" s="14">
         <v>2020</v>
       </c>
       <c r="B560" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C560" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D560" s="16">
         <v>738</v>
       </c>
       <c r="E560" s="16">
         <v>179</v>
       </c>
       <c r="F560" s="17">
         <v>0.24254742547425001</v>
       </c>
       <c r="G560" s="16">
         <v>177</v>
       </c>
       <c r="H560" s="16">
         <v>40</v>
       </c>
       <c r="I560" s="18">
         <v>0.22598870056497</v>
       </c>
     </row>
-    <row r="561" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="561" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A561" s="14">
         <v>2020</v>
       </c>
       <c r="B561" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C561" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D561" s="16">
         <v>8</v>
       </c>
       <c r="E561" s="16">
         <v>5</v>
       </c>
       <c r="F561" s="17">
         <v>0.625</v>
       </c>
       <c r="G561" s="16">
         <v>4</v>
       </c>
       <c r="H561" s="16">
         <v>2</v>
       </c>
       <c r="I561" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="562" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="562" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A562" s="14">
         <v>2020</v>
       </c>
       <c r="B562" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C562" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D562" s="16">
         <v>114</v>
       </c>
       <c r="E562" s="16">
         <v>42</v>
       </c>
       <c r="F562" s="17">
         <v>0.36842105263157998</v>
       </c>
       <c r="G562" s="16">
         <v>0</v>
       </c>
       <c r="H562" s="16">
         <v>0</v>
       </c>
-      <c r="I562" s="18" t="s">
-[...3 lines deleted...]
-    <row r="563" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I562" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="563" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A563" s="14">
         <v>2020</v>
       </c>
       <c r="B563" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C563" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D563" s="16">
         <v>60</v>
       </c>
       <c r="E563" s="16">
         <v>13</v>
       </c>
       <c r="F563" s="17">
         <v>0.21666666666667</v>
       </c>
       <c r="G563" s="16">
         <v>0</v>
       </c>
       <c r="H563" s="16">
         <v>0</v>
       </c>
-      <c r="I563" s="18" t="s">
-[...3 lines deleted...]
-    <row r="564" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I563" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="564" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A564" s="14">
         <v>2020</v>
       </c>
       <c r="B564" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C564" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D564" s="16">
         <v>767</v>
       </c>
       <c r="E564" s="16">
         <v>141</v>
       </c>
       <c r="F564" s="17">
         <v>0.18383311603651001</v>
       </c>
       <c r="G564" s="16">
         <v>284</v>
       </c>
       <c r="H564" s="16">
         <v>55</v>
       </c>
       <c r="I564" s="18">
         <v>0.19366197183098999</v>
       </c>
     </row>
-    <row r="565" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="565" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A565" s="14">
         <v>2020</v>
       </c>
       <c r="B565" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C565" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D565" s="16">
         <v>449</v>
       </c>
       <c r="E565" s="16">
         <v>123</v>
       </c>
       <c r="F565" s="17">
         <v>0.27394209354120003</v>
       </c>
       <c r="G565" s="16">
         <v>0</v>
       </c>
       <c r="H565" s="16">
         <v>0</v>
       </c>
-      <c r="I565" s="18" t="s">
-[...3 lines deleted...]
-    <row r="566" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I565" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="566" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A566" s="14">
         <v>2020</v>
       </c>
       <c r="B566" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C566" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D566" s="16">
         <v>345</v>
       </c>
       <c r="E566" s="16">
         <v>114</v>
       </c>
       <c r="F566" s="17">
         <v>0.33043478260870002</v>
       </c>
       <c r="G566" s="16">
         <v>2</v>
       </c>
       <c r="H566" s="16">
         <v>0</v>
       </c>
       <c r="I566" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="567" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="567" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A567" s="14">
         <v>2020</v>
       </c>
       <c r="B567" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C567" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D567" s="16">
         <v>3076</v>
       </c>
       <c r="E567" s="16">
         <v>666</v>
       </c>
       <c r="F567" s="17">
         <v>0.21651495448635</v>
       </c>
       <c r="G567" s="16">
         <v>1118</v>
       </c>
       <c r="H567" s="16">
         <v>235</v>
       </c>
       <c r="I567" s="18">
         <v>0.21019677996422001</v>
       </c>
     </row>
-    <row r="568" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="568" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A568" s="14">
         <v>2020</v>
       </c>
       <c r="B568" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C568" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D568" s="16">
         <v>37</v>
       </c>
       <c r="E568" s="16">
         <v>21</v>
       </c>
       <c r="F568" s="17">
         <v>0.56756756756756999</v>
       </c>
       <c r="G568" s="16">
         <v>29</v>
       </c>
       <c r="H568" s="16">
         <v>15</v>
       </c>
       <c r="I568" s="18">
         <v>0.51724137931033998</v>
       </c>
     </row>
-    <row r="569" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A569" s="14">
         <v>2020</v>
       </c>
       <c r="B569" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C569" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D569" s="16">
         <v>77</v>
       </c>
       <c r="E569" s="16">
         <v>22</v>
       </c>
       <c r="F569" s="17">
         <v>0.28571428571428997</v>
       </c>
       <c r="G569" s="16">
         <v>0</v>
       </c>
       <c r="H569" s="16">
         <v>0</v>
       </c>
-      <c r="I569" s="18" t="s">
-[...3 lines deleted...]
-    <row r="570" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I569" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="570" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A570" s="14">
         <v>2020</v>
       </c>
       <c r="B570" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C570" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D570" s="16">
         <v>58</v>
       </c>
       <c r="E570" s="16">
         <v>17</v>
       </c>
       <c r="F570" s="17">
         <v>0.29310344827585999</v>
       </c>
       <c r="G570" s="16">
         <v>0</v>
       </c>
       <c r="H570" s="16">
         <v>0</v>
       </c>
-      <c r="I570" s="18" t="s">
-[...3 lines deleted...]
-    <row r="571" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I570" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="571" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A571" s="14">
         <v>2020</v>
       </c>
       <c r="B571" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C571" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D571" s="16">
         <v>1150</v>
       </c>
       <c r="E571" s="16">
         <v>227</v>
       </c>
       <c r="F571" s="17">
         <v>0.19739130434783</v>
       </c>
       <c r="G571" s="16">
         <v>406</v>
       </c>
       <c r="H571" s="16">
         <v>78</v>
       </c>
       <c r="I571" s="18">
         <v>0.19211822660099001</v>
       </c>
     </row>
-    <row r="572" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A572" s="14">
         <v>2020</v>
       </c>
       <c r="B572" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C572" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D572" s="16">
         <v>9</v>
       </c>
       <c r="E572" s="16">
         <v>6</v>
       </c>
       <c r="F572" s="17">
         <v>0.66666666666666996</v>
       </c>
       <c r="G572" s="16">
         <v>4</v>
       </c>
       <c r="H572" s="16">
         <v>2</v>
       </c>
       <c r="I572" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="573" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="573" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A573" s="14">
         <v>2020</v>
       </c>
       <c r="B573" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C573" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D573" s="16">
         <v>494</v>
       </c>
       <c r="E573" s="16">
         <v>141</v>
       </c>
       <c r="F573" s="17">
         <v>0.28542510121456999</v>
       </c>
       <c r="G573" s="16">
         <v>0</v>
       </c>
       <c r="H573" s="16">
         <v>0</v>
       </c>
-      <c r="I573" s="18" t="s">
-[...3 lines deleted...]
-    <row r="574" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I573" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="574" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A574" s="14">
         <v>2020</v>
       </c>
       <c r="B574" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C574" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D574" s="16">
         <v>129</v>
       </c>
       <c r="E574" s="16">
         <v>38</v>
       </c>
       <c r="F574" s="17">
         <v>0.29457364341085002</v>
       </c>
       <c r="G574" s="16">
         <v>7</v>
       </c>
       <c r="H574" s="16">
         <v>4</v>
       </c>
       <c r="I574" s="18">
         <v>0.57142857142856995</v>
       </c>
     </row>
-    <row r="575" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="575" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A575" s="14">
         <v>2020</v>
       </c>
       <c r="B575" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C575" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D575" s="16">
         <v>4193</v>
       </c>
       <c r="E575" s="16">
         <v>1295</v>
       </c>
       <c r="F575" s="17">
         <v>0.30884808013356002</v>
       </c>
       <c r="G575" s="16">
         <v>623</v>
       </c>
       <c r="H575" s="16">
         <v>162</v>
       </c>
       <c r="I575" s="18">
         <v>0.26003210272873001</v>
       </c>
     </row>
-    <row r="576" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="576" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A576" s="14">
         <v>2020</v>
       </c>
       <c r="B576" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C576" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D576" s="16">
         <v>89</v>
       </c>
       <c r="E576" s="16">
         <v>45</v>
       </c>
       <c r="F576" s="17">
         <v>0.50561797752809001</v>
       </c>
       <c r="G576" s="16">
         <v>106</v>
       </c>
       <c r="H576" s="16">
         <v>51</v>
       </c>
       <c r="I576" s="18">
         <v>0.4811320754717</v>
       </c>
     </row>
-    <row r="577" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A577" s="14">
         <v>2020</v>
       </c>
       <c r="B577" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C577" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D577" s="16">
         <v>509</v>
       </c>
       <c r="E577" s="16">
         <v>128</v>
       </c>
       <c r="F577" s="17">
         <v>0.25147347740668002</v>
       </c>
       <c r="G577" s="16">
         <v>0</v>
       </c>
       <c r="H577" s="16">
         <v>0</v>
       </c>
-      <c r="I577" s="18" t="s">
-[...3 lines deleted...]
-    <row r="578" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I577" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="578" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A578" s="14">
         <v>2020</v>
       </c>
       <c r="B578" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C578" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D578" s="16">
         <v>306</v>
       </c>
       <c r="E578" s="16">
         <v>95</v>
       </c>
       <c r="F578" s="17">
         <v>0.31045751633987001</v>
       </c>
       <c r="G578" s="16">
         <v>0</v>
       </c>
       <c r="H578" s="16">
         <v>0</v>
       </c>
-      <c r="I578" s="18" t="s">
-[...3 lines deleted...]
-    <row r="579" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I578" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="579" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A579" s="14">
         <v>2020</v>
       </c>
       <c r="B579" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C579" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D579" s="16">
         <v>2152</v>
       </c>
       <c r="E579" s="16">
         <v>452</v>
       </c>
       <c r="F579" s="17">
         <v>0.21003717472118999</v>
       </c>
       <c r="G579" s="16">
         <v>1029</v>
       </c>
       <c r="H579" s="16">
         <v>228</v>
       </c>
       <c r="I579" s="18">
         <v>0.22157434402331999</v>
       </c>
     </row>
-    <row r="580" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="580" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A580" s="14">
         <v>2020</v>
       </c>
       <c r="B580" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C580" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D580" s="16">
         <v>19</v>
       </c>
       <c r="E580" s="16">
         <v>14</v>
       </c>
       <c r="F580" s="17">
         <v>0.73684210526315996</v>
       </c>
       <c r="G580" s="16">
         <v>10</v>
       </c>
       <c r="H580" s="16">
         <v>6</v>
       </c>
       <c r="I580" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="581" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="581" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A581" s="14">
         <v>2020</v>
       </c>
       <c r="B581" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C581" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D581" s="16">
         <v>45</v>
       </c>
       <c r="E581" s="16">
         <v>11</v>
       </c>
       <c r="F581" s="17">
         <v>0.24444444444444</v>
       </c>
       <c r="G581" s="16">
         <v>0</v>
       </c>
       <c r="H581" s="16">
         <v>0</v>
       </c>
-      <c r="I581" s="18" t="s">
-[...3 lines deleted...]
-    <row r="582" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I581" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="582" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A582" s="14">
         <v>2020</v>
       </c>
       <c r="B582" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C582" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D582" s="16">
         <v>74</v>
       </c>
       <c r="E582" s="16">
         <v>23</v>
       </c>
       <c r="F582" s="17">
         <v>0.31081081081081002</v>
       </c>
       <c r="G582" s="16">
         <v>0</v>
       </c>
       <c r="H582" s="16">
         <v>0</v>
       </c>
-      <c r="I582" s="18" t="s">
-[...3 lines deleted...]
-    <row r="583" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I582" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="583" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A583" s="14">
         <v>2020</v>
       </c>
       <c r="B583" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C583" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D583" s="16">
         <v>635</v>
       </c>
       <c r="E583" s="16">
         <v>45</v>
       </c>
       <c r="F583" s="17">
         <v>7.0866141732279994E-2</v>
       </c>
       <c r="G583" s="16">
         <v>315</v>
       </c>
       <c r="H583" s="16">
         <v>36</v>
       </c>
       <c r="I583" s="18">
         <v>0.11428571428570999</v>
       </c>
     </row>
-    <row r="584" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="584" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A584" s="14">
         <v>2020</v>
       </c>
       <c r="B584" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C584" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D584" s="16">
         <v>0</v>
       </c>
       <c r="E584" s="16">
         <v>0</v>
       </c>
       <c r="F584" s="18">
         <v>0</v>
       </c>
       <c r="G584" s="16">
         <v>3</v>
       </c>
       <c r="H584" s="16">
         <v>2</v>
       </c>
       <c r="I584" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="585" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="585" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A585" s="14">
         <v>2020</v>
       </c>
       <c r="B585" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C585" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D585" s="16">
         <v>661</v>
       </c>
       <c r="E585" s="16">
         <v>164</v>
       </c>
       <c r="F585" s="17">
         <v>0.24810892586989</v>
       </c>
       <c r="G585" s="16">
         <v>0</v>
       </c>
       <c r="H585" s="16">
         <v>0</v>
       </c>
-      <c r="I585" s="18" t="s">
-[...3 lines deleted...]
-    <row r="586" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I585" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="586" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A586" s="14">
         <v>2020</v>
       </c>
       <c r="B586" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C586" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D586" s="16">
         <v>270</v>
       </c>
       <c r="E586" s="16">
         <v>72</v>
       </c>
       <c r="F586" s="17">
         <v>0.26666666666666999</v>
       </c>
       <c r="G586" s="16">
         <v>0</v>
       </c>
       <c r="H586" s="16">
         <v>0</v>
       </c>
-      <c r="I586" s="18" t="s">
-[...3 lines deleted...]
-    <row r="587" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I586" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="587" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A587" s="14">
         <v>2020</v>
       </c>
       <c r="B587" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C587" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D587" s="16">
         <v>3987</v>
       </c>
       <c r="E587" s="16">
         <v>864</v>
       </c>
       <c r="F587" s="17">
         <v>0.21670428893905</v>
       </c>
       <c r="G587" s="16">
         <v>1500</v>
       </c>
       <c r="H587" s="16">
         <v>319</v>
       </c>
       <c r="I587" s="18">
         <v>0.21266666666667</v>
       </c>
     </row>
-    <row r="588" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="588" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A588" s="14">
         <v>2020</v>
       </c>
       <c r="B588" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C588" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D588" s="16">
         <v>19</v>
       </c>
       <c r="E588" s="16">
         <v>9</v>
       </c>
       <c r="F588" s="17">
         <v>0.47368421052631998</v>
       </c>
       <c r="G588" s="16">
         <v>19</v>
       </c>
       <c r="H588" s="16">
         <v>8</v>
       </c>
       <c r="I588" s="18">
         <v>0.42105263157895001</v>
       </c>
     </row>
-    <row r="589" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A589" s="14">
         <v>2020</v>
       </c>
       <c r="B589" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C589" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D589" s="16">
         <v>54</v>
       </c>
       <c r="E589" s="16">
         <v>18</v>
       </c>
       <c r="F589" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G589" s="16">
         <v>0</v>
       </c>
       <c r="H589" s="16">
         <v>0</v>
       </c>
-      <c r="I589" s="18" t="s">
-[...3 lines deleted...]
-    <row r="590" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I589" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="590" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A590" s="14">
         <v>2020</v>
       </c>
       <c r="B590" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C590" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D590" s="16">
         <v>52</v>
       </c>
       <c r="E590" s="16">
         <v>18</v>
       </c>
       <c r="F590" s="17">
         <v>0.34615384615384998</v>
       </c>
       <c r="G590" s="16">
         <v>0</v>
       </c>
       <c r="H590" s="16">
         <v>0</v>
       </c>
-      <c r="I590" s="18" t="s">
-[...3 lines deleted...]
-    <row r="591" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I590" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="591" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A591" s="14">
         <v>2020</v>
       </c>
       <c r="B591" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C591" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D591" s="16">
         <v>559</v>
       </c>
       <c r="E591" s="16">
         <v>53</v>
       </c>
       <c r="F591" s="17">
         <v>9.4812164579610003E-2</v>
       </c>
       <c r="G591" s="16">
         <v>225</v>
       </c>
       <c r="H591" s="16">
         <v>28</v>
       </c>
       <c r="I591" s="18">
         <v>0.12444444444444</v>
       </c>
     </row>
-    <row r="592" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="592" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A592" s="14">
         <v>2020</v>
       </c>
       <c r="B592" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C592" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D592" s="16">
         <v>2</v>
       </c>
       <c r="E592" s="16">
         <v>1</v>
       </c>
       <c r="F592" s="17">
         <v>0.5</v>
       </c>
       <c r="G592" s="16">
         <v>6</v>
       </c>
       <c r="H592" s="16">
         <v>1</v>
       </c>
       <c r="I592" s="18">
         <v>0.16666666666666999</v>
       </c>
     </row>
-    <row r="593" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="593" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A593" s="14">
         <v>2020</v>
       </c>
       <c r="B593" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C593" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D593" s="16">
         <v>9</v>
       </c>
       <c r="E593" s="16">
         <v>3</v>
       </c>
       <c r="F593" s="17">
         <v>0.33333333333332998</v>
       </c>
       <c r="G593" s="16">
         <v>0</v>
       </c>
       <c r="H593" s="16">
         <v>0</v>
       </c>
-      <c r="I593" s="18" t="s">
-[...3 lines deleted...]
-    <row r="594" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I593" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="594" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A594" s="14">
         <v>2020</v>
       </c>
       <c r="B594" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C594" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D594" s="16">
         <v>9</v>
       </c>
       <c r="E594" s="16">
         <v>2</v>
       </c>
       <c r="F594" s="17">
         <v>0.22222222222221999</v>
       </c>
       <c r="G594" s="16">
         <v>0</v>
       </c>
       <c r="H594" s="16">
         <v>0</v>
       </c>
-      <c r="I594" s="18" t="s">
-[...3 lines deleted...]
-    <row r="595" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I594" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="595" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A595" s="14">
         <v>2020</v>
       </c>
       <c r="B595" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C595" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D595" s="16">
         <v>217</v>
       </c>
       <c r="E595" s="16">
         <v>26</v>
       </c>
       <c r="F595" s="17">
         <v>0.11981566820276</v>
       </c>
       <c r="G595" s="16">
         <v>60</v>
       </c>
       <c r="H595" s="16">
         <v>7</v>
       </c>
       <c r="I595" s="18">
         <v>0.11666666666667</v>
       </c>
     </row>
-    <row r="596" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="596" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A596" s="14">
         <v>2020</v>
       </c>
       <c r="B596" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C596" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D596" s="16">
         <v>0</v>
       </c>
       <c r="E596" s="16">
         <v>0</v>
       </c>
       <c r="F596" s="18">
         <v>0</v>
       </c>
       <c r="G596" s="16">
         <v>1</v>
       </c>
       <c r="H596" s="16">
         <v>0</v>
       </c>
       <c r="I596" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="597" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="597" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A597" s="14">
         <v>2020</v>
       </c>
       <c r="B597" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C597" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D597" s="16">
         <v>6</v>
       </c>
       <c r="E597" s="16">
         <v>1</v>
       </c>
       <c r="F597" s="17">
         <v>0.16666666666666999</v>
       </c>
       <c r="G597" s="16">
         <v>0</v>
       </c>
       <c r="H597" s="16">
         <v>0</v>
       </c>
-      <c r="I597" s="18" t="s">
-[...3 lines deleted...]
-    <row r="598" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I597" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="598" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A598" s="14">
         <v>2020</v>
       </c>
       <c r="B598" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C598" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D598" s="16">
         <v>16</v>
       </c>
       <c r="E598" s="16">
         <v>5</v>
       </c>
       <c r="F598" s="17">
         <v>0.3125</v>
       </c>
       <c r="G598" s="16">
         <v>0</v>
       </c>
       <c r="H598" s="16">
         <v>0</v>
       </c>
-      <c r="I598" s="18" t="s">
-[...3 lines deleted...]
-    <row r="599" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I598" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="599" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A599" s="14">
         <v>2020</v>
       </c>
       <c r="B599" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C599" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D599" s="16">
         <v>1532</v>
       </c>
       <c r="E599" s="16">
         <v>190</v>
       </c>
       <c r="F599" s="17">
         <v>0.12402088772846</v>
       </c>
       <c r="G599" s="16">
         <v>142</v>
       </c>
       <c r="H599" s="16">
         <v>34</v>
       </c>
       <c r="I599" s="18">
         <v>0.23943661971831001</v>
       </c>
     </row>
-    <row r="600" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="600" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A600" s="14">
         <v>2020</v>
       </c>
       <c r="B600" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C600" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D600" s="16">
         <v>9</v>
       </c>
       <c r="E600" s="16">
         <v>6</v>
       </c>
       <c r="F600" s="17">
         <v>0.66666666666666996</v>
       </c>
       <c r="G600" s="16">
         <v>4</v>
       </c>
       <c r="H600" s="16">
         <v>3</v>
       </c>
       <c r="I600" s="18">
         <v>0.75</v>
       </c>
     </row>
-    <row r="601" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="601" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A601" s="19">
         <v>2020</v>
       </c>
       <c r="B601" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C601" s="23" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D601" s="20">
         <v>6357</v>
       </c>
       <c r="E601" s="20">
         <v>1685</v>
       </c>
       <c r="F601" s="21">
         <v>0.26506213622778002</v>
       </c>
       <c r="G601" s="20">
         <v>0</v>
       </c>
       <c r="H601" s="20">
         <v>0</v>
       </c>
-      <c r="I601" s="22" t="s">
-[...3 lines deleted...]
-    <row r="602" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I601" s="22">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="602" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A602" s="19">
         <v>2020</v>
       </c>
       <c r="B602" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C602" s="23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D602" s="20">
         <v>4045</v>
       </c>
       <c r="E602" s="20">
         <v>1240</v>
       </c>
       <c r="F602" s="21">
         <v>0.30655129789864</v>
       </c>
       <c r="G602" s="20">
         <v>27</v>
       </c>
       <c r="H602" s="20">
         <v>13</v>
       </c>
       <c r="I602" s="22">
         <v>0.48148148148148001</v>
       </c>
     </row>
-    <row r="603" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="603" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A603" s="19">
         <v>2020</v>
       </c>
       <c r="B603" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C603" s="23" t="s">
         <v>24</v>
       </c>
       <c r="D603" s="20">
         <v>52190</v>
       </c>
       <c r="E603" s="20">
         <v>10166</v>
       </c>
       <c r="F603" s="21">
         <v>0.19478827361564</v>
       </c>
       <c r="G603" s="20">
         <v>18022</v>
       </c>
       <c r="H603" s="20">
         <v>3617</v>
       </c>
       <c r="I603" s="22">
         <v>0.20069914548885001</v>
       </c>
     </row>
-    <row r="604" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="604" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A604" s="19">
         <v>2020</v>
       </c>
       <c r="B604" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C604" s="23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D604" s="20">
         <v>425</v>
       </c>
       <c r="E604" s="20">
         <v>235</v>
       </c>
       <c r="F604" s="21">
         <v>0.55294117647059005</v>
       </c>
       <c r="G604" s="20">
         <v>388</v>
       </c>
       <c r="H604" s="20">
         <v>184</v>
       </c>
       <c r="I604" s="22">
         <v>0.47422680412370999</v>
       </c>
     </row>
-    <row r="605" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="605" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A605" s="24">
         <v>2020</v>
       </c>
       <c r="B605" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C605" s="25"/>
       <c r="D605" s="26">
         <v>63017</v>
       </c>
       <c r="E605" s="26">
         <v>13326</v>
       </c>
       <c r="F605" s="27">
         <v>0.21146674706825</v>
       </c>
       <c r="G605" s="26">
         <v>18437</v>
       </c>
       <c r="H605" s="26">
         <v>3814</v>
       </c>
       <c r="I605" s="28">
         <v>0.20686662689158</v>
       </c>
     </row>
-    <row r="606" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="606" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A606" s="14">
         <v>2021</v>
       </c>
       <c r="B606" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C606" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D606" s="16">
         <v>94</v>
       </c>
       <c r="E606" s="16">
         <v>20</v>
       </c>
       <c r="F606" s="17">
         <v>0.21276595744681001</v>
       </c>
       <c r="G606" s="16">
         <v>0</v>
       </c>
       <c r="H606" s="16">
         <v>0</v>
       </c>
-      <c r="I606" s="18" t="s">
-[...3 lines deleted...]
-    <row r="607" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I606" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="607" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A607" s="14">
         <v>2021</v>
       </c>
       <c r="B607" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C607" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D607" s="16">
         <v>117</v>
       </c>
       <c r="E607" s="16">
         <v>15</v>
       </c>
       <c r="F607" s="17">
         <v>0.12820512820513</v>
       </c>
       <c r="G607" s="16">
         <v>140</v>
       </c>
       <c r="H607" s="16">
         <v>25</v>
       </c>
       <c r="I607" s="18">
         <v>0.17857142857142999</v>
       </c>
     </row>
-    <row r="608" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="608" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A608" s="14">
         <v>2021</v>
       </c>
       <c r="B608" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C608" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D608" s="16">
         <v>6</v>
       </c>
       <c r="E608" s="16">
         <v>6</v>
       </c>
       <c r="F608" s="17">
         <v>1</v>
       </c>
       <c r="G608" s="16">
         <v>5</v>
       </c>
       <c r="H608" s="16">
         <v>5</v>
       </c>
       <c r="I608" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="609" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="609" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A609" s="14">
         <v>2021</v>
       </c>
       <c r="B609" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C609" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D609" s="16">
         <v>363</v>
       </c>
       <c r="E609" s="16">
         <v>67</v>
       </c>
       <c r="F609" s="17">
         <v>0.18457300275482</v>
       </c>
       <c r="G609" s="16">
         <v>174</v>
       </c>
       <c r="H609" s="16">
         <v>21</v>
       </c>
       <c r="I609" s="18">
         <v>0.12068965517241</v>
       </c>
     </row>
-    <row r="610" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="610" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A610" s="14">
         <v>2021</v>
       </c>
       <c r="B610" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C610" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D610" s="16">
         <v>6</v>
       </c>
       <c r="E610" s="16">
         <v>6</v>
       </c>
       <c r="F610" s="17">
         <v>1</v>
       </c>
       <c r="G610" s="16">
         <v>3</v>
       </c>
       <c r="H610" s="16">
         <v>3</v>
       </c>
       <c r="I610" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="611" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="611" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A611" s="14">
         <v>2021</v>
       </c>
       <c r="B611" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C611" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D611" s="16">
         <v>26</v>
       </c>
       <c r="E611" s="16">
         <v>8</v>
       </c>
       <c r="F611" s="17">
         <v>0.30769230769230999</v>
       </c>
       <c r="G611" s="16">
         <v>1</v>
       </c>
       <c r="H611" s="16">
         <v>0</v>
       </c>
       <c r="I611" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="612" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="612" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A612" s="14">
         <v>2021</v>
       </c>
       <c r="B612" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C612" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D612" s="16">
         <v>35</v>
       </c>
       <c r="E612" s="16">
         <v>8</v>
       </c>
       <c r="F612" s="17">
         <v>0.22857142857143001</v>
       </c>
       <c r="G612" s="16">
         <v>0</v>
       </c>
       <c r="H612" s="16">
         <v>0</v>
       </c>
-      <c r="I612" s="18" t="s">
-[...3 lines deleted...]
-    <row r="613" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I612" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="613" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A613" s="14">
         <v>2021</v>
       </c>
       <c r="B613" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C613" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D613" s="16">
         <v>360</v>
       </c>
       <c r="E613" s="16">
         <v>39</v>
       </c>
       <c r="F613" s="17">
         <v>0.10833333333333001</v>
       </c>
       <c r="G613" s="16">
         <v>160</v>
       </c>
       <c r="H613" s="16">
         <v>25</v>
       </c>
       <c r="I613" s="18">
         <v>0.15625</v>
       </c>
     </row>
-    <row r="614" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="614" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A614" s="14">
         <v>2021</v>
       </c>
       <c r="B614" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C614" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D614" s="16">
         <v>1</v>
       </c>
       <c r="E614" s="16">
         <v>1</v>
       </c>
       <c r="F614" s="17">
         <v>1</v>
       </c>
       <c r="G614" s="16">
         <v>0</v>
       </c>
       <c r="H614" s="16">
         <v>0</v>
       </c>
-      <c r="I614" s="18" t="s">
-[...3 lines deleted...]
-    <row r="615" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I614" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="615" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A615" s="14">
         <v>2021</v>
       </c>
       <c r="B615" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C615" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D615" s="16">
         <v>1053</v>
       </c>
       <c r="E615" s="16">
         <v>291</v>
       </c>
       <c r="F615" s="17">
         <v>0.27635327635328</v>
       </c>
       <c r="G615" s="16">
         <v>0</v>
       </c>
       <c r="H615" s="16">
         <v>0</v>
       </c>
-      <c r="I615" s="18" t="s">
-[...3 lines deleted...]
-    <row r="616" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I615" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="616" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A616" s="14">
         <v>2021</v>
       </c>
       <c r="B616" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C616" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D616" s="16">
         <v>635</v>
       </c>
       <c r="E616" s="16">
         <v>127</v>
       </c>
       <c r="F616" s="17">
         <v>0.2</v>
       </c>
       <c r="G616" s="16">
         <v>9</v>
       </c>
       <c r="H616" s="16">
         <v>3</v>
       </c>
       <c r="I616" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="617" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="617" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A617" s="14">
         <v>2021</v>
       </c>
       <c r="B617" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C617" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D617" s="16">
         <v>8316</v>
       </c>
       <c r="E617" s="16">
         <v>1069</v>
       </c>
       <c r="F617" s="17">
         <v>0.12854737854737999</v>
       </c>
       <c r="G617" s="16">
         <v>3854</v>
       </c>
       <c r="H617" s="16">
         <v>541</v>
       </c>
       <c r="I617" s="18">
         <v>0.14037363777893</v>
       </c>
     </row>
-    <row r="618" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="618" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A618" s="14">
         <v>2021</v>
       </c>
       <c r="B618" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C618" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D618" s="16">
         <v>35</v>
       </c>
       <c r="E618" s="16">
         <v>8</v>
       </c>
       <c r="F618" s="18">
         <v>0.22857142857143001</v>
       </c>
       <c r="G618" s="16">
         <v>48</v>
       </c>
       <c r="H618" s="16">
         <v>17</v>
       </c>
       <c r="I618" s="18">
         <v>0.35416666666667002</v>
       </c>
     </row>
-    <row r="619" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="619" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A619" s="14">
         <v>2021</v>
       </c>
       <c r="B619" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C619" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D619" s="16">
         <v>168</v>
       </c>
       <c r="E619" s="16">
         <v>51</v>
       </c>
       <c r="F619" s="18">
         <v>0.30357142857142999</v>
       </c>
       <c r="G619" s="16">
         <v>0</v>
       </c>
       <c r="H619" s="16">
         <v>0</v>
       </c>
-      <c r="I619" s="18" t="s">
-[...3 lines deleted...]
-    <row r="620" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I619" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="620" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A620" s="14">
         <v>2021</v>
       </c>
       <c r="B620" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C620" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D620" s="16">
         <v>89</v>
       </c>
       <c r="E620" s="16">
         <v>34</v>
       </c>
       <c r="F620" s="17">
         <v>0.38202247191011002</v>
       </c>
       <c r="G620" s="16">
         <v>0</v>
       </c>
       <c r="H620" s="16">
         <v>0</v>
       </c>
-      <c r="I620" s="18" t="s">
-[...3 lines deleted...]
-    <row r="621" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I620" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="621" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A621" s="14">
         <v>2021</v>
       </c>
       <c r="B621" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C621" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D621" s="16">
         <v>1220</v>
       </c>
       <c r="E621" s="16">
         <v>290</v>
       </c>
       <c r="F621" s="17">
         <v>0.23770491803279001</v>
       </c>
       <c r="G621" s="16">
         <v>370</v>
       </c>
       <c r="H621" s="16">
         <v>78</v>
       </c>
       <c r="I621" s="18">
         <v>0.21081081081080999</v>
       </c>
     </row>
-    <row r="622" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="622" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A622" s="14">
         <v>2021</v>
       </c>
       <c r="B622" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C622" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D622" s="16">
         <v>9</v>
       </c>
       <c r="E622" s="16">
         <v>6</v>
       </c>
       <c r="F622" s="17">
         <v>0.66666666666666996</v>
       </c>
       <c r="G622" s="16">
         <v>6</v>
       </c>
       <c r="H622" s="16">
         <v>2</v>
       </c>
       <c r="I622" s="18">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="623" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="623" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A623" s="14">
         <v>2021</v>
       </c>
       <c r="B623" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C623" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D623" s="16">
         <v>45</v>
       </c>
       <c r="E623" s="16">
         <v>9</v>
       </c>
       <c r="F623" s="17">
         <v>0.2</v>
       </c>
       <c r="G623" s="16">
         <v>0</v>
       </c>
       <c r="H623" s="16">
         <v>0</v>
       </c>
-      <c r="I623" s="18" t="s">
-[...3 lines deleted...]
-    <row r="624" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I623" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="624" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A624" s="14">
         <v>2021</v>
       </c>
       <c r="B624" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C624" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D624" s="16">
         <v>27</v>
       </c>
       <c r="E624" s="16">
         <v>17</v>
       </c>
       <c r="F624" s="17">
         <v>0.62962962962962998</v>
       </c>
       <c r="G624" s="16">
         <v>0</v>
       </c>
       <c r="H624" s="16">
         <v>0</v>
       </c>
-      <c r="I624" s="18" t="s">
-[...3 lines deleted...]
-    <row r="625" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I624" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="625" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A625" s="14">
         <v>2021</v>
       </c>
       <c r="B625" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C625" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D625" s="16">
         <v>465</v>
       </c>
       <c r="E625" s="16">
         <v>118</v>
       </c>
       <c r="F625" s="17">
         <v>0.25376344086022001</v>
       </c>
       <c r="G625" s="16">
         <v>291</v>
       </c>
       <c r="H625" s="16">
         <v>85</v>
       </c>
       <c r="I625" s="18">
         <v>0.29209621993127</v>
       </c>
     </row>
-    <row r="626" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="626" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A626" s="14">
         <v>2021</v>
       </c>
       <c r="B626" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C626" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D626" s="16">
         <v>1</v>
       </c>
       <c r="E626" s="16">
         <v>1</v>
       </c>
       <c r="F626" s="17">
         <v>1</v>
       </c>
       <c r="G626" s="16">
         <v>5</v>
       </c>
       <c r="H626" s="16">
         <v>3</v>
       </c>
       <c r="I626" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="627" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="627" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A627" s="14">
         <v>2021</v>
       </c>
       <c r="B627" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C627" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D627" s="16">
         <v>629</v>
       </c>
       <c r="E627" s="16">
         <v>212</v>
       </c>
       <c r="F627" s="17">
         <v>0.33704292527822</v>
       </c>
       <c r="G627" s="16">
         <v>0</v>
       </c>
       <c r="H627" s="16">
         <v>0</v>
       </c>
-      <c r="I627" s="18" t="s">
-[...3 lines deleted...]
-    <row r="628" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I627" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="628" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A628" s="14">
         <v>2021</v>
       </c>
       <c r="B628" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C628" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D628" s="16">
         <v>561</v>
       </c>
       <c r="E628" s="16">
         <v>183</v>
       </c>
       <c r="F628" s="17">
         <v>0.32620320855614998</v>
       </c>
       <c r="G628" s="16">
         <v>0</v>
       </c>
       <c r="H628" s="16">
         <v>0</v>
       </c>
-      <c r="I628" s="18" t="s">
-[...3 lines deleted...]
-    <row r="629" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I628" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="629" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A629" s="14">
         <v>2021</v>
       </c>
       <c r="B629" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C629" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D629" s="16">
         <v>4350</v>
       </c>
       <c r="E629" s="16">
         <v>805</v>
       </c>
       <c r="F629" s="17">
         <v>0.18505747126437</v>
       </c>
       <c r="G629" s="16">
         <v>1710</v>
       </c>
       <c r="H629" s="16">
         <v>293</v>
       </c>
       <c r="I629" s="18">
         <v>0.17134502923976999</v>
       </c>
     </row>
-    <row r="630" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="630" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A630" s="14">
         <v>2021</v>
       </c>
       <c r="B630" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C630" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D630" s="16">
         <v>56</v>
       </c>
       <c r="E630" s="16">
         <v>19</v>
       </c>
       <c r="F630" s="17">
         <v>0.33928571428571003</v>
       </c>
       <c r="G630" s="16">
         <v>51</v>
       </c>
       <c r="H630" s="16">
         <v>24</v>
       </c>
       <c r="I630" s="18">
         <v>0.47058823529412003</v>
       </c>
     </row>
-    <row r="631" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="631" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A631" s="14">
         <v>2021</v>
       </c>
       <c r="B631" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C631" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D631" s="16">
         <v>436</v>
       </c>
       <c r="E631" s="16">
         <v>101</v>
       </c>
       <c r="F631" s="18">
         <v>0.23165137614678999</v>
       </c>
       <c r="G631" s="16">
         <v>0</v>
       </c>
       <c r="H631" s="16">
         <v>0</v>
       </c>
-      <c r="I631" s="18" t="s">
-[...3 lines deleted...]
-    <row r="632" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I631" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="632" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A632" s="14">
         <v>2021</v>
       </c>
       <c r="B632" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C632" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D632" s="16">
         <v>384</v>
       </c>
       <c r="E632" s="16">
         <v>143</v>
       </c>
       <c r="F632" s="17">
         <v>0.37239583333332998</v>
       </c>
       <c r="G632" s="16">
         <v>0</v>
       </c>
       <c r="H632" s="16">
         <v>0</v>
       </c>
-      <c r="I632" s="18" t="s">
-[...3 lines deleted...]
-    <row r="633" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I632" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="633" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A633" s="14">
         <v>2021</v>
       </c>
       <c r="B633" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C633" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D633" s="16">
         <v>3962</v>
       </c>
       <c r="E633" s="16">
         <v>801</v>
       </c>
       <c r="F633" s="17">
         <v>0.20217062089853999</v>
       </c>
       <c r="G633" s="16">
         <v>1658</v>
       </c>
       <c r="H633" s="16">
         <v>409</v>
       </c>
       <c r="I633" s="18">
         <v>0.24668275030157</v>
       </c>
     </row>
-    <row r="634" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="634" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A634" s="14">
         <v>2021</v>
       </c>
       <c r="B634" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C634" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D634" s="16">
         <v>18</v>
       </c>
       <c r="E634" s="16">
         <v>14</v>
       </c>
       <c r="F634" s="17">
         <v>0.77777777777778001</v>
       </c>
       <c r="G634" s="16">
         <v>13</v>
       </c>
       <c r="H634" s="16">
         <v>4</v>
       </c>
       <c r="I634" s="18">
         <v>0.30769230769230999</v>
       </c>
     </row>
-    <row r="635" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="635" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A635" s="14">
         <v>2021</v>
       </c>
       <c r="B635" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C635" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D635" s="16">
         <v>148</v>
       </c>
       <c r="E635" s="16">
         <v>55</v>
       </c>
       <c r="F635" s="17">
         <v>0.37162162162161999</v>
       </c>
       <c r="G635" s="16">
         <v>0</v>
       </c>
       <c r="H635" s="16">
         <v>0</v>
       </c>
-      <c r="I635" s="18" t="s">
-[...3 lines deleted...]
-    <row r="636" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I635" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="636" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A636" s="14">
         <v>2021</v>
       </c>
       <c r="B636" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C636" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D636" s="16">
         <v>90</v>
       </c>
       <c r="E636" s="16">
         <v>36</v>
       </c>
       <c r="F636" s="17">
         <v>0.4</v>
       </c>
       <c r="G636" s="16">
         <v>0</v>
       </c>
       <c r="H636" s="16">
         <v>0</v>
       </c>
-      <c r="I636" s="18" t="s">
-[...3 lines deleted...]
-    <row r="637" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I636" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="637" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A637" s="14">
         <v>2021</v>
       </c>
       <c r="B637" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C637" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D637" s="16">
         <v>691</v>
       </c>
       <c r="E637" s="16">
         <v>109</v>
       </c>
       <c r="F637" s="17">
         <v>0.15774240231548001</v>
       </c>
       <c r="G637" s="16">
         <v>306</v>
       </c>
       <c r="H637" s="16">
         <v>64</v>
       </c>
       <c r="I637" s="18">
         <v>0.20915032679739001</v>
       </c>
     </row>
-    <row r="638" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="638" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A638" s="14">
         <v>2021</v>
       </c>
       <c r="B638" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C638" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D638" s="16">
         <v>1</v>
       </c>
       <c r="E638" s="16">
         <v>1</v>
       </c>
       <c r="F638" s="17">
         <v>1</v>
       </c>
       <c r="G638" s="16">
         <v>2</v>
       </c>
       <c r="H638" s="16">
         <v>2</v>
       </c>
       <c r="I638" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="639" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="639" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A639" s="14">
         <v>2021</v>
       </c>
       <c r="B639" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C639" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D639" s="16">
         <v>819</v>
       </c>
       <c r="E639" s="16">
         <v>127</v>
       </c>
       <c r="F639" s="17">
         <v>0.15506715506716001</v>
       </c>
       <c r="G639" s="16">
         <v>0</v>
       </c>
       <c r="H639" s="16">
         <v>0</v>
       </c>
-      <c r="I639" s="18" t="s">
-[...3 lines deleted...]
-    <row r="640" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I639" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="640" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A640" s="14">
         <v>2021</v>
       </c>
       <c r="B640" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C640" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D640" s="16">
         <v>291</v>
       </c>
       <c r="E640" s="16">
         <v>90</v>
       </c>
       <c r="F640" s="17">
         <v>0.30927835051545999</v>
       </c>
       <c r="G640" s="16">
         <v>0</v>
       </c>
       <c r="H640" s="16">
         <v>0</v>
       </c>
-      <c r="I640" s="18" t="s">
-[...3 lines deleted...]
-    <row r="641" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I640" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="641" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A641" s="14">
         <v>2021</v>
       </c>
       <c r="B641" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C641" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D641" s="16">
         <v>8437</v>
       </c>
       <c r="E641" s="16">
         <v>1363</v>
       </c>
       <c r="F641" s="17">
         <v>0.16155031409268999</v>
       </c>
       <c r="G641" s="16">
         <v>2745</v>
       </c>
       <c r="H641" s="16">
         <v>406</v>
       </c>
       <c r="I641" s="18">
         <v>0.14790528233151001</v>
       </c>
     </row>
-    <row r="642" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="642" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A642" s="14">
         <v>2021</v>
       </c>
       <c r="B642" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C642" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D642" s="16">
         <v>58</v>
       </c>
       <c r="E642" s="16">
         <v>26</v>
       </c>
       <c r="F642" s="17">
         <v>0.44827586206897002</v>
       </c>
       <c r="G642" s="16">
         <v>38</v>
       </c>
       <c r="H642" s="16">
         <v>17</v>
       </c>
       <c r="I642" s="18">
         <v>0.44736842105263003</v>
       </c>
     </row>
-    <row r="643" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="643" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A643" s="14">
         <v>2021</v>
       </c>
       <c r="B643" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C643" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D643" s="16">
         <v>181</v>
       </c>
       <c r="E643" s="16">
         <v>29</v>
       </c>
       <c r="F643" s="17">
         <v>0.16022099447513999</v>
       </c>
       <c r="G643" s="16">
         <v>0</v>
       </c>
       <c r="H643" s="16">
         <v>0</v>
       </c>
-      <c r="I643" s="18" t="s">
-[...3 lines deleted...]
-    <row r="644" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I643" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="644" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A644" s="14">
         <v>2021</v>
       </c>
       <c r="B644" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C644" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D644" s="16">
         <v>147</v>
       </c>
       <c r="E644" s="16">
         <v>40</v>
       </c>
       <c r="F644" s="17">
         <v>0.27210884353741999</v>
       </c>
       <c r="G644" s="16">
         <v>0</v>
       </c>
       <c r="H644" s="16">
         <v>0</v>
       </c>
-      <c r="I644" s="18" t="s">
-[...3 lines deleted...]
-    <row r="645" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I644" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="645" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A645" s="14">
         <v>2021</v>
       </c>
       <c r="B645" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C645" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D645" s="16">
         <v>1521</v>
       </c>
       <c r="E645" s="16">
         <v>252</v>
       </c>
       <c r="F645" s="17">
         <v>0.16568047337278</v>
       </c>
       <c r="G645" s="16">
         <v>494</v>
       </c>
       <c r="H645" s="16">
         <v>70</v>
       </c>
       <c r="I645" s="18">
         <v>0.14170040485829999</v>
       </c>
     </row>
-    <row r="646" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="646" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A646" s="14">
         <v>2021</v>
       </c>
       <c r="B646" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C646" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D646" s="16">
         <v>11</v>
       </c>
       <c r="E646" s="16">
         <v>8</v>
       </c>
       <c r="F646" s="17">
         <v>0.72727272727272996</v>
       </c>
       <c r="G646" s="16">
         <v>15</v>
       </c>
       <c r="H646" s="16">
         <v>9</v>
       </c>
       <c r="I646" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="647" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="647" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A647" s="14">
         <v>2021</v>
       </c>
       <c r="B647" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C647" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D647" s="16">
         <v>15</v>
       </c>
       <c r="E647" s="16">
         <v>4</v>
       </c>
       <c r="F647" s="17">
         <v>0.26666666666666999</v>
       </c>
       <c r="G647" s="16">
         <v>0</v>
       </c>
       <c r="H647" s="16">
         <v>0</v>
       </c>
-      <c r="I647" s="18" t="s">
-[...3 lines deleted...]
-    <row r="648" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I647" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="648" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A648" s="14">
         <v>2021</v>
       </c>
       <c r="B648" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C648" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D648" s="16">
         <v>41</v>
       </c>
       <c r="E648" s="16">
         <v>8</v>
       </c>
       <c r="F648" s="17">
         <v>0.19512195121951001</v>
       </c>
       <c r="G648" s="16">
         <v>0</v>
       </c>
       <c r="H648" s="16">
         <v>0</v>
       </c>
-      <c r="I648" s="18" t="s">
-[...3 lines deleted...]
-    <row r="649" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I648" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="649" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A649" s="14">
         <v>2021</v>
       </c>
       <c r="B649" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C649" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D649" s="16">
         <v>1235</v>
       </c>
       <c r="E649" s="16">
         <v>198</v>
       </c>
       <c r="F649" s="17">
         <v>0.16032388663968</v>
       </c>
       <c r="G649" s="16">
         <v>377</v>
       </c>
       <c r="H649" s="16">
         <v>68</v>
       </c>
       <c r="I649" s="18">
         <v>0.18037135278515001</v>
       </c>
     </row>
-    <row r="650" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="650" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A650" s="14">
         <v>2021</v>
       </c>
       <c r="B650" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C650" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D650" s="16">
         <v>13</v>
       </c>
       <c r="E650" s="16">
         <v>6</v>
       </c>
       <c r="F650" s="17">
         <v>0.46153846153846001</v>
       </c>
       <c r="G650" s="16">
         <v>10</v>
       </c>
       <c r="H650" s="16">
         <v>3</v>
       </c>
       <c r="I650" s="18">
         <v>0.3</v>
       </c>
     </row>
-    <row r="651" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="651" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A651" s="14">
         <v>2021</v>
       </c>
       <c r="B651" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C651" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D651" s="16">
         <v>443</v>
       </c>
       <c r="E651" s="16">
         <v>108</v>
       </c>
       <c r="F651" s="17">
         <v>0.24379232505643</v>
       </c>
       <c r="G651" s="16">
         <v>0</v>
       </c>
       <c r="H651" s="16">
         <v>0</v>
       </c>
-      <c r="I651" s="18" t="s">
-[...3 lines deleted...]
-    <row r="652" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I651" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="652" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A652" s="14">
         <v>2021</v>
       </c>
       <c r="B652" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C652" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D652" s="16">
         <v>220</v>
       </c>
       <c r="E652" s="16">
         <v>54</v>
       </c>
       <c r="F652" s="17">
         <v>0.24545454545455</v>
       </c>
       <c r="G652" s="16">
         <v>5</v>
       </c>
       <c r="H652" s="16">
         <v>2</v>
       </c>
       <c r="I652" s="18">
         <v>0.4</v>
       </c>
     </row>
-    <row r="653" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="653" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A653" s="14">
         <v>2021</v>
       </c>
       <c r="B653" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C653" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D653" s="16">
         <v>2576</v>
       </c>
       <c r="E653" s="16">
         <v>453</v>
       </c>
       <c r="F653" s="17">
         <v>0.17585403726707999</v>
       </c>
       <c r="G653" s="16">
         <v>975</v>
       </c>
       <c r="H653" s="16">
         <v>172</v>
       </c>
       <c r="I653" s="18">
         <v>0.17641025641026001</v>
       </c>
     </row>
-    <row r="654" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="654" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A654" s="14">
         <v>2021</v>
       </c>
       <c r="B654" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C654" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D654" s="16">
         <v>14</v>
       </c>
       <c r="E654" s="16">
         <v>6</v>
       </c>
       <c r="F654" s="17">
         <v>0.42857142857142999</v>
       </c>
       <c r="G654" s="16">
         <v>23</v>
       </c>
       <c r="H654" s="16">
         <v>8</v>
       </c>
       <c r="I654" s="18">
         <v>0.34782608695652001</v>
       </c>
     </row>
-    <row r="655" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="655" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A655" s="14">
         <v>2021</v>
       </c>
       <c r="B655" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C655" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D655" s="16">
         <v>229</v>
       </c>
       <c r="E655" s="16">
         <v>71</v>
       </c>
       <c r="F655" s="17">
         <v>0.31004366812227002</v>
       </c>
       <c r="G655" s="16">
         <v>0</v>
       </c>
       <c r="H655" s="16">
         <v>0</v>
       </c>
-      <c r="I655" s="18" t="s">
-[...3 lines deleted...]
-    <row r="656" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I655" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="656" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A656" s="14">
         <v>2021</v>
       </c>
       <c r="B656" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C656" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D656" s="16">
         <v>219</v>
       </c>
       <c r="E656" s="16">
         <v>55</v>
       </c>
       <c r="F656" s="17">
         <v>0.25114155251142001</v>
       </c>
       <c r="G656" s="16">
         <v>1</v>
       </c>
       <c r="H656" s="16">
         <v>0</v>
       </c>
       <c r="I656" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="657" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="657" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A657" s="14">
         <v>2021</v>
       </c>
       <c r="B657" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C657" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D657" s="16">
         <v>1730</v>
       </c>
       <c r="E657" s="16">
         <v>252</v>
       </c>
       <c r="F657" s="17">
         <v>0.14566473988438999</v>
       </c>
       <c r="G657" s="16">
         <v>862</v>
       </c>
       <c r="H657" s="16">
         <v>149</v>
       </c>
       <c r="I657" s="18">
         <v>0.17285382830626</v>
       </c>
     </row>
-    <row r="658" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="658" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A658" s="14">
         <v>2021</v>
       </c>
       <c r="B658" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C658" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D658" s="16">
         <v>9</v>
       </c>
       <c r="E658" s="16">
         <v>5</v>
       </c>
       <c r="F658" s="17">
         <v>0.55555555555556002</v>
       </c>
       <c r="G658" s="16">
         <v>9</v>
       </c>
       <c r="H658" s="16">
         <v>4</v>
       </c>
       <c r="I658" s="18">
         <v>0.44444444444443998</v>
       </c>
     </row>
-    <row r="659" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="659" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A659" s="14">
         <v>2021</v>
       </c>
       <c r="B659" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C659" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D659" s="16">
         <v>181</v>
       </c>
       <c r="E659" s="16">
         <v>60</v>
       </c>
       <c r="F659" s="17">
         <v>0.33149171270717998</v>
       </c>
       <c r="G659" s="16">
         <v>0</v>
       </c>
       <c r="H659" s="16">
         <v>0</v>
       </c>
-      <c r="I659" s="18" t="s">
-[...3 lines deleted...]
-    <row r="660" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I659" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="660" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A660" s="14">
         <v>2021</v>
       </c>
       <c r="B660" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C660" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D660" s="16">
         <v>44</v>
       </c>
       <c r="E660" s="16">
         <v>21</v>
       </c>
       <c r="F660" s="17">
         <v>0.47727272727273001</v>
       </c>
       <c r="G660" s="16">
         <v>0</v>
       </c>
       <c r="H660" s="16">
         <v>0</v>
       </c>
-      <c r="I660" s="18" t="s">
-[...3 lines deleted...]
-    <row r="661" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I660" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="661" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A661" s="14">
         <v>2021</v>
       </c>
       <c r="B661" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C661" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D661" s="16">
         <v>728</v>
       </c>
       <c r="E661" s="16">
         <v>160</v>
       </c>
       <c r="F661" s="17">
         <v>0.21978021978022</v>
       </c>
       <c r="G661" s="16">
         <v>217</v>
       </c>
       <c r="H661" s="16">
         <v>41</v>
       </c>
       <c r="I661" s="18">
         <v>0.18894009216589999</v>
       </c>
     </row>
-    <row r="662" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="662" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A662" s="14">
         <v>2021</v>
       </c>
       <c r="B662" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C662" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D662" s="16">
         <v>8</v>
       </c>
       <c r="E662" s="16">
         <v>3</v>
       </c>
       <c r="F662" s="17">
         <v>0.375</v>
       </c>
       <c r="G662" s="16">
         <v>4</v>
       </c>
       <c r="H662" s="16">
         <v>2</v>
       </c>
       <c r="I662" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="663" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="663" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A663" s="14">
         <v>2021</v>
       </c>
       <c r="B663" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C663" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D663" s="16">
         <v>86</v>
       </c>
       <c r="E663" s="16">
         <v>39</v>
       </c>
       <c r="F663" s="17">
         <v>0.45348837209302001</v>
       </c>
       <c r="G663" s="16">
         <v>0</v>
       </c>
       <c r="H663" s="16">
         <v>0</v>
       </c>
-      <c r="I663" s="18" t="s">
-[...3 lines deleted...]
-    <row r="664" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I663" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="664" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A664" s="14">
         <v>2021</v>
       </c>
       <c r="B664" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C664" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D664" s="16">
         <v>77</v>
       </c>
       <c r="E664" s="16">
         <v>23</v>
       </c>
       <c r="F664" s="17">
         <v>0.29870129870130002</v>
       </c>
       <c r="G664" s="16">
         <v>0</v>
       </c>
       <c r="H664" s="16">
         <v>0</v>
       </c>
-      <c r="I664" s="18" t="s">
-[...3 lines deleted...]
-    <row r="665" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I664" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="665" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A665" s="14">
         <v>2021</v>
       </c>
       <c r="B665" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C665" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D665" s="16">
         <v>886</v>
       </c>
       <c r="E665" s="16">
         <v>162</v>
       </c>
       <c r="F665" s="17">
         <v>0.18284424379233</v>
       </c>
       <c r="G665" s="16">
         <v>423</v>
       </c>
       <c r="H665" s="16">
         <v>61</v>
       </c>
       <c r="I665" s="18">
         <v>0.14420803782506</v>
       </c>
     </row>
-    <row r="666" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="666" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A666" s="14">
         <v>2021</v>
       </c>
       <c r="B666" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C666" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D666" s="16">
         <v>6</v>
       </c>
       <c r="E666" s="16">
         <v>4</v>
       </c>
       <c r="F666" s="17">
         <v>0.66666666666666996</v>
       </c>
       <c r="G666" s="16">
         <v>3</v>
       </c>
       <c r="H666" s="16">
         <v>2</v>
       </c>
       <c r="I666" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="667" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="667" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A667" s="14">
         <v>2021</v>
       </c>
       <c r="B667" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C667" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D667" s="16">
         <v>486</v>
       </c>
       <c r="E667" s="16">
         <v>114</v>
       </c>
       <c r="F667" s="17">
         <v>0.23456790123457</v>
       </c>
       <c r="G667" s="16">
         <v>0</v>
       </c>
       <c r="H667" s="16">
         <v>0</v>
       </c>
-      <c r="I667" s="18" t="s">
-[...3 lines deleted...]
-    <row r="668" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I667" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="668" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A668" s="14">
         <v>2021</v>
       </c>
       <c r="B668" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C668" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D668" s="16">
         <v>368</v>
       </c>
       <c r="E668" s="16">
         <v>116</v>
       </c>
       <c r="F668" s="17">
         <v>0.31521739130435</v>
       </c>
       <c r="G668" s="16">
         <v>4</v>
       </c>
       <c r="H668" s="16">
         <v>2</v>
       </c>
       <c r="I668" s="18">
         <v>0.5</v>
       </c>
     </row>
-    <row r="669" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="669" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A669" s="14">
         <v>2021</v>
       </c>
       <c r="B669" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C669" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D669" s="16">
         <v>3226</v>
       </c>
       <c r="E669" s="16">
         <v>653</v>
       </c>
       <c r="F669" s="17">
         <v>0.20241785492869999</v>
       </c>
       <c r="G669" s="16">
         <v>1271</v>
       </c>
       <c r="H669" s="16">
         <v>280</v>
       </c>
       <c r="I669" s="18">
         <v>0.22029897718332001</v>
       </c>
     </row>
-    <row r="670" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="670" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A670" s="14">
         <v>2021</v>
       </c>
       <c r="B670" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C670" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D670" s="16">
         <v>33</v>
       </c>
       <c r="E670" s="16">
         <v>20</v>
       </c>
       <c r="F670" s="17">
         <v>0.60606060606060996</v>
       </c>
       <c r="G670" s="16">
         <v>20</v>
       </c>
       <c r="H670" s="16">
         <v>12</v>
       </c>
       <c r="I670" s="18">
         <v>0.6</v>
       </c>
     </row>
-    <row r="671" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="671" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A671" s="14">
         <v>2021</v>
       </c>
       <c r="B671" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C671" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D671" s="16">
         <v>100</v>
       </c>
       <c r="E671" s="16">
         <v>22</v>
       </c>
       <c r="F671" s="17">
         <v>0.22</v>
       </c>
       <c r="G671" s="16">
         <v>0</v>
       </c>
       <c r="H671" s="16">
         <v>0</v>
       </c>
-      <c r="I671" s="18" t="s">
-[...3 lines deleted...]
-    <row r="672" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I671" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="672" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A672" s="14">
         <v>2021</v>
       </c>
       <c r="B672" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C672" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D672" s="16">
         <v>63</v>
       </c>
       <c r="E672" s="16">
         <v>18</v>
       </c>
       <c r="F672" s="17">
         <v>0.28571428571428997</v>
       </c>
       <c r="G672" s="16">
         <v>0</v>
       </c>
       <c r="H672" s="16">
         <v>0</v>
       </c>
-      <c r="I672" s="18" t="s">
-[...3 lines deleted...]
-    <row r="673" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I672" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="673" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A673" s="14">
         <v>2021</v>
       </c>
       <c r="B673" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C673" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D673" s="16">
         <v>898</v>
       </c>
       <c r="E673" s="16">
         <v>158</v>
       </c>
       <c r="F673" s="17">
         <v>0.17594654788419001</v>
       </c>
       <c r="G673" s="16">
         <v>397</v>
       </c>
       <c r="H673" s="16">
         <v>69</v>
       </c>
       <c r="I673" s="18">
         <v>0.17380352644836</v>
       </c>
     </row>
-    <row r="674" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="674" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A674" s="14">
         <v>2021</v>
       </c>
       <c r="B674" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C674" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D674" s="16">
         <v>7</v>
       </c>
       <c r="E674" s="16">
         <v>3</v>
       </c>
       <c r="F674" s="17">
         <v>0.42857142857142999</v>
       </c>
       <c r="G674" s="16">
         <v>7</v>
       </c>
       <c r="H674" s="16">
         <v>4</v>
       </c>
       <c r="I674" s="18">
         <v>0.57142857142856995</v>
       </c>
     </row>
-    <row r="675" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="675" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A675" s="14">
         <v>2021</v>
       </c>
       <c r="B675" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C675" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D675" s="16">
         <v>509</v>
       </c>
       <c r="E675" s="16">
         <v>142</v>
       </c>
       <c r="F675" s="17">
         <v>0.27897838899804001</v>
       </c>
       <c r="G675" s="16">
         <v>1</v>
       </c>
       <c r="H675" s="16">
         <v>0</v>
       </c>
       <c r="I675" s="18">
         <v>0</v>
       </c>
     </row>
-    <row r="676" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="676" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A676" s="14">
         <v>2021</v>
       </c>
       <c r="B676" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C676" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D676" s="16">
         <v>177</v>
       </c>
       <c r="E676" s="16">
         <v>50</v>
       </c>
       <c r="F676" s="17">
         <v>0.28248587570620998</v>
       </c>
       <c r="G676" s="16">
         <v>4</v>
       </c>
       <c r="H676" s="16">
         <v>3</v>
       </c>
       <c r="I676" s="18">
         <v>0.75</v>
       </c>
     </row>
-    <row r="677" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="677" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A677" s="14">
         <v>2021</v>
       </c>
       <c r="B677" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C677" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D677" s="16">
         <v>3990</v>
       </c>
       <c r="E677" s="16">
         <v>1344</v>
       </c>
       <c r="F677" s="17">
         <v>0.33684210526316</v>
       </c>
       <c r="G677" s="16">
         <v>639</v>
       </c>
       <c r="H677" s="16">
         <v>136</v>
       </c>
       <c r="I677" s="18">
         <v>0.21283255086072</v>
       </c>
     </row>
-    <row r="678" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="678" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A678" s="14">
         <v>2021</v>
       </c>
       <c r="B678" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C678" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D678" s="16">
         <v>82</v>
       </c>
       <c r="E678" s="16">
         <v>39</v>
       </c>
       <c r="F678" s="17">
         <v>0.47560975609756001</v>
       </c>
       <c r="G678" s="16">
         <v>120</v>
       </c>
       <c r="H678" s="16">
         <v>66</v>
       </c>
       <c r="I678" s="18">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="679" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="679" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A679" s="14">
         <v>2021</v>
       </c>
       <c r="B679" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C679" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D679" s="16">
         <v>567</v>
       </c>
       <c r="E679" s="16">
         <v>133</v>
       </c>
       <c r="F679" s="17">
         <v>0.23456790123457</v>
       </c>
       <c r="G679" s="16">
         <v>0</v>
       </c>
       <c r="H679" s="16">
         <v>0</v>
       </c>
-      <c r="I679" s="18" t="s">
-[...3 lines deleted...]
-    <row r="680" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I679" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="680" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A680" s="14">
         <v>2021</v>
       </c>
       <c r="B680" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C680" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D680" s="16">
         <v>319</v>
       </c>
       <c r="E680" s="16">
         <v>92</v>
       </c>
       <c r="F680" s="17">
         <v>0.28840125391850002</v>
       </c>
       <c r="G680" s="16">
         <v>0</v>
       </c>
       <c r="H680" s="16">
         <v>0</v>
       </c>
-      <c r="I680" s="18" t="s">
-[...3 lines deleted...]
-    <row r="681" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I680" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="681" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A681" s="14">
         <v>2021</v>
       </c>
       <c r="B681" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C681" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D681" s="16">
         <v>2269</v>
       </c>
       <c r="E681" s="16">
         <v>461</v>
       </c>
       <c r="F681" s="17">
         <v>0.20317320405465</v>
       </c>
       <c r="G681" s="16">
         <v>1214</v>
       </c>
       <c r="H681" s="16">
         <v>268</v>
       </c>
       <c r="I681" s="18">
         <v>0.22075782537068001</v>
       </c>
     </row>
-    <row r="682" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="682" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A682" s="14">
         <v>2021</v>
       </c>
       <c r="B682" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C682" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D682" s="16">
         <v>14</v>
       </c>
       <c r="E682" s="16">
         <v>11</v>
       </c>
       <c r="F682" s="17">
         <v>0.78571428571429003</v>
       </c>
       <c r="G682" s="16">
         <v>20</v>
       </c>
       <c r="H682" s="16">
         <v>9</v>
       </c>
       <c r="I682" s="18">
         <v>0.45</v>
       </c>
     </row>
-    <row r="683" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="683" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A683" s="14">
         <v>2021</v>
       </c>
       <c r="B683" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C683" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D683" s="16">
         <v>48</v>
       </c>
       <c r="E683" s="16">
         <v>13</v>
       </c>
       <c r="F683" s="17">
         <v>0.27083333333332998</v>
       </c>
       <c r="G683" s="16">
         <v>0</v>
       </c>
       <c r="H683" s="16">
         <v>0</v>
       </c>
-      <c r="I683" s="18" t="s">
-[...3 lines deleted...]
-    <row r="684" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I683" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="684" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A684" s="14">
         <v>2021</v>
       </c>
       <c r="B684" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C684" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D684" s="16">
         <v>81</v>
       </c>
       <c r="E684" s="16">
         <v>24</v>
       </c>
       <c r="F684" s="17">
         <v>0.2962962962963</v>
       </c>
       <c r="G684" s="16">
         <v>0</v>
       </c>
       <c r="H684" s="16">
         <v>0</v>
       </c>
-      <c r="I684" s="18" t="s">
-[...3 lines deleted...]
-    <row r="685" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I684" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="685" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A685" s="14">
         <v>2021</v>
       </c>
       <c r="B685" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C685" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D685" s="16">
         <v>602</v>
       </c>
       <c r="E685" s="16">
         <v>70</v>
       </c>
       <c r="F685" s="17">
         <v>0.11627906976744</v>
       </c>
       <c r="G685" s="16">
         <v>344</v>
       </c>
       <c r="H685" s="16">
         <v>58</v>
       </c>
       <c r="I685" s="18">
         <v>0.16860465116279</v>
       </c>
     </row>
-    <row r="686" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="686" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A686" s="14">
         <v>2021</v>
       </c>
       <c r="B686" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C686" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D686" s="16">
         <v>685</v>
       </c>
       <c r="E686" s="16">
         <v>155</v>
       </c>
       <c r="F686" s="17">
         <v>0.22627737226277</v>
       </c>
       <c r="G686" s="16">
         <v>0</v>
       </c>
       <c r="H686" s="16">
         <v>0</v>
       </c>
-      <c r="I686" s="18" t="s">
-[...3 lines deleted...]
-    <row r="687" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I686" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="687" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A687" s="14">
         <v>2021</v>
       </c>
       <c r="B687" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C687" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D687" s="16">
         <v>313</v>
       </c>
       <c r="E687" s="16">
         <v>82</v>
       </c>
       <c r="F687" s="17">
         <v>0.26198083067092998</v>
       </c>
       <c r="G687" s="16">
         <v>0</v>
       </c>
       <c r="H687" s="16">
         <v>0</v>
       </c>
-      <c r="I687" s="18" t="s">
-[...3 lines deleted...]
-    <row r="688" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I687" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="688" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A688" s="14">
         <v>2021</v>
       </c>
       <c r="B688" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C688" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D688" s="16">
         <v>3993</v>
       </c>
       <c r="E688" s="16">
         <v>737</v>
       </c>
       <c r="F688" s="17">
         <v>0.18457300275482</v>
       </c>
       <c r="G688" s="16">
         <v>1528</v>
       </c>
       <c r="H688" s="16">
         <v>306</v>
       </c>
       <c r="I688" s="18">
         <v>0.20026178010470999</v>
       </c>
     </row>
-    <row r="689" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="689" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A689" s="14">
         <v>2021</v>
       </c>
       <c r="B689" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C689" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D689" s="16">
         <v>18</v>
       </c>
       <c r="E689" s="16">
         <v>11</v>
       </c>
       <c r="F689" s="18">
         <v>0.61111111111111005</v>
       </c>
       <c r="G689" s="16">
         <v>26</v>
       </c>
       <c r="H689" s="16">
         <v>8</v>
       </c>
       <c r="I689" s="18">
         <v>0.30769230769230999</v>
       </c>
     </row>
-    <row r="690" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="690" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A690" s="14">
         <v>2021</v>
       </c>
       <c r="B690" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C690" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D690" s="16">
         <v>67</v>
       </c>
       <c r="E690" s="16">
         <v>17</v>
       </c>
       <c r="F690" s="17">
         <v>0.25373134328357999</v>
       </c>
       <c r="G690" s="16">
         <v>0</v>
       </c>
       <c r="H690" s="16">
         <v>0</v>
       </c>
-      <c r="I690" s="18" t="s">
-[...3 lines deleted...]
-    <row r="691" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I690" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="691" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A691" s="14">
         <v>2021</v>
       </c>
       <c r="B691" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C691" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D691" s="16">
         <v>47</v>
       </c>
       <c r="E691" s="16">
         <v>11</v>
       </c>
       <c r="F691" s="17">
         <v>0.23404255319149</v>
       </c>
       <c r="G691" s="16">
         <v>0</v>
       </c>
       <c r="H691" s="16">
         <v>0</v>
       </c>
-      <c r="I691" s="18" t="s">
-[...3 lines deleted...]
-    <row r="692" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I691" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="692" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A692" s="14">
         <v>2021</v>
       </c>
       <c r="B692" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C692" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D692" s="16">
         <v>429</v>
       </c>
       <c r="E692" s="16">
         <v>52</v>
       </c>
       <c r="F692" s="17">
         <v>0.12121212121211999</v>
       </c>
       <c r="G692" s="16">
         <v>208</v>
       </c>
       <c r="H692" s="16">
         <v>23</v>
       </c>
       <c r="I692" s="18">
         <v>0.11057692307692001</v>
       </c>
     </row>
-    <row r="693" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="693" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A693" s="14">
         <v>2021</v>
       </c>
       <c r="B693" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C693" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D693" s="16">
         <v>2</v>
       </c>
       <c r="E693" s="16">
         <v>1</v>
       </c>
       <c r="F693" s="17">
         <v>0.5</v>
       </c>
       <c r="G693" s="16">
         <v>8</v>
       </c>
       <c r="H693" s="16">
         <v>2</v>
       </c>
       <c r="I693" s="18">
         <v>0.25</v>
       </c>
     </row>
-    <row r="694" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="694" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A694" s="14">
         <v>2021</v>
       </c>
       <c r="B694" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C694" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D694" s="16">
         <v>7</v>
       </c>
       <c r="E694" s="16">
         <v>3</v>
       </c>
       <c r="F694" s="17">
         <v>0.42857142857142999</v>
       </c>
       <c r="G694" s="16">
         <v>0</v>
       </c>
       <c r="H694" s="16">
         <v>0</v>
       </c>
-      <c r="I694" s="18" t="s">
-[...3 lines deleted...]
-    <row r="695" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I694" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="695" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A695" s="14">
         <v>2021</v>
       </c>
       <c r="B695" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C695" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D695" s="16">
         <v>8</v>
       </c>
       <c r="E695" s="16">
         <v>2</v>
       </c>
       <c r="F695" s="17">
         <v>0.25</v>
       </c>
       <c r="G695" s="16">
         <v>0</v>
       </c>
       <c r="H695" s="16">
         <v>0</v>
       </c>
-      <c r="I695" s="18" t="s">
-[...3 lines deleted...]
-    <row r="696" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I695" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="696" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A696" s="14">
         <v>2021</v>
       </c>
       <c r="B696" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C696" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D696" s="16">
         <v>293</v>
       </c>
       <c r="E696" s="16">
         <v>33</v>
       </c>
       <c r="F696" s="17">
         <v>0.11262798634812</v>
       </c>
       <c r="G696" s="16">
         <v>101</v>
       </c>
       <c r="H696" s="16">
         <v>15</v>
       </c>
       <c r="I696" s="18">
         <v>0.14851485148515001</v>
       </c>
     </row>
-    <row r="697" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="697" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A697" s="14">
         <v>2021</v>
       </c>
       <c r="B697" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C697" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D697" s="16">
         <v>1</v>
       </c>
       <c r="E697" s="16">
         <v>0</v>
       </c>
       <c r="F697" s="17">
         <v>0</v>
       </c>
       <c r="G697" s="16">
         <v>0</v>
       </c>
       <c r="H697" s="16">
         <v>0</v>
       </c>
-      <c r="I697" s="18" t="s">
-[...3 lines deleted...]
-    <row r="698" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I697" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="698" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A698" s="14">
         <v>2021</v>
       </c>
       <c r="B698" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C698" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D698" s="16">
         <v>6</v>
       </c>
       <c r="E698" s="16">
         <v>4</v>
       </c>
       <c r="F698" s="17">
         <v>0.66666666666666996</v>
       </c>
       <c r="G698" s="16">
         <v>0</v>
       </c>
       <c r="H698" s="16">
         <v>0</v>
       </c>
-      <c r="I698" s="18" t="s">
-[...3 lines deleted...]
-    <row r="699" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I698" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="699" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A699" s="14">
         <v>2021</v>
       </c>
       <c r="B699" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C699" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D699" s="16">
         <v>18</v>
       </c>
       <c r="E699" s="16">
         <v>8</v>
       </c>
       <c r="F699" s="17">
         <v>0.44444444444443998</v>
       </c>
       <c r="G699" s="16">
         <v>0</v>
       </c>
       <c r="H699" s="16">
         <v>0</v>
       </c>
-      <c r="I699" s="18" t="s">
-[...3 lines deleted...]
-    <row r="700" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I699" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="700" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A700" s="14">
         <v>2021</v>
       </c>
       <c r="B700" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C700" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D700" s="16">
         <v>1497</v>
       </c>
       <c r="E700" s="16">
         <v>180</v>
       </c>
       <c r="F700" s="17">
         <v>0.12024048096192</v>
       </c>
       <c r="G700" s="16">
         <v>179</v>
       </c>
       <c r="H700" s="16">
         <v>19</v>
       </c>
       <c r="I700" s="18">
         <v>0.10614525139665</v>
       </c>
     </row>
-    <row r="701" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="701" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A701" s="14">
         <v>2021</v>
       </c>
       <c r="B701" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C701" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D701" s="16">
         <v>3</v>
       </c>
       <c r="E701" s="16">
         <v>1</v>
       </c>
       <c r="F701" s="18">
         <v>0.33333333333332998</v>
       </c>
       <c r="G701" s="16">
         <v>3</v>
       </c>
       <c r="H701" s="16">
         <v>2</v>
       </c>
       <c r="I701" s="18">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="702" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="702" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A702" s="19">
         <v>2021</v>
       </c>
       <c r="B702" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C702" s="23" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D702" s="30">
         <v>6934</v>
       </c>
       <c r="E702" s="30">
         <v>1768</v>
       </c>
       <c r="F702" s="31">
         <v>0.25497548312662</v>
       </c>
       <c r="G702" s="30">
         <v>2</v>
       </c>
       <c r="H702" s="30">
         <v>0</v>
       </c>
       <c r="I702" s="31">
         <v>0</v>
       </c>
     </row>
-    <row r="703" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="703" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A703" s="19">
         <v>2021</v>
       </c>
       <c r="B703" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C703" s="23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D703" s="30">
         <v>4354</v>
       </c>
       <c r="E703" s="30">
         <v>1268</v>
       </c>
       <c r="F703" s="31">
         <v>0.29122645842903</v>
       </c>
       <c r="G703" s="30">
         <v>28</v>
       </c>
       <c r="H703" s="30">
         <v>15</v>
       </c>
       <c r="I703" s="31">
         <v>0.53571428571429003</v>
       </c>
     </row>
-    <row r="704" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="704" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A704" s="19">
         <v>2021</v>
       </c>
       <c r="B704" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C704" s="23" t="s">
         <v>24</v>
       </c>
       <c r="D704" s="30">
         <v>54154</v>
       </c>
       <c r="E704" s="30">
         <v>9841</v>
       </c>
       <c r="F704" s="31">
         <v>0.18172249510655</v>
       </c>
       <c r="G704" s="30">
         <v>20637</v>
       </c>
       <c r="H704" s="30">
         <v>3682</v>
       </c>
       <c r="I704" s="31">
         <v>0.17841740563066</v>
       </c>
     </row>
-    <row r="705" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="705" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A705" s="19">
         <v>2021</v>
       </c>
       <c r="B705" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C705" s="23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D705" s="30">
         <v>406</v>
       </c>
       <c r="E705" s="30">
         <v>200</v>
       </c>
       <c r="F705" s="31">
         <v>0.49261083743841999</v>
       </c>
       <c r="G705" s="30">
         <v>434</v>
       </c>
       <c r="H705" s="30">
         <v>203</v>
       </c>
       <c r="I705" s="31">
         <v>0.46774193548387</v>
       </c>
     </row>
-    <row r="706" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="706" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A706" s="41">
         <v>2021</v>
       </c>
       <c r="B706" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C706" s="32"/>
       <c r="D706" s="33">
         <v>65848</v>
       </c>
       <c r="E706" s="33">
         <v>13077</v>
       </c>
       <c r="F706" s="34">
         <v>0.19859373101689001</v>
       </c>
       <c r="G706" s="33">
         <v>21101</v>
       </c>
       <c r="H706" s="33">
         <v>3900</v>
       </c>
       <c r="I706" s="34">
         <v>0.18482536372684</v>
       </c>
     </row>
-    <row r="707" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="707" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A707" s="14">
         <v>2022</v>
       </c>
       <c r="B707" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C707" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D707" s="16">
         <v>44</v>
       </c>
       <c r="E707" s="16">
         <v>17</v>
       </c>
       <c r="F707" s="17">
         <v>0.38636363636364002</v>
       </c>
       <c r="G707" s="16">
         <v>0</v>
       </c>
       <c r="H707" s="16">
         <v>0</v>
       </c>
-      <c r="I707" s="18" t="s">
-[...3 lines deleted...]
-    <row r="708" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I707" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="708" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A708" s="14">
         <v>2022</v>
       </c>
       <c r="B708" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C708" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D708" s="35">
         <v>83</v>
       </c>
       <c r="E708" s="35">
         <v>17</v>
       </c>
       <c r="F708" s="36">
         <v>0.20481927710843001</v>
       </c>
       <c r="G708" s="35">
         <v>86</v>
       </c>
       <c r="H708" s="35">
         <v>25</v>
       </c>
       <c r="I708" s="36">
         <v>0.29069767441860001</v>
       </c>
     </row>
-    <row r="709" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="709" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A709" s="14">
         <v>2022</v>
       </c>
       <c r="B709" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C709" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D709" s="35">
         <v>7</v>
       </c>
       <c r="E709" s="35">
         <v>7</v>
       </c>
       <c r="F709" s="36">
         <v>1</v>
       </c>
       <c r="G709" s="35">
         <v>6</v>
       </c>
       <c r="H709" s="35">
         <v>6</v>
       </c>
       <c r="I709" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="710" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="710" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A710" s="14">
         <v>2022</v>
       </c>
       <c r="B710" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C710" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D710" s="35">
         <v>277</v>
       </c>
       <c r="E710" s="35">
         <v>73</v>
       </c>
       <c r="F710" s="36">
         <v>0.26353790613717998</v>
       </c>
       <c r="G710" s="35">
         <v>160</v>
       </c>
       <c r="H710" s="35">
         <v>37</v>
       </c>
       <c r="I710" s="36">
         <v>0.23125000000000001</v>
       </c>
     </row>
-    <row r="711" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="711" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A711" s="14">
         <v>2022</v>
       </c>
       <c r="B711" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C711" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D711" s="35">
         <v>4</v>
       </c>
       <c r="E711" s="35">
         <v>4</v>
       </c>
       <c r="F711" s="36">
         <v>1</v>
       </c>
       <c r="G711" s="35">
         <v>8</v>
       </c>
       <c r="H711" s="35">
         <v>8</v>
       </c>
       <c r="I711" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="712" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="712" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A712" s="14">
         <v>2022</v>
       </c>
       <c r="B712" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C712" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D712" s="35">
         <v>21</v>
       </c>
       <c r="E712" s="35">
         <v>8</v>
       </c>
       <c r="F712" s="36">
         <v>0.38095238095237999</v>
       </c>
       <c r="G712" s="35">
         <v>0</v>
       </c>
       <c r="H712" s="35">
         <v>0</v>
       </c>
-      <c r="I712" s="36" t="s">
-[...3 lines deleted...]
-    <row r="713" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I712" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="713" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A713" s="14">
         <v>2022</v>
       </c>
       <c r="B713" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C713" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D713" s="35">
         <v>40</v>
       </c>
       <c r="E713" s="35">
         <v>11</v>
       </c>
       <c r="F713" s="36">
         <v>0.27500000000000002</v>
       </c>
       <c r="G713" s="35">
         <v>0</v>
       </c>
       <c r="H713" s="35">
         <v>0</v>
       </c>
-      <c r="I713" s="36" t="s">
-[...3 lines deleted...]
-    <row r="714" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I713" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="714" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A714" s="14">
         <v>2022</v>
       </c>
       <c r="B714" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C714" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D714" s="35">
         <v>268</v>
       </c>
       <c r="E714" s="35">
         <v>48</v>
       </c>
       <c r="F714" s="36">
         <v>0.17910447761194001</v>
       </c>
       <c r="G714" s="35">
         <v>178</v>
       </c>
       <c r="H714" s="35">
         <v>35</v>
       </c>
       <c r="I714" s="36">
         <v>0.19662921348314999</v>
       </c>
     </row>
-    <row r="715" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="715" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A715" s="14">
         <v>2022</v>
       </c>
       <c r="B715" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C715" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D715" s="35">
         <v>0</v>
       </c>
       <c r="E715" s="35">
         <v>0</v>
       </c>
       <c r="F715" s="36">
         <v>0</v>
       </c>
       <c r="G715" s="35">
         <v>2</v>
       </c>
       <c r="H715" s="35">
         <v>2</v>
       </c>
       <c r="I715" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="716" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="716" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A716" s="14">
         <v>2022</v>
       </c>
       <c r="B716" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C716" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D716" s="35">
         <v>961</v>
       </c>
       <c r="E716" s="35">
         <v>182</v>
       </c>
       <c r="F716" s="36">
         <v>0.18938605619147</v>
       </c>
       <c r="G716" s="35">
         <v>0</v>
       </c>
       <c r="H716" s="35">
         <v>0</v>
       </c>
-      <c r="I716" s="36" t="s">
-[...3 lines deleted...]
-    <row r="717" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I716" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="717" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A717" s="14">
         <v>2022</v>
       </c>
       <c r="B717" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C717" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D717" s="35">
         <v>618</v>
       </c>
       <c r="E717" s="35">
         <v>132</v>
       </c>
       <c r="F717" s="36">
         <v>0.21359223300971</v>
       </c>
       <c r="G717" s="35">
         <v>13</v>
       </c>
       <c r="H717" s="35">
         <v>5</v>
       </c>
       <c r="I717" s="36">
         <v>0.38461538461537997</v>
       </c>
     </row>
-    <row r="718" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="718" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A718" s="14">
         <v>2022</v>
       </c>
       <c r="B718" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C718" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D718" s="35">
         <v>7423</v>
       </c>
       <c r="E718" s="35">
         <v>1081</v>
       </c>
       <c r="F718" s="36">
         <v>0.14562845210830999</v>
       </c>
       <c r="G718" s="35">
         <v>3864</v>
       </c>
       <c r="H718" s="35">
         <v>588</v>
       </c>
       <c r="I718" s="36">
         <v>0.15217391304347999</v>
       </c>
     </row>
-    <row r="719" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="719" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A719" s="14">
         <v>2022</v>
       </c>
       <c r="B719" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C719" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D719" s="35">
         <v>33</v>
       </c>
       <c r="E719" s="35">
         <v>12</v>
       </c>
       <c r="F719" s="36">
         <v>0.36363636363635998</v>
       </c>
       <c r="G719" s="35">
         <v>64</v>
       </c>
       <c r="H719" s="35">
         <v>19</v>
       </c>
       <c r="I719" s="36">
         <v>0.296875</v>
       </c>
     </row>
-    <row r="720" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="720" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A720" s="14">
         <v>2022</v>
       </c>
       <c r="B720" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C720" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D720" s="35">
         <v>121</v>
       </c>
       <c r="E720" s="35">
         <v>44</v>
       </c>
       <c r="F720" s="36">
         <v>0.36363636363635998</v>
       </c>
       <c r="G720" s="35">
         <v>0</v>
       </c>
       <c r="H720" s="35">
         <v>0</v>
       </c>
-      <c r="I720" s="36" t="s">
-[...3 lines deleted...]
-    <row r="721" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I720" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="721" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A721" s="14">
         <v>2022</v>
       </c>
       <c r="B721" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C721" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D721" s="35">
         <v>82</v>
       </c>
       <c r="E721" s="35">
         <v>26</v>
       </c>
       <c r="F721" s="36">
         <v>0.31707317073170999</v>
       </c>
       <c r="G721" s="35">
         <v>1</v>
       </c>
       <c r="H721" s="35">
         <v>1</v>
       </c>
       <c r="I721" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="722" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="722" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A722" s="14">
         <v>2022</v>
       </c>
       <c r="B722" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C722" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D722" s="35">
         <v>1153</v>
       </c>
       <c r="E722" s="35">
         <v>276</v>
       </c>
       <c r="F722" s="36">
         <v>0.23937554206417999</v>
       </c>
       <c r="G722" s="35">
         <v>396</v>
       </c>
       <c r="H722" s="35">
         <v>101</v>
       </c>
       <c r="I722" s="36">
         <v>0.25505050505051002</v>
       </c>
     </row>
-    <row r="723" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="723" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A723" s="14">
         <v>2022</v>
       </c>
       <c r="B723" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C723" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D723" s="35">
         <v>8</v>
       </c>
       <c r="E723" s="35">
         <v>6</v>
       </c>
       <c r="F723" s="36">
         <v>0.75</v>
       </c>
       <c r="G723" s="35">
         <v>7</v>
       </c>
       <c r="H723" s="35">
         <v>5</v>
       </c>
       <c r="I723" s="36">
         <v>0.71428571428570997</v>
       </c>
     </row>
-    <row r="724" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="724" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A724" s="14">
         <v>2022</v>
       </c>
       <c r="B724" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C724" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D724" s="35">
         <v>25</v>
       </c>
       <c r="E724" s="35">
         <v>9</v>
       </c>
       <c r="F724" s="36">
         <v>0.36</v>
       </c>
       <c r="G724" s="35">
         <v>0</v>
       </c>
       <c r="H724" s="35">
         <v>0</v>
       </c>
-      <c r="I724" s="36" t="s">
-[...3 lines deleted...]
-    <row r="725" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I724" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="725" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A725" s="14">
         <v>2022</v>
       </c>
       <c r="B725" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C725" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D725" s="35">
         <v>23</v>
       </c>
       <c r="E725" s="35">
         <v>12</v>
       </c>
       <c r="F725" s="36">
         <v>0.52173913043478004</v>
       </c>
       <c r="G725" s="35">
         <v>0</v>
       </c>
       <c r="H725" s="35">
         <v>0</v>
       </c>
-      <c r="I725" s="36" t="s">
-[...3 lines deleted...]
-    <row r="726" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I725" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="726" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A726" s="14">
         <v>2022</v>
       </c>
       <c r="B726" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C726" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D726" s="35">
         <v>376</v>
       </c>
       <c r="E726" s="35">
         <v>98</v>
       </c>
       <c r="F726" s="36">
         <v>0.26063829787234</v>
       </c>
       <c r="G726" s="35">
         <v>171</v>
       </c>
       <c r="H726" s="35">
         <v>53</v>
       </c>
       <c r="I726" s="36">
         <v>0.30994152046784001</v>
       </c>
     </row>
-    <row r="727" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="727" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A727" s="14">
         <v>2022</v>
       </c>
       <c r="B727" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C727" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D727" s="35">
         <v>2</v>
       </c>
       <c r="E727" s="35">
         <v>2</v>
       </c>
       <c r="F727" s="36">
         <v>1</v>
       </c>
       <c r="G727" s="35">
         <v>5</v>
       </c>
       <c r="H727" s="35">
         <v>3</v>
       </c>
       <c r="I727" s="36">
         <v>0.6</v>
       </c>
     </row>
-    <row r="728" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="728" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A728" s="14">
         <v>2022</v>
       </c>
       <c r="B728" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C728" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D728" s="35">
         <v>601</v>
       </c>
       <c r="E728" s="35">
         <v>215</v>
       </c>
       <c r="F728" s="36">
         <v>0.35773710482528998</v>
       </c>
       <c r="G728" s="35">
         <v>0</v>
       </c>
       <c r="H728" s="35">
         <v>0</v>
       </c>
-      <c r="I728" s="36" t="s">
-[...3 lines deleted...]
-    <row r="729" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I728" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="729" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A729" s="14">
         <v>2022</v>
       </c>
       <c r="B729" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C729" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D729" s="35">
         <v>667</v>
       </c>
       <c r="E729" s="35">
         <v>184</v>
       </c>
       <c r="F729" s="36">
         <v>0.27586206896552001</v>
       </c>
       <c r="G729" s="35">
         <v>0</v>
       </c>
       <c r="H729" s="35">
         <v>0</v>
       </c>
-      <c r="I729" s="36" t="s">
-[...3 lines deleted...]
-    <row r="730" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I729" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="730" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A730" s="14">
         <v>2022</v>
       </c>
       <c r="B730" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C730" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D730" s="35">
         <v>4164</v>
       </c>
       <c r="E730" s="35">
         <v>843</v>
       </c>
       <c r="F730" s="36">
         <v>0.20244956772334</v>
       </c>
       <c r="G730" s="35">
         <v>1752</v>
       </c>
       <c r="H730" s="35">
         <v>349</v>
       </c>
       <c r="I730" s="36">
         <v>0.19920091324201</v>
       </c>
     </row>
-    <row r="731" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="731" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A731" s="14">
         <v>2022</v>
       </c>
       <c r="B731" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C731" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D731" s="35">
         <v>47</v>
       </c>
       <c r="E731" s="35">
         <v>17</v>
       </c>
       <c r="F731" s="36">
         <v>0.36170212765956999</v>
       </c>
       <c r="G731" s="35">
         <v>69</v>
       </c>
       <c r="H731" s="35">
         <v>24</v>
       </c>
       <c r="I731" s="36">
         <v>0.34782608695652001</v>
       </c>
     </row>
-    <row r="732" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="732" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A732" s="14">
         <v>2022</v>
       </c>
       <c r="B732" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C732" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D732" s="35">
         <v>441</v>
       </c>
       <c r="E732" s="35">
         <v>126</v>
       </c>
       <c r="F732" s="36">
         <v>0.28571428571428997</v>
       </c>
       <c r="G732" s="35">
         <v>0</v>
       </c>
       <c r="H732" s="35">
         <v>0</v>
       </c>
-      <c r="I732" s="36" t="s">
-[...3 lines deleted...]
-    <row r="733" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I732" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="733" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A733" s="14">
         <v>2022</v>
       </c>
       <c r="B733" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C733" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D733" s="35">
         <v>364</v>
       </c>
       <c r="E733" s="35">
         <v>146</v>
       </c>
       <c r="F733" s="36">
         <v>0.40109890109890001</v>
       </c>
       <c r="G733" s="35">
         <v>0</v>
       </c>
       <c r="H733" s="35">
         <v>0</v>
       </c>
-      <c r="I733" s="36" t="s">
-[...3 lines deleted...]
-    <row r="734" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I733" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="734" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A734" s="14">
         <v>2022</v>
       </c>
       <c r="B734" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C734" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D734" s="35">
         <v>3675</v>
       </c>
       <c r="E734" s="35">
         <v>797</v>
       </c>
       <c r="F734" s="36">
         <v>0.21687074829931999</v>
       </c>
       <c r="G734" s="35">
         <v>1685</v>
       </c>
       <c r="H734" s="35">
         <v>422</v>
       </c>
       <c r="I734" s="36">
         <v>0.25044510385757002</v>
       </c>
     </row>
-    <row r="735" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="735" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A735" s="14">
         <v>2022</v>
       </c>
       <c r="B735" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C735" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D735" s="35">
         <v>11</v>
       </c>
       <c r="E735" s="35">
         <v>6</v>
       </c>
       <c r="F735" s="36">
         <v>0.54545454545454997</v>
       </c>
       <c r="G735" s="35">
         <v>21</v>
       </c>
       <c r="H735" s="35">
         <v>16</v>
       </c>
       <c r="I735" s="36">
         <v>0.76190476190475998</v>
       </c>
     </row>
-    <row r="736" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="736" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A736" s="14">
         <v>2022</v>
       </c>
       <c r="B736" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C736" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D736" s="35">
         <v>128</v>
       </c>
       <c r="E736" s="35">
         <v>57</v>
       </c>
       <c r="F736" s="36">
         <v>0.4453125</v>
       </c>
       <c r="G736" s="35">
         <v>0</v>
       </c>
       <c r="H736" s="35">
         <v>0</v>
       </c>
-      <c r="I736" s="36" t="s">
-[...3 lines deleted...]
-    <row r="737" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I736" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="737" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A737" s="14">
         <v>2022</v>
       </c>
       <c r="B737" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C737" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D737" s="35">
         <v>99</v>
       </c>
       <c r="E737" s="35">
         <v>45</v>
       </c>
       <c r="F737" s="36">
         <v>0.45454545454544998</v>
       </c>
       <c r="G737" s="35">
         <v>0</v>
       </c>
       <c r="H737" s="35">
         <v>0</v>
       </c>
-      <c r="I737" s="36" t="s">
-[...3 lines deleted...]
-    <row r="738" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I737" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="738" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A738" s="14">
         <v>2022</v>
       </c>
       <c r="B738" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C738" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D738" s="35">
         <v>655</v>
       </c>
       <c r="E738" s="35">
         <v>162</v>
       </c>
       <c r="F738" s="36">
         <v>0.24732824427481001</v>
       </c>
       <c r="G738" s="35">
         <v>235</v>
       </c>
       <c r="H738" s="35">
         <v>68</v>
       </c>
       <c r="I738" s="36">
         <v>0.28936170212765999</v>
       </c>
     </row>
-    <row r="739" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="739" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A739" s="14">
         <v>2022</v>
       </c>
       <c r="B739" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C739" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D739" s="35">
         <v>8</v>
       </c>
       <c r="E739" s="35">
         <v>5</v>
       </c>
       <c r="F739" s="36">
         <v>0.625</v>
       </c>
       <c r="G739" s="35">
         <v>6</v>
       </c>
       <c r="H739" s="35">
         <v>3</v>
       </c>
       <c r="I739" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="740" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="740" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A740" s="14">
         <v>2022</v>
       </c>
       <c r="B740" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C740" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D740" s="35">
         <v>838</v>
       </c>
       <c r="E740" s="35">
         <v>103</v>
       </c>
       <c r="F740" s="36">
         <v>0.12291169451073999</v>
       </c>
       <c r="G740" s="35">
         <v>0</v>
       </c>
       <c r="H740" s="35">
         <v>0</v>
       </c>
-      <c r="I740" s="36" t="s">
-[...3 lines deleted...]
-    <row r="741" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I740" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="741" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A741" s="14">
         <v>2022</v>
       </c>
       <c r="B741" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C741" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D741" s="35">
         <v>261</v>
       </c>
       <c r="E741" s="35">
         <v>81</v>
       </c>
       <c r="F741" s="36">
         <v>0.31034482758621001</v>
       </c>
       <c r="G741" s="35">
         <v>0</v>
       </c>
       <c r="H741" s="35">
         <v>0</v>
       </c>
-      <c r="I741" s="36" t="s">
-[...3 lines deleted...]
-    <row r="742" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I741" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="742" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A742" s="14">
         <v>2022</v>
       </c>
       <c r="B742" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C742" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D742" s="35">
         <v>6647</v>
       </c>
       <c r="E742" s="35">
         <v>1091</v>
       </c>
       <c r="F742" s="36">
         <v>0.16413419587784001</v>
       </c>
       <c r="G742" s="35">
         <v>2261</v>
       </c>
       <c r="H742" s="35">
         <v>379</v>
       </c>
       <c r="I742" s="36">
         <v>0.16762494471473</v>
       </c>
     </row>
-    <row r="743" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="743" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A743" s="14">
         <v>2022</v>
       </c>
       <c r="B743" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C743" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D743" s="35">
         <v>37</v>
       </c>
       <c r="E743" s="35">
         <v>10</v>
       </c>
       <c r="F743" s="36">
         <v>0.27027027027027001</v>
       </c>
       <c r="G743" s="35">
         <v>23</v>
       </c>
       <c r="H743" s="35">
         <v>12</v>
       </c>
       <c r="I743" s="36">
         <v>0.52173913043478004</v>
       </c>
     </row>
-    <row r="744" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="744" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A744" s="14">
         <v>2022</v>
       </c>
       <c r="B744" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C744" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D744" s="35">
         <v>163</v>
       </c>
       <c r="E744" s="35">
         <v>30</v>
       </c>
       <c r="F744" s="36">
         <v>0.1840490797546</v>
       </c>
       <c r="G744" s="35">
         <v>0</v>
       </c>
       <c r="H744" s="35">
         <v>0</v>
       </c>
-      <c r="I744" s="36" t="s">
-[...3 lines deleted...]
-    <row r="745" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I744" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="745" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A745" s="14">
         <v>2022</v>
       </c>
       <c r="B745" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C745" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D745" s="35">
         <v>148</v>
       </c>
       <c r="E745" s="35">
         <v>51</v>
       </c>
       <c r="F745" s="36">
         <v>0.34459459459459002</v>
       </c>
       <c r="G745" s="35">
         <v>0</v>
       </c>
       <c r="H745" s="35">
         <v>0</v>
       </c>
-      <c r="I745" s="36" t="s">
-[...3 lines deleted...]
-    <row r="746" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I745" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="746" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A746" s="14">
         <v>2022</v>
       </c>
       <c r="B746" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C746" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D746" s="35">
         <v>1453</v>
       </c>
       <c r="E746" s="35">
         <v>246</v>
       </c>
       <c r="F746" s="36">
         <v>0.16930488644184</v>
       </c>
       <c r="G746" s="35">
         <v>550</v>
       </c>
       <c r="H746" s="35">
         <v>113</v>
       </c>
       <c r="I746" s="36">
         <v>0.20545454545455</v>
       </c>
     </row>
-    <row r="747" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="747" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A747" s="14">
         <v>2022</v>
       </c>
       <c r="B747" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C747" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D747" s="35">
         <v>5</v>
       </c>
       <c r="E747" s="35">
         <v>3</v>
       </c>
       <c r="F747" s="36">
         <v>0.6</v>
       </c>
       <c r="G747" s="35">
         <v>9</v>
       </c>
       <c r="H747" s="35">
         <v>6</v>
       </c>
       <c r="I747" s="36">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="748" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="748" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A748" s="14">
         <v>2022</v>
       </c>
       <c r="B748" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C748" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D748" s="35">
         <v>15</v>
       </c>
       <c r="E748" s="35">
         <v>3</v>
       </c>
       <c r="F748" s="36">
         <v>0.2</v>
       </c>
       <c r="G748" s="35">
         <v>0</v>
       </c>
       <c r="H748" s="35">
         <v>0</v>
       </c>
-      <c r="I748" s="36" t="s">
-[...3 lines deleted...]
-    <row r="749" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I748" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="749" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A749" s="14">
         <v>2022</v>
       </c>
       <c r="B749" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C749" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D749" s="35">
         <v>38</v>
       </c>
       <c r="E749" s="35">
         <v>11</v>
       </c>
       <c r="F749" s="36">
         <v>0.28947368421052999</v>
       </c>
       <c r="G749" s="35">
         <v>0</v>
       </c>
       <c r="H749" s="35">
         <v>0</v>
       </c>
-      <c r="I749" s="36" t="s">
-[...3 lines deleted...]
-    <row r="750" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I749" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="750" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A750" s="14">
         <v>2022</v>
       </c>
       <c r="B750" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C750" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D750" s="35">
         <v>1035</v>
       </c>
       <c r="E750" s="35">
         <v>204</v>
       </c>
       <c r="F750" s="36">
         <v>0.19710144927536</v>
       </c>
       <c r="G750" s="35">
         <v>372</v>
       </c>
       <c r="H750" s="35">
         <v>86</v>
       </c>
       <c r="I750" s="36">
         <v>0.23118279569892</v>
       </c>
     </row>
-    <row r="751" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="751" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A751" s="14">
         <v>2022</v>
       </c>
       <c r="B751" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C751" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D751" s="35">
         <v>7</v>
       </c>
       <c r="E751" s="35">
         <v>3</v>
       </c>
       <c r="F751" s="36">
         <v>0.42857142857142999</v>
       </c>
       <c r="G751" s="35">
         <v>10</v>
       </c>
       <c r="H751" s="35">
         <v>5</v>
       </c>
       <c r="I751" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="752" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="752" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A752" s="14">
         <v>2022</v>
       </c>
       <c r="B752" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C752" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D752" s="35">
         <v>464</v>
       </c>
       <c r="E752" s="35">
         <v>124</v>
       </c>
       <c r="F752" s="36">
         <v>0.26724137931033998</v>
       </c>
       <c r="G752" s="35">
         <v>0</v>
       </c>
       <c r="H752" s="35">
         <v>0</v>
       </c>
-      <c r="I752" s="36" t="s">
-[...3 lines deleted...]
-    <row r="753" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I752" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="753" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A753" s="14">
         <v>2022</v>
       </c>
       <c r="B753" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C753" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D753" s="35">
         <v>241</v>
       </c>
       <c r="E753" s="35">
         <v>67</v>
       </c>
       <c r="F753" s="36">
         <v>0.27800829875519001</v>
       </c>
       <c r="G753" s="35">
         <v>11</v>
       </c>
       <c r="H753" s="35">
         <v>5</v>
       </c>
       <c r="I753" s="36">
         <v>0.45454545454544998</v>
       </c>
     </row>
-    <row r="754" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="754" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A754" s="14">
         <v>2022</v>
       </c>
       <c r="B754" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C754" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D754" s="35">
         <v>2623</v>
       </c>
       <c r="E754" s="35">
         <v>434</v>
       </c>
       <c r="F754" s="36">
         <v>0.16545939763629</v>
       </c>
       <c r="G754" s="35">
         <v>1032</v>
       </c>
       <c r="H754" s="35">
         <v>182</v>
       </c>
       <c r="I754" s="36">
         <v>0.17635658914728999</v>
       </c>
     </row>
-    <row r="755" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="755" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A755" s="14">
         <v>2022</v>
       </c>
       <c r="B755" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C755" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D755" s="35">
         <v>17</v>
       </c>
       <c r="E755" s="35">
         <v>8</v>
       </c>
       <c r="F755" s="36">
         <v>0.47058823529412003</v>
       </c>
       <c r="G755" s="35">
         <v>26</v>
       </c>
       <c r="H755" s="35">
         <v>10</v>
       </c>
       <c r="I755" s="36">
         <v>0.38461538461537997</v>
       </c>
     </row>
-    <row r="756" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="756" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A756" s="14">
         <v>2022</v>
       </c>
       <c r="B756" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C756" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D756" s="35">
         <v>201</v>
       </c>
       <c r="E756" s="35">
         <v>75</v>
       </c>
       <c r="F756" s="36">
         <v>0.37313432835820998</v>
       </c>
       <c r="G756" s="35">
         <v>0</v>
       </c>
       <c r="H756" s="35">
         <v>0</v>
       </c>
-      <c r="I756" s="36" t="s">
-[...3 lines deleted...]
-    <row r="757" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I756" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="757" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A757" s="14">
         <v>2022</v>
       </c>
       <c r="B757" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C757" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D757" s="35">
         <v>228</v>
       </c>
       <c r="E757" s="35">
         <v>64</v>
       </c>
       <c r="F757" s="36">
         <v>0.28070175438596001</v>
       </c>
       <c r="G757" s="35">
         <v>4</v>
       </c>
       <c r="H757" s="35">
         <v>2</v>
       </c>
       <c r="I757" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="758" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="758" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A758" s="14">
         <v>2022</v>
       </c>
       <c r="B758" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C758" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D758" s="35">
         <v>1664</v>
       </c>
       <c r="E758" s="35">
         <v>304</v>
       </c>
       <c r="F758" s="36">
         <v>0.18269230769231001</v>
       </c>
       <c r="G758" s="35">
         <v>895</v>
       </c>
       <c r="H758" s="35">
         <v>188</v>
       </c>
       <c r="I758" s="36">
         <v>0.21005586592179001</v>
       </c>
     </row>
-    <row r="759" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="759" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A759" s="14">
         <v>2022</v>
       </c>
       <c r="B759" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C759" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D759" s="35">
         <v>8</v>
       </c>
       <c r="E759" s="35">
         <v>4</v>
       </c>
       <c r="F759" s="36">
         <v>0.5</v>
       </c>
       <c r="G759" s="35">
         <v>8</v>
       </c>
       <c r="H759" s="35">
         <v>6</v>
       </c>
       <c r="I759" s="36">
         <v>0.75</v>
       </c>
     </row>
-    <row r="760" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="760" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A760" s="14">
         <v>2022</v>
       </c>
       <c r="B760" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C760" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D760" s="35">
         <v>169</v>
       </c>
       <c r="E760" s="35">
         <v>60</v>
       </c>
       <c r="F760" s="36">
         <v>0.35502958579881999</v>
       </c>
       <c r="G760" s="35">
         <v>0</v>
       </c>
       <c r="H760" s="35">
         <v>0</v>
       </c>
-      <c r="I760" s="36" t="s">
-[...3 lines deleted...]
-    <row r="761" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I760" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="761" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A761" s="14">
         <v>2022</v>
       </c>
       <c r="B761" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C761" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D761" s="35">
         <v>51</v>
       </c>
       <c r="E761" s="35">
         <v>18</v>
       </c>
       <c r="F761" s="36">
         <v>0.35294117647058998</v>
       </c>
       <c r="G761" s="35">
         <v>0</v>
       </c>
       <c r="H761" s="35">
         <v>0</v>
       </c>
-      <c r="I761" s="36" t="s">
-[...3 lines deleted...]
-    <row r="762" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I761" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="762" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A762" s="14">
         <v>2022</v>
       </c>
       <c r="B762" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C762" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D762" s="35">
         <v>717</v>
       </c>
       <c r="E762" s="35">
         <v>178</v>
       </c>
       <c r="F762" s="36">
         <v>0.24825662482565999</v>
       </c>
       <c r="G762" s="35">
         <v>238</v>
       </c>
       <c r="H762" s="35">
         <v>55</v>
       </c>
       <c r="I762" s="36">
         <v>0.23109243697479001</v>
       </c>
     </row>
-    <row r="763" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="763" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A763" s="14">
         <v>2022</v>
       </c>
       <c r="B763" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C763" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D763" s="35">
         <v>6</v>
       </c>
       <c r="E763" s="35">
         <v>3</v>
       </c>
       <c r="F763" s="36">
         <v>0.5</v>
       </c>
       <c r="G763" s="35">
         <v>5</v>
       </c>
       <c r="H763" s="35">
         <v>3</v>
       </c>
       <c r="I763" s="36">
         <v>0.6</v>
       </c>
     </row>
-    <row r="764" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="764" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A764" s="14">
         <v>2022</v>
       </c>
       <c r="B764" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C764" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D764" s="35">
         <v>81</v>
       </c>
       <c r="E764" s="35">
         <v>37</v>
       </c>
       <c r="F764" s="36">
         <v>0.45679012345678999</v>
       </c>
       <c r="G764" s="35">
         <v>0</v>
       </c>
       <c r="H764" s="35">
         <v>0</v>
       </c>
-      <c r="I764" s="36" t="s">
-[...3 lines deleted...]
-    <row r="765" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I764" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="765" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A765" s="14">
         <v>2022</v>
       </c>
       <c r="B765" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C765" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D765" s="35">
         <v>71</v>
       </c>
       <c r="E765" s="35">
         <v>18</v>
       </c>
       <c r="F765" s="36">
         <v>0.25352112676055999</v>
       </c>
       <c r="G765" s="35">
         <v>0</v>
       </c>
       <c r="H765" s="35">
         <v>0</v>
       </c>
-      <c r="I765" s="36" t="s">
-[...3 lines deleted...]
-    <row r="766" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I765" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="766" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A766" s="14">
         <v>2022</v>
       </c>
       <c r="B766" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C766" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D766" s="35">
         <v>738</v>
       </c>
       <c r="E766" s="35">
         <v>140</v>
       </c>
       <c r="F766" s="36">
         <v>0.18970189701897</v>
       </c>
       <c r="G766" s="35">
         <v>336</v>
       </c>
       <c r="H766" s="35">
         <v>73</v>
       </c>
       <c r="I766" s="36">
         <v>0.21726190476189999</v>
       </c>
     </row>
-    <row r="767" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="767" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A767" s="14">
         <v>2022</v>
       </c>
       <c r="B767" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C767" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D767" s="35">
         <v>9</v>
       </c>
       <c r="E767" s="35">
         <v>5</v>
       </c>
       <c r="F767" s="36">
         <v>0.55555555555556002</v>
       </c>
       <c r="G767" s="35">
         <v>4</v>
       </c>
       <c r="H767" s="35">
         <v>0</v>
       </c>
       <c r="I767" s="36">
         <v>0</v>
       </c>
     </row>
-    <row r="768" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="768" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A768" s="14">
         <v>2022</v>
       </c>
       <c r="B768" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C768" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D768" s="35">
         <v>441</v>
       </c>
       <c r="E768" s="35">
         <v>104</v>
       </c>
       <c r="F768" s="36">
         <v>0.23582766439909</v>
       </c>
       <c r="G768" s="35">
         <v>0</v>
       </c>
       <c r="H768" s="35">
         <v>0</v>
       </c>
-      <c r="I768" s="36" t="s">
-[...3 lines deleted...]
-    <row r="769" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I768" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="769" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A769" s="14">
         <v>2022</v>
       </c>
       <c r="B769" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C769" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D769" s="35">
         <v>366</v>
       </c>
       <c r="E769" s="35">
         <v>115</v>
       </c>
       <c r="F769" s="36">
         <v>0.31420765027322001</v>
       </c>
       <c r="G769" s="35">
         <v>2</v>
       </c>
       <c r="H769" s="35">
         <v>1</v>
       </c>
       <c r="I769" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="770" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="770" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A770" s="14">
         <v>2022</v>
       </c>
       <c r="B770" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C770" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D770" s="35">
         <v>2759</v>
       </c>
       <c r="E770" s="35">
         <v>581</v>
       </c>
       <c r="F770" s="36">
         <v>0.21058354476259999</v>
       </c>
       <c r="G770" s="35">
         <v>1160</v>
       </c>
       <c r="H770" s="35">
         <v>248</v>
       </c>
       <c r="I770" s="36">
         <v>0.21379310344828001</v>
       </c>
     </row>
-    <row r="771" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="771" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A771" s="14">
         <v>2022</v>
       </c>
       <c r="B771" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C771" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D771" s="35">
         <v>26</v>
       </c>
       <c r="E771" s="35">
         <v>17</v>
       </c>
       <c r="F771" s="36">
         <v>0.65384615384614997</v>
       </c>
       <c r="G771" s="35">
         <v>22</v>
       </c>
       <c r="H771" s="35">
         <v>11</v>
       </c>
       <c r="I771" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="772" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="772" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A772" s="14">
         <v>2022</v>
       </c>
       <c r="B772" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C772" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D772" s="35">
         <v>85</v>
       </c>
       <c r="E772" s="35">
         <v>22</v>
       </c>
       <c r="F772" s="36">
         <v>0.25882352941176001</v>
       </c>
       <c r="G772" s="35">
         <v>0</v>
       </c>
       <c r="H772" s="35">
         <v>0</v>
       </c>
-      <c r="I772" s="36" t="s">
-[...3 lines deleted...]
-    <row r="773" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I772" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="773" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A773" s="14">
         <v>2022</v>
       </c>
       <c r="B773" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C773" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D773" s="35">
         <v>85</v>
       </c>
       <c r="E773" s="35">
         <v>19</v>
       </c>
       <c r="F773" s="36">
         <v>0.22352941176471</v>
       </c>
       <c r="G773" s="35">
         <v>3</v>
       </c>
       <c r="H773" s="35">
         <v>1</v>
       </c>
       <c r="I773" s="36">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="774" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="774" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A774" s="14">
         <v>2022</v>
       </c>
       <c r="B774" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C774" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D774" s="35">
         <v>852</v>
       </c>
       <c r="E774" s="35">
         <v>170</v>
       </c>
       <c r="F774" s="36">
         <v>0.19953051643191999</v>
       </c>
       <c r="G774" s="35">
         <v>376</v>
       </c>
       <c r="H774" s="35">
         <v>66</v>
       </c>
       <c r="I774" s="36">
         <v>0.17553191489361999</v>
       </c>
     </row>
-    <row r="775" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="775" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A775" s="14">
         <v>2022</v>
       </c>
       <c r="B775" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C775" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D775" s="35">
         <v>8</v>
       </c>
       <c r="E775" s="35">
         <v>5</v>
       </c>
       <c r="F775" s="36">
         <v>0.625</v>
       </c>
       <c r="G775" s="35">
         <v>7</v>
       </c>
       <c r="H775" s="35">
         <v>2</v>
       </c>
       <c r="I775" s="36">
         <v>0.28571428571428997</v>
       </c>
     </row>
-    <row r="776" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="776" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A776" s="14">
         <v>2022</v>
       </c>
       <c r="B776" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C776" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D776" s="35">
         <v>429</v>
       </c>
       <c r="E776" s="35">
         <v>117</v>
       </c>
       <c r="F776" s="36">
         <v>0.27272727272726999</v>
       </c>
       <c r="G776" s="35">
         <v>1</v>
       </c>
       <c r="H776" s="35">
         <v>0</v>
       </c>
       <c r="I776" s="36">
         <v>0</v>
       </c>
     </row>
-    <row r="777" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="777" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A777" s="14">
         <v>2022</v>
       </c>
       <c r="B777" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C777" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D777" s="35">
         <v>180</v>
       </c>
       <c r="E777" s="35">
         <v>50</v>
       </c>
       <c r="F777" s="36">
         <v>0.27777777777778001</v>
       </c>
       <c r="G777" s="35">
         <v>5</v>
       </c>
       <c r="H777" s="35">
         <v>4</v>
       </c>
       <c r="I777" s="36">
         <v>0.8</v>
       </c>
     </row>
-    <row r="778" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="778" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A778" s="14">
         <v>2022</v>
       </c>
       <c r="B778" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C778" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D778" s="35">
         <v>3576</v>
       </c>
       <c r="E778" s="35">
         <v>1292</v>
       </c>
       <c r="F778" s="36">
         <v>0.36129753914988999</v>
       </c>
       <c r="G778" s="35">
         <v>604</v>
       </c>
       <c r="H778" s="35">
         <v>150</v>
       </c>
       <c r="I778" s="36">
         <v>0.24834437086093</v>
       </c>
     </row>
-    <row r="779" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="779" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A779" s="14">
         <v>2022</v>
       </c>
       <c r="B779" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C779" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D779" s="35">
         <v>80</v>
       </c>
       <c r="E779" s="35">
         <v>47</v>
       </c>
       <c r="F779" s="36">
         <v>0.58750000000000002</v>
       </c>
       <c r="G779" s="35">
         <v>120</v>
       </c>
       <c r="H779" s="35">
         <v>56</v>
       </c>
       <c r="I779" s="36">
         <v>0.46666666666667</v>
       </c>
     </row>
-    <row r="780" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="780" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A780" s="14">
         <v>2022</v>
       </c>
       <c r="B780" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C780" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D780" s="35">
         <v>511</v>
       </c>
       <c r="E780" s="35">
         <v>120</v>
       </c>
       <c r="F780" s="36">
         <v>0.23483365949119001</v>
       </c>
       <c r="G780" s="35">
         <v>0</v>
       </c>
       <c r="H780" s="35">
         <v>0</v>
       </c>
-      <c r="I780" s="36" t="s">
-[...3 lines deleted...]
-    <row r="781" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I780" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="781" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A781" s="14">
         <v>2022</v>
       </c>
       <c r="B781" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C781" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D781" s="35">
         <v>353</v>
       </c>
       <c r="E781" s="35">
         <v>102</v>
       </c>
       <c r="F781" s="36">
         <v>0.28895184135976998</v>
       </c>
       <c r="G781" s="35">
         <v>0</v>
       </c>
       <c r="H781" s="35">
         <v>0</v>
       </c>
-      <c r="I781" s="36" t="s">
-[...3 lines deleted...]
-    <row r="782" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I781" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="782" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A782" s="14">
         <v>2022</v>
       </c>
       <c r="B782" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C782" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D782" s="35">
         <v>2121</v>
       </c>
       <c r="E782" s="35">
         <v>473</v>
       </c>
       <c r="F782" s="36">
         <v>0.22300801508722001</v>
       </c>
       <c r="G782" s="35">
         <v>1159</v>
       </c>
       <c r="H782" s="35">
         <v>289</v>
       </c>
       <c r="I782" s="36">
         <v>0.24935289042278</v>
       </c>
     </row>
-    <row r="783" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="783" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A783" s="14">
         <v>2022</v>
       </c>
       <c r="B783" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C783" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D783" s="35">
         <v>8</v>
       </c>
       <c r="E783" s="35">
         <v>5</v>
       </c>
       <c r="F783" s="36">
         <v>0.625</v>
       </c>
       <c r="G783" s="35">
         <v>24</v>
       </c>
       <c r="H783" s="35">
         <v>7</v>
       </c>
       <c r="I783" s="36">
         <v>0.29166666666667002</v>
       </c>
     </row>
-    <row r="784" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="784" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A784" s="14">
         <v>2022</v>
       </c>
       <c r="B784" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C784" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D784" s="35">
         <v>49</v>
       </c>
       <c r="E784" s="35">
         <v>19</v>
       </c>
       <c r="F784" s="36">
         <v>0.38775510204081998</v>
       </c>
       <c r="G784" s="35">
         <v>0</v>
       </c>
       <c r="H784" s="35">
         <v>0</v>
       </c>
-      <c r="I784" s="36" t="s">
-[...3 lines deleted...]
-    <row r="785" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I784" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="785" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A785" s="14">
         <v>2022</v>
       </c>
       <c r="B785" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C785" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D785" s="35">
         <v>89</v>
       </c>
       <c r="E785" s="35">
         <v>43</v>
       </c>
       <c r="F785" s="36">
         <v>0.48314606741573002</v>
       </c>
       <c r="G785" s="35">
         <v>0</v>
       </c>
       <c r="H785" s="35">
         <v>0</v>
       </c>
-      <c r="I785" s="36" t="s">
-[...3 lines deleted...]
-    <row r="786" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I785" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="786" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A786" s="14">
         <v>2022</v>
       </c>
       <c r="B786" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C786" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D786" s="35">
         <v>612</v>
       </c>
       <c r="E786" s="35">
         <v>106</v>
       </c>
       <c r="F786" s="36">
         <v>0.17320261437907999</v>
       </c>
       <c r="G786" s="35">
         <v>374</v>
       </c>
       <c r="H786" s="35">
         <v>76</v>
       </c>
       <c r="I786" s="36">
         <v>0.20320855614972999</v>
       </c>
     </row>
-    <row r="787" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="787" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A787" s="14">
         <v>2022</v>
       </c>
       <c r="B787" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C787" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D787" s="35">
         <v>715</v>
       </c>
       <c r="E787" s="35">
         <v>180</v>
       </c>
       <c r="F787" s="36">
         <v>0.25174825174825</v>
       </c>
       <c r="G787" s="35">
         <v>0</v>
       </c>
       <c r="H787" s="35">
         <v>0</v>
       </c>
-      <c r="I787" s="36" t="s">
-[...3 lines deleted...]
-    <row r="788" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I787" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="788" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A788" s="14">
         <v>2022</v>
       </c>
       <c r="B788" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C788" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D788" s="35">
         <v>318</v>
       </c>
       <c r="E788" s="35">
         <v>81</v>
       </c>
       <c r="F788" s="36">
         <v>0.25471698113208002</v>
       </c>
       <c r="G788" s="35">
         <v>1</v>
       </c>
       <c r="H788" s="35">
         <v>1</v>
       </c>
       <c r="I788" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="789" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="789" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A789" s="14">
         <v>2022</v>
       </c>
       <c r="B789" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C789" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D789" s="35">
         <v>3870</v>
       </c>
       <c r="E789" s="35">
         <v>803</v>
       </c>
       <c r="F789" s="36">
         <v>0.20749354005168</v>
       </c>
       <c r="G789" s="35">
         <v>1579</v>
       </c>
       <c r="H789" s="35">
         <v>343</v>
       </c>
       <c r="I789" s="36">
         <v>0.21722609246357999</v>
       </c>
     </row>
-    <row r="790" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="790" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A790" s="14">
         <v>2022</v>
       </c>
       <c r="B790" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C790" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D790" s="35">
         <v>14</v>
       </c>
       <c r="E790" s="35">
         <v>5</v>
       </c>
       <c r="F790" s="36">
         <v>0.35714285714285998</v>
       </c>
       <c r="G790" s="35">
         <v>15</v>
       </c>
       <c r="H790" s="35">
         <v>5</v>
       </c>
       <c r="I790" s="36">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="791" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="791" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A791" s="14">
         <v>2022</v>
       </c>
       <c r="B791" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C791" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D791" s="35">
         <v>57</v>
       </c>
       <c r="E791" s="35">
         <v>24</v>
       </c>
       <c r="F791" s="36">
         <v>0.42105263157895001</v>
       </c>
       <c r="G791" s="35">
         <v>0</v>
       </c>
       <c r="H791" s="35">
         <v>0</v>
       </c>
-      <c r="I791" s="36" t="s">
-[...3 lines deleted...]
-    <row r="792" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I791" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="792" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A792" s="14">
         <v>2022</v>
       </c>
       <c r="B792" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C792" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D792" s="35">
         <v>46</v>
       </c>
       <c r="E792" s="35">
         <v>14</v>
       </c>
       <c r="F792" s="36">
         <v>0.30434782608695998</v>
       </c>
       <c r="G792" s="35">
         <v>0</v>
       </c>
       <c r="H792" s="35">
         <v>0</v>
       </c>
-      <c r="I792" s="36" t="s">
-[...3 lines deleted...]
-    <row r="793" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I792" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="793" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A793" s="14">
         <v>2022</v>
       </c>
       <c r="B793" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C793" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D793" s="35">
         <v>316</v>
       </c>
       <c r="E793" s="35">
         <v>35</v>
       </c>
       <c r="F793" s="36">
         <v>0.11075949367089</v>
       </c>
       <c r="G793" s="35">
         <v>138</v>
       </c>
       <c r="H793" s="35">
         <v>36</v>
       </c>
       <c r="I793" s="36">
         <v>0.26086956521739002</v>
       </c>
     </row>
-    <row r="794" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="794" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A794" s="14">
         <v>2022</v>
       </c>
       <c r="B794" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C794" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D794" s="35">
         <v>3</v>
       </c>
       <c r="E794" s="35">
         <v>3</v>
       </c>
       <c r="F794" s="36">
         <v>1</v>
       </c>
       <c r="G794" s="35">
         <v>9</v>
       </c>
       <c r="H794" s="35">
         <v>2</v>
       </c>
       <c r="I794" s="36">
         <v>0.22222222222221999</v>
       </c>
     </row>
-    <row r="795" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="795" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A795" s="14">
         <v>2022</v>
       </c>
       <c r="B795" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C795" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D795" s="35">
         <v>9</v>
       </c>
       <c r="E795" s="35">
         <v>1</v>
       </c>
       <c r="F795" s="36">
         <v>0.11111111111110999</v>
       </c>
       <c r="G795" s="35">
         <v>0</v>
       </c>
       <c r="H795" s="35">
         <v>0</v>
       </c>
-      <c r="I795" s="36" t="s">
-[...3 lines deleted...]
-    <row r="796" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I795" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="796" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A796" s="14">
         <v>2022</v>
       </c>
       <c r="B796" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C796" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D796" s="35">
         <v>8</v>
       </c>
       <c r="E796" s="35">
         <v>1</v>
       </c>
       <c r="F796" s="36">
         <v>0.125</v>
       </c>
       <c r="G796" s="35">
         <v>0</v>
       </c>
       <c r="H796" s="35">
         <v>0</v>
       </c>
-      <c r="I796" s="36" t="s">
-[...3 lines deleted...]
-    <row r="797" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I796" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="797" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A797" s="14">
         <v>2022</v>
       </c>
       <c r="B797" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C797" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D797" s="35">
         <v>197</v>
       </c>
       <c r="E797" s="35">
         <v>29</v>
       </c>
       <c r="F797" s="36">
         <v>0.14720812182741</v>
       </c>
       <c r="G797" s="35">
         <v>109</v>
       </c>
       <c r="H797" s="35">
         <v>22</v>
       </c>
       <c r="I797" s="36">
         <v>0.20183486238532</v>
       </c>
     </row>
-    <row r="798" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="798" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A798" s="14">
         <v>2022</v>
       </c>
       <c r="B798" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C798" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D798" s="35">
         <v>13</v>
       </c>
       <c r="E798" s="35">
         <v>9</v>
       </c>
       <c r="F798" s="36">
         <v>0.69230769230768996</v>
       </c>
       <c r="G798" s="35">
         <v>21</v>
       </c>
       <c r="H798" s="35">
         <v>9</v>
       </c>
       <c r="I798" s="36">
         <v>0.42857142857142999</v>
       </c>
     </row>
-    <row r="799" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="799" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A799" s="14">
         <v>2022</v>
       </c>
       <c r="B799" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C799" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D799" s="35">
         <v>6</v>
       </c>
       <c r="E799" s="35">
         <v>0</v>
       </c>
       <c r="F799" s="36">
         <v>0</v>
       </c>
       <c r="G799" s="35">
         <v>0</v>
       </c>
       <c r="H799" s="35">
         <v>0</v>
       </c>
-      <c r="I799" s="36" t="s">
-[...3 lines deleted...]
-    <row r="800" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I799" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="800" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A800" s="14">
         <v>2022</v>
       </c>
       <c r="B800" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C800" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D800" s="35">
         <v>12</v>
       </c>
       <c r="E800" s="35">
         <v>8</v>
       </c>
       <c r="F800" s="36">
         <v>0.66666666666666996</v>
       </c>
       <c r="G800" s="35">
         <v>0</v>
       </c>
       <c r="H800" s="35">
         <v>0</v>
       </c>
-      <c r="I800" s="36" t="s">
-[...3 lines deleted...]
-    <row r="801" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I800" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="801" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A801" s="14">
         <v>2022</v>
       </c>
       <c r="B801" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C801" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D801" s="35">
         <v>1334</v>
       </c>
       <c r="E801" s="35">
         <v>224</v>
       </c>
       <c r="F801" s="36">
         <v>0.16791604197901</v>
       </c>
       <c r="G801" s="35">
         <v>102</v>
       </c>
       <c r="H801" s="35">
         <v>21</v>
       </c>
       <c r="I801" s="36">
         <v>0.20588235294118001</v>
       </c>
     </row>
-    <row r="802" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="802" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A802" s="14">
         <v>2022</v>
       </c>
       <c r="B802" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C802" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D802" s="35">
         <v>4</v>
       </c>
       <c r="E802" s="35">
         <v>2</v>
       </c>
       <c r="F802" s="36">
         <v>0.5</v>
       </c>
       <c r="G802" s="35">
         <v>3</v>
       </c>
       <c r="H802" s="35">
         <v>3</v>
       </c>
       <c r="I802" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="803" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="803" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A803" s="19">
         <v>2022</v>
       </c>
       <c r="B803" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C803" s="23" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D803" s="30">
         <v>6531</v>
       </c>
       <c r="E803" s="30">
         <v>1660</v>
       </c>
       <c r="F803" s="31">
         <v>0.25417240851324002</v>
       </c>
       <c r="G803" s="30">
         <v>1</v>
       </c>
       <c r="H803" s="30">
         <v>0</v>
       </c>
       <c r="I803" s="31">
         <v>0</v>
       </c>
     </row>
-    <row r="804" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="804" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A804" s="19">
         <v>2022</v>
       </c>
       <c r="B804" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C804" s="23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D804" s="30">
         <v>4439</v>
       </c>
       <c r="E804" s="30">
         <v>1323</v>
       </c>
       <c r="F804" s="31">
         <v>0.29804009912141999</v>
       </c>
       <c r="G804" s="30">
         <v>46</v>
       </c>
       <c r="H804" s="30">
         <v>26</v>
       </c>
       <c r="I804" s="31">
         <v>0.56521739130435</v>
       </c>
     </row>
-    <row r="805" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="805" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A805" s="19">
         <v>2022</v>
       </c>
       <c r="B805" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C805" s="23" t="s">
         <v>24</v>
       </c>
       <c r="D805" s="30">
         <v>48588</v>
       </c>
       <c r="E805" s="30">
         <v>9705</v>
       </c>
       <c r="F805" s="31">
         <v>0.19974067671029999</v>
       </c>
       <c r="G805" s="30">
         <v>19812</v>
       </c>
       <c r="H805" s="30">
         <v>4005</v>
       </c>
       <c r="I805" s="31">
         <v>0.20215021199273001</v>
       </c>
     </row>
-    <row r="806" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="806" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A806" s="19">
         <v>2022</v>
       </c>
       <c r="B806" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C806" s="23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D806" s="30">
         <v>358</v>
       </c>
       <c r="E806" s="30">
         <v>181</v>
       </c>
       <c r="F806" s="31">
         <v>0.50558659217877</v>
       </c>
       <c r="G806" s="30">
         <v>488</v>
       </c>
       <c r="H806" s="30">
         <v>217</v>
       </c>
       <c r="I806" s="31">
         <v>0.44467213114754001</v>
       </c>
     </row>
-    <row r="807" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="807" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A807" s="41">
         <v>2022</v>
       </c>
       <c r="B807" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C807" s="32"/>
       <c r="D807" s="33">
         <v>59916</v>
       </c>
       <c r="E807" s="33">
         <v>12869</v>
       </c>
       <c r="F807" s="34">
         <v>0.21478403097670001</v>
       </c>
       <c r="G807" s="33">
         <v>20347</v>
       </c>
       <c r="H807" s="33">
         <v>4248</v>
       </c>
       <c r="I807" s="34">
         <v>0.20877770678724</v>
       </c>
     </row>
-    <row r="808" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="808" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A808" s="14">
         <v>2023</v>
       </c>
       <c r="B808" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C808" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D808" s="16">
         <v>59</v>
       </c>
       <c r="E808" s="16">
         <v>18</v>
       </c>
       <c r="F808" s="17">
         <v>0.30508474576271</v>
       </c>
       <c r="G808" s="16">
         <v>0</v>
       </c>
       <c r="H808" s="16">
         <v>0</v>
       </c>
-      <c r="I808" s="18" t="s">
-[...3 lines deleted...]
-    <row r="809" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I808" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="809" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A809" s="14">
         <v>2023</v>
       </c>
       <c r="B809" s="14" t="s">
         <v>1</v>
       </c>
       <c r="C809" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D809" s="35">
         <v>82</v>
       </c>
       <c r="E809" s="35">
         <v>14</v>
       </c>
       <c r="F809" s="36">
         <v>0.17073170731706999</v>
       </c>
       <c r="G809" s="35">
         <v>64</v>
       </c>
       <c r="H809" s="35">
         <v>17</v>
       </c>
       <c r="I809" s="36">
         <v>0.265625</v>
       </c>
     </row>
-    <row r="810" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="810" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A810" s="14">
         <v>2023</v>
       </c>
       <c r="B810" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C810" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D810" s="35">
         <v>4</v>
       </c>
       <c r="E810" s="35">
         <v>2</v>
       </c>
       <c r="F810" s="36">
         <v>0.5</v>
       </c>
       <c r="G810" s="35">
         <v>14</v>
       </c>
       <c r="H810" s="35">
         <v>10</v>
       </c>
       <c r="I810" s="36">
         <v>0.71428571428570997</v>
       </c>
     </row>
-    <row r="811" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="811" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A811" s="14">
         <v>2023</v>
       </c>
       <c r="B811" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C811" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D811" s="35">
         <v>302</v>
       </c>
       <c r="E811" s="35">
         <v>94</v>
       </c>
       <c r="F811" s="36">
         <v>0.31125827814570001</v>
       </c>
       <c r="G811" s="35">
         <v>84</v>
       </c>
       <c r="H811" s="35">
         <v>23</v>
       </c>
       <c r="I811" s="36">
         <v>0.27380952380952001</v>
       </c>
     </row>
-    <row r="812" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="812" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A812" s="14">
         <v>2023</v>
       </c>
       <c r="B812" s="14" t="s">
         <v>23</v>
       </c>
       <c r="C812" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D812" s="35">
         <v>8</v>
       </c>
       <c r="E812" s="35">
         <v>6</v>
       </c>
       <c r="F812" s="36">
         <v>0.75</v>
       </c>
       <c r="G812" s="35">
         <v>13</v>
       </c>
       <c r="H812" s="35">
         <v>6</v>
       </c>
       <c r="I812" s="36">
         <v>0.46153846153846001</v>
       </c>
     </row>
-    <row r="813" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="813" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A813" s="14">
         <v>2023</v>
       </c>
       <c r="B813" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C813" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D813" s="35">
         <v>25</v>
       </c>
       <c r="E813" s="35">
         <v>10</v>
       </c>
       <c r="F813" s="36">
         <v>0.4</v>
       </c>
       <c r="G813" s="35">
         <v>0</v>
       </c>
       <c r="H813" s="35">
         <v>0</v>
       </c>
-      <c r="I813" s="36" t="s">
-[...3 lines deleted...]
-    <row r="814" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I813" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="814" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A814" s="14">
         <v>2023</v>
       </c>
       <c r="B814" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C814" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D814" s="35">
         <v>39</v>
       </c>
       <c r="E814" s="35">
         <v>13</v>
       </c>
       <c r="F814" s="36">
         <v>0.33333333333332998</v>
       </c>
       <c r="G814" s="35">
         <v>0</v>
       </c>
       <c r="H814" s="35">
         <v>0</v>
       </c>
-      <c r="I814" s="36" t="s">
-[...3 lines deleted...]
-    <row r="815" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I814" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="815" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A815" s="14">
         <v>2023</v>
       </c>
       <c r="B815" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C815" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D815" s="35">
         <v>217</v>
       </c>
       <c r="E815" s="35">
         <v>32</v>
       </c>
       <c r="F815" s="36">
         <v>0.14746543778801999</v>
       </c>
       <c r="G815" s="35">
         <v>176</v>
       </c>
       <c r="H815" s="35">
         <v>30</v>
       </c>
       <c r="I815" s="36">
         <v>0.17045454545454999</v>
       </c>
     </row>
-    <row r="816" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="816" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A816" s="14">
         <v>2023</v>
       </c>
       <c r="B816" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C816" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D816" s="35">
         <v>979</v>
       </c>
       <c r="E816" s="35">
         <v>188</v>
       </c>
       <c r="F816" s="36">
         <v>0.19203268641471</v>
       </c>
       <c r="G816" s="35">
         <v>0</v>
       </c>
       <c r="H816" s="35">
         <v>0</v>
       </c>
-      <c r="I816" s="36" t="s">
-[...3 lines deleted...]
-    <row r="817" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I816" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="817" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A817" s="14">
         <v>2023</v>
       </c>
       <c r="B817" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C817" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D817" s="35">
         <v>662</v>
       </c>
       <c r="E817" s="35">
         <v>128</v>
       </c>
       <c r="F817" s="36">
         <v>0.19335347432024</v>
       </c>
       <c r="G817" s="35">
         <v>9</v>
       </c>
       <c r="H817" s="35">
         <v>3</v>
       </c>
       <c r="I817" s="36">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="818" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="818" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A818" s="14">
         <v>2023</v>
       </c>
       <c r="B818" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C818" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D818" s="35">
         <v>7129</v>
       </c>
       <c r="E818" s="35">
         <v>1021</v>
       </c>
       <c r="F818" s="36">
         <v>0.14321784261466999</v>
       </c>
       <c r="G818" s="35">
         <v>3711</v>
       </c>
       <c r="H818" s="35">
         <v>608</v>
       </c>
       <c r="I818" s="36">
         <v>0.16383724063595001</v>
       </c>
     </row>
-    <row r="819" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="819" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A819" s="14">
         <v>2023</v>
       </c>
       <c r="B819" s="14" t="s">
         <v>2</v>
       </c>
       <c r="C819" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D819" s="35">
         <v>31</v>
       </c>
       <c r="E819" s="35">
         <v>16</v>
       </c>
       <c r="F819" s="36">
         <v>0.51612903225805995</v>
       </c>
       <c r="G819" s="35">
         <v>72</v>
       </c>
       <c r="H819" s="35">
         <v>27</v>
       </c>
       <c r="I819" s="36">
         <v>0.375</v>
       </c>
     </row>
-    <row r="820" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="820" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A820" s="14">
         <v>2023</v>
       </c>
       <c r="B820" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C820" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D820" s="35">
         <v>157</v>
       </c>
       <c r="E820" s="35">
         <v>45</v>
       </c>
       <c r="F820" s="36">
         <v>0.28662420382165998</v>
       </c>
       <c r="G820" s="35">
         <v>0</v>
       </c>
       <c r="H820" s="35">
         <v>0</v>
       </c>
-      <c r="I820" s="36" t="s">
-[...3 lines deleted...]
-    <row r="821" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I820" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="821" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A821" s="14">
         <v>2023</v>
       </c>
       <c r="B821" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C821" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D821" s="35">
         <v>88</v>
       </c>
       <c r="E821" s="35">
         <v>35</v>
       </c>
       <c r="F821" s="36">
         <v>0.39772727272726999</v>
       </c>
       <c r="G821" s="35">
         <v>1</v>
       </c>
       <c r="H821" s="35">
         <v>1</v>
       </c>
       <c r="I821" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="822" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="822" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A822" s="14">
         <v>2023</v>
       </c>
       <c r="B822" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C822" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D822" s="35">
         <v>1103</v>
       </c>
       <c r="E822" s="35">
         <v>268</v>
       </c>
       <c r="F822" s="36">
         <v>0.24297370806890001</v>
       </c>
       <c r="G822" s="35">
         <v>404</v>
       </c>
       <c r="H822" s="35">
         <v>105</v>
       </c>
       <c r="I822" s="36">
         <v>0.25990099009901002</v>
       </c>
     </row>
-    <row r="823" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="823" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A823" s="14">
         <v>2023</v>
       </c>
       <c r="B823" s="14" t="s">
         <v>3</v>
       </c>
       <c r="C823" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D823" s="35">
         <v>8</v>
       </c>
       <c r="E823" s="35">
         <v>5</v>
       </c>
       <c r="F823" s="36">
         <v>0.625</v>
       </c>
       <c r="G823" s="35">
         <v>3</v>
       </c>
       <c r="H823" s="35">
         <v>2</v>
       </c>
       <c r="I823" s="36">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="824" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="824" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A824" s="14">
         <v>2023</v>
       </c>
       <c r="B824" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C824" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D824" s="35">
         <v>40</v>
       </c>
       <c r="E824" s="35">
         <v>13</v>
       </c>
       <c r="F824" s="36">
         <v>0.32500000000000001</v>
       </c>
       <c r="G824" s="35">
         <v>0</v>
       </c>
       <c r="H824" s="35">
         <v>0</v>
       </c>
-      <c r="I824" s="36" t="s">
-[...3 lines deleted...]
-    <row r="825" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I824" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="825" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A825" s="14">
         <v>2023</v>
       </c>
       <c r="B825" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C825" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D825" s="35">
         <v>31</v>
       </c>
       <c r="E825" s="35">
         <v>17</v>
       </c>
       <c r="F825" s="36">
         <v>0.54838709677418995</v>
       </c>
       <c r="G825" s="35">
         <v>0</v>
       </c>
       <c r="H825" s="35">
         <v>0</v>
       </c>
-      <c r="I825" s="36" t="s">
-[...3 lines deleted...]
-    <row r="826" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I825" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="826" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A826" s="14">
         <v>2023</v>
       </c>
       <c r="B826" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C826" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D826" s="35">
         <v>385</v>
       </c>
       <c r="E826" s="35">
         <v>87</v>
       </c>
       <c r="F826" s="36">
         <v>0.22597402597402999</v>
       </c>
       <c r="G826" s="35">
         <v>221</v>
       </c>
       <c r="H826" s="35">
         <v>57</v>
       </c>
       <c r="I826" s="36">
         <v>0.25791855203620001</v>
       </c>
     </row>
-    <row r="827" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="827" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A827" s="14">
         <v>2023</v>
       </c>
       <c r="B827" s="14" t="s">
         <v>4</v>
       </c>
       <c r="C827" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D827" s="35">
         <v>3</v>
       </c>
       <c r="E827" s="35">
         <v>2</v>
       </c>
       <c r="F827" s="36">
         <v>0.66666666666666996</v>
       </c>
       <c r="G827" s="35">
         <v>2</v>
       </c>
       <c r="H827" s="35">
         <v>1</v>
       </c>
       <c r="I827" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="828" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="828" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A828" s="14">
         <v>2023</v>
       </c>
       <c r="B828" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C828" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D828" s="35">
         <v>484</v>
       </c>
       <c r="E828" s="35">
         <v>193</v>
       </c>
       <c r="F828" s="36">
         <v>0.39876033057851001</v>
       </c>
       <c r="G828" s="35">
         <v>0</v>
       </c>
       <c r="H828" s="35">
         <v>0</v>
       </c>
-      <c r="I828" s="36" t="s">
-[...3 lines deleted...]
-    <row r="829" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I828" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="829" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A829" s="14">
         <v>2023</v>
       </c>
       <c r="B829" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C829" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D829" s="35">
         <v>600</v>
       </c>
       <c r="E829" s="35">
         <v>191</v>
       </c>
       <c r="F829" s="36">
         <v>0.31833333333333003</v>
       </c>
       <c r="G829" s="35">
         <v>0</v>
       </c>
       <c r="H829" s="35">
         <v>0</v>
       </c>
-      <c r="I829" s="36" t="s">
-[...3 lines deleted...]
-    <row r="830" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I829" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="830" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A830" s="14">
         <v>2023</v>
       </c>
       <c r="B830" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C830" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D830" s="35">
         <v>3942</v>
       </c>
       <c r="E830" s="35">
         <v>782</v>
       </c>
       <c r="F830" s="36">
         <v>0.19837645865042999</v>
       </c>
       <c r="G830" s="35">
         <v>1646</v>
       </c>
       <c r="H830" s="35">
         <v>330</v>
       </c>
       <c r="I830" s="36">
         <v>0.20048602673147001</v>
       </c>
     </row>
-    <row r="831" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="831" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A831" s="14">
         <v>2023</v>
       </c>
       <c r="B831" s="14" t="s">
         <v>5</v>
       </c>
       <c r="C831" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D831" s="35">
         <v>38</v>
       </c>
       <c r="E831" s="35">
         <v>18</v>
       </c>
       <c r="F831" s="36">
         <v>0.47368421052631998</v>
       </c>
       <c r="G831" s="35">
         <v>65</v>
       </c>
       <c r="H831" s="35">
         <v>27</v>
       </c>
       <c r="I831" s="36">
         <v>0.41538461538462002</v>
       </c>
     </row>
-    <row r="832" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="832" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A832" s="14">
         <v>2023</v>
       </c>
       <c r="B832" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C832" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D832" s="35">
         <v>446</v>
       </c>
       <c r="E832" s="35">
         <v>128</v>
       </c>
       <c r="F832" s="36">
         <v>0.28699551569506998</v>
       </c>
       <c r="G832" s="35">
         <v>0</v>
       </c>
       <c r="H832" s="35">
         <v>0</v>
       </c>
-      <c r="I832" s="36" t="s">
-[...3 lines deleted...]
-    <row r="833" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I832" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="833" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A833" s="14">
         <v>2023</v>
       </c>
       <c r="B833" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C833" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D833" s="35">
         <v>396</v>
       </c>
       <c r="E833" s="35">
         <v>138</v>
       </c>
       <c r="F833" s="36">
         <v>0.34848484848485001</v>
       </c>
       <c r="G833" s="35">
         <v>0</v>
       </c>
       <c r="H833" s="35">
         <v>0</v>
       </c>
-      <c r="I833" s="36" t="s">
-[...3 lines deleted...]
-    <row r="834" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I833" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="834" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A834" s="14">
         <v>2023</v>
       </c>
       <c r="B834" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C834" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D834" s="35">
         <v>3608</v>
       </c>
       <c r="E834" s="35">
         <v>747</v>
       </c>
       <c r="F834" s="36">
         <v>0.20703991130819999</v>
       </c>
       <c r="G834" s="35">
         <v>1779</v>
       </c>
       <c r="H834" s="35">
         <v>427</v>
       </c>
       <c r="I834" s="36">
         <v>0.24002248454187999</v>
       </c>
     </row>
-    <row r="835" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="835" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A835" s="14">
         <v>2023</v>
       </c>
       <c r="B835" s="14" t="s">
         <v>6</v>
       </c>
       <c r="C835" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D835" s="35">
         <v>11</v>
       </c>
       <c r="E835" s="35">
         <v>7</v>
       </c>
       <c r="F835" s="36">
         <v>0.63636363636364002</v>
       </c>
       <c r="G835" s="35">
         <v>22</v>
       </c>
       <c r="H835" s="35">
         <v>12</v>
       </c>
       <c r="I835" s="36">
         <v>0.54545454545454997</v>
       </c>
     </row>
-    <row r="836" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="836" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A836" s="14">
         <v>2023</v>
       </c>
       <c r="B836" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C836" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D836" s="35">
         <v>110</v>
       </c>
       <c r="E836" s="35">
         <v>49</v>
       </c>
       <c r="F836" s="36">
         <v>0.44545454545454999</v>
       </c>
       <c r="G836" s="35">
         <v>0</v>
       </c>
       <c r="H836" s="35">
         <v>0</v>
       </c>
-      <c r="I836" s="36" t="s">
-[...3 lines deleted...]
-    <row r="837" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I836" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="837" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A837" s="14">
         <v>2023</v>
       </c>
       <c r="B837" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C837" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D837" s="35">
         <v>82</v>
       </c>
       <c r="E837" s="35">
         <v>36</v>
       </c>
       <c r="F837" s="36">
         <v>0.4390243902439</v>
       </c>
       <c r="G837" s="35">
         <v>0</v>
       </c>
       <c r="H837" s="35">
         <v>0</v>
       </c>
-      <c r="I837" s="36" t="s">
-[...3 lines deleted...]
-    <row r="838" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I837" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="838" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A838" s="14">
         <v>2023</v>
       </c>
       <c r="B838" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C838" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D838" s="35">
         <v>610</v>
       </c>
       <c r="E838" s="35">
         <v>166</v>
       </c>
       <c r="F838" s="36">
         <v>0.27213114754098</v>
       </c>
       <c r="G838" s="35">
         <v>260</v>
       </c>
       <c r="H838" s="35">
         <v>78</v>
       </c>
       <c r="I838" s="36">
         <v>0.3</v>
       </c>
     </row>
-    <row r="839" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="839" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A839" s="14">
         <v>2023</v>
       </c>
       <c r="B839" s="14" t="s">
         <v>7</v>
       </c>
       <c r="C839" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D839" s="35">
         <v>3</v>
       </c>
       <c r="E839" s="35">
         <v>3</v>
       </c>
       <c r="F839" s="36">
         <v>1</v>
       </c>
       <c r="G839" s="35">
         <v>4</v>
       </c>
       <c r="H839" s="35">
         <v>4</v>
       </c>
       <c r="I839" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="840" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="840" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A840" s="14">
         <v>2023</v>
       </c>
       <c r="B840" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C840" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D840" s="35">
         <v>769</v>
       </c>
       <c r="E840" s="35">
         <v>96</v>
       </c>
       <c r="F840" s="36">
         <v>0.12483745123537</v>
       </c>
       <c r="G840" s="35">
         <v>0</v>
       </c>
       <c r="H840" s="35">
         <v>0</v>
       </c>
-      <c r="I840" s="36" t="s">
-[...3 lines deleted...]
-    <row r="841" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I840" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="841" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A841" s="14">
         <v>2023</v>
       </c>
       <c r="B841" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C841" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D841" s="35">
         <v>278</v>
       </c>
       <c r="E841" s="35">
         <v>56</v>
       </c>
       <c r="F841" s="36">
         <v>0.20143884892086</v>
       </c>
       <c r="G841" s="35">
         <v>0</v>
       </c>
       <c r="H841" s="35">
         <v>0</v>
       </c>
-      <c r="I841" s="36" t="s">
-[...3 lines deleted...]
-    <row r="842" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I841" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="842" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A842" s="14">
         <v>2023</v>
       </c>
       <c r="B842" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C842" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D842" s="35">
         <v>6298</v>
       </c>
       <c r="E842" s="35">
         <v>1242</v>
       </c>
       <c r="F842" s="36">
         <v>0.19720546205143999</v>
       </c>
       <c r="G842" s="35">
         <v>2056</v>
       </c>
       <c r="H842" s="35">
         <v>426</v>
       </c>
       <c r="I842" s="36">
         <v>0.20719844357976999</v>
       </c>
     </row>
-    <row r="843" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="843" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A843" s="14">
         <v>2023</v>
       </c>
       <c r="B843" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C843" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D843" s="35">
         <v>36</v>
       </c>
       <c r="E843" s="35">
         <v>17</v>
       </c>
       <c r="F843" s="36">
         <v>0.47222222222221999</v>
       </c>
       <c r="G843" s="35">
         <v>25</v>
       </c>
       <c r="H843" s="35">
         <v>6</v>
       </c>
       <c r="I843" s="36">
         <v>0.24</v>
       </c>
     </row>
-    <row r="844" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="844" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A844" s="14">
         <v>2023</v>
       </c>
       <c r="B844" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C844" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D844" s="35">
         <v>126</v>
       </c>
       <c r="E844" s="35">
         <v>29</v>
       </c>
       <c r="F844" s="36">
         <v>0.23015873015873001</v>
       </c>
       <c r="G844" s="35">
         <v>0</v>
       </c>
       <c r="H844" s="35">
         <v>0</v>
       </c>
-      <c r="I844" s="36" t="s">
-[...3 lines deleted...]
-    <row r="845" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I844" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="845" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A845" s="14">
         <v>2023</v>
       </c>
       <c r="B845" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C845" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D845" s="35">
         <v>120</v>
       </c>
       <c r="E845" s="35">
         <v>47</v>
       </c>
       <c r="F845" s="36">
         <v>0.39166666666666999</v>
       </c>
       <c r="G845" s="35">
         <v>0</v>
       </c>
       <c r="H845" s="35">
         <v>0</v>
       </c>
-      <c r="I845" s="36" t="s">
-[...3 lines deleted...]
-    <row r="846" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I845" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="846" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A846" s="14">
         <v>2023</v>
       </c>
       <c r="B846" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C846" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D846" s="35">
         <v>1289</v>
       </c>
       <c r="E846" s="35">
         <v>230</v>
       </c>
       <c r="F846" s="36">
         <v>0.17843289371606</v>
       </c>
       <c r="G846" s="35">
         <v>491</v>
       </c>
       <c r="H846" s="35">
         <v>97</v>
       </c>
       <c r="I846" s="36">
         <v>0.19755600814664001</v>
       </c>
     </row>
-    <row r="847" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="847" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A847" s="14">
         <v>2023</v>
       </c>
       <c r="B847" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C847" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D847" s="35">
         <v>7</v>
       </c>
       <c r="E847" s="35">
         <v>4</v>
       </c>
       <c r="F847" s="36">
         <v>0.57142857142856995</v>
       </c>
       <c r="G847" s="35">
         <v>6</v>
       </c>
       <c r="H847" s="35">
         <v>4</v>
       </c>
       <c r="I847" s="36">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="848" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="848" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A848" s="14">
         <v>2023</v>
       </c>
       <c r="B848" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C848" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D848" s="35">
         <v>17</v>
       </c>
       <c r="E848" s="35">
         <v>4</v>
       </c>
       <c r="F848" s="36">
         <v>0.23529411764706001</v>
       </c>
       <c r="G848" s="35">
         <v>0</v>
       </c>
       <c r="H848" s="35">
         <v>0</v>
       </c>
-      <c r="I848" s="36" t="s">
-[...3 lines deleted...]
-    <row r="849" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I848" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="849" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A849" s="14">
         <v>2023</v>
       </c>
       <c r="B849" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C849" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D849" s="35">
         <v>23</v>
       </c>
       <c r="E849" s="35">
         <v>10</v>
       </c>
       <c r="F849" s="36">
         <v>0.43478260869565</v>
       </c>
       <c r="G849" s="35">
         <v>0</v>
       </c>
       <c r="H849" s="35">
         <v>0</v>
       </c>
-      <c r="I849" s="36" t="s">
-[...3 lines deleted...]
-    <row r="850" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I849" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="850" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A850" s="14">
         <v>2023</v>
       </c>
       <c r="B850" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C850" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D850" s="35">
         <v>968</v>
       </c>
       <c r="E850" s="35">
         <v>173</v>
       </c>
       <c r="F850" s="36">
         <v>0.17871900826445999</v>
       </c>
       <c r="G850" s="35">
         <v>380</v>
       </c>
       <c r="H850" s="35">
         <v>69</v>
       </c>
       <c r="I850" s="36">
         <v>0.18157894736842001</v>
       </c>
     </row>
-    <row r="851" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="851" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A851" s="14">
         <v>2023</v>
       </c>
       <c r="B851" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C851" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D851" s="35">
         <v>7</v>
       </c>
       <c r="E851" s="35">
         <v>6</v>
       </c>
       <c r="F851" s="36">
         <v>0.85714285714285998</v>
       </c>
       <c r="G851" s="35">
         <v>10</v>
       </c>
       <c r="H851" s="35">
         <v>3</v>
       </c>
       <c r="I851" s="36">
         <v>0.3</v>
       </c>
     </row>
-    <row r="852" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="852" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A852" s="14">
         <v>2023</v>
       </c>
       <c r="B852" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C852" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D852" s="35">
         <v>376</v>
       </c>
       <c r="E852" s="35">
         <v>99</v>
       </c>
       <c r="F852" s="36">
         <v>0.26329787234043001</v>
       </c>
       <c r="G852" s="35">
         <v>0</v>
       </c>
       <c r="H852" s="35">
         <v>0</v>
       </c>
-      <c r="I852" s="36" t="s">
-[...3 lines deleted...]
-    <row r="853" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I852" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="853" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A853" s="14">
         <v>2023</v>
       </c>
       <c r="B853" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C853" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D853" s="35">
         <v>214</v>
       </c>
       <c r="E853" s="35">
         <v>78</v>
       </c>
       <c r="F853" s="36">
         <v>0.36448598130840998</v>
       </c>
       <c r="G853" s="35">
         <v>4</v>
       </c>
       <c r="H853" s="35">
         <v>3</v>
       </c>
       <c r="I853" s="36">
         <v>0.75</v>
       </c>
     </row>
-    <row r="854" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="854" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A854" s="14">
         <v>2023</v>
       </c>
       <c r="B854" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C854" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D854" s="35">
         <v>2334</v>
       </c>
       <c r="E854" s="35">
         <v>493</v>
       </c>
       <c r="F854" s="36">
         <v>0.21122536418165999</v>
       </c>
       <c r="G854" s="35">
         <v>1060</v>
       </c>
       <c r="H854" s="35">
         <v>207</v>
       </c>
       <c r="I854" s="36">
         <v>0.19528301886791999</v>
       </c>
     </row>
-    <row r="855" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="855" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A855" s="14">
         <v>2023</v>
       </c>
       <c r="B855" s="14" t="s">
         <v>11</v>
       </c>
       <c r="C855" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D855" s="35">
         <v>17</v>
       </c>
       <c r="E855" s="35">
         <v>9</v>
       </c>
       <c r="F855" s="36">
         <v>0.52941176470588003</v>
       </c>
       <c r="G855" s="35">
         <v>18</v>
       </c>
       <c r="H855" s="35">
         <v>4</v>
       </c>
       <c r="I855" s="36">
         <v>0.22222222222221999</v>
       </c>
     </row>
-    <row r="856" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="856" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A856" s="14">
         <v>2023</v>
       </c>
       <c r="B856" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C856" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D856" s="35">
         <v>175</v>
       </c>
       <c r="E856" s="35">
         <v>78</v>
       </c>
       <c r="F856" s="36">
         <v>0.44571428571429</v>
       </c>
       <c r="G856" s="35">
         <v>0</v>
       </c>
       <c r="H856" s="35">
         <v>0</v>
       </c>
-      <c r="I856" s="36" t="s">
-[...3 lines deleted...]
-    <row r="857" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I856" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="857" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A857" s="14">
         <v>2023</v>
       </c>
       <c r="B857" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C857" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D857" s="35">
         <v>203</v>
       </c>
       <c r="E857" s="35">
         <v>68</v>
       </c>
       <c r="F857" s="36">
         <v>0.33497536945813</v>
       </c>
       <c r="G857" s="35">
         <v>3</v>
       </c>
       <c r="H857" s="35">
         <v>3</v>
       </c>
       <c r="I857" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="858" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="858" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A858" s="14">
         <v>2023</v>
       </c>
       <c r="B858" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C858" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D858" s="35">
         <v>1422</v>
       </c>
       <c r="E858" s="35">
         <v>304</v>
       </c>
       <c r="F858" s="36">
         <v>0.21378340365682</v>
       </c>
       <c r="G858" s="35">
         <v>842</v>
       </c>
       <c r="H858" s="35">
         <v>194</v>
       </c>
       <c r="I858" s="36">
         <v>0.23040380047506001</v>
       </c>
     </row>
-    <row r="859" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="859" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A859" s="14">
         <v>2023</v>
       </c>
       <c r="B859" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C859" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D859" s="35">
         <v>7</v>
       </c>
       <c r="E859" s="35">
         <v>4</v>
       </c>
       <c r="F859" s="36">
         <v>0.57142857142856995</v>
       </c>
       <c r="G859" s="35">
         <v>21</v>
       </c>
       <c r="H859" s="35">
         <v>12</v>
       </c>
       <c r="I859" s="36">
         <v>0.57142857142856995</v>
       </c>
     </row>
-    <row r="860" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="860" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A860" s="14">
         <v>2023</v>
       </c>
       <c r="B860" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C860" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D860" s="35">
         <v>138</v>
       </c>
       <c r="E860" s="35">
         <v>46</v>
       </c>
       <c r="F860" s="36">
         <v>0.33333333333332998</v>
       </c>
       <c r="G860" s="35">
         <v>0</v>
       </c>
       <c r="H860" s="35">
         <v>0</v>
       </c>
-      <c r="I860" s="36" t="s">
-[...3 lines deleted...]
-    <row r="861" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I860" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="861" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A861" s="14">
         <v>2023</v>
       </c>
       <c r="B861" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C861" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D861" s="35">
         <v>55</v>
       </c>
       <c r="E861" s="35">
         <v>20</v>
       </c>
       <c r="F861" s="36">
         <v>0.36363636363635998</v>
       </c>
       <c r="G861" s="35">
         <v>0</v>
       </c>
       <c r="H861" s="35">
         <v>0</v>
       </c>
-      <c r="I861" s="36" t="s">
-[...3 lines deleted...]
-    <row r="862" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I861" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="862" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A862" s="14">
         <v>2023</v>
       </c>
       <c r="B862" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C862" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D862" s="35">
         <v>653</v>
       </c>
       <c r="E862" s="35">
         <v>163</v>
       </c>
       <c r="F862" s="36">
         <v>0.24961715160796</v>
       </c>
       <c r="G862" s="35">
         <v>220</v>
       </c>
       <c r="H862" s="35">
         <v>52</v>
       </c>
       <c r="I862" s="36">
         <v>0.23636363636364</v>
       </c>
     </row>
-    <row r="863" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="863" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A863" s="14">
         <v>2023</v>
       </c>
       <c r="B863" s="14" t="s">
         <v>13</v>
       </c>
       <c r="C863" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D863" s="35">
         <v>6</v>
       </c>
       <c r="E863" s="35">
         <v>4</v>
       </c>
       <c r="F863" s="36">
         <v>0.66666666666666996</v>
       </c>
       <c r="G863" s="35">
         <v>1</v>
       </c>
       <c r="H863" s="35">
         <v>1</v>
       </c>
       <c r="I863" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="864" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="864" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A864" s="14">
         <v>2023</v>
       </c>
       <c r="B864" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C864" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D864" s="35">
         <v>84</v>
       </c>
       <c r="E864" s="35">
         <v>42</v>
       </c>
       <c r="F864" s="36">
         <v>0.5</v>
       </c>
       <c r="G864" s="35">
         <v>0</v>
       </c>
       <c r="H864" s="35">
         <v>0</v>
       </c>
-      <c r="I864" s="36" t="s">
-[...3 lines deleted...]
-    <row r="865" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I864" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="865" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A865" s="14">
         <v>2023</v>
       </c>
       <c r="B865" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C865" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D865" s="35">
         <v>69</v>
       </c>
       <c r="E865" s="35">
         <v>21</v>
       </c>
       <c r="F865" s="36">
         <v>0.30434782608695998</v>
       </c>
       <c r="G865" s="35">
         <v>2</v>
       </c>
       <c r="H865" s="35">
         <v>1</v>
       </c>
       <c r="I865" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="866" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="866" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A866" s="14">
         <v>2023</v>
       </c>
       <c r="B866" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C866" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D866" s="35">
         <v>704</v>
       </c>
       <c r="E866" s="35">
         <v>134</v>
       </c>
       <c r="F866" s="36">
         <v>0.19034090909091</v>
       </c>
       <c r="G866" s="35">
         <v>408</v>
       </c>
       <c r="H866" s="35">
         <v>90</v>
       </c>
       <c r="I866" s="36">
         <v>0.22058823529412</v>
       </c>
     </row>
-    <row r="867" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="867" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A867" s="14">
         <v>2023</v>
       </c>
       <c r="B867" s="14" t="s">
         <v>14</v>
       </c>
       <c r="C867" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D867" s="35">
         <v>7</v>
       </c>
       <c r="E867" s="35">
         <v>4</v>
       </c>
       <c r="F867" s="36">
         <v>0.57142857142856995</v>
       </c>
       <c r="G867" s="35">
         <v>4</v>
       </c>
       <c r="H867" s="35">
         <v>2</v>
       </c>
       <c r="I867" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="868" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="868" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A868" s="14">
         <v>2023</v>
       </c>
       <c r="B868" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C868" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D868" s="35">
         <v>443</v>
       </c>
       <c r="E868" s="35">
         <v>111</v>
       </c>
       <c r="F868" s="36">
         <v>0.25056433408577999</v>
       </c>
       <c r="G868" s="35">
         <v>0</v>
       </c>
       <c r="H868" s="35">
         <v>0</v>
       </c>
-      <c r="I868" s="36" t="s">
-[...3 lines deleted...]
-    <row r="869" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I868" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="869" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A869" s="14">
         <v>2023</v>
       </c>
       <c r="B869" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C869" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D869" s="35">
         <v>353</v>
       </c>
       <c r="E869" s="35">
         <v>127</v>
       </c>
       <c r="F869" s="36">
         <v>0.35977337110481999</v>
       </c>
       <c r="G869" s="35">
         <v>2</v>
       </c>
       <c r="H869" s="35">
         <v>2</v>
       </c>
       <c r="I869" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="870" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="870" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A870" s="14">
         <v>2023</v>
       </c>
       <c r="B870" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C870" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D870" s="35">
         <v>2735</v>
       </c>
       <c r="E870" s="35">
         <v>591</v>
       </c>
       <c r="F870" s="36">
         <v>0.21608775137111999</v>
       </c>
       <c r="G870" s="35">
         <v>1240</v>
       </c>
       <c r="H870" s="35">
         <v>275</v>
       </c>
       <c r="I870" s="36">
         <v>0.22177419354839001</v>
       </c>
     </row>
-    <row r="871" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="871" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A871" s="14">
         <v>2023</v>
       </c>
       <c r="B871" s="14" t="s">
         <v>15</v>
       </c>
       <c r="C871" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D871" s="35">
         <v>14</v>
       </c>
       <c r="E871" s="35">
         <v>12</v>
       </c>
       <c r="F871" s="36">
         <v>0.85714285714285998</v>
       </c>
       <c r="G871" s="35">
         <v>28</v>
       </c>
       <c r="H871" s="35">
         <v>15</v>
       </c>
       <c r="I871" s="36">
         <v>0.53571428571429003</v>
       </c>
     </row>
-    <row r="872" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="872" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A872" s="14">
         <v>2023</v>
       </c>
       <c r="B872" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C872" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D872" s="35">
         <v>96</v>
       </c>
       <c r="E872" s="35">
         <v>25</v>
       </c>
       <c r="F872" s="36">
         <v>0.26041666666667002</v>
       </c>
       <c r="G872" s="35">
         <v>0</v>
       </c>
       <c r="H872" s="35">
         <v>0</v>
       </c>
-      <c r="I872" s="36" t="s">
-[...3 lines deleted...]
-    <row r="873" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I872" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="873" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A873" s="14">
         <v>2023</v>
       </c>
       <c r="B873" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C873" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D873" s="35">
         <v>71</v>
       </c>
       <c r="E873" s="35">
         <v>21</v>
       </c>
       <c r="F873" s="36">
         <v>0.29577464788732</v>
       </c>
       <c r="G873" s="35">
         <v>0</v>
       </c>
       <c r="H873" s="35">
         <v>0</v>
       </c>
-      <c r="I873" s="36" t="s">
-[...3 lines deleted...]
-    <row r="874" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I873" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="874" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A874" s="14">
         <v>2023</v>
       </c>
       <c r="B874" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C874" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D874" s="35">
         <v>837</v>
       </c>
       <c r="E874" s="35">
         <v>165</v>
       </c>
       <c r="F874" s="36">
         <v>0.19713261648746</v>
       </c>
       <c r="G874" s="35">
         <v>359</v>
       </c>
       <c r="H874" s="35">
         <v>49</v>
       </c>
       <c r="I874" s="36">
         <v>0.13649025069637999</v>
       </c>
     </row>
-    <row r="875" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="875" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A875" s="14">
         <v>2023</v>
       </c>
       <c r="B875" s="14" t="s">
         <v>16</v>
       </c>
       <c r="C875" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D875" s="35">
         <v>7</v>
       </c>
       <c r="E875" s="35">
         <v>4</v>
       </c>
       <c r="F875" s="36">
         <v>0.57142857142856995</v>
       </c>
       <c r="G875" s="35">
         <v>4</v>
       </c>
       <c r="H875" s="35">
         <v>3</v>
       </c>
       <c r="I875" s="36">
         <v>0.75</v>
       </c>
     </row>
-    <row r="876" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="876" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A876" s="14">
         <v>2023</v>
       </c>
       <c r="B876" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C876" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D876" s="35">
         <v>350</v>
       </c>
       <c r="E876" s="35">
         <v>107</v>
       </c>
       <c r="F876" s="36">
         <v>0.30571428571428999</v>
       </c>
       <c r="G876" s="35">
         <v>1</v>
       </c>
       <c r="H876" s="35">
         <v>0</v>
       </c>
       <c r="I876" s="36">
         <v>0</v>
       </c>
     </row>
-    <row r="877" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="877" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A877" s="14">
         <v>2023</v>
       </c>
       <c r="B877" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C877" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D877" s="35">
         <v>205</v>
       </c>
       <c r="E877" s="35">
         <v>52</v>
       </c>
       <c r="F877" s="36">
         <v>0.25365853658537002</v>
       </c>
       <c r="G877" s="35">
         <v>6</v>
       </c>
       <c r="H877" s="35">
         <v>3</v>
       </c>
       <c r="I877" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="878" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="878" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A878" s="14">
         <v>2023</v>
       </c>
       <c r="B878" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C878" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D878" s="35">
         <v>3334</v>
       </c>
       <c r="E878" s="35">
         <v>1226</v>
       </c>
       <c r="F878" s="36">
         <v>0.36772645470906001</v>
       </c>
       <c r="G878" s="35">
         <v>457</v>
       </c>
       <c r="H878" s="35">
         <v>113</v>
       </c>
       <c r="I878" s="36">
         <v>0.24726477024070001</v>
       </c>
     </row>
-    <row r="879" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="879" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A879" s="14">
         <v>2023</v>
       </c>
       <c r="B879" s="14" t="s">
         <v>17</v>
       </c>
       <c r="C879" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D879" s="35">
         <v>61</v>
       </c>
       <c r="E879" s="35">
         <v>38</v>
       </c>
       <c r="F879" s="36">
         <v>0.62295081967212995</v>
       </c>
       <c r="G879" s="35">
         <v>116</v>
       </c>
       <c r="H879" s="35">
         <v>68</v>
       </c>
       <c r="I879" s="36">
         <v>0.58620689655171998</v>
       </c>
     </row>
-    <row r="880" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="880" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A880" s="14">
         <v>2023</v>
       </c>
       <c r="B880" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C880" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D880" s="35">
         <v>511</v>
       </c>
       <c r="E880" s="35">
         <v>121</v>
       </c>
       <c r="F880" s="36">
         <v>0.23679060665362001</v>
       </c>
       <c r="G880" s="35">
         <v>0</v>
       </c>
       <c r="H880" s="35">
         <v>0</v>
       </c>
-      <c r="I880" s="36" t="s">
-[...3 lines deleted...]
-    <row r="881" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I880" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="881" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A881" s="14">
         <v>2023</v>
       </c>
       <c r="B881" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C881" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D881" s="35">
         <v>357</v>
       </c>
       <c r="E881" s="35">
         <v>88</v>
       </c>
       <c r="F881" s="36">
         <v>0.24649859943978</v>
       </c>
       <c r="G881" s="35">
         <v>0</v>
       </c>
       <c r="H881" s="35">
         <v>0</v>
       </c>
-      <c r="I881" s="36" t="s">
-[...3 lines deleted...]
-    <row r="882" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I881" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="882" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A882" s="14">
         <v>2023</v>
       </c>
       <c r="B882" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C882" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D882" s="35">
         <v>2042</v>
       </c>
       <c r="E882" s="35">
         <v>428</v>
       </c>
       <c r="F882" s="36">
         <v>0.20959843290891</v>
       </c>
       <c r="G882" s="35">
         <v>1127</v>
       </c>
       <c r="H882" s="35">
         <v>254</v>
       </c>
       <c r="I882" s="36">
         <v>0.22537710736468999</v>
       </c>
     </row>
-    <row r="883" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="883" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A883" s="14">
         <v>2023</v>
       </c>
       <c r="B883" s="14" t="s">
         <v>18</v>
       </c>
       <c r="C883" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D883" s="35">
         <v>10</v>
       </c>
       <c r="E883" s="35">
         <v>5</v>
       </c>
       <c r="F883" s="36">
         <v>0.5</v>
       </c>
       <c r="G883" s="35">
         <v>26</v>
       </c>
       <c r="H883" s="35">
         <v>11</v>
       </c>
       <c r="I883" s="36">
         <v>0.42307692307692002</v>
       </c>
     </row>
-    <row r="884" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="884" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A884" s="14">
         <v>2023</v>
       </c>
       <c r="B884" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C884" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D884" s="35">
         <v>39</v>
       </c>
       <c r="E884" s="35">
         <v>16</v>
       </c>
       <c r="F884" s="36">
         <v>0.41025641025641002</v>
       </c>
       <c r="G884" s="35">
         <v>0</v>
       </c>
       <c r="H884" s="35">
         <v>0</v>
       </c>
-      <c r="I884" s="36" t="s">
-[...3 lines deleted...]
-    <row r="885" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I884" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="885" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A885" s="14">
         <v>2023</v>
       </c>
       <c r="B885" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C885" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D885" s="35">
         <v>61</v>
       </c>
       <c r="E885" s="35">
         <v>25</v>
       </c>
       <c r="F885" s="36">
         <v>0.40983606557377</v>
       </c>
       <c r="G885" s="35">
         <v>0</v>
       </c>
       <c r="H885" s="35">
         <v>0</v>
       </c>
-      <c r="I885" s="36" t="s">
-[...3 lines deleted...]
-    <row r="886" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I885" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="886" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A886" s="14">
         <v>2023</v>
       </c>
       <c r="B886" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C886" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D886" s="35">
         <v>512</v>
       </c>
       <c r="E886" s="35">
         <v>105</v>
       </c>
       <c r="F886" s="36">
         <v>0.205078125</v>
       </c>
       <c r="G886" s="35">
         <v>304</v>
       </c>
       <c r="H886" s="35">
         <v>72</v>
       </c>
       <c r="I886" s="36">
         <v>0.23684210526315999</v>
       </c>
     </row>
-    <row r="887" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="887" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A887" s="14">
         <v>2023</v>
       </c>
       <c r="B887" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C887" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D887" s="35">
         <v>1</v>
       </c>
       <c r="E887" s="35">
         <v>0</v>
       </c>
       <c r="F887" s="36">
         <v>0</v>
       </c>
       <c r="G887" s="35">
         <v>1</v>
       </c>
       <c r="H887" s="35">
         <v>1</v>
       </c>
       <c r="I887" s="36">
         <v>1</v>
       </c>
     </row>
-    <row r="888" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="888" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A888" s="14">
         <v>2023</v>
       </c>
       <c r="B888" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C888" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D888" s="35">
         <v>640</v>
       </c>
       <c r="E888" s="35">
         <v>163</v>
       </c>
       <c r="F888" s="36">
         <v>0.25468750000000001</v>
       </c>
       <c r="G888" s="35">
         <v>0</v>
       </c>
       <c r="H888" s="35">
         <v>0</v>
       </c>
-      <c r="I888" s="36" t="s">
-[...3 lines deleted...]
-    <row r="889" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I888" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="889" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A889" s="14">
         <v>2023</v>
       </c>
       <c r="B889" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C889" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D889" s="35">
         <v>301</v>
       </c>
       <c r="E889" s="35">
         <v>61</v>
       </c>
       <c r="F889" s="36">
         <v>0.20265780730897001</v>
       </c>
       <c r="G889" s="35">
         <v>2</v>
       </c>
       <c r="H889" s="35">
         <v>1</v>
       </c>
       <c r="I889" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="890" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="890" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A890" s="14">
         <v>2023</v>
       </c>
       <c r="B890" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C890" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D890" s="35">
         <v>3769</v>
       </c>
       <c r="E890" s="35">
         <v>772</v>
       </c>
       <c r="F890" s="36">
         <v>0.20482886707348999</v>
       </c>
       <c r="G890" s="35">
         <v>1766</v>
       </c>
       <c r="H890" s="35">
         <v>376</v>
       </c>
       <c r="I890" s="36">
         <v>0.21291053227633</v>
       </c>
     </row>
-    <row r="891" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="891" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A891" s="14">
         <v>2023</v>
       </c>
       <c r="B891" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C891" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D891" s="35">
         <v>16</v>
       </c>
       <c r="E891" s="35">
         <v>7</v>
       </c>
       <c r="F891" s="36">
         <v>0.4375</v>
       </c>
       <c r="G891" s="35">
         <v>19</v>
       </c>
       <c r="H891" s="35">
         <v>9</v>
       </c>
       <c r="I891" s="36">
         <v>0.47368421052631998</v>
       </c>
     </row>
-    <row r="892" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="892" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A892" s="14">
         <v>2023</v>
       </c>
       <c r="B892" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C892" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D892" s="35">
         <v>49</v>
       </c>
       <c r="E892" s="35">
         <v>25</v>
       </c>
       <c r="F892" s="36">
         <v>0.51020408163264996</v>
       </c>
       <c r="G892" s="35">
         <v>0</v>
       </c>
       <c r="H892" s="35">
         <v>0</v>
       </c>
-      <c r="I892" s="36" t="s">
-[...3 lines deleted...]
-    <row r="893" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I892" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="893" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A893" s="14">
         <v>2023</v>
       </c>
       <c r="B893" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C893" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D893" s="35">
         <v>29</v>
       </c>
       <c r="E893" s="35">
         <v>6</v>
       </c>
       <c r="F893" s="36">
         <v>0.20689655172414001</v>
       </c>
       <c r="G893" s="35">
         <v>0</v>
       </c>
       <c r="H893" s="35">
         <v>0</v>
       </c>
-      <c r="I893" s="36" t="s">
-[...3 lines deleted...]
-    <row r="894" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I893" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="894" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A894" s="14">
         <v>2023</v>
       </c>
       <c r="B894" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C894" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D894" s="35">
         <v>256</v>
       </c>
       <c r="E894" s="35">
         <v>40</v>
       </c>
       <c r="F894" s="36">
         <v>0.15625</v>
       </c>
       <c r="G894" s="35">
         <v>138</v>
       </c>
       <c r="H894" s="35">
         <v>24</v>
       </c>
       <c r="I894" s="36">
         <v>0.17391304347826</v>
       </c>
     </row>
-    <row r="895" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="895" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A895" s="14">
         <v>2023</v>
       </c>
       <c r="B895" s="14" t="s">
         <v>20</v>
       </c>
       <c r="C895" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D895" s="35">
         <v>0</v>
       </c>
       <c r="E895" s="35">
         <v>0</v>
       </c>
       <c r="F895" s="36">
         <v>0</v>
       </c>
       <c r="G895" s="35">
         <v>6</v>
       </c>
       <c r="H895" s="35">
         <v>3</v>
       </c>
       <c r="I895" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="896" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="896" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A896" s="14">
         <v>2023</v>
       </c>
       <c r="B896" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C896" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D896" s="35">
         <v>11</v>
       </c>
       <c r="E896" s="35">
         <v>4</v>
       </c>
       <c r="F896" s="36">
         <v>0.36363636363635998</v>
       </c>
       <c r="G896" s="35">
         <v>0</v>
       </c>
       <c r="H896" s="35">
         <v>0</v>
       </c>
-      <c r="I896" s="36" t="s">
-[...3 lines deleted...]
-    <row r="897" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I896" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="897" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A897" s="14">
         <v>2023</v>
       </c>
       <c r="B897" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C897" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D897" s="35">
         <v>5</v>
       </c>
       <c r="E897" s="35">
         <v>3</v>
       </c>
       <c r="F897" s="36">
         <v>0.6</v>
       </c>
       <c r="G897" s="35">
         <v>0</v>
       </c>
       <c r="H897" s="35">
         <v>0</v>
       </c>
-      <c r="I897" s="36" t="s">
-[...3 lines deleted...]
-    <row r="898" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I897" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="898" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A898" s="14">
         <v>2023</v>
       </c>
       <c r="B898" s="14" t="s">
         <v>21</v>
       </c>
       <c r="C898" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D898" s="35">
         <v>152</v>
       </c>
       <c r="E898" s="35">
         <v>24</v>
       </c>
       <c r="F898" s="36">
         <v>0.15789473684211</v>
       </c>
       <c r="G898" s="35">
         <v>63</v>
       </c>
       <c r="H898" s="35">
         <v>13</v>
       </c>
       <c r="I898" s="36">
         <v>0.20634920634921</v>
       </c>
     </row>
-    <row r="899" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="899" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A899" s="14">
         <v>2023</v>
       </c>
       <c r="B899" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C899" s="15" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D899" s="35">
         <v>5</v>
       </c>
       <c r="E899" s="35">
         <v>1</v>
       </c>
       <c r="F899" s="36">
         <v>0.2</v>
       </c>
       <c r="G899" s="35">
         <v>0</v>
       </c>
       <c r="H899" s="35">
         <v>0</v>
       </c>
-      <c r="I899" s="36" t="s">
-[...3 lines deleted...]
-    <row r="900" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I899" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="900" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A900" s="14">
         <v>2023</v>
       </c>
       <c r="B900" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C900" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D900" s="35">
         <v>8</v>
       </c>
       <c r="E900" s="35">
         <v>5</v>
       </c>
       <c r="F900" s="36">
         <v>0.625</v>
       </c>
       <c r="G900" s="35">
         <v>0</v>
       </c>
       <c r="H900" s="35">
         <v>0</v>
       </c>
-      <c r="I900" s="36" t="s">
-[...3 lines deleted...]
-    <row r="901" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I900" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="901" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A901" s="14">
         <v>2023</v>
       </c>
       <c r="B901" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C901" s="37" t="s">
         <v>24</v>
       </c>
       <c r="D901" s="35">
         <v>1301</v>
       </c>
       <c r="E901" s="35">
         <v>215</v>
       </c>
       <c r="F901" s="36">
         <v>0.1652574942352</v>
       </c>
       <c r="G901" s="35">
         <v>155</v>
       </c>
       <c r="H901" s="35">
         <v>55</v>
       </c>
       <c r="I901" s="36">
         <v>0.35483870967741998</v>
       </c>
     </row>
-    <row r="902" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="902" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A902" s="14">
         <v>2023</v>
       </c>
       <c r="B902" s="14" t="s">
         <v>22</v>
       </c>
       <c r="C902" s="15" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D902" s="35">
         <v>5</v>
       </c>
       <c r="E902" s="35">
         <v>4</v>
       </c>
       <c r="F902" s="36">
         <v>0.8</v>
       </c>
       <c r="G902" s="35">
         <v>4</v>
       </c>
       <c r="H902" s="35">
         <v>2</v>
       </c>
       <c r="I902" s="36">
         <v>0.5</v>
       </c>
     </row>
-    <row r="903" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="903" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A903" s="19">
         <v>2023</v>
       </c>
       <c r="B903" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C903" s="23" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D903" s="30">
         <v>6070</v>
       </c>
       <c r="E903" s="30">
         <v>1593</v>
       </c>
       <c r="F903" s="31">
         <v>0.26243822075783002</v>
       </c>
       <c r="G903" s="30">
         <v>1</v>
       </c>
       <c r="H903" s="30">
         <v>0</v>
       </c>
       <c r="I903" s="31">
         <v>0</v>
       </c>
     </row>
-    <row r="904" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="904" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A904" s="19">
         <v>2023</v>
       </c>
       <c r="B904" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C904" s="38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D904" s="30">
         <v>4313</v>
       </c>
       <c r="E904" s="30">
         <v>1266</v>
       </c>
       <c r="F904" s="31">
         <v>0.29353118479016999</v>
       </c>
       <c r="G904" s="30">
         <v>43</v>
       </c>
       <c r="H904" s="30">
         <v>27</v>
       </c>
       <c r="I904" s="31">
         <v>0.62790697674419005</v>
       </c>
     </row>
-    <row r="905" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="905" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A905" s="19">
         <v>2023</v>
       </c>
       <c r="B905" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C905" s="39" t="s">
         <v>24</v>
       </c>
       <c r="D905" s="30">
         <v>45984</v>
       </c>
       <c r="E905" s="30">
         <v>9516</v>
       </c>
       <c r="F905" s="31">
         <v>0.20694154488517999</v>
       </c>
       <c r="G905" s="30">
         <v>19411</v>
       </c>
       <c r="H905" s="30">
         <v>4041</v>
       </c>
       <c r="I905" s="31">
         <v>0.2081809283396</v>
       </c>
     </row>
-    <row r="906" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="906" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A906" s="19">
         <v>2023</v>
       </c>
       <c r="B906" s="19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C906" s="23" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D906" s="30">
         <v>303</v>
       </c>
       <c r="E906" s="30">
         <v>175</v>
       </c>
       <c r="F906" s="31">
         <v>0.57755775577558</v>
       </c>
       <c r="G906" s="30">
         <v>470</v>
       </c>
       <c r="H906" s="30">
         <v>223</v>
       </c>
       <c r="I906" s="31">
         <v>0.47446808510638</v>
       </c>
     </row>
-    <row r="907" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="907" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A907" s="41">
         <v>2023</v>
       </c>
       <c r="B907" s="24" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C907" s="40"/>
       <c r="D907" s="33">
         <v>56670</v>
       </c>
       <c r="E907" s="33">
         <v>12550</v>
       </c>
       <c r="F907" s="34">
         <v>0.22145756131992</v>
       </c>
       <c r="G907" s="33">
         <v>19925</v>
       </c>
       <c r="H907" s="33">
         <v>4291</v>
       </c>
       <c r="I907" s="34">
         <v>0.21535759096612</v>
       </c>
     </row>
-    <row r="908" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="908" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A908" s="42">
         <v>2024</v>
       </c>
       <c r="B908" s="43" t="s">
         <v>1</v>
       </c>
       <c r="C908" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D908" s="44">
         <v>66</v>
       </c>
       <c r="E908" s="44">
         <v>22</v>
       </c>
       <c r="F908" s="45">
         <v>0.33333333333332998</v>
       </c>
       <c r="G908" s="44">
         <v>0</v>
       </c>
       <c r="H908" s="44">
         <v>0</v>
       </c>
-      <c r="I908" s="45" t="s">
-[...3 lines deleted...]
-    <row r="909" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I908" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="909" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A909" s="42">
         <v>2024</v>
       </c>
       <c r="B909" s="43" t="s">
         <v>1</v>
       </c>
       <c r="C909" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D909" s="44">
         <v>57</v>
       </c>
       <c r="E909" s="44">
         <v>7</v>
       </c>
       <c r="F909" s="45">
         <v>0.12280701754386</v>
       </c>
       <c r="G909" s="44">
         <v>64</v>
       </c>
       <c r="H909" s="44">
         <v>16</v>
       </c>
       <c r="I909" s="45">
         <v>0.25</v>
       </c>
     </row>
-    <row r="910" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="910" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A910" s="42">
         <v>2024</v>
       </c>
       <c r="B910" s="43" t="s">
         <v>23</v>
       </c>
       <c r="C910" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D910" s="44">
         <v>6</v>
       </c>
       <c r="E910" s="44">
         <v>3</v>
       </c>
       <c r="F910" s="45">
         <v>0.5</v>
       </c>
       <c r="G910" s="44">
         <v>18</v>
       </c>
       <c r="H910" s="44">
         <v>8</v>
       </c>
       <c r="I910" s="45">
         <v>0.44444444444443998</v>
       </c>
     </row>
-    <row r="911" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="911" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A911" s="42">
         <v>2024</v>
       </c>
       <c r="B911" s="43" t="s">
         <v>23</v>
       </c>
       <c r="C911" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D911" s="44">
         <v>429</v>
       </c>
       <c r="E911" s="44">
         <v>57</v>
       </c>
       <c r="F911" s="45">
         <v>0.13286713286713001</v>
       </c>
       <c r="G911" s="44">
         <v>148</v>
       </c>
       <c r="H911" s="44">
         <v>34</v>
       </c>
       <c r="I911" s="45">
         <v>0.22972972972972999</v>
       </c>
     </row>
-    <row r="912" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="912" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A912" s="42">
         <v>2024</v>
       </c>
       <c r="B912" s="43" t="s">
         <v>23</v>
       </c>
       <c r="C912" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D912" s="44">
         <v>11</v>
       </c>
       <c r="E912" s="44">
         <v>7</v>
       </c>
       <c r="F912" s="45">
         <v>0.63636363636364002</v>
       </c>
       <c r="G912" s="44">
         <v>14</v>
       </c>
       <c r="H912" s="44">
         <v>8</v>
       </c>
       <c r="I912" s="45">
         <v>0.57142857142856995</v>
       </c>
     </row>
-    <row r="913" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="913" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A913" s="42">
         <v>2024</v>
       </c>
       <c r="B913" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C913" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D913" s="44">
         <v>24</v>
       </c>
       <c r="E913" s="44">
         <v>11</v>
       </c>
       <c r="F913" s="45">
         <v>0.45833333333332998</v>
       </c>
       <c r="G913" s="44">
         <v>0</v>
       </c>
       <c r="H913" s="44">
         <v>0</v>
       </c>
-      <c r="I913" s="45" t="s">
-[...3 lines deleted...]
-    <row r="914" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I913" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="914" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A914" s="42">
         <v>2024</v>
       </c>
       <c r="B914" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C914" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D914" s="44">
         <v>28</v>
       </c>
       <c r="E914" s="44">
         <v>13</v>
       </c>
       <c r="F914" s="45">
         <v>0.46428571428571003</v>
       </c>
       <c r="G914" s="44">
         <v>0</v>
       </c>
       <c r="H914" s="44">
         <v>0</v>
       </c>
-      <c r="I914" s="45" t="s">
-[...3 lines deleted...]
-    <row r="915" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I914" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="915" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A915" s="42">
         <v>2024</v>
       </c>
       <c r="B915" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C915" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D915" s="44">
         <v>252</v>
       </c>
       <c r="E915" s="44">
         <v>42</v>
       </c>
       <c r="F915" s="45">
         <v>0.16666666666666999</v>
       </c>
       <c r="G915" s="44">
         <v>172</v>
       </c>
       <c r="H915" s="44">
         <v>36</v>
       </c>
       <c r="I915" s="45">
         <v>0.20930232558139999</v>
       </c>
     </row>
-    <row r="916" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="916" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A916" s="42">
         <v>2024</v>
       </c>
       <c r="B916" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C916" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D916" s="44">
         <v>1</v>
       </c>
       <c r="E916" s="44">
         <v>1</v>
       </c>
       <c r="F916" s="45">
         <v>1</v>
       </c>
       <c r="G916" s="44">
         <v>1</v>
       </c>
       <c r="H916" s="44">
         <v>1</v>
       </c>
       <c r="I916" s="45">
         <v>1</v>
       </c>
     </row>
-    <row r="917" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="917" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A917" s="42">
         <v>2024</v>
       </c>
       <c r="B917" s="43" t="s">
         <v>2</v>
       </c>
       <c r="C917" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D917" s="44">
         <v>1114</v>
       </c>
       <c r="E917" s="44">
         <v>178</v>
       </c>
       <c r="F917" s="45">
         <v>0.15978456014362999</v>
       </c>
       <c r="G917" s="44">
         <v>0</v>
       </c>
       <c r="H917" s="44">
         <v>0</v>
       </c>
-      <c r="I917" s="45" t="s">
-[...3 lines deleted...]
-    <row r="918" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I917" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="918" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A918" s="42">
         <v>2024</v>
       </c>
       <c r="B918" s="43" t="s">
         <v>2</v>
       </c>
       <c r="C918" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D918" s="44">
         <v>638</v>
       </c>
       <c r="E918" s="44">
         <v>116</v>
       </c>
       <c r="F918" s="45">
         <v>0.18181818181817999</v>
       </c>
       <c r="G918" s="44">
         <v>9</v>
       </c>
       <c r="H918" s="44">
         <v>5</v>
       </c>
       <c r="I918" s="45">
         <v>0.55555555555556002</v>
       </c>
     </row>
-    <row r="919" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="919" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A919" s="42">
         <v>2024</v>
       </c>
       <c r="B919" s="43" t="s">
         <v>2</v>
       </c>
       <c r="C919" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D919" s="44">
         <v>7439</v>
       </c>
       <c r="E919" s="44">
         <v>912</v>
       </c>
       <c r="F919" s="45">
         <v>0.12259712326926001</v>
       </c>
       <c r="G919" s="44">
         <v>4119</v>
       </c>
       <c r="H919" s="44">
         <v>541</v>
       </c>
       <c r="I919" s="45">
         <v>0.13134255887351001</v>
       </c>
     </row>
-    <row r="920" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="920" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A920" s="42">
         <v>2024</v>
       </c>
       <c r="B920" s="43" t="s">
         <v>2</v>
       </c>
       <c r="C920" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D920" s="44">
         <v>8</v>
       </c>
       <c r="E920" s="44">
         <v>4</v>
       </c>
       <c r="F920" s="45">
         <v>0.5</v>
       </c>
       <c r="G920" s="44">
         <v>72</v>
       </c>
       <c r="H920" s="44">
         <v>29</v>
       </c>
       <c r="I920" s="45">
         <v>0.40277777777778001</v>
       </c>
     </row>
-    <row r="921" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="921" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A921" s="42">
         <v>2024</v>
       </c>
       <c r="B921" s="43" t="s">
         <v>3</v>
       </c>
       <c r="C921" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D921" s="44">
         <v>148</v>
       </c>
       <c r="E921" s="44">
         <v>51</v>
       </c>
       <c r="F921" s="45">
         <v>0.34459459459459002</v>
       </c>
       <c r="G921" s="44">
         <v>0</v>
       </c>
       <c r="H921" s="44">
         <v>0</v>
       </c>
-      <c r="I921" s="45" t="s">
-[...3 lines deleted...]
-    <row r="922" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I921" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="922" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A922" s="42">
         <v>2024</v>
       </c>
       <c r="B922" s="43" t="s">
         <v>3</v>
       </c>
       <c r="C922" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D922" s="44">
         <v>64</v>
       </c>
       <c r="E922" s="44">
         <v>21</v>
       </c>
       <c r="F922" s="45">
         <v>0.328125</v>
       </c>
       <c r="G922" s="44">
         <v>1</v>
       </c>
       <c r="H922" s="44">
         <v>1</v>
       </c>
       <c r="I922" s="45">
         <v>1</v>
       </c>
     </row>
-    <row r="923" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="923" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A923" s="42">
         <v>2024</v>
       </c>
       <c r="B923" s="43" t="s">
         <v>3</v>
       </c>
       <c r="C923" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D923" s="44">
         <v>1150</v>
       </c>
       <c r="E923" s="44">
         <v>271</v>
       </c>
       <c r="F923" s="45">
         <v>0.23565217391304</v>
       </c>
       <c r="G923" s="44">
         <v>438</v>
       </c>
       <c r="H923" s="44">
         <v>107</v>
       </c>
       <c r="I923" s="45">
         <v>0.24429223744292</v>
       </c>
     </row>
-    <row r="924" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="924" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A924" s="42">
         <v>2024</v>
       </c>
       <c r="B924" s="43" t="s">
         <v>3</v>
       </c>
       <c r="C924" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D924" s="44">
         <v>4</v>
       </c>
       <c r="E924" s="44">
         <v>3</v>
       </c>
       <c r="F924" s="45">
         <v>0.75</v>
       </c>
       <c r="G924" s="44">
         <v>6</v>
       </c>
       <c r="H924" s="44">
         <v>4</v>
       </c>
       <c r="I924" s="45">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="925" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="925" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A925" s="42">
         <v>2024</v>
       </c>
       <c r="B925" s="43" t="s">
         <v>4</v>
       </c>
       <c r="C925" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D925" s="44">
         <v>48</v>
       </c>
       <c r="E925" s="44">
         <v>13</v>
       </c>
       <c r="F925" s="45">
         <v>0.27083333333332998</v>
       </c>
       <c r="G925" s="44">
         <v>0</v>
       </c>
       <c r="H925" s="44">
         <v>0</v>
       </c>
-      <c r="I925" s="45" t="s">
-[...3 lines deleted...]
-    <row r="926" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I925" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="926" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A926" s="42">
         <v>2024</v>
       </c>
       <c r="B926" s="43" t="s">
         <v>4</v>
       </c>
       <c r="C926" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D926" s="44">
         <v>38</v>
       </c>
       <c r="E926" s="44">
         <v>16</v>
       </c>
       <c r="F926" s="45">
         <v>0.42105263157895001</v>
       </c>
       <c r="G926" s="44">
         <v>0</v>
       </c>
       <c r="H926" s="44">
         <v>0</v>
       </c>
-      <c r="I926" s="45" t="s">
-[...3 lines deleted...]
-    <row r="927" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I926" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="927" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A927" s="42">
         <v>2024</v>
       </c>
       <c r="B927" s="43" t="s">
         <v>4</v>
       </c>
       <c r="C927" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D927" s="44">
         <v>416</v>
       </c>
       <c r="E927" s="44">
         <v>88</v>
       </c>
       <c r="F927" s="45">
         <v>0.21153846153846001</v>
       </c>
       <c r="G927" s="44">
         <v>226</v>
       </c>
       <c r="H927" s="44">
         <v>53</v>
       </c>
       <c r="I927" s="45">
         <v>0.23451327433628</v>
       </c>
     </row>
-    <row r="928" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="928" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A928" s="42">
         <v>2024</v>
       </c>
       <c r="B928" s="43" t="s">
         <v>4</v>
       </c>
       <c r="C928" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D928" s="44">
         <v>1</v>
       </c>
       <c r="E928" s="44">
         <v>0</v>
       </c>
       <c r="F928" s="45">
         <v>0</v>
       </c>
       <c r="G928" s="44">
         <v>2</v>
       </c>
       <c r="H928" s="44">
         <v>1</v>
       </c>
       <c r="I928" s="45">
         <v>0.5</v>
       </c>
     </row>
-    <row r="929" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="929" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A929" s="42">
         <v>2024</v>
       </c>
       <c r="B929" s="43" t="s">
         <v>5</v>
       </c>
       <c r="C929" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D929" s="44">
         <v>559</v>
       </c>
       <c r="E929" s="44">
         <v>218</v>
       </c>
       <c r="F929" s="45">
         <v>0.38998211091233997</v>
       </c>
       <c r="G929" s="44">
         <v>0</v>
       </c>
       <c r="H929" s="44">
         <v>0</v>
       </c>
-      <c r="I929" s="45" t="s">
-[...3 lines deleted...]
-    <row r="930" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I929" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="930" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A930" s="42">
         <v>2024</v>
       </c>
       <c r="B930" s="43" t="s">
         <v>5</v>
       </c>
       <c r="C930" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D930" s="44">
         <v>585</v>
       </c>
       <c r="E930" s="44">
         <v>194</v>
       </c>
       <c r="F930" s="45">
         <v>0.33162393162393</v>
       </c>
       <c r="G930" s="44">
         <v>0</v>
       </c>
       <c r="H930" s="44">
         <v>0</v>
       </c>
-      <c r="I930" s="45" t="s">
-[...3 lines deleted...]
-    <row r="931" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I930" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="931" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A931" s="42">
         <v>2024</v>
       </c>
       <c r="B931" s="43" t="s">
         <v>5</v>
       </c>
       <c r="C931" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D931" s="44">
         <v>4447</v>
       </c>
       <c r="E931" s="44">
         <v>820</v>
       </c>
       <c r="F931" s="45">
         <v>0.18439397346526001</v>
       </c>
       <c r="G931" s="44">
         <v>1917</v>
       </c>
       <c r="H931" s="44">
         <v>371</v>
       </c>
       <c r="I931" s="45">
         <v>0.19353155972874</v>
       </c>
     </row>
-    <row r="932" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="932" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A932" s="42">
         <v>2024</v>
       </c>
       <c r="B932" s="43" t="s">
         <v>5</v>
       </c>
       <c r="C932" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D932" s="44">
         <v>23</v>
       </c>
       <c r="E932" s="44">
         <v>11</v>
       </c>
       <c r="F932" s="45">
         <v>0.47826086956522001</v>
       </c>
       <c r="G932" s="44">
         <v>79</v>
       </c>
       <c r="H932" s="44">
         <v>34</v>
       </c>
       <c r="I932" s="45">
         <v>0.43037974683544</v>
       </c>
     </row>
-    <row r="933" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="933" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A933" s="42">
         <v>2024</v>
       </c>
       <c r="B933" s="43" t="s">
         <v>6</v>
       </c>
       <c r="C933" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D933" s="44">
         <v>499</v>
       </c>
       <c r="E933" s="44">
         <v>118</v>
       </c>
       <c r="F933" s="45">
         <v>0.23647294589178</v>
       </c>
       <c r="G933" s="44">
         <v>0</v>
       </c>
       <c r="H933" s="44">
         <v>0</v>
       </c>
-      <c r="I933" s="45" t="s">
-[...3 lines deleted...]
-    <row r="934" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I933" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="934" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A934" s="42">
         <v>2024</v>
       </c>
       <c r="B934" s="43" t="s">
         <v>6</v>
       </c>
       <c r="C934" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D934" s="44">
         <v>444</v>
       </c>
       <c r="E934" s="44">
         <v>119</v>
       </c>
       <c r="F934" s="45">
         <v>0.26801801801802</v>
       </c>
       <c r="G934" s="44">
         <v>0</v>
       </c>
       <c r="H934" s="44">
         <v>0</v>
       </c>
-      <c r="I934" s="45" t="s">
-[...3 lines deleted...]
-    <row r="935" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I934" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="935" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A935" s="42">
         <v>2024</v>
       </c>
       <c r="B935" s="43" t="s">
         <v>6</v>
       </c>
       <c r="C935" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D935" s="44">
         <v>4222</v>
       </c>
       <c r="E935" s="44">
         <v>673</v>
       </c>
       <c r="F935" s="45">
         <v>0.15940312648034</v>
       </c>
       <c r="G935" s="44">
         <v>2223</v>
       </c>
       <c r="H935" s="44">
         <v>398</v>
       </c>
       <c r="I935" s="45">
         <v>0.17903733693207</v>
       </c>
     </row>
-    <row r="936" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="936" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A936" s="42">
         <v>2024</v>
       </c>
       <c r="B936" s="43" t="s">
         <v>6</v>
       </c>
       <c r="C936" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D936" s="44">
         <v>7</v>
       </c>
       <c r="E936" s="44">
         <v>5</v>
       </c>
       <c r="F936" s="45">
         <v>0.71428571428570997</v>
       </c>
       <c r="G936" s="44">
         <v>24</v>
       </c>
       <c r="H936" s="44">
         <v>12</v>
       </c>
       <c r="I936" s="45">
         <v>0.5</v>
       </c>
     </row>
-    <row r="937" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="937" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A937" s="42">
         <v>2024</v>
       </c>
       <c r="B937" s="43" t="s">
         <v>7</v>
       </c>
       <c r="C937" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D937" s="44">
         <v>126</v>
       </c>
       <c r="E937" s="44">
         <v>52</v>
       </c>
       <c r="F937" s="45">
         <v>0.41269841269841001</v>
       </c>
       <c r="G937" s="44">
         <v>0</v>
       </c>
       <c r="H937" s="44">
         <v>0</v>
       </c>
-      <c r="I937" s="45" t="s">
-[...3 lines deleted...]
-    <row r="938" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I937" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="938" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A938" s="42">
         <v>2024</v>
       </c>
       <c r="B938" s="43" t="s">
         <v>7</v>
       </c>
       <c r="C938" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D938" s="44">
         <v>64</v>
       </c>
       <c r="E938" s="44">
         <v>23</v>
       </c>
       <c r="F938" s="45">
         <v>0.359375</v>
       </c>
       <c r="G938" s="44">
         <v>0</v>
       </c>
       <c r="H938" s="44">
         <v>0</v>
       </c>
-      <c r="I938" s="45" t="s">
-[...3 lines deleted...]
-    <row r="939" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I938" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="939" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A939" s="42">
         <v>2024</v>
       </c>
       <c r="B939" s="43" t="s">
         <v>7</v>
       </c>
       <c r="C939" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D939" s="44">
         <v>574</v>
       </c>
       <c r="E939" s="44">
         <v>120</v>
       </c>
       <c r="F939" s="45">
         <v>0.20905923344947999</v>
       </c>
       <c r="G939" s="44">
         <v>255</v>
       </c>
       <c r="H939" s="44">
         <v>54</v>
       </c>
       <c r="I939" s="45">
         <v>0.21176470588235</v>
       </c>
     </row>
-    <row r="940" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="940" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A940" s="42">
         <v>2024</v>
       </c>
       <c r="B940" s="43" t="s">
         <v>7</v>
       </c>
       <c r="C940" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D940" s="44">
         <v>5</v>
       </c>
       <c r="E940" s="44">
         <v>3</v>
       </c>
       <c r="F940" s="45">
         <v>0.6</v>
       </c>
       <c r="G940" s="44">
         <v>4</v>
       </c>
       <c r="H940" s="44">
         <v>3</v>
       </c>
       <c r="I940" s="45">
         <v>0.75</v>
       </c>
     </row>
-    <row r="941" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="941" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A941" s="42">
         <v>2024</v>
       </c>
       <c r="B941" s="43" t="s">
         <v>8</v>
       </c>
       <c r="C941" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D941" s="44">
         <v>850</v>
       </c>
       <c r="E941" s="44">
         <v>233</v>
       </c>
       <c r="F941" s="45">
         <v>0.27411764705882002</v>
       </c>
       <c r="G941" s="44">
         <v>0</v>
       </c>
       <c r="H941" s="44">
         <v>0</v>
       </c>
-      <c r="I941" s="45" t="s">
-[...3 lines deleted...]
-    <row r="942" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I941" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="942" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A942" s="42">
         <v>2024</v>
       </c>
       <c r="B942" s="43" t="s">
         <v>8</v>
       </c>
       <c r="C942" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D942" s="44">
         <v>304</v>
       </c>
       <c r="E942" s="44">
         <v>104</v>
       </c>
       <c r="F942" s="45">
         <v>0.34210526315789003</v>
       </c>
       <c r="G942" s="44">
         <v>0</v>
       </c>
       <c r="H942" s="44">
         <v>0</v>
       </c>
-      <c r="I942" s="45" t="s">
-[...3 lines deleted...]
-    <row r="943" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I942" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="943" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A943" s="42">
         <v>2024</v>
       </c>
       <c r="B943" s="43" t="s">
         <v>8</v>
       </c>
       <c r="C943" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D943" s="44">
         <v>6697</v>
       </c>
       <c r="E943" s="44">
         <v>1125</v>
       </c>
       <c r="F943" s="45">
         <v>0.16798566522323</v>
       </c>
       <c r="G943" s="44">
         <v>2144</v>
       </c>
       <c r="H943" s="44">
         <v>367</v>
       </c>
       <c r="I943" s="45">
         <v>0.17117537313433001</v>
       </c>
     </row>
-    <row r="944" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="944" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A944" s="42">
         <v>2024</v>
       </c>
       <c r="B944" s="43" t="s">
         <v>8</v>
       </c>
       <c r="C944" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D944" s="44">
         <v>43</v>
       </c>
       <c r="E944" s="44">
         <v>15</v>
       </c>
       <c r="F944" s="45">
         <v>0.34883720930232998</v>
       </c>
       <c r="G944" s="44">
         <v>45</v>
       </c>
       <c r="H944" s="44">
         <v>12</v>
       </c>
       <c r="I944" s="45">
         <v>0.26666666666666999</v>
       </c>
     </row>
-    <row r="945" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="945" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A945" s="42">
         <v>2024</v>
       </c>
       <c r="B945" s="43" t="s">
         <v>9</v>
       </c>
       <c r="C945" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D945" s="44">
         <v>157</v>
       </c>
       <c r="E945" s="44">
         <v>31</v>
       </c>
       <c r="F945" s="45">
         <v>0.19745222929935999</v>
       </c>
       <c r="G945" s="44">
         <v>0</v>
       </c>
       <c r="H945" s="44">
         <v>0</v>
       </c>
-      <c r="I945" s="45" t="s">
-[...3 lines deleted...]
-    <row r="946" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I945" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="946" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A946" s="42">
         <v>2024</v>
       </c>
       <c r="B946" s="43" t="s">
         <v>9</v>
       </c>
       <c r="C946" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D946" s="44">
         <v>108</v>
       </c>
       <c r="E946" s="44">
         <v>39</v>
       </c>
       <c r="F946" s="45">
         <v>0.36111111111110999</v>
       </c>
       <c r="G946" s="44">
         <v>0</v>
       </c>
       <c r="H946" s="44">
         <v>0</v>
       </c>
-      <c r="I946" s="45" t="s">
-[...3 lines deleted...]
-    <row r="947" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I946" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="947" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A947" s="42">
         <v>2024</v>
       </c>
       <c r="B947" s="43" t="s">
         <v>9</v>
       </c>
       <c r="C947" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D947" s="44">
         <v>1361</v>
       </c>
       <c r="E947" s="44">
         <v>210</v>
       </c>
       <c r="F947" s="45">
         <v>0.15429831006613001</v>
       </c>
       <c r="G947" s="44">
         <v>531</v>
       </c>
       <c r="H947" s="44">
         <v>101</v>
       </c>
       <c r="I947" s="45">
         <v>0.19020715630884999</v>
       </c>
     </row>
-    <row r="948" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="948" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A948" s="42">
         <v>2024</v>
       </c>
       <c r="B948" s="43" t="s">
         <v>9</v>
       </c>
       <c r="C948" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D948" s="44">
         <v>5</v>
       </c>
       <c r="E948" s="44">
         <v>4</v>
       </c>
       <c r="F948" s="45">
         <v>0.8</v>
       </c>
       <c r="G948" s="44">
         <v>10</v>
       </c>
       <c r="H948" s="44">
         <v>7</v>
       </c>
       <c r="I948" s="45">
         <v>0.7</v>
       </c>
     </row>
-    <row r="949" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="949" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A949" s="42">
         <v>2024</v>
       </c>
       <c r="B949" s="43" t="s">
         <v>10</v>
       </c>
       <c r="C949" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D949" s="44">
         <v>17</v>
       </c>
       <c r="E949" s="44">
         <v>3</v>
       </c>
       <c r="F949" s="45">
         <v>0.17647058823528999</v>
       </c>
       <c r="G949" s="44">
         <v>0</v>
       </c>
       <c r="H949" s="44">
         <v>0</v>
       </c>
-      <c r="I949" s="45" t="s">
-[...3 lines deleted...]
-    <row r="950" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I949" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="950" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A950" s="42">
         <v>2024</v>
       </c>
       <c r="B950" s="43" t="s">
         <v>10</v>
       </c>
       <c r="C950" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D950" s="44">
         <v>31</v>
       </c>
       <c r="E950" s="44">
         <v>10</v>
       </c>
       <c r="F950" s="45">
         <v>0.32258064516128998</v>
       </c>
       <c r="G950" s="44">
         <v>0</v>
       </c>
       <c r="H950" s="44">
         <v>0</v>
       </c>
-      <c r="I950" s="45" t="s">
-[...3 lines deleted...]
-    <row r="951" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I950" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="951" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A951" s="42">
         <v>2024</v>
       </c>
       <c r="B951" s="43" t="s">
         <v>10</v>
       </c>
       <c r="C951" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D951" s="44">
         <v>1087</v>
       </c>
       <c r="E951" s="44">
         <v>160</v>
       </c>
       <c r="F951" s="45">
         <v>0.14719411223550999</v>
       </c>
       <c r="G951" s="44">
         <v>366</v>
       </c>
       <c r="H951" s="44">
         <v>71</v>
       </c>
       <c r="I951" s="45">
         <v>0.19398907103825</v>
       </c>
     </row>
-    <row r="952" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="952" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A952" s="42">
         <v>2024</v>
       </c>
       <c r="B952" s="43" t="s">
         <v>10</v>
       </c>
       <c r="C952" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D952" s="44">
         <v>2</v>
       </c>
       <c r="E952" s="44">
         <v>1</v>
       </c>
       <c r="F952" s="45">
         <v>0.5</v>
       </c>
       <c r="G952" s="44">
         <v>14</v>
       </c>
       <c r="H952" s="44">
         <v>7</v>
       </c>
       <c r="I952" s="45">
         <v>0.5</v>
       </c>
     </row>
-    <row r="953" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="953" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A953" s="42">
         <v>2024</v>
       </c>
       <c r="B953" s="43" t="s">
         <v>11</v>
       </c>
       <c r="C953" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D953" s="44">
         <v>394</v>
       </c>
       <c r="E953" s="44">
         <v>118</v>
       </c>
       <c r="F953" s="45">
         <v>0.29949238578679999</v>
       </c>
       <c r="G953" s="44">
         <v>0</v>
       </c>
       <c r="H953" s="44">
         <v>0</v>
       </c>
-      <c r="I953" s="45" t="s">
-[...3 lines deleted...]
-    <row r="954" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I953" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="954" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A954" s="42">
         <v>2024</v>
       </c>
       <c r="B954" s="43" t="s">
         <v>11</v>
       </c>
       <c r="C954" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D954" s="44">
         <v>212</v>
       </c>
       <c r="E954" s="44">
         <v>62</v>
       </c>
       <c r="F954" s="45">
         <v>0.29245283018868001</v>
       </c>
       <c r="G954" s="44">
         <v>1</v>
       </c>
       <c r="H954" s="44">
         <v>1</v>
       </c>
       <c r="I954" s="45">
         <v>1</v>
       </c>
     </row>
-    <row r="955" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="955" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A955" s="42">
         <v>2024</v>
       </c>
       <c r="B955" s="43" t="s">
         <v>11</v>
       </c>
       <c r="C955" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D955" s="44">
         <v>2310</v>
       </c>
       <c r="E955" s="44">
         <v>419</v>
       </c>
       <c r="F955" s="45">
         <v>0.18138528138528001</v>
       </c>
       <c r="G955" s="44">
         <v>974</v>
       </c>
       <c r="H955" s="44">
         <v>203</v>
       </c>
       <c r="I955" s="45">
         <v>0.20841889117043</v>
       </c>
     </row>
-    <row r="956" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="956" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A956" s="42">
         <v>2024</v>
       </c>
       <c r="B956" s="43" t="s">
         <v>11</v>
       </c>
       <c r="C956" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D956" s="44">
         <v>22</v>
       </c>
       <c r="E956" s="44">
         <v>7</v>
       </c>
       <c r="F956" s="45">
         <v>0.31818181818182001</v>
       </c>
       <c r="G956" s="44">
         <v>17</v>
       </c>
       <c r="H956" s="44">
         <v>6</v>
       </c>
       <c r="I956" s="45">
         <v>0.35294117647058998</v>
       </c>
     </row>
-    <row r="957" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="957" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A957" s="42">
         <v>2024</v>
       </c>
       <c r="B957" s="43" t="s">
         <v>12</v>
       </c>
       <c r="C957" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D957" s="44">
         <v>157</v>
       </c>
       <c r="E957" s="44">
         <v>64</v>
       </c>
       <c r="F957" s="45">
         <v>0.40764331210191002</v>
       </c>
       <c r="G957" s="44">
         <v>0</v>
       </c>
       <c r="H957" s="44">
         <v>0</v>
       </c>
-      <c r="I957" s="45" t="s">
-[...3 lines deleted...]
-    <row r="958" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I957" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="958" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A958" s="42">
         <v>2024</v>
       </c>
       <c r="B958" s="43" t="s">
         <v>12</v>
       </c>
       <c r="C958" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D958" s="44">
         <v>217</v>
       </c>
       <c r="E958" s="44">
         <v>73</v>
       </c>
       <c r="F958" s="45">
         <v>0.33640552995391998</v>
       </c>
       <c r="G958" s="44">
         <v>1</v>
       </c>
       <c r="H958" s="44">
         <v>1</v>
       </c>
       <c r="I958" s="45">
         <v>1</v>
       </c>
     </row>
-    <row r="959" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="959" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A959" s="42">
         <v>2024</v>
       </c>
       <c r="B959" s="43" t="s">
         <v>12</v>
       </c>
       <c r="C959" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D959" s="44">
         <v>1505</v>
       </c>
       <c r="E959" s="44">
         <v>285</v>
       </c>
       <c r="F959" s="45">
         <v>0.18936877076412001</v>
       </c>
       <c r="G959" s="44">
         <v>971</v>
       </c>
       <c r="H959" s="44">
         <v>193</v>
       </c>
       <c r="I959" s="45">
         <v>0.19876416065911001</v>
       </c>
     </row>
-    <row r="960" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="960" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A960" s="42">
         <v>2024</v>
       </c>
       <c r="B960" s="43" t="s">
         <v>12</v>
       </c>
       <c r="C960" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D960" s="44">
         <v>6</v>
       </c>
       <c r="E960" s="44">
         <v>3</v>
       </c>
       <c r="F960" s="45">
         <v>0.5</v>
       </c>
       <c r="G960" s="44">
         <v>14</v>
       </c>
       <c r="H960" s="44">
         <v>11</v>
       </c>
       <c r="I960" s="45">
         <v>0.78571428571429003</v>
       </c>
     </row>
-    <row r="961" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="961" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A961" s="42">
         <v>2024</v>
       </c>
       <c r="B961" s="43" t="s">
         <v>13</v>
       </c>
       <c r="C961" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D961" s="44">
         <v>165</v>
       </c>
       <c r="E961" s="44">
         <v>64</v>
       </c>
       <c r="F961" s="45">
         <v>0.38787878787878999</v>
       </c>
       <c r="G961" s="44">
         <v>0</v>
       </c>
       <c r="H961" s="44">
         <v>0</v>
       </c>
-      <c r="I961" s="45" t="s">
-[...3 lines deleted...]
-    <row r="962" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I961" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="962" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A962" s="42">
         <v>2024</v>
       </c>
       <c r="B962" s="43" t="s">
         <v>13</v>
       </c>
       <c r="C962" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D962" s="44">
         <v>51</v>
       </c>
       <c r="E962" s="44">
         <v>19</v>
       </c>
       <c r="F962" s="45">
         <v>0.37254901960783998</v>
       </c>
       <c r="G962" s="44">
         <v>0</v>
       </c>
       <c r="H962" s="44">
         <v>0</v>
       </c>
-      <c r="I962" s="45" t="s">
-[...3 lines deleted...]
-    <row r="963" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I962" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="963" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A963" s="42">
         <v>2024</v>
       </c>
       <c r="B963" s="43" t="s">
         <v>13</v>
       </c>
       <c r="C963" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D963" s="44">
         <v>703</v>
       </c>
       <c r="E963" s="44">
         <v>172</v>
       </c>
       <c r="F963" s="45">
         <v>0.24466571834993001</v>
       </c>
       <c r="G963" s="44">
         <v>248</v>
       </c>
       <c r="H963" s="44">
         <v>60</v>
       </c>
       <c r="I963" s="45">
         <v>0.24193548387097</v>
       </c>
     </row>
-    <row r="964" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="964" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A964" s="42">
         <v>2024</v>
       </c>
       <c r="B964" s="43" t="s">
         <v>13</v>
       </c>
       <c r="C964" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D964" s="44">
         <v>3</v>
       </c>
       <c r="E964" s="44">
         <v>2</v>
       </c>
       <c r="F964" s="45">
         <v>0.66666666666666996</v>
       </c>
       <c r="G964" s="44">
         <v>3</v>
       </c>
       <c r="H964" s="44">
         <v>2</v>
       </c>
       <c r="I964" s="45">
         <v>0.66666666666666996</v>
       </c>
     </row>
-    <row r="965" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="965" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A965" s="42">
         <v>2024</v>
       </c>
       <c r="B965" s="43" t="s">
         <v>14</v>
       </c>
       <c r="C965" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D965" s="44">
         <v>76</v>
       </c>
       <c r="E965" s="44">
         <v>37</v>
       </c>
       <c r="F965" s="45">
         <v>0.48684210526316002</v>
       </c>
       <c r="G965" s="44">
         <v>0</v>
       </c>
       <c r="H965" s="44">
         <v>0</v>
       </c>
-      <c r="I965" s="45" t="s">
-[...3 lines deleted...]
-    <row r="966" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I965" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="966" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A966" s="42">
         <v>2024</v>
       </c>
       <c r="B966" s="43" t="s">
         <v>14</v>
       </c>
       <c r="C966" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D966" s="44">
         <v>60</v>
       </c>
       <c r="E966" s="44">
         <v>20</v>
       </c>
       <c r="F966" s="45">
         <v>0.33333333333332998</v>
       </c>
       <c r="G966" s="44">
         <v>0</v>
       </c>
       <c r="H966" s="44">
         <v>0</v>
       </c>
-      <c r="I966" s="45" t="s">
-[...3 lines deleted...]
-    <row r="967" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I966" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="967" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A967" s="42">
         <v>2024</v>
       </c>
       <c r="B967" s="43" t="s">
         <v>14</v>
       </c>
       <c r="C967" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D967" s="44">
         <v>759</v>
       </c>
       <c r="E967" s="44">
         <v>140</v>
       </c>
       <c r="F967" s="45">
         <v>0.18445322793148999</v>
       </c>
       <c r="G967" s="44">
         <v>402</v>
       </c>
       <c r="H967" s="44">
         <v>61</v>
       </c>
       <c r="I967" s="45">
         <v>0.15174129353234</v>
       </c>
     </row>
-    <row r="968" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="968" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A968" s="42">
         <v>2024</v>
       </c>
       <c r="B968" s="43" t="s">
         <v>14</v>
       </c>
       <c r="C968" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D968" s="44">
         <v>0</v>
       </c>
       <c r="E968" s="44">
         <v>0</v>
       </c>
       <c r="F968" s="45">
         <v>0</v>
       </c>
       <c r="G968" s="44">
         <v>1</v>
       </c>
       <c r="H968" s="44">
         <v>1</v>
       </c>
       <c r="I968" s="45">
         <v>1</v>
       </c>
     </row>
-    <row r="969" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="969" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A969" s="42">
         <v>2024</v>
       </c>
       <c r="B969" s="43" t="s">
         <v>15</v>
       </c>
       <c r="C969" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D969" s="44">
         <v>455</v>
       </c>
       <c r="E969" s="44">
         <v>108</v>
       </c>
       <c r="F969" s="45">
         <v>0.23736263736263999</v>
       </c>
       <c r="G969" s="44">
         <v>0</v>
       </c>
       <c r="H969" s="44">
         <v>0</v>
       </c>
-      <c r="I969" s="45" t="s">
-[...3 lines deleted...]
-    <row r="970" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I969" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="970" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A970" s="42">
         <v>2024</v>
       </c>
       <c r="B970" s="43" t="s">
         <v>15</v>
       </c>
       <c r="C970" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D970" s="44">
         <v>317</v>
       </c>
       <c r="E970" s="44">
         <v>95</v>
       </c>
       <c r="F970" s="45">
         <v>0.29968454258674998</v>
       </c>
       <c r="G970" s="44">
         <v>0</v>
       </c>
       <c r="H970" s="44">
         <v>0</v>
       </c>
-      <c r="I970" s="45" t="s">
-[...3 lines deleted...]
-    <row r="971" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I970" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="971" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A971" s="42">
         <v>2024</v>
       </c>
       <c r="B971" s="43" t="s">
         <v>15</v>
       </c>
       <c r="C971" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D971" s="44">
         <v>3012</v>
       </c>
       <c r="E971" s="44">
         <v>570</v>
       </c>
       <c r="F971" s="45">
         <v>0.18924302788844999</v>
       </c>
       <c r="G971" s="44">
         <v>1277</v>
       </c>
       <c r="H971" s="44">
         <v>280</v>
       </c>
       <c r="I971" s="45">
         <v>0.21926389976506999</v>
       </c>
     </row>
-    <row r="972" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="972" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A972" s="42">
         <v>2024</v>
       </c>
       <c r="B972" s="43" t="s">
         <v>15</v>
       </c>
       <c r="C972" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D972" s="44">
         <v>22</v>
       </c>
       <c r="E972" s="44">
         <v>17</v>
       </c>
       <c r="F972" s="45">
         <v>0.77272727272727004</v>
       </c>
       <c r="G972" s="44">
         <v>20</v>
       </c>
       <c r="H972" s="44">
         <v>7</v>
       </c>
       <c r="I972" s="45">
         <v>0.35</v>
       </c>
     </row>
-    <row r="973" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="973" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A973" s="42">
         <v>2024</v>
       </c>
       <c r="B973" s="43" t="s">
         <v>16</v>
       </c>
       <c r="C973" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D973" s="44">
         <v>110</v>
       </c>
       <c r="E973" s="44">
         <v>22</v>
       </c>
       <c r="F973" s="45">
         <v>0.2</v>
       </c>
       <c r="G973" s="44">
         <v>0</v>
       </c>
       <c r="H973" s="44">
         <v>0</v>
       </c>
-      <c r="I973" s="45" t="s">
-[...3 lines deleted...]
-    <row r="974" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I973" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="974" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A974" s="42">
         <v>2024</v>
       </c>
       <c r="B974" s="43" t="s">
         <v>16</v>
       </c>
       <c r="C974" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D974" s="44">
         <v>75</v>
       </c>
       <c r="E974" s="44">
         <v>20</v>
       </c>
       <c r="F974" s="45">
         <v>0.26666666666666999</v>
       </c>
       <c r="G974" s="44">
         <v>0</v>
       </c>
       <c r="H974" s="44">
         <v>0</v>
       </c>
-      <c r="I974" s="45" t="s">
-[...3 lines deleted...]
-    <row r="975" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I974" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="975" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A975" s="42">
         <v>2024</v>
       </c>
       <c r="B975" s="43" t="s">
         <v>16</v>
       </c>
       <c r="C975" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D975" s="44">
         <v>890</v>
       </c>
       <c r="E975" s="44">
         <v>167</v>
       </c>
       <c r="F975" s="45">
         <v>0.18764044943819999</v>
       </c>
       <c r="G975" s="44">
         <v>448</v>
       </c>
       <c r="H975" s="44">
         <v>76</v>
       </c>
       <c r="I975" s="45">
         <v>0.16964285714286001</v>
       </c>
     </row>
-    <row r="976" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="976" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A976" s="42">
         <v>2024</v>
       </c>
       <c r="B976" s="43" t="s">
         <v>16</v>
       </c>
       <c r="C976" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D976" s="44">
         <v>9</v>
       </c>
       <c r="E976" s="44">
         <v>6</v>
       </c>
       <c r="F976" s="45">
         <v>0.66666666666666996</v>
       </c>
       <c r="G976" s="44">
         <v>5</v>
       </c>
       <c r="H976" s="44">
         <v>2</v>
       </c>
       <c r="I976" s="45">
         <v>0.4</v>
       </c>
     </row>
-    <row r="977" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="977" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A977" s="42">
         <v>2024</v>
       </c>
       <c r="B977" s="43" t="s">
         <v>17</v>
       </c>
       <c r="C977" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D977" s="44">
         <v>362</v>
       </c>
       <c r="E977" s="44">
         <v>100</v>
       </c>
       <c r="F977" s="45">
         <v>0.27624309392265001</v>
       </c>
       <c r="G977" s="44">
         <v>0</v>
       </c>
       <c r="H977" s="44">
         <v>0</v>
       </c>
-      <c r="I977" s="45" t="s">
-[...3 lines deleted...]
-    <row r="978" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I977" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="978" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A978" s="42">
         <v>2024</v>
       </c>
       <c r="B978" s="43" t="s">
         <v>17</v>
       </c>
       <c r="C978" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D978" s="44">
         <v>184</v>
       </c>
       <c r="E978" s="44">
         <v>44</v>
       </c>
       <c r="F978" s="45">
         <v>0.23913043478261001</v>
       </c>
       <c r="G978" s="44">
         <v>8</v>
       </c>
       <c r="H978" s="44">
         <v>5</v>
       </c>
       <c r="I978" s="45">
         <v>0.625</v>
       </c>
     </row>
-    <row r="979" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="979" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A979" s="42">
         <v>2024</v>
       </c>
       <c r="B979" s="43" t="s">
         <v>17</v>
       </c>
       <c r="C979" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D979" s="44">
         <v>3553</v>
       </c>
       <c r="E979" s="44">
         <v>1147</v>
       </c>
       <c r="F979" s="45">
         <v>0.32282578103012</v>
       </c>
       <c r="G979" s="44">
         <v>492</v>
       </c>
       <c r="H979" s="44">
         <v>85</v>
       </c>
       <c r="I979" s="45">
         <v>0.17276422764228</v>
       </c>
     </row>
-    <row r="980" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="980" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A980" s="42">
         <v>2024</v>
       </c>
       <c r="B980" s="43" t="s">
         <v>17</v>
       </c>
       <c r="C980" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D980" s="44">
         <v>59</v>
       </c>
       <c r="E980" s="44">
         <v>25</v>
       </c>
       <c r="F980" s="45">
         <v>0.42372881355932002</v>
       </c>
       <c r="G980" s="44">
         <v>131</v>
       </c>
       <c r="H980" s="44">
         <v>61</v>
       </c>
       <c r="I980" s="45">
         <v>0.46564885496183001</v>
       </c>
     </row>
-    <row r="981" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="981" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A981" s="42">
         <v>2024</v>
       </c>
       <c r="B981" s="43" t="s">
         <v>18</v>
       </c>
       <c r="C981" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D981" s="44">
         <v>473</v>
       </c>
       <c r="E981" s="44">
         <v>116</v>
       </c>
       <c r="F981" s="45">
         <v>0.24524312896406</v>
       </c>
       <c r="G981" s="44">
         <v>0</v>
       </c>
       <c r="H981" s="44">
         <v>0</v>
       </c>
-      <c r="I981" s="45" t="s">
-[...3 lines deleted...]
-    <row r="982" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I981" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="982" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A982" s="42">
         <v>2024</v>
       </c>
       <c r="B982" s="43" t="s">
         <v>18</v>
       </c>
       <c r="C982" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D982" s="44">
         <v>371</v>
       </c>
       <c r="E982" s="44">
         <v>92</v>
       </c>
       <c r="F982" s="45">
         <v>0.24797843665767999</v>
       </c>
       <c r="G982" s="44">
         <v>0</v>
       </c>
       <c r="H982" s="44">
         <v>0</v>
       </c>
-      <c r="I982" s="45" t="s">
-[...3 lines deleted...]
-    <row r="983" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I982" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="983" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A983" s="42">
         <v>2024</v>
       </c>
       <c r="B983" s="43" t="s">
         <v>18</v>
       </c>
       <c r="C983" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D983" s="44">
         <v>2149</v>
       </c>
       <c r="E983" s="44">
         <v>418</v>
       </c>
       <c r="F983" s="45">
         <v>0.19450907398789999</v>
       </c>
       <c r="G983" s="44">
         <v>1309</v>
       </c>
       <c r="H983" s="44">
         <v>286</v>
       </c>
       <c r="I983" s="45">
         <v>0.21848739495798</v>
       </c>
     </row>
-    <row r="984" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="984" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A984" s="42">
         <v>2024</v>
       </c>
       <c r="B984" s="43" t="s">
         <v>18</v>
       </c>
       <c r="C984" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D984" s="44">
         <v>16</v>
       </c>
       <c r="E984" s="44">
         <v>7</v>
       </c>
       <c r="F984" s="45">
         <v>0.4375</v>
       </c>
       <c r="G984" s="44">
         <v>25</v>
       </c>
       <c r="H984" s="44">
         <v>12</v>
       </c>
       <c r="I984" s="45">
         <v>0.48</v>
       </c>
     </row>
-    <row r="985" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="985" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A985" s="42">
         <v>2024</v>
       </c>
       <c r="B985" s="43" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C985" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D985" s="44">
         <v>42</v>
       </c>
       <c r="E985" s="44">
         <v>17</v>
       </c>
       <c r="F985" s="45">
         <v>0.40476190476189999</v>
       </c>
       <c r="G985" s="44">
         <v>0</v>
       </c>
       <c r="H985" s="44">
         <v>0</v>
       </c>
-      <c r="I985" s="45" t="s">
-[...3 lines deleted...]
-    <row r="986" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I985" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="986" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A986" s="42">
         <v>2024</v>
       </c>
       <c r="B986" s="43" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C986" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D986" s="44">
         <v>74</v>
       </c>
       <c r="E986" s="44">
         <v>32</v>
       </c>
       <c r="F986" s="45">
         <v>0.43243243243243001</v>
       </c>
       <c r="G986" s="44">
         <v>0</v>
       </c>
       <c r="H986" s="44">
         <v>0</v>
       </c>
-      <c r="I986" s="45" t="s">
-[...3 lines deleted...]
-    <row r="987" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I986" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="987" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A987" s="42">
         <v>2024</v>
       </c>
       <c r="B987" s="43" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C987" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D987" s="44">
         <v>537</v>
       </c>
       <c r="E987" s="44">
         <v>73</v>
       </c>
       <c r="F987" s="45">
         <v>0.13594040968342999</v>
       </c>
       <c r="G987" s="44">
         <v>302</v>
       </c>
       <c r="H987" s="44">
         <v>54</v>
       </c>
       <c r="I987" s="45">
         <v>0.17880794701986999</v>
       </c>
     </row>
-    <row r="988" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="988" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A988" s="42">
         <v>2024</v>
       </c>
       <c r="B988" s="43" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C988" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D988" s="44">
         <v>2</v>
       </c>
       <c r="E988" s="44">
         <v>1</v>
       </c>
       <c r="F988" s="45">
         <v>0.5</v>
       </c>
       <c r="G988" s="44">
         <v>7</v>
       </c>
       <c r="H988" s="44">
         <v>1</v>
       </c>
       <c r="I988" s="45">
         <v>0.14285714285713999</v>
       </c>
     </row>
-    <row r="989" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="989" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A989" s="42">
         <v>2024</v>
       </c>
       <c r="B989" s="43" t="s">
         <v>19</v>
       </c>
       <c r="C989" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D989" s="44">
         <v>669</v>
       </c>
       <c r="E989" s="44">
         <v>169</v>
       </c>
       <c r="F989" s="45">
         <v>0.25261584454410002</v>
       </c>
       <c r="G989" s="44">
         <v>0</v>
       </c>
       <c r="H989" s="44">
         <v>0</v>
       </c>
-      <c r="I989" s="45" t="s">
-[...3 lines deleted...]
-    <row r="990" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I989" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="990" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A990" s="42">
         <v>2024</v>
       </c>
       <c r="B990" s="43" t="s">
         <v>19</v>
       </c>
       <c r="C990" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D990" s="44">
         <v>261</v>
       </c>
       <c r="E990" s="44">
         <v>54</v>
       </c>
       <c r="F990" s="45">
         <v>0.20689655172414001</v>
       </c>
       <c r="G990" s="44">
         <v>2</v>
       </c>
       <c r="H990" s="44">
         <v>1</v>
       </c>
       <c r="I990" s="45">
         <v>0.5</v>
       </c>
     </row>
-    <row r="991" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="991" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A991" s="42">
         <v>2024</v>
       </c>
       <c r="B991" s="43" t="s">
         <v>19</v>
       </c>
       <c r="C991" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D991" s="44">
         <v>3960</v>
       </c>
       <c r="E991" s="44">
         <v>623</v>
       </c>
       <c r="F991" s="45">
         <v>0.15732323232323001</v>
       </c>
       <c r="G991" s="44">
         <v>1904</v>
       </c>
       <c r="H991" s="44">
         <v>301</v>
       </c>
       <c r="I991" s="45">
         <v>0.15808823529412</v>
       </c>
     </row>
-    <row r="992" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="992" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A992" s="42">
         <v>2024</v>
       </c>
       <c r="B992" s="43" t="s">
         <v>19</v>
       </c>
       <c r="C992" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D992" s="44">
         <v>11</v>
       </c>
       <c r="E992" s="44">
         <v>5</v>
       </c>
       <c r="F992" s="45">
         <v>0.45454545454544998</v>
       </c>
       <c r="G992" s="44">
         <v>27</v>
       </c>
       <c r="H992" s="44">
         <v>11</v>
       </c>
       <c r="I992" s="45">
         <v>0.40740740740740999</v>
       </c>
     </row>
-    <row r="993" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="993" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A993" s="42">
         <v>2024</v>
       </c>
       <c r="B993" s="43" t="s">
         <v>20</v>
       </c>
       <c r="C993" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D993" s="44">
         <v>38</v>
       </c>
       <c r="E993" s="44">
         <v>21</v>
       </c>
       <c r="F993" s="45">
         <v>0.55263157894737003</v>
       </c>
       <c r="G993" s="44">
         <v>0</v>
       </c>
       <c r="H993" s="44">
         <v>0</v>
       </c>
-      <c r="I993" s="45" t="s">
-[...3 lines deleted...]
-    <row r="994" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I993" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="994" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A994" s="42">
         <v>2024</v>
       </c>
       <c r="B994" s="43" t="s">
         <v>20</v>
       </c>
       <c r="C994" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D994" s="44">
         <v>31</v>
       </c>
       <c r="E994" s="44">
         <v>9</v>
       </c>
       <c r="F994" s="45">
         <v>0.29032258064515998</v>
       </c>
       <c r="G994" s="44">
         <v>0</v>
       </c>
       <c r="H994" s="44">
         <v>0</v>
       </c>
-      <c r="I994" s="45" t="s">
-[...3 lines deleted...]
-    <row r="995" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I994" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="995" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A995" s="42">
         <v>2024</v>
       </c>
       <c r="B995" s="43" t="s">
         <v>20</v>
       </c>
       <c r="C995" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D995" s="44">
         <v>261</v>
       </c>
       <c r="E995" s="44">
         <v>41</v>
       </c>
       <c r="F995" s="45">
         <v>0.15708812260536001</v>
       </c>
       <c r="G995" s="44">
         <v>153</v>
       </c>
       <c r="H995" s="44">
         <v>27</v>
       </c>
       <c r="I995" s="45">
         <v>0.17647058823528999</v>
       </c>
     </row>
-    <row r="996" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="996" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A996" s="42">
         <v>2024</v>
       </c>
       <c r="B996" s="43" t="s">
         <v>20</v>
       </c>
       <c r="C996" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D996" s="44">
         <v>1</v>
       </c>
       <c r="E996" s="44">
         <v>1</v>
       </c>
       <c r="F996" s="45">
         <v>1</v>
       </c>
       <c r="G996" s="44">
         <v>10</v>
       </c>
       <c r="H996" s="44">
         <v>4</v>
       </c>
       <c r="I996" s="45">
         <v>0.4</v>
       </c>
     </row>
-    <row r="997" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="997" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A997" s="42">
         <v>2024</v>
       </c>
       <c r="B997" s="43" t="s">
         <v>21</v>
       </c>
       <c r="C997" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D997" s="44">
         <v>6</v>
       </c>
       <c r="E997" s="44">
         <v>1</v>
       </c>
       <c r="F997" s="45">
         <v>0.16666666666666999</v>
       </c>
       <c r="G997" s="44">
         <v>0</v>
       </c>
       <c r="H997" s="44">
         <v>0</v>
       </c>
-      <c r="I997" s="45" t="s">
-[...3 lines deleted...]
-    <row r="998" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I997" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="998" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A998" s="42">
         <v>2024</v>
       </c>
       <c r="B998" s="43" t="s">
         <v>21</v>
       </c>
       <c r="C998" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D998" s="44">
         <v>7</v>
       </c>
       <c r="E998" s="44">
         <v>4</v>
       </c>
       <c r="F998" s="45">
         <v>0.57142857142856995</v>
       </c>
       <c r="G998" s="44">
         <v>0</v>
       </c>
       <c r="H998" s="44">
         <v>0</v>
       </c>
-      <c r="I998" s="45" t="s">
-[...3 lines deleted...]
-    <row r="999" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I998" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="999" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A999" s="42">
         <v>2024</v>
       </c>
       <c r="B999" s="43" t="s">
         <v>21</v>
       </c>
       <c r="C999" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D999" s="44">
         <v>214</v>
       </c>
       <c r="E999" s="44">
         <v>23</v>
       </c>
       <c r="F999" s="45">
         <v>0.10747663551401999</v>
       </c>
       <c r="G999" s="44">
         <v>97</v>
       </c>
       <c r="H999" s="44">
         <v>15</v>
       </c>
       <c r="I999" s="45">
         <v>0.15463917525772999</v>
       </c>
     </row>
-    <row r="1000" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1000" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1000" s="42">
         <v>2024</v>
       </c>
       <c r="B1000" s="43" t="s">
         <v>22</v>
       </c>
       <c r="C1000" s="43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D1000" s="44">
         <v>3</v>
       </c>
       <c r="E1000" s="44">
         <v>1</v>
       </c>
       <c r="F1000" s="45">
         <v>0.33333333333332998</v>
       </c>
       <c r="G1000" s="44">
         <v>0</v>
       </c>
       <c r="H1000" s="44">
         <v>0</v>
       </c>
-      <c r="I1000" s="45" t="s">
-[...3 lines deleted...]
-    <row r="1001" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I1000" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1001" s="42">
         <v>2024</v>
       </c>
       <c r="B1001" s="43" t="s">
         <v>22</v>
       </c>
       <c r="C1001" s="43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D1001" s="44">
         <v>9</v>
       </c>
       <c r="E1001" s="44">
         <v>2</v>
       </c>
       <c r="F1001" s="45">
         <v>0.22222222222221999</v>
       </c>
       <c r="G1001" s="44">
         <v>0</v>
       </c>
       <c r="H1001" s="44">
         <v>0</v>
       </c>
-      <c r="I1001" s="45" t="s">
-[...3 lines deleted...]
-    <row r="1002" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I1001" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1002" s="42">
         <v>2024</v>
       </c>
       <c r="B1002" s="43" t="s">
         <v>22</v>
       </c>
       <c r="C1002" s="43" t="s">
         <v>24</v>
       </c>
       <c r="D1002" s="44">
         <v>1453</v>
       </c>
       <c r="E1002" s="44">
         <v>217</v>
       </c>
       <c r="F1002" s="45">
         <v>0.14934618031659</v>
       </c>
       <c r="G1002" s="44">
         <v>84</v>
       </c>
       <c r="H1002" s="44">
         <v>22</v>
       </c>
       <c r="I1002" s="45">
         <v>0.26190476190475998</v>
       </c>
     </row>
-    <row r="1003" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1003" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1003" s="42">
         <v>2024</v>
       </c>
       <c r="B1003" s="43" t="s">
         <v>22</v>
       </c>
       <c r="C1003" s="43" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D1003" s="44">
         <v>6</v>
       </c>
       <c r="E1003" s="44">
         <v>4</v>
       </c>
       <c r="F1003" s="45">
         <v>0.66666666666666996</v>
       </c>
       <c r="G1003" s="44">
         <v>3</v>
       </c>
       <c r="H1003" s="44">
         <v>1</v>
       </c>
       <c r="I1003" s="45">
         <v>0.33333333333332998</v>
       </c>
     </row>
-    <row r="1004" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1004" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1004" s="46">
         <v>2024</v>
       </c>
       <c r="B1004" s="47" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C1004" s="47" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D1004" s="48">
         <v>6492</v>
       </c>
       <c r="E1004" s="48">
         <v>1746</v>
       </c>
       <c r="F1004" s="49">
         <v>0.26894639556376998</v>
       </c>
       <c r="G1004" s="48">
         <v>0</v>
       </c>
       <c r="H1004" s="48">
         <v>0</v>
       </c>
-      <c r="I1004" s="54" t="s">
-[...3 lines deleted...]
-    <row r="1005" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I1004" s="54">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1005" s="46">
         <v>2024</v>
       </c>
       <c r="B1005" s="47" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C1005" s="47" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D1005" s="48">
         <v>4245</v>
       </c>
       <c r="E1005" s="48">
         <v>1206</v>
       </c>
       <c r="F1005" s="49">
         <v>0.28409893992933</v>
       </c>
       <c r="G1005" s="48">
         <v>40</v>
       </c>
       <c r="H1005" s="48">
         <v>22</v>
       </c>
       <c r="I1005" s="49">
         <v>0.55000000000000004</v>
       </c>
     </row>
-    <row r="1006" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1006" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1006" s="46">
         <v>2024</v>
       </c>
       <c r="B1006" s="47" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C1006" s="47" t="s">
         <v>24</v>
       </c>
       <c r="D1006" s="48">
         <v>49437</v>
       </c>
       <c r="E1006" s="48">
         <v>8780</v>
       </c>
       <c r="F1006" s="49">
         <v>0.17759977344903999</v>
       </c>
       <c r="G1006" s="48">
         <v>21264</v>
       </c>
       <c r="H1006" s="48">
         <v>3812</v>
       </c>
       <c r="I1006" s="49">
         <v>0.17927012791572999</v>
       </c>
     </row>
-    <row r="1007" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1007" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1007" s="46">
         <v>2024</v>
       </c>
       <c r="B1007" s="47" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C1007" s="47" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D1007" s="48">
         <v>267</v>
       </c>
       <c r="E1007" s="48">
         <v>132</v>
       </c>
       <c r="F1007" s="49">
         <v>0.49438202247190999</v>
       </c>
       <c r="G1007" s="48">
         <v>534</v>
       </c>
       <c r="H1007" s="48">
         <v>237</v>
       </c>
       <c r="I1007" s="49">
         <v>0.44382022471909999</v>
       </c>
     </row>
-    <row r="1008" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1008" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1008" s="50">
         <v>2024</v>
       </c>
       <c r="B1008" s="51" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C1008" s="51"/>
       <c r="D1008" s="52">
         <v>60441</v>
       </c>
       <c r="E1008" s="52">
         <v>11864</v>
       </c>
       <c r="F1008" s="53">
         <v>0.19629059744213001</v>
       </c>
       <c r="G1008" s="52">
         <v>21838</v>
       </c>
       <c r="H1008" s="52">
         <v>4071</v>
       </c>
       <c r="I1008" s="53">
         <v>0.18641817016209999</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1009" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1009" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1009" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1009" s="44">
+        <v>19</v>
+      </c>
+      <c r="E1009" s="44">
+        <v>9</v>
+      </c>
+      <c r="F1009" s="45">
+        <v>0.47368421052631998</v>
+      </c>
+      <c r="G1009" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1009" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1009" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1010" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1010" s="43" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1010" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1010" s="44">
+        <v>55</v>
+      </c>
+      <c r="E1010" s="44">
+        <v>10</v>
+      </c>
+      <c r="F1010" s="45">
+        <v>0.18181818181817999</v>
+      </c>
+      <c r="G1010" s="44">
+        <v>66</v>
+      </c>
+      <c r="H1010" s="44">
+        <v>13</v>
+      </c>
+      <c r="I1010" s="45">
+        <v>0.19696969696969999</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1011" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1011" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1011" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1011" s="44">
+        <v>10</v>
+      </c>
+      <c r="E1011" s="44">
+        <v>5</v>
+      </c>
+      <c r="F1011" s="45">
+        <v>0.5</v>
+      </c>
+      <c r="G1011" s="44">
+        <v>14</v>
+      </c>
+      <c r="H1011" s="44">
+        <v>7</v>
+      </c>
+      <c r="I1011" s="45">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1012" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1012" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1012" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1012" s="44">
+        <v>491</v>
+      </c>
+      <c r="E1012" s="44">
+        <v>57</v>
+      </c>
+      <c r="F1012" s="45">
+        <v>0.11608961303462</v>
+      </c>
+      <c r="G1012" s="44">
+        <v>173</v>
+      </c>
+      <c r="H1012" s="44">
+        <v>24</v>
+      </c>
+      <c r="I1012" s="45">
+        <v>0.13872832369942001</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1013" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1013" s="43" t="s">
+        <v>23</v>
+      </c>
+      <c r="C1013" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1013" s="44">
+        <v>8</v>
+      </c>
+      <c r="E1013" s="44">
+        <v>3</v>
+      </c>
+      <c r="F1013" s="45">
+        <v>0.375</v>
+      </c>
+      <c r="G1013" s="44">
+        <v>22</v>
+      </c>
+      <c r="H1013" s="44">
+        <v>4</v>
+      </c>
+      <c r="I1013" s="45">
+        <v>0.18181818181817999</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1014" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1014" s="43" t="s">
+        <v>41</v>
+      </c>
+      <c r="C1014" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1014" s="44">
+        <v>18</v>
+      </c>
+      <c r="E1014" s="44">
+        <v>7</v>
+      </c>
+      <c r="F1014" s="45">
+        <v>0.38888888888889001</v>
+      </c>
+      <c r="G1014" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1014" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1014" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1015" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1015" s="43" t="s">
+        <v>41</v>
+      </c>
+      <c r="C1015" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1015" s="44">
+        <v>23</v>
+      </c>
+      <c r="E1015" s="44">
+        <v>4</v>
+      </c>
+      <c r="F1015" s="45">
+        <v>0.17391304347826</v>
+      </c>
+      <c r="G1015" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1015" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1015" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1016" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1016" s="43" t="s">
+        <v>41</v>
+      </c>
+      <c r="C1016" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1016" s="44">
+        <v>273</v>
+      </c>
+      <c r="E1016" s="44">
+        <v>29</v>
+      </c>
+      <c r="F1016" s="45">
+        <v>0.10622710622711</v>
+      </c>
+      <c r="G1016" s="44">
+        <v>201</v>
+      </c>
+      <c r="H1016" s="44">
+        <v>16</v>
+      </c>
+      <c r="I1016" s="45">
+        <v>7.9601990049749993E-2</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1017" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1017" s="43" t="s">
+        <v>41</v>
+      </c>
+      <c r="C1017" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1017" s="44">
+        <v>0</v>
+      </c>
+      <c r="E1017" s="44">
+        <v>0</v>
+      </c>
+      <c r="F1017" s="45">
+        <v>0</v>
+      </c>
+      <c r="G1017" s="44">
+        <v>4</v>
+      </c>
+      <c r="H1017" s="44">
+        <v>1</v>
+      </c>
+      <c r="I1017" s="45">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1018" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1018" s="43" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1018" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1018" s="44">
+        <v>1101</v>
+      </c>
+      <c r="E1018" s="44">
+        <v>189</v>
+      </c>
+      <c r="F1018" s="45">
+        <v>0.17166212534059999</v>
+      </c>
+      <c r="G1018" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1018" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1018" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1019" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1019" s="43" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1019" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1019" s="44">
+        <v>791</v>
+      </c>
+      <c r="E1019" s="44">
+        <v>114</v>
+      </c>
+      <c r="F1019" s="45">
+        <v>0.14412136536030001</v>
+      </c>
+      <c r="G1019" s="44">
+        <v>12</v>
+      </c>
+      <c r="H1019" s="44">
+        <v>4</v>
+      </c>
+      <c r="I1019" s="45">
+        <v>0.33333333333332998</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1020" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1020" s="43" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1020" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1020" s="44">
+        <v>8308</v>
+      </c>
+      <c r="E1020" s="44">
+        <v>745</v>
+      </c>
+      <c r="F1020" s="45">
+        <v>8.9672604718340002E-2</v>
+      </c>
+      <c r="G1020" s="44">
+        <v>4529</v>
+      </c>
+      <c r="H1020" s="44">
+        <v>419</v>
+      </c>
+      <c r="I1020" s="45">
+        <v>9.2514903952310004E-2</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1021" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1021" s="43" t="s">
+        <v>2</v>
+      </c>
+      <c r="C1021" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1021" s="44">
+        <v>19</v>
+      </c>
+      <c r="E1021" s="44">
+        <v>7</v>
+      </c>
+      <c r="F1021" s="45">
+        <v>0.36842105263157998</v>
+      </c>
+      <c r="G1021" s="44">
+        <v>70</v>
+      </c>
+      <c r="H1021" s="44">
+        <v>15</v>
+      </c>
+      <c r="I1021" s="45">
+        <v>0.21428571428571</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1022" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1022" s="43" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1022" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1022" s="44">
+        <v>123</v>
+      </c>
+      <c r="E1022" s="44">
+        <v>38</v>
+      </c>
+      <c r="F1022" s="45">
+        <v>0.30894308943088999</v>
+      </c>
+      <c r="G1022" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1022" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1022" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1023" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1023" s="43" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1023" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1023" s="44">
+        <v>67</v>
+      </c>
+      <c r="E1023" s="44">
+        <v>23</v>
+      </c>
+      <c r="F1023" s="45">
+        <v>0.34328358208955001</v>
+      </c>
+      <c r="G1023" s="44">
+        <v>2</v>
+      </c>
+      <c r="H1023" s="44">
+        <v>1</v>
+      </c>
+      <c r="I1023" s="45">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1024" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1024" s="43" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1024" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1024" s="44">
+        <v>1265</v>
+      </c>
+      <c r="E1024" s="44">
+        <v>222</v>
+      </c>
+      <c r="F1024" s="45">
+        <v>0.17549407114625001</v>
+      </c>
+      <c r="G1024" s="44">
+        <v>495</v>
+      </c>
+      <c r="H1024" s="44">
+        <v>77</v>
+      </c>
+      <c r="I1024" s="45">
+        <v>0.15555555555556</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1025" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1025" s="43" t="s">
+        <v>3</v>
+      </c>
+      <c r="C1025" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1025" s="44">
+        <v>8</v>
+      </c>
+      <c r="E1025" s="44">
+        <v>7</v>
+      </c>
+      <c r="F1025" s="45">
+        <v>0.875</v>
+      </c>
+      <c r="G1025" s="44">
+        <v>5</v>
+      </c>
+      <c r="H1025" s="44">
+        <v>5</v>
+      </c>
+      <c r="I1025" s="45">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1026" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1026" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1026" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1026" s="44">
+        <v>41</v>
+      </c>
+      <c r="E1026" s="44">
+        <v>6</v>
+      </c>
+      <c r="F1026" s="45">
+        <v>0.14634146341463</v>
+      </c>
+      <c r="G1026" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1026" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1026" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1027" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1027" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1027" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1027" s="44">
+        <v>39</v>
+      </c>
+      <c r="E1027" s="44">
+        <v>11</v>
+      </c>
+      <c r="F1027" s="45">
+        <v>0.28205128205127999</v>
+      </c>
+      <c r="G1027" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1027" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1027" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1028" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1028" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1028" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1028" s="44">
+        <v>573</v>
+      </c>
+      <c r="E1028" s="44">
+        <v>48</v>
+      </c>
+      <c r="F1028" s="45">
+        <v>8.3769633507849994E-2</v>
+      </c>
+      <c r="G1028" s="44">
+        <v>274</v>
+      </c>
+      <c r="H1028" s="44">
+        <v>19</v>
+      </c>
+      <c r="I1028" s="45">
+        <v>6.9343065693430003E-2</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1029" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1029" s="43" t="s">
+        <v>4</v>
+      </c>
+      <c r="C1029" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1029" s="44">
+        <v>3</v>
+      </c>
+      <c r="E1029" s="44">
+        <v>2</v>
+      </c>
+      <c r="F1029" s="45">
+        <v>0.66666666666666996</v>
+      </c>
+      <c r="G1029" s="44">
+        <v>8</v>
+      </c>
+      <c r="H1029" s="44">
+        <v>4</v>
+      </c>
+      <c r="I1029" s="45">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1030" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1030" s="43" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1030" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1030" s="44">
+        <v>616</v>
+      </c>
+      <c r="E1030" s="44">
+        <v>197</v>
+      </c>
+      <c r="F1030" s="45">
+        <v>0.31980519480518999</v>
+      </c>
+      <c r="G1030" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1030" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1030" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1031" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1031" s="43" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1031" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1031" s="44">
+        <v>595</v>
+      </c>
+      <c r="E1031" s="44">
+        <v>187</v>
+      </c>
+      <c r="F1031" s="45">
+        <v>0.31428571428571001</v>
+      </c>
+      <c r="G1031" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1031" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1031" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1032" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1032" s="43" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1032" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1032" s="44">
+        <v>4762</v>
+      </c>
+      <c r="E1032" s="44">
+        <v>710</v>
+      </c>
+      <c r="F1032" s="45">
+        <v>0.14909701805964001</v>
+      </c>
+      <c r="G1032" s="44">
+        <v>2240</v>
+      </c>
+      <c r="H1032" s="44">
+        <v>318</v>
+      </c>
+      <c r="I1032" s="45">
+        <v>0.14196428571429001</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1033" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1033" s="43" t="s">
+        <v>5</v>
+      </c>
+      <c r="C1033" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1033" s="44">
+        <v>30</v>
+      </c>
+      <c r="E1033" s="44">
+        <v>15</v>
+      </c>
+      <c r="F1033" s="45">
+        <v>0.5</v>
+      </c>
+      <c r="G1033" s="44">
+        <v>68</v>
+      </c>
+      <c r="H1033" s="44">
+        <v>21</v>
+      </c>
+      <c r="I1033" s="45">
+        <v>0.30882352941176</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1034" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1034" s="43" t="s">
+        <v>6</v>
+      </c>
+      <c r="C1034" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1034" s="44">
+        <v>542</v>
+      </c>
+      <c r="E1034" s="44">
+        <v>67</v>
+      </c>
+      <c r="F1034" s="45">
+        <v>0.12361623616236</v>
+      </c>
+      <c r="G1034" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1034" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1034" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1035" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1035" s="43" t="s">
+        <v>6</v>
+      </c>
+      <c r="C1035" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1035" s="44">
+        <v>530</v>
+      </c>
+      <c r="E1035" s="44">
+        <v>77</v>
+      </c>
+      <c r="F1035" s="45">
+        <v>0.14528301886792</v>
+      </c>
+      <c r="G1035" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1035" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1035" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1036" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1036" s="43" t="s">
+        <v>6</v>
+      </c>
+      <c r="C1036" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1036" s="44">
+        <v>5221</v>
+      </c>
+      <c r="E1036" s="44">
+        <v>418</v>
+      </c>
+      <c r="F1036" s="45">
+        <v>8.0061290940430005E-2</v>
+      </c>
+      <c r="G1036" s="44">
+        <v>2828</v>
+      </c>
+      <c r="H1036" s="44">
+        <v>310</v>
+      </c>
+      <c r="I1036" s="45">
+        <v>0.10961810466761</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1037" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1037" s="43" t="s">
+        <v>6</v>
+      </c>
+      <c r="C1037" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1037" s="44">
+        <v>10</v>
+      </c>
+      <c r="E1037" s="44">
+        <v>5</v>
+      </c>
+      <c r="F1037" s="45">
+        <v>0.5</v>
+      </c>
+      <c r="G1037" s="44">
+        <v>33</v>
+      </c>
+      <c r="H1037" s="44">
+        <v>10</v>
+      </c>
+      <c r="I1037" s="45">
+        <v>0.30303030303029999</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1038" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1038" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1038" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1038" s="44">
+        <v>144</v>
+      </c>
+      <c r="E1038" s="44">
+        <v>27</v>
+      </c>
+      <c r="F1038" s="45">
+        <v>0.1875</v>
+      </c>
+      <c r="G1038" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1038" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1038" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1039" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1039" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1039" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1039" s="44">
+        <v>76</v>
+      </c>
+      <c r="E1039" s="44">
+        <v>22</v>
+      </c>
+      <c r="F1039" s="45">
+        <v>0.28947368421052999</v>
+      </c>
+      <c r="G1039" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1039" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1039" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1040" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1040" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1040" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1040" s="44">
+        <v>590</v>
+      </c>
+      <c r="E1040" s="44">
+        <v>80</v>
+      </c>
+      <c r="F1040" s="45">
+        <v>0.13559322033898</v>
+      </c>
+      <c r="G1040" s="44">
+        <v>290</v>
+      </c>
+      <c r="H1040" s="44">
+        <v>34</v>
+      </c>
+      <c r="I1040" s="45">
+        <v>0.11724137931034</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1041" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1041" s="43" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1041" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1041" s="44">
+        <v>5</v>
+      </c>
+      <c r="E1041" s="44">
+        <v>5</v>
+      </c>
+      <c r="F1041" s="45">
+        <v>1</v>
+      </c>
+      <c r="G1041" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1041" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1041" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1042" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1042" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1042" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1042" s="44">
+        <v>811</v>
+      </c>
+      <c r="E1042" s="44">
+        <v>211</v>
+      </c>
+      <c r="F1042" s="45">
+        <v>0.26017262638717997</v>
+      </c>
+      <c r="G1042" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1042" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1042" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1043" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1043" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1043" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1043" s="44">
+        <v>316</v>
+      </c>
+      <c r="E1043" s="44">
+        <v>115</v>
+      </c>
+      <c r="F1043" s="45">
+        <v>0.36392405063291</v>
+      </c>
+      <c r="G1043" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1043" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1043" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1044" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1044" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1044" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1044" s="44">
+        <v>7244</v>
+      </c>
+      <c r="E1044" s="44">
+        <v>999</v>
+      </c>
+      <c r="F1044" s="45">
+        <v>0.13790723357261001</v>
+      </c>
+      <c r="G1044" s="44">
+        <v>2591</v>
+      </c>
+      <c r="H1044" s="44">
+        <v>406</v>
+      </c>
+      <c r="I1044" s="45">
+        <v>0.15669625627170999</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1045" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1045" s="43" t="s">
+        <v>8</v>
+      </c>
+      <c r="C1045" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1045" s="44">
+        <v>40</v>
+      </c>
+      <c r="E1045" s="44">
+        <v>13</v>
+      </c>
+      <c r="F1045" s="45">
+        <v>0.32500000000000001</v>
+      </c>
+      <c r="G1045" s="44">
+        <v>47</v>
+      </c>
+      <c r="H1045" s="44">
+        <v>10</v>
+      </c>
+      <c r="I1045" s="45">
+        <v>0.21276595744681001</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1046" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1046" s="43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1046" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1046" s="44">
+        <v>188</v>
+      </c>
+      <c r="E1046" s="44">
+        <v>33</v>
+      </c>
+      <c r="F1046" s="45">
+        <v>0.17553191489361999</v>
+      </c>
+      <c r="G1046" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1046" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1046" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1047" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1047" s="43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1047" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1047" s="44">
+        <v>145</v>
+      </c>
+      <c r="E1047" s="44">
+        <v>34</v>
+      </c>
+      <c r="F1047" s="45">
+        <v>0.23448275862069001</v>
+      </c>
+      <c r="G1047" s="44">
+        <v>13</v>
+      </c>
+      <c r="H1047" s="44">
+        <v>10</v>
+      </c>
+      <c r="I1047" s="45">
+        <v>0.76923076923077005</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1048" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1048" s="43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1048" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1048" s="44">
+        <v>1378</v>
+      </c>
+      <c r="E1048" s="44">
+        <v>166</v>
+      </c>
+      <c r="F1048" s="45">
+        <v>0.12046444121916</v>
+      </c>
+      <c r="G1048" s="44">
+        <v>529</v>
+      </c>
+      <c r="H1048" s="44">
+        <v>62</v>
+      </c>
+      <c r="I1048" s="45">
+        <v>0.117202268431</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1049" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1049" s="43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1049" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1049" s="44">
+        <v>0</v>
+      </c>
+      <c r="E1049" s="44">
+        <v>0</v>
+      </c>
+      <c r="F1049" s="45">
+        <v>0</v>
+      </c>
+      <c r="G1049" s="44">
+        <v>14</v>
+      </c>
+      <c r="H1049" s="44">
+        <v>9</v>
+      </c>
+      <c r="I1049" s="45">
+        <v>0.64285714285714002</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1050" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1050" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="C1050" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1050" s="44">
+        <v>25</v>
+      </c>
+      <c r="E1050" s="44">
+        <v>4</v>
+      </c>
+      <c r="F1050" s="45">
+        <v>0.16</v>
+      </c>
+      <c r="G1050" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1050" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1050" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1051" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1051" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="C1051" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1051" s="44">
+        <v>37</v>
+      </c>
+      <c r="E1051" s="44">
+        <v>12</v>
+      </c>
+      <c r="F1051" s="45">
+        <v>0.32432432432432001</v>
+      </c>
+      <c r="G1051" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1051" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1051" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1052" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1052" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="C1052" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1052" s="44">
+        <v>1357</v>
+      </c>
+      <c r="E1052" s="44">
+        <v>156</v>
+      </c>
+      <c r="F1052" s="45">
+        <v>0.11495946941783</v>
+      </c>
+      <c r="G1052" s="44">
+        <v>548</v>
+      </c>
+      <c r="H1052" s="44">
+        <v>73</v>
+      </c>
+      <c r="I1052" s="45">
+        <v>0.13321167883212001</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1053" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1053" s="43" t="s">
+        <v>10</v>
+      </c>
+      <c r="C1053" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1053" s="44">
+        <v>3</v>
+      </c>
+      <c r="E1053" s="44">
+        <v>3</v>
+      </c>
+      <c r="F1053" s="45">
+        <v>1</v>
+      </c>
+      <c r="G1053" s="44">
+        <v>13</v>
+      </c>
+      <c r="H1053" s="44">
+        <v>5</v>
+      </c>
+      <c r="I1053" s="45">
+        <v>0.38461538461537997</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1054" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1054" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1054" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1054" s="44">
+        <v>376</v>
+      </c>
+      <c r="E1054" s="44">
+        <v>106</v>
+      </c>
+      <c r="F1054" s="45">
+        <v>0.28191489361701999</v>
+      </c>
+      <c r="G1054" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1054" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1054" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1055" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1055" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1055" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1055" s="44">
+        <v>236</v>
+      </c>
+      <c r="E1055" s="44">
+        <v>69</v>
+      </c>
+      <c r="F1055" s="45">
+        <v>0.29237288135592998</v>
+      </c>
+      <c r="G1055" s="44">
+        <v>4</v>
+      </c>
+      <c r="H1055" s="44">
+        <v>2</v>
+      </c>
+      <c r="I1055" s="45">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1056" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1056" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1056" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1056" s="44">
+        <v>2656</v>
+      </c>
+      <c r="E1056" s="44">
+        <v>358</v>
+      </c>
+      <c r="F1056" s="45">
+        <v>0.13478915662651</v>
+      </c>
+      <c r="G1056" s="44">
+        <v>1083</v>
+      </c>
+      <c r="H1056" s="44">
+        <v>157</v>
+      </c>
+      <c r="I1056" s="45">
+        <v>0.1449676823638</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1057" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1057" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="C1057" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1057" s="44">
+        <v>19</v>
+      </c>
+      <c r="E1057" s="44">
+        <v>10</v>
+      </c>
+      <c r="F1057" s="45">
+        <v>0.52631578947367996</v>
+      </c>
+      <c r="G1057" s="44">
+        <v>27</v>
+      </c>
+      <c r="H1057" s="44">
+        <v>8</v>
+      </c>
+      <c r="I1057" s="45">
+        <v>0.2962962962963</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1058" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1058" s="43" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1058" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1058" s="44">
+        <v>164</v>
+      </c>
+      <c r="E1058" s="44">
+        <v>64</v>
+      </c>
+      <c r="F1058" s="45">
+        <v>0.39024390243902002</v>
+      </c>
+      <c r="G1058" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1058" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1058" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1059" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1059" s="43" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1059" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1059" s="44">
+        <v>214</v>
+      </c>
+      <c r="E1059" s="44">
+        <v>70</v>
+      </c>
+      <c r="F1059" s="45">
+        <v>0.32710280373832001</v>
+      </c>
+      <c r="G1059" s="44">
+        <v>1</v>
+      </c>
+      <c r="H1059" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1059" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1060" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1060" s="43" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1060" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1060" s="44">
+        <v>1780</v>
+      </c>
+      <c r="E1060" s="44">
+        <v>215</v>
+      </c>
+      <c r="F1060" s="45">
+        <v>0.12078651685393001</v>
+      </c>
+      <c r="G1060" s="44">
+        <v>1119</v>
+      </c>
+      <c r="H1060" s="44">
+        <v>174</v>
+      </c>
+      <c r="I1060" s="45">
+        <v>0.15549597855228001</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1061" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1061" s="43" t="s">
+        <v>12</v>
+      </c>
+      <c r="C1061" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1061" s="44">
+        <v>11</v>
+      </c>
+      <c r="E1061" s="44">
+        <v>7</v>
+      </c>
+      <c r="F1061" s="45">
+        <v>0.63636363636364002</v>
+      </c>
+      <c r="G1061" s="44">
+        <v>7</v>
+      </c>
+      <c r="H1061" s="44">
+        <v>3</v>
+      </c>
+      <c r="I1061" s="45">
+        <v>0.42857142857142999</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1062" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1062" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1062" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1062" s="44">
+        <v>145</v>
+      </c>
+      <c r="E1062" s="44">
+        <v>48</v>
+      </c>
+      <c r="F1062" s="45">
+        <v>0.33103448275862002</v>
+      </c>
+      <c r="G1062" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1062" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1062" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1063" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1063" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1063" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1063" s="44">
+        <v>54</v>
+      </c>
+      <c r="E1063" s="44">
+        <v>18</v>
+      </c>
+      <c r="F1063" s="45">
+        <v>0.33333333333332998</v>
+      </c>
+      <c r="G1063" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1063" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1063" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1064" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1064" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1064" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1064" s="44">
+        <v>838</v>
+      </c>
+      <c r="E1064" s="44">
+        <v>146</v>
+      </c>
+      <c r="F1064" s="45">
+        <v>0.17422434367542</v>
+      </c>
+      <c r="G1064" s="44">
+        <v>279</v>
+      </c>
+      <c r="H1064" s="44">
+        <v>53</v>
+      </c>
+      <c r="I1064" s="45">
+        <v>0.18996415770608999</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1065" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1065" s="43" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1065" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1065" s="44">
+        <v>6</v>
+      </c>
+      <c r="E1065" s="44">
+        <v>5</v>
+      </c>
+      <c r="F1065" s="45">
+        <v>0.83333333333333004</v>
+      </c>
+      <c r="G1065" s="44">
+        <v>1</v>
+      </c>
+      <c r="H1065" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1065" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1066" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1066" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1066" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1066" s="44">
+        <v>60</v>
+      </c>
+      <c r="E1066" s="44">
+        <v>20</v>
+      </c>
+      <c r="F1066" s="45">
+        <v>0.33333333333332998</v>
+      </c>
+      <c r="G1066" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1066" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1066" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1067" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1067" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1067" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1067" s="44">
+        <v>62</v>
+      </c>
+      <c r="E1067" s="44">
+        <v>15</v>
+      </c>
+      <c r="F1067" s="45">
+        <v>0.24193548387097</v>
+      </c>
+      <c r="G1067" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1067" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1067" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1068" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1068" s="43" t="s">
+        <v>14</v>
+      </c>
+      <c r="C1068" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1068" s="44">
+        <v>797</v>
+      </c>
+      <c r="E1068" s="44">
+        <v>141</v>
+      </c>
+      <c r="F1068" s="45">
+        <v>0.17691342534504001</v>
+      </c>
+      <c r="G1068" s="44">
+        <v>438</v>
+      </c>
+      <c r="H1068" s="44">
+        <v>65</v>
+      </c>
+      <c r="I1068" s="45">
+        <v>0.14840182648402001</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1069" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1069" s="43" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1069" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1069" s="44">
+        <v>463</v>
+      </c>
+      <c r="E1069" s="44">
+        <v>95</v>
+      </c>
+      <c r="F1069" s="45">
+        <v>0.20518358531318001</v>
+      </c>
+      <c r="G1069" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1069" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1069" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1070" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1070" s="43" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1070" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1070" s="44">
+        <v>336</v>
+      </c>
+      <c r="E1070" s="44">
+        <v>97</v>
+      </c>
+      <c r="F1070" s="45">
+        <v>0.28869047619047999</v>
+      </c>
+      <c r="G1070" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1070" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1070" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1071" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1071" s="43" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1071" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1071" s="44">
+        <v>3166</v>
+      </c>
+      <c r="E1071" s="44">
+        <v>415</v>
+      </c>
+      <c r="F1071" s="45">
+        <v>0.13108022741629999</v>
+      </c>
+      <c r="G1071" s="44">
+        <v>1413</v>
+      </c>
+      <c r="H1071" s="44">
+        <v>167</v>
+      </c>
+      <c r="I1071" s="45">
+        <v>0.11818825194620999</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1072" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1072" s="43" t="s">
+        <v>15</v>
+      </c>
+      <c r="C1072" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1072" s="44">
+        <v>16</v>
+      </c>
+      <c r="E1072" s="44">
+        <v>10</v>
+      </c>
+      <c r="F1072" s="45">
+        <v>0.625</v>
+      </c>
+      <c r="G1072" s="44">
+        <v>33</v>
+      </c>
+      <c r="H1072" s="44">
+        <v>17</v>
+      </c>
+      <c r="I1072" s="45">
+        <v>0.51515151515152002</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1073" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1073" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1073" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1073" s="44">
+        <v>87</v>
+      </c>
+      <c r="E1073" s="44">
+        <v>20</v>
+      </c>
+      <c r="F1073" s="45">
+        <v>0.22988505747126001</v>
+      </c>
+      <c r="G1073" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1073" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1073" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1074" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1074" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1074" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1074" s="44">
+        <v>63</v>
+      </c>
+      <c r="E1074" s="44">
+        <v>17</v>
+      </c>
+      <c r="F1074" s="45">
+        <v>0.26984126984126999</v>
+      </c>
+      <c r="G1074" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1074" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1074" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1075" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1075" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1075" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1075" s="44">
+        <v>884</v>
+      </c>
+      <c r="E1075" s="44">
+        <v>144</v>
+      </c>
+      <c r="F1075" s="45">
+        <v>0.16289592760180999</v>
+      </c>
+      <c r="G1075" s="44">
+        <v>395</v>
+      </c>
+      <c r="H1075" s="44">
+        <v>64</v>
+      </c>
+      <c r="I1075" s="45">
+        <v>0.16202531645570001</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1076" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1076" s="43" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1076" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1076" s="44">
+        <v>9</v>
+      </c>
+      <c r="E1076" s="44">
+        <v>4</v>
+      </c>
+      <c r="F1076" s="45">
+        <v>0.44444444444443998</v>
+      </c>
+      <c r="G1076" s="44">
+        <v>8</v>
+      </c>
+      <c r="H1076" s="44">
+        <v>4</v>
+      </c>
+      <c r="I1076" s="45">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1077" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1077" s="43" t="s">
+        <v>17</v>
+      </c>
+      <c r="C1077" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1077" s="44">
+        <v>256</v>
+      </c>
+      <c r="E1077" s="44">
+        <v>72</v>
+      </c>
+      <c r="F1077" s="45">
+        <v>0.28125</v>
+      </c>
+      <c r="G1077" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1077" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1077" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1078" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1078" s="43" t="s">
+        <v>17</v>
+      </c>
+      <c r="C1078" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1078" s="44">
+        <v>155</v>
+      </c>
+      <c r="E1078" s="44">
+        <v>26</v>
+      </c>
+      <c r="F1078" s="45">
+        <v>0.16774193548387001</v>
+      </c>
+      <c r="G1078" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1078" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1078" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1079" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1079" s="43" t="s">
+        <v>17</v>
+      </c>
+      <c r="C1079" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1079" s="44">
+        <v>4312</v>
+      </c>
+      <c r="E1079" s="44">
+        <v>1133</v>
+      </c>
+      <c r="F1079" s="45">
+        <v>0.26275510204081998</v>
+      </c>
+      <c r="G1079" s="44">
+        <v>477</v>
+      </c>
+      <c r="H1079" s="44">
+        <v>65</v>
+      </c>
+      <c r="I1079" s="45">
+        <v>0.13626834381551001</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1080" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1080" s="43" t="s">
+        <v>17</v>
+      </c>
+      <c r="C1080" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1080" s="44">
+        <v>68</v>
+      </c>
+      <c r="E1080" s="44">
+        <v>44</v>
+      </c>
+      <c r="F1080" s="45">
+        <v>0.64705882352941002</v>
+      </c>
+      <c r="G1080" s="44">
+        <v>157</v>
+      </c>
+      <c r="H1080" s="44">
+        <v>84</v>
+      </c>
+      <c r="I1080" s="45">
+        <v>0.53503184713375995</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1081" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1081" s="43" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1081" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1081" s="44">
+        <v>385</v>
+      </c>
+      <c r="E1081" s="44">
+        <v>63</v>
+      </c>
+      <c r="F1081" s="45">
+        <v>0.16363636363636</v>
+      </c>
+      <c r="G1081" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1081" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1081" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1082" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1082" s="43" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1082" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1082" s="44">
+        <v>391</v>
+      </c>
+      <c r="E1082" s="44">
+        <v>51</v>
+      </c>
+      <c r="F1082" s="45">
+        <v>0.13043478260870001</v>
+      </c>
+      <c r="G1082" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1082" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1082" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1083" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1083" s="43" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1083" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1083" s="44">
+        <v>2356</v>
+      </c>
+      <c r="E1083" s="44">
+        <v>249</v>
+      </c>
+      <c r="F1083" s="45">
+        <v>0.10568760611205</v>
+      </c>
+      <c r="G1083" s="44">
+        <v>1503</v>
+      </c>
+      <c r="H1083" s="44">
+        <v>154</v>
+      </c>
+      <c r="I1083" s="45">
+        <v>0.10246174318031</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1084" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1084" s="43" t="s">
+        <v>18</v>
+      </c>
+      <c r="C1084" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1084" s="44">
+        <v>15</v>
+      </c>
+      <c r="E1084" s="44">
+        <v>8</v>
+      </c>
+      <c r="F1084" s="45">
+        <v>0.53333333333333</v>
+      </c>
+      <c r="G1084" s="44">
+        <v>26</v>
+      </c>
+      <c r="H1084" s="44">
+        <v>8</v>
+      </c>
+      <c r="I1084" s="45">
+        <v>0.30769230769230999</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1085" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1085" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="C1085" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1085" s="44">
+        <v>37</v>
+      </c>
+      <c r="E1085" s="44">
+        <v>1</v>
+      </c>
+      <c r="F1085" s="45">
+        <v>2.7027027027029998E-2</v>
+      </c>
+      <c r="G1085" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1085" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1085" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1086" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1086" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="C1086" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1086" s="44">
+        <v>99</v>
+      </c>
+      <c r="E1086" s="44">
+        <v>10</v>
+      </c>
+      <c r="F1086" s="45">
+        <v>0.1010101010101</v>
+      </c>
+      <c r="G1086" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1086" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1086" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1087" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1087" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="C1087" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1087" s="44">
+        <v>609</v>
+      </c>
+      <c r="E1087" s="44">
+        <v>28</v>
+      </c>
+      <c r="F1087" s="45">
+        <v>4.597701149425E-2</v>
+      </c>
+      <c r="G1087" s="44">
+        <v>332</v>
+      </c>
+      <c r="H1087" s="44">
+        <v>17</v>
+      </c>
+      <c r="I1087" s="45">
+        <v>5.120481927711E-2</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1088" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1088" s="43" t="s">
+        <v>27</v>
+      </c>
+      <c r="C1088" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1088" s="44">
+        <v>0</v>
+      </c>
+      <c r="E1088" s="44">
+        <v>0</v>
+      </c>
+      <c r="F1088" s="45">
+        <v>0</v>
+      </c>
+      <c r="G1088" s="44">
+        <v>2</v>
+      </c>
+      <c r="H1088" s="44">
+        <v>2</v>
+      </c>
+      <c r="I1088" s="45">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1089" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1089" s="43" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1089" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1089" s="44">
+        <v>711</v>
+      </c>
+      <c r="E1089" s="44">
+        <v>173</v>
+      </c>
+      <c r="F1089" s="45">
+        <v>0.24331926863572001</v>
+      </c>
+      <c r="G1089" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1089" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1089" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1090" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1090" s="43" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1090" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1090" s="44">
+        <v>321</v>
+      </c>
+      <c r="E1090" s="44">
+        <v>70</v>
+      </c>
+      <c r="F1090" s="45">
+        <v>0.21806853582555</v>
+      </c>
+      <c r="G1090" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1090" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1090" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1091" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1091" s="43" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1091" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1091" s="44">
+        <v>4300</v>
+      </c>
+      <c r="E1091" s="44">
+        <v>480</v>
+      </c>
+      <c r="F1091" s="45">
+        <v>0.11162790697673999</v>
+      </c>
+      <c r="G1091" s="44">
+        <v>2161</v>
+      </c>
+      <c r="H1091" s="44">
+        <v>240</v>
+      </c>
+      <c r="I1091" s="45">
+        <v>0.11105969458584</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1092" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1092" s="43" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1092" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1092" s="44">
+        <v>13</v>
+      </c>
+      <c r="E1092" s="44">
+        <v>6</v>
+      </c>
+      <c r="F1092" s="45">
+        <v>0.46153846153846001</v>
+      </c>
+      <c r="G1092" s="44">
+        <v>26</v>
+      </c>
+      <c r="H1092" s="44">
+        <v>9</v>
+      </c>
+      <c r="I1092" s="45">
+        <v>0.34615384615384998</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1093" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1093" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1093" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1093" s="44">
+        <v>29</v>
+      </c>
+      <c r="E1093" s="44">
+        <v>7</v>
+      </c>
+      <c r="F1093" s="45">
+        <v>0.24137931034483001</v>
+      </c>
+      <c r="G1093" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1093" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1093" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1094" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1094" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1094" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1094" s="44">
+        <v>24</v>
+      </c>
+      <c r="E1094" s="44">
+        <v>3</v>
+      </c>
+      <c r="F1094" s="45">
+        <v>0.125</v>
+      </c>
+      <c r="G1094" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1094" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1094" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1095" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1095" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1095" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1095" s="44">
+        <v>255</v>
+      </c>
+      <c r="E1095" s="44">
+        <v>29</v>
+      </c>
+      <c r="F1095" s="45">
+        <v>0.11372549019608</v>
+      </c>
+      <c r="G1095" s="44">
+        <v>127</v>
+      </c>
+      <c r="H1095" s="44">
+        <v>14</v>
+      </c>
+      <c r="I1095" s="45">
+        <v>0.11023622047244</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1096" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1096" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1096" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1096" s="44">
+        <v>0</v>
+      </c>
+      <c r="E1096" s="44">
+        <v>0</v>
+      </c>
+      <c r="F1096" s="45">
+        <v>0</v>
+      </c>
+      <c r="G1096" s="44">
+        <v>6</v>
+      </c>
+      <c r="H1096" s="44">
+        <v>2</v>
+      </c>
+      <c r="I1096" s="45">
+        <v>0.33333333333332998</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1097" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1097" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1097" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1097" s="44">
+        <v>14</v>
+      </c>
+      <c r="E1097" s="44">
+        <v>1</v>
+      </c>
+      <c r="F1097" s="45">
+        <v>7.1428571428569995E-2</v>
+      </c>
+      <c r="G1097" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1097" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1097" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1098" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1098" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1098" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1098" s="44">
+        <v>8</v>
+      </c>
+      <c r="E1098" s="44">
+        <v>0</v>
+      </c>
+      <c r="F1098" s="45">
+        <v>0</v>
+      </c>
+      <c r="G1098" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1098" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1098" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1099" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1099" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1099" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1099" s="44">
+        <v>271</v>
+      </c>
+      <c r="E1099" s="44">
+        <v>28</v>
+      </c>
+      <c r="F1099" s="45">
+        <v>0.10332103321033</v>
+      </c>
+      <c r="G1099" s="44">
+        <v>106</v>
+      </c>
+      <c r="H1099" s="44">
+        <v>6</v>
+      </c>
+      <c r="I1099" s="45">
+        <v>5.6603773584909998E-2</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1100" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1100" s="43" t="s">
+        <v>21</v>
+      </c>
+      <c r="C1100" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1100" s="44">
+        <v>0</v>
+      </c>
+      <c r="E1100" s="44">
+        <v>0</v>
+      </c>
+      <c r="F1100" s="45">
+        <v>0</v>
+      </c>
+      <c r="G1100" s="44">
+        <v>1</v>
+      </c>
+      <c r="H1100" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1100" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1101" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1101" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="C1101" s="65" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1101" s="44">
+        <v>12</v>
+      </c>
+      <c r="E1101" s="44">
+        <v>2</v>
+      </c>
+      <c r="F1101" s="45">
+        <v>0.16666666666666999</v>
+      </c>
+      <c r="G1101" s="44">
+        <v>0</v>
+      </c>
+      <c r="H1101" s="44">
+        <v>0</v>
+      </c>
+      <c r="I1101" s="45">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1102" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1102" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="C1102" s="65" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1102" s="44">
+        <v>1609</v>
+      </c>
+      <c r="E1102" s="44">
+        <v>193</v>
+      </c>
+      <c r="F1102" s="45">
+        <v>0.11995027967682</v>
+      </c>
+      <c r="G1102" s="44">
+        <v>175</v>
+      </c>
+      <c r="H1102" s="44">
+        <v>39</v>
+      </c>
+      <c r="I1102" s="45">
+        <v>0.22285714285714001</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1103" s="42">
+        <v>2025</v>
+      </c>
+      <c r="B1103" s="43" t="s">
+        <v>22</v>
+      </c>
+      <c r="C1103" s="65" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1103" s="44">
+        <v>7</v>
+      </c>
+      <c r="E1103" s="44">
+        <v>3</v>
+      </c>
+      <c r="F1103" s="45">
+        <v>0.42857142857142999</v>
+      </c>
+      <c r="G1103" s="44">
+        <v>4</v>
+      </c>
+      <c r="H1103" s="44">
+        <v>1</v>
+      </c>
+      <c r="I1103" s="45">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1104" s="46">
+        <v>2025</v>
+      </c>
+      <c r="B1104" s="47" t="s">
+        <v>39</v>
+      </c>
+      <c r="C1104" s="66" t="s">
+        <v>36</v>
+      </c>
+      <c r="D1104" s="48">
+        <v>6336</v>
+      </c>
+      <c r="E1104" s="48">
+        <v>1449</v>
+      </c>
+      <c r="F1104" s="49">
+        <v>0.22869318181817999</v>
+      </c>
+      <c r="G1104" s="48">
+        <v>0</v>
+      </c>
+      <c r="H1104" s="48">
+        <v>0</v>
+      </c>
+      <c r="I1104" s="49">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1105" s="46">
+        <v>2025</v>
+      </c>
+      <c r="B1105" s="47" t="s">
+        <v>39</v>
+      </c>
+      <c r="C1105" s="66" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1105" s="48">
+        <v>4623</v>
+      </c>
+      <c r="E1105" s="48">
+        <v>1061</v>
+      </c>
+      <c r="F1105" s="49">
+        <v>0.22950465065973999</v>
+      </c>
+      <c r="G1105" s="48">
+        <v>46</v>
+      </c>
+      <c r="H1105" s="48">
+        <v>24</v>
+      </c>
+      <c r="I1105" s="49">
+        <v>0.52173913043478004</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1106" s="46">
+        <v>2025</v>
+      </c>
+      <c r="B1106" s="47" t="s">
+        <v>39</v>
+      </c>
+      <c r="C1106" s="66" t="s">
+        <v>24</v>
+      </c>
+      <c r="D1106" s="48">
+        <v>55350</v>
+      </c>
+      <c r="E1106" s="48">
+        <v>7199</v>
+      </c>
+      <c r="F1106" s="49">
+        <v>0.13006323396566999</v>
+      </c>
+      <c r="G1106" s="48">
+        <v>24372</v>
+      </c>
+      <c r="H1106" s="48">
+        <v>2986</v>
+      </c>
+      <c r="I1106" s="49">
+        <v>0.12251764319711</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1107" s="46">
+        <v>2025</v>
+      </c>
+      <c r="B1107" s="47" t="s">
+        <v>39</v>
+      </c>
+      <c r="C1107" s="66" t="s">
+        <v>54</v>
+      </c>
+      <c r="D1107" s="48">
+        <v>290</v>
+      </c>
+      <c r="E1107" s="48">
+        <v>157</v>
+      </c>
+      <c r="F1107" s="49">
+        <v>0.54137931034483</v>
+      </c>
+      <c r="G1107" s="48">
+        <v>582</v>
+      </c>
+      <c r="H1107" s="48">
+        <v>222</v>
+      </c>
+      <c r="I1107" s="49">
+        <v>0.38144329896906998</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1108" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B1108" s="51" t="s">
+        <v>40</v>
+      </c>
+      <c r="C1108" s="51" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1108" s="52">
+        <v>66599</v>
+      </c>
+      <c r="E1108" s="52">
+        <v>9866</v>
+      </c>
+      <c r="F1108" s="53">
+        <v>0.14814036246789999</v>
+      </c>
+      <c r="G1108" s="52">
+        <v>25000</v>
+      </c>
+      <c r="H1108" s="52">
+        <v>3232</v>
+      </c>
+      <c r="I1108" s="53">
+        <v>0.12928000000000001</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="95" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C427A7D8-25DD-4652-8B2A-0AF901350B55}">
   <dimension ref="A1:AB10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="29.44140625" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="10" max="16384" width="8.88671875" style="3"/>
+    <col min="1" max="1" width="29.42578125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="125.7109375" style="3" customWidth="1"/>
+    <col min="3" max="8" width="8.85546875" style="3"/>
+    <col min="9" max="9" width="17.7109375" style="3" customWidth="1"/>
+    <col min="10" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" s="13" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:28" s="13" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="56" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C1" s="57"/>
       <c r="D1" s="57"/>
       <c r="E1" s="57"/>
       <c r="F1" s="57"/>
       <c r="G1" s="57"/>
       <c r="H1" s="57"/>
       <c r="I1" s="57"/>
       <c r="J1" s="57"/>
       <c r="K1" s="57"/>
       <c r="L1" s="57"/>
       <c r="M1" s="57"/>
       <c r="N1" s="57"/>
       <c r="O1" s="57"/>
     </row>
-    <row r="2" spans="1:28" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>39</v>
+    <row r="2" spans="1:28" ht="84.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="60" t="s">
+        <v>38</v>
       </c>
       <c r="B2" s="7" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
       <c r="H2" s="11"/>
       <c r="I2" s="11"/>
     </row>
-    <row r="3" spans="1:28" ht="39" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-        <v>26</v>
+    <row r="3" spans="1:28" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="61" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" s="63" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4" spans="1:28" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="62" t="s">
+        <v>25</v>
       </c>
       <c r="B4" s="8" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D4" s="10"/>
       <c r="E4" s="10"/>
       <c r="F4" s="10"/>
       <c r="G4" s="10"/>
       <c r="H4" s="10"/>
       <c r="I4" s="10"/>
     </row>
-    <row r="5" spans="1:28" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>51</v>
+    <row r="5" spans="1:28" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="62" t="s">
+        <v>47</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D5" s="10"/>
       <c r="E5" s="10"/>
       <c r="F5" s="10"/>
       <c r="G5" s="10"/>
       <c r="H5" s="10"/>
       <c r="I5" s="10"/>
     </row>
-    <row r="6" spans="1:28" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>47</v>
+    <row r="6" spans="1:28" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="64" t="s">
+        <v>51</v>
       </c>
       <c r="C6" s="58"/>
       <c r="D6" s="58"/>
       <c r="E6" s="58"/>
       <c r="F6" s="58"/>
       <c r="G6" s="58"/>
       <c r="H6" s="58"/>
       <c r="I6" s="58"/>
       <c r="J6" s="58"/>
       <c r="K6" s="58"/>
       <c r="L6" s="58"/>
       <c r="M6" s="58"/>
       <c r="N6" s="58"/>
       <c r="O6" s="58"/>
       <c r="P6" s="58"/>
       <c r="Q6" s="58"/>
       <c r="R6" s="58"/>
       <c r="S6" s="58"/>
       <c r="T6" s="58"/>
       <c r="U6" s="58"/>
       <c r="V6" s="58"/>
       <c r="W6" s="58"/>
       <c r="X6" s="58"/>
       <c r="Y6" s="58"/>
       <c r="Z6" s="58"/>
       <c r="AA6" s="58"/>
       <c r="AB6" s="58"/>
     </row>
-    <row r="7" spans="1:28" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="9" spans="1:28" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:28" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="59" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8" spans="1:28" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="59" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9" spans="1:28" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="12" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:28" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10" spans="1:28" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="12"/>
       <c r="B10" s="9"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A6" r:id="rId1" display="Source: NIH PUB File" xr:uid="{B7EF3D97-37AA-4DEB-BFDB-97E4574220C7}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A7" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{29141490-C2E6-4746-89EE-D6F243D3440E}"/>
+    <hyperlink ref="A8" r:id="rId1" xr:uid="{C61CD2BB-FB5C-44CF-8E2A-01D02629EAAC}"/>
+    <hyperlink ref="A7" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{29141490-C2E6-4746-89EE-D6F243D3440E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">130-23</Password>
     <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
     <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
-    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">959</RePORT_x0023_>
     <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst1>
     <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">130</Table_x0023_>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
     <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Url>https://report.nih.gov/reportweb/web/displayreport?rId=959</Url>
       <Description>Research (Rs), Training (Ts), and Fellowship (Fs) Grants: Competing applications, awards, and award rates, by Institute/Center and single or multiple principal investigator status</Description>
     </RePORTTitleandLink>
     <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Liang, Shuwen (NIH/OD) [E]</DisplayName>
         <AccountId>32</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst2>
     <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -31298,50 +34197,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -31437,107 +34341,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFCEF55A-7334-4FCE-A17E-45658241DA5E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E108C181-6834-49EF-9357-EFC2F8E2357C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFCEF55A-7334-4FCE-A17E-45658241DA5E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69B623CA-F995-491C-A923-E853EC989677}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D7A16E4-95D6-4350-82C0-E71B56E7498D}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CBCAE10-47A1-4E81-89E5-BD0B1172F0D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>