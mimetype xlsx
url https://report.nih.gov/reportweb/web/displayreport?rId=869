--- v0 (2025-11-04)
+++ v1 (2026-03-02)
@@ -5,84 +5,84 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7C7BCBAE-DBB2-4A78-AF28-6591DBC48617}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{579EA62E-9FE0-48BD-B58C-3925A8F607B7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #128" sheetId="8" r:id="rId1"/>
     <sheet name="Notes" sheetId="10" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #128'!$A$3:$B$47</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #128'!$2:$3</definedName>
     <definedName name="RequestType">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="38">
   <si>
     <t>FY</t>
   </si>
   <si>
     <t>Small Business Organizations Only</t>
   </si>
   <si>
     <t>Fast Track</t>
   </si>
   <si>
     <t>Phase I</t>
   </si>
   <si>
     <t>Phase II</t>
   </si>
   <si>
     <t>Defined as the aggregate of all of the subtypes of organizations shown in this table.</t>
   </si>
   <si>
     <t xml:space="preserve">NIH mechanism that expedites the decision and award of SBIR and STTR funding for scientifically meritorious applications that have a high potential for commercialization. </t>
   </si>
   <si>
     <t>STTR Grants defined as activity codes R41, R42, UT1 and UT2 activity codes.</t>
   </si>
   <si>
@@ -137,132 +137,50 @@
     <t>Defined as activity code SB1 and UB1.</t>
   </si>
   <si>
     <t>Direct Phase II</t>
   </si>
   <si>
     <t xml:space="preserve">A pilot SBIR Direct to Phase II solicitation, which permits small businesses to receive a Phase II award even if they have not previously received a Phase I award for the research/research and development of their technology. In order to be eligible for the Pilot SBIR Direct Phase II award, the small business must have performed the Phase I stage-type of research through other funding sources. The Direct-to-Phase II authority is not available to the STTR program. Direct Phase II applications are considered new (Type 1) in the NIH grant numbering system
 </t>
   </si>
   <si>
     <t xml:space="preserve">Award level used to establish the technical/scientific merit and feasibility of the proposed R/R&amp;D efforts. SBIR Phase I awards normally may not exceed $150,000 total (direct costs, facilities and administrative (F&amp;A)/indirect costs, and fee) for a period normally not to exceed 6 months. STTR Phase I awards normally may not exceed $150,000 total for a period of 1 year. </t>
   </si>
   <si>
     <t xml:space="preserve">Award level used to continue the research or R&amp;D efforts initiated in Phase I. Funding shall be based on the results of Phase I and the scientific and technical merit and commercial potential of the Phase II application. SBIR Phase II awards normally may not exceed $1,000,000 and STTR Phase II awards normally may not exceed $1,000,000 total (direct costs, F&amp;A/indirect costs, and fee) for a period normally not to exceed 2 years. </t>
   </si>
   <si>
     <t>Awards that are intended to provide follow-on funding to small businesses for projects that require extraordinary time and effort in the R&amp;D phase and may or may not require FDA approval for the development of projects such as drugs, devices, vaccines, therapeutics, and medical implants. Not all ICs offer Phase IIB awards, and depending on the IC, the budget may be requested for up to $1M per year for up to 3 years. Phase IIB awards are available to both the SBIR and STTR programs. Phase IIB applications are considered renewals (Type 2) in the NIH grant numbering system.</t>
   </si>
   <si>
     <t>Small Business Technology Tranfer (STTR) Grants</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
-        <sz val="12"/>
-[...80 lines deleted...]
-        <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -271,70 +189,119 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Small Busines Type</t>
   </si>
   <si>
     <t>Company Ownership</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Source: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NIH PUB File</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Table #128: NIH Small Business Technology Transfer Grants</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - Number of Competing Applications and Awards and Total Funding by Phase and Small Business Type, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="####0"/>
     <numFmt numFmtId="166" formatCode="\$#,##0"/>
   </numFmts>
-  <fonts count="45" x14ac:knownFonts="1">
+  <fonts count="46" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -576,69 +543,74 @@
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="64"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
-[...5 lines deleted...]
-      <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="37">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
@@ -1198,67 +1170,67 @@
     </xf>
     <xf numFmtId="6" fontId="28" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="29" fillId="33" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="33" borderId="0" xfId="41" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="33" borderId="0" xfId="41" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="33" borderId="0" xfId="41" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="33" borderId="0" xfId="52" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="33" borderId="0" xfId="55" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="30" fillId="33" borderId="0" xfId="55" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="35" borderId="0" xfId="54" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="35" borderId="0" xfId="54" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="35" borderId="0" xfId="54" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="35" borderId="0" xfId="54" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="35" borderId="0" xfId="54" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="164" fontId="41" fillId="36" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="34" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="34" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="33" borderId="0" xfId="55" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="57">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
@@ -1601,142 +1573,142 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="3" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:U52"/>
+  <dimension ref="A1:U57"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="31" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="22" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="15.7109375" style="31" customWidth="1"/>
+    <col min="2" max="2" width="25.7109375" style="31" customWidth="1"/>
+    <col min="3" max="4" width="20.7109375" style="28" customWidth="1"/>
+    <col min="5" max="5" width="25.7109375" style="28" customWidth="1"/>
+    <col min="6" max="7" width="20.7109375" style="28" customWidth="1"/>
+    <col min="8" max="8" width="25.7109375" style="28" customWidth="1"/>
+    <col min="9" max="10" width="20.7109375" style="28" customWidth="1"/>
+    <col min="11" max="11" width="25.7109375" style="28" customWidth="1"/>
+    <col min="12" max="13" width="20.7109375" style="28" customWidth="1"/>
+    <col min="14" max="14" width="25.7109375" style="28" customWidth="1"/>
+    <col min="15" max="16" width="20.7109375" style="28" customWidth="1"/>
+    <col min="17" max="17" width="25.7109375" style="28" customWidth="1"/>
+    <col min="18" max="19" width="20.7109375" style="28" customWidth="1"/>
+    <col min="20" max="20" width="25.7109375" style="28" customWidth="1"/>
+    <col min="21" max="21" width="8.85546875" style="13"/>
+    <col min="22" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" s="23" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:21" s="23" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="16" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
       <c r="H1" s="27"/>
       <c r="I1" s="27"/>
       <c r="J1" s="27"/>
       <c r="K1" s="27"/>
       <c r="L1" s="27"/>
       <c r="M1" s="27"/>
       <c r="N1" s="27"/>
       <c r="O1" s="27"/>
       <c r="P1" s="27"/>
       <c r="Q1" s="27"/>
       <c r="R1" s="27"/>
       <c r="S1" s="27"/>
       <c r="T1" s="27"/>
       <c r="U1" s="24"/>
     </row>
-    <row r="2" spans="1:21" s="14" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:21" s="14" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C2" s="59" t="s">
         <v>12</v>
       </c>
       <c r="D2" s="60"/>
       <c r="E2" s="61"/>
       <c r="F2" s="59" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="60"/>
       <c r="H2" s="61"/>
       <c r="I2" s="59" t="s">
         <v>14</v>
       </c>
       <c r="J2" s="60"/>
       <c r="K2" s="61"/>
       <c r="L2" s="59" t="s">
         <v>1</v>
       </c>
       <c r="M2" s="60"/>
       <c r="N2" s="61"/>
       <c r="O2" s="59" t="s">
         <v>10</v>
       </c>
       <c r="P2" s="60"/>
       <c r="Q2" s="61"/>
       <c r="R2" s="59" t="s">
         <v>15</v>
       </c>
       <c r="S2" s="60"/>
       <c r="T2" s="61"/>
     </row>
-    <row r="3" spans="1:21" s="15" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:21" s="15" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="11" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>17</v>
       </c>
       <c r="E3" s="11" t="s">
         <v>18</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="11" t="s">
         <v>17</v>
       </c>
       <c r="H3" s="11" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="11" t="s">
@@ -1754,51 +1726,51 @@
       <c r="M3" s="11" t="s">
         <v>17</v>
       </c>
       <c r="N3" s="11" t="s">
         <v>18</v>
       </c>
       <c r="O3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="P3" s="11" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="11" t="s">
         <v>18</v>
       </c>
       <c r="R3" s="11" t="s">
         <v>16</v>
       </c>
       <c r="S3" s="11" t="s">
         <v>17</v>
       </c>
       <c r="T3" s="11" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="4" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="30">
         <v>2015</v>
       </c>
       <c r="B4" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="25">
         <v>5</v>
       </c>
       <c r="D4" s="25">
         <v>1</v>
       </c>
       <c r="E4" s="32">
         <v>296345</v>
       </c>
       <c r="F4" s="25">
         <v>0</v>
       </c>
       <c r="G4" s="25">
         <v>0</v>
       </c>
       <c r="H4" s="32">
         <v>0</v>
       </c>
       <c r="I4" s="25">
@@ -1816,51 +1788,51 @@
       <c r="M4" s="25">
         <v>9</v>
       </c>
       <c r="N4" s="32">
         <v>1875564</v>
       </c>
       <c r="O4" s="25">
         <v>0</v>
       </c>
       <c r="P4" s="25">
         <v>0</v>
       </c>
       <c r="Q4" s="32">
         <v>0</v>
       </c>
       <c r="R4" s="33">
         <v>68</v>
       </c>
       <c r="S4" s="33">
         <v>10</v>
       </c>
       <c r="T4" s="32">
         <v>2171909</v>
       </c>
     </row>
-    <row r="5" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="30">
         <v>2015</v>
       </c>
       <c r="B5" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="25">
         <v>112</v>
       </c>
       <c r="D5" s="25">
         <v>18</v>
       </c>
       <c r="E5" s="32">
         <v>4282513</v>
       </c>
       <c r="F5" s="25">
         <v>29</v>
       </c>
       <c r="G5" s="25">
         <v>4</v>
       </c>
       <c r="H5" s="32">
         <v>769880</v>
       </c>
       <c r="I5" s="25">
@@ -1879,51 +1851,51 @@
         <v>129</v>
       </c>
       <c r="N5" s="32">
         <v>29283039</v>
       </c>
       <c r="O5" s="25">
         <v>0</v>
       </c>
       <c r="P5" s="25">
         <v>0</v>
       </c>
       <c r="Q5" s="32">
         <v>0</v>
       </c>
       <c r="R5" s="33">
         <v>1017</v>
       </c>
       <c r="S5" s="33">
         <v>151</v>
       </c>
       <c r="T5" s="32">
         <v>34335432</v>
       </c>
       <c r="U5" s="12"/>
     </row>
-    <row r="6" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="30">
         <v>2015</v>
       </c>
       <c r="B6" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="25">
         <v>11</v>
       </c>
       <c r="D6" s="25">
         <v>3</v>
       </c>
       <c r="E6" s="32">
         <v>2263900</v>
       </c>
       <c r="F6" s="25">
         <v>1</v>
       </c>
       <c r="G6" s="25">
         <v>0</v>
       </c>
       <c r="H6" s="32">
         <v>0</v>
       </c>
       <c r="I6" s="25">
@@ -1942,51 +1914,51 @@
         <v>27</v>
       </c>
       <c r="N6" s="32">
         <v>18702850</v>
       </c>
       <c r="O6" s="25">
         <v>0</v>
       </c>
       <c r="P6" s="25">
         <v>0</v>
       </c>
       <c r="Q6" s="32">
         <v>0</v>
       </c>
       <c r="R6" s="33">
         <v>101</v>
       </c>
       <c r="S6" s="33">
         <v>30</v>
       </c>
       <c r="T6" s="32">
         <v>20966750</v>
       </c>
       <c r="U6" s="12"/>
     </row>
-    <row r="7" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="30">
         <v>2015</v>
       </c>
       <c r="B7" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="25">
         <v>11</v>
       </c>
       <c r="D7" s="25">
         <v>3</v>
       </c>
       <c r="E7" s="32">
         <v>2263900</v>
       </c>
       <c r="F7" s="25">
         <v>1</v>
       </c>
       <c r="G7" s="25">
         <v>0</v>
       </c>
       <c r="H7" s="32">
         <v>0</v>
       </c>
       <c r="I7" s="25">
@@ -2004,51 +1976,51 @@
       <c r="M7" s="25">
         <v>27</v>
       </c>
       <c r="N7" s="32">
         <v>18702850</v>
       </c>
       <c r="O7" s="25">
         <v>0</v>
       </c>
       <c r="P7" s="25">
         <v>0</v>
       </c>
       <c r="Q7" s="32">
         <v>0</v>
       </c>
       <c r="R7" s="33">
         <v>101</v>
       </c>
       <c r="S7" s="33">
         <v>30</v>
       </c>
       <c r="T7" s="32">
         <v>20966750</v>
       </c>
     </row>
-    <row r="8" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="30">
         <v>2016</v>
       </c>
       <c r="B8" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C8" s="25">
         <v>23</v>
       </c>
       <c r="D8" s="25">
         <v>3</v>
       </c>
       <c r="E8" s="32">
         <v>673441</v>
       </c>
       <c r="F8" s="25">
         <v>5</v>
       </c>
       <c r="G8" s="25">
         <v>0</v>
       </c>
       <c r="H8" s="32">
         <v>0</v>
       </c>
       <c r="I8" s="25">
@@ -2066,51 +2038,51 @@
       <c r="M8" s="25">
         <v>12</v>
       </c>
       <c r="N8" s="32">
         <v>3969571</v>
       </c>
       <c r="O8" s="25">
         <v>0</v>
       </c>
       <c r="P8" s="25">
         <v>0</v>
       </c>
       <c r="Q8" s="32">
         <v>0</v>
       </c>
       <c r="R8" s="33">
         <v>127</v>
       </c>
       <c r="S8" s="33">
         <v>15</v>
       </c>
       <c r="T8" s="32">
         <v>4643012</v>
       </c>
     </row>
-    <row r="9" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="30">
         <v>2016</v>
       </c>
       <c r="B9" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="25">
         <v>176</v>
       </c>
       <c r="D9" s="25">
         <v>21</v>
       </c>
       <c r="E9" s="32">
         <v>4406411</v>
       </c>
       <c r="F9" s="25">
         <v>41</v>
       </c>
       <c r="G9" s="25">
         <v>3</v>
       </c>
       <c r="H9" s="32">
         <v>573696</v>
       </c>
       <c r="I9" s="25">
@@ -2128,51 +2100,51 @@
       <c r="M9" s="25">
         <v>165</v>
       </c>
       <c r="N9" s="32">
         <v>38961659</v>
       </c>
       <c r="O9" s="25">
         <v>0</v>
       </c>
       <c r="P9" s="25">
         <v>0</v>
       </c>
       <c r="Q9" s="32">
         <v>0</v>
       </c>
       <c r="R9" s="33">
         <v>1555</v>
       </c>
       <c r="S9" s="33">
         <v>191</v>
       </c>
       <c r="T9" s="32">
         <v>44316736</v>
       </c>
     </row>
-    <row r="10" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="30">
         <v>2016</v>
       </c>
       <c r="B10" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="25">
         <v>19</v>
       </c>
       <c r="D10" s="25">
         <v>4</v>
       </c>
       <c r="E10" s="32">
         <v>2599682</v>
       </c>
       <c r="F10" s="25">
         <v>4</v>
       </c>
       <c r="G10" s="25">
         <v>1</v>
       </c>
       <c r="H10" s="32">
         <v>802553</v>
       </c>
       <c r="I10" s="25">
@@ -2190,51 +2162,51 @@
       <c r="M10" s="25">
         <v>32</v>
       </c>
       <c r="N10" s="32">
         <v>26321848</v>
       </c>
       <c r="O10" s="25">
         <v>0</v>
       </c>
       <c r="P10" s="25">
         <v>0</v>
       </c>
       <c r="Q10" s="32">
         <v>0</v>
       </c>
       <c r="R10" s="33">
         <v>155</v>
       </c>
       <c r="S10" s="33">
         <v>38</v>
       </c>
       <c r="T10" s="32">
         <v>29964963</v>
       </c>
     </row>
-    <row r="11" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="30">
         <v>2016</v>
       </c>
       <c r="B11" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="25">
         <v>19</v>
       </c>
       <c r="D11" s="25">
         <v>4</v>
       </c>
       <c r="E11" s="32">
         <v>2599682</v>
       </c>
       <c r="F11" s="25">
         <v>4</v>
       </c>
       <c r="G11" s="25">
         <v>1</v>
       </c>
       <c r="H11" s="32">
         <v>802553</v>
       </c>
       <c r="I11" s="25">
@@ -2252,51 +2224,51 @@
       <c r="M11" s="25">
         <v>31</v>
       </c>
       <c r="N11" s="32">
         <v>25446772</v>
       </c>
       <c r="O11" s="25">
         <v>0</v>
       </c>
       <c r="P11" s="25">
         <v>0</v>
       </c>
       <c r="Q11" s="32">
         <v>0</v>
       </c>
       <c r="R11" s="33">
         <v>153</v>
       </c>
       <c r="S11" s="33">
         <v>37</v>
       </c>
       <c r="T11" s="32">
         <v>29089887</v>
       </c>
     </row>
-    <row r="12" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="30">
         <v>2016</v>
       </c>
       <c r="B12" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="25">
         <v>0</v>
       </c>
       <c r="D12" s="25">
         <v>0</v>
       </c>
       <c r="E12" s="32">
         <v>0</v>
       </c>
       <c r="F12" s="25">
         <v>0</v>
       </c>
       <c r="G12" s="25">
         <v>0</v>
       </c>
       <c r="H12" s="32">
         <v>0</v>
       </c>
       <c r="I12" s="25">
@@ -2314,51 +2286,51 @@
       <c r="M12" s="25">
         <v>1</v>
       </c>
       <c r="N12" s="32">
         <v>875076</v>
       </c>
       <c r="O12" s="25">
         <v>0</v>
       </c>
       <c r="P12" s="25">
         <v>0</v>
       </c>
       <c r="Q12" s="32">
         <v>0</v>
       </c>
       <c r="R12" s="33">
         <v>2</v>
       </c>
       <c r="S12" s="33">
         <v>1</v>
       </c>
       <c r="T12" s="32">
         <v>875076</v>
       </c>
     </row>
-    <row r="13" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="30">
         <v>2017</v>
       </c>
       <c r="B13" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C13" s="25">
         <v>13</v>
       </c>
       <c r="D13" s="25">
         <v>4</v>
       </c>
       <c r="E13" s="32">
         <v>927813</v>
       </c>
       <c r="F13" s="25">
         <v>6</v>
       </c>
       <c r="G13" s="25">
         <v>0</v>
       </c>
       <c r="H13" s="32">
         <v>0</v>
       </c>
       <c r="I13" s="25">
@@ -2376,51 +2348,51 @@
       <c r="M13" s="25">
         <v>11</v>
       </c>
       <c r="N13" s="32">
         <v>3212241</v>
       </c>
       <c r="O13" s="25">
         <v>0</v>
       </c>
       <c r="P13" s="25">
         <v>0</v>
       </c>
       <c r="Q13" s="32">
         <v>0</v>
       </c>
       <c r="R13" s="33">
         <v>95</v>
       </c>
       <c r="S13" s="33">
         <v>15</v>
       </c>
       <c r="T13" s="32">
         <v>4140054</v>
       </c>
     </row>
-    <row r="14" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="30">
         <v>2017</v>
       </c>
       <c r="B14" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C14" s="25">
         <v>151</v>
       </c>
       <c r="D14" s="25">
         <v>19</v>
       </c>
       <c r="E14" s="32">
         <v>4688968</v>
       </c>
       <c r="F14" s="25">
         <v>22</v>
       </c>
       <c r="G14" s="25">
         <v>3</v>
       </c>
       <c r="H14" s="32">
         <v>718359</v>
       </c>
       <c r="I14" s="25">
@@ -2438,51 +2410,51 @@
       <c r="M14" s="25">
         <v>145</v>
       </c>
       <c r="N14" s="32">
         <v>34678438</v>
       </c>
       <c r="O14" s="25">
         <v>0</v>
       </c>
       <c r="P14" s="25">
         <v>0</v>
       </c>
       <c r="Q14" s="32">
         <v>0</v>
       </c>
       <c r="R14" s="33">
         <v>1175</v>
       </c>
       <c r="S14" s="33">
         <v>169</v>
       </c>
       <c r="T14" s="32">
         <v>40460681</v>
       </c>
     </row>
-    <row r="15" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="30">
         <v>2017</v>
       </c>
       <c r="B15" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="25">
         <v>10</v>
       </c>
       <c r="D15" s="25">
         <v>5</v>
       </c>
       <c r="E15" s="32">
         <v>3485806</v>
       </c>
       <c r="F15" s="25">
         <v>5</v>
       </c>
       <c r="G15" s="25">
         <v>0</v>
       </c>
       <c r="H15" s="32">
         <v>0</v>
       </c>
       <c r="I15" s="25">
@@ -2500,51 +2472,51 @@
       <c r="M15" s="25">
         <v>29</v>
       </c>
       <c r="N15" s="32">
         <v>21821108</v>
       </c>
       <c r="O15" s="25">
         <v>0</v>
       </c>
       <c r="P15" s="25">
         <v>0</v>
       </c>
       <c r="Q15" s="32">
         <v>0</v>
       </c>
       <c r="R15" s="33">
         <v>103</v>
       </c>
       <c r="S15" s="33">
         <v>34</v>
       </c>
       <c r="T15" s="32">
         <v>25306914</v>
       </c>
     </row>
-    <row r="16" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="30">
         <v>2017</v>
       </c>
       <c r="B16" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="25">
         <v>10</v>
       </c>
       <c r="D16" s="25">
         <v>5</v>
       </c>
       <c r="E16" s="32">
         <v>3485806</v>
       </c>
       <c r="F16" s="25">
         <v>5</v>
       </c>
       <c r="G16" s="25">
         <v>0</v>
       </c>
       <c r="H16" s="32">
         <v>0</v>
       </c>
       <c r="I16" s="25">
@@ -2562,51 +2534,51 @@
       <c r="M16" s="25">
         <v>29</v>
       </c>
       <c r="N16" s="32">
         <v>21821108</v>
       </c>
       <c r="O16" s="25">
         <v>0</v>
       </c>
       <c r="P16" s="25">
         <v>0</v>
       </c>
       <c r="Q16" s="32">
         <v>0</v>
       </c>
       <c r="R16" s="33">
         <v>102</v>
       </c>
       <c r="S16" s="33">
         <v>34</v>
       </c>
       <c r="T16" s="32">
         <v>25306914</v>
       </c>
     </row>
-    <row r="17" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="30">
         <v>2017</v>
       </c>
       <c r="B17" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="25">
         <v>0</v>
       </c>
       <c r="D17" s="25">
         <v>0</v>
       </c>
       <c r="E17" s="32">
         <v>0</v>
       </c>
       <c r="F17" s="25">
         <v>0</v>
       </c>
       <c r="G17" s="25">
         <v>0</v>
       </c>
       <c r="H17" s="32">
         <v>0</v>
       </c>
       <c r="I17" s="25">
@@ -2624,51 +2596,51 @@
       <c r="M17" s="25">
         <v>0</v>
       </c>
       <c r="N17" s="32">
         <v>0</v>
       </c>
       <c r="O17" s="25">
         <v>0</v>
       </c>
       <c r="P17" s="25">
         <v>0</v>
       </c>
       <c r="Q17" s="32">
         <v>0</v>
       </c>
       <c r="R17" s="33">
         <v>1</v>
       </c>
       <c r="S17" s="33">
         <v>0</v>
       </c>
       <c r="T17" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="30">
         <v>2018</v>
       </c>
       <c r="B18" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C18" s="25">
         <v>15</v>
       </c>
       <c r="D18" s="25">
         <v>2</v>
       </c>
       <c r="E18" s="32">
         <v>866042</v>
       </c>
       <c r="F18" s="25">
         <v>3</v>
       </c>
       <c r="G18" s="25">
         <v>1</v>
       </c>
       <c r="H18" s="32">
         <v>299998</v>
       </c>
       <c r="I18" s="25">
@@ -2686,51 +2658,51 @@
       <c r="M18" s="25">
         <v>24</v>
       </c>
       <c r="N18" s="32">
         <v>7601457</v>
       </c>
       <c r="O18" s="25">
         <v>0</v>
       </c>
       <c r="P18" s="25">
         <v>0</v>
       </c>
       <c r="Q18" s="32">
         <v>0</v>
       </c>
       <c r="R18" s="33">
         <v>141</v>
       </c>
       <c r="S18" s="33">
         <v>27</v>
       </c>
       <c r="T18" s="32">
         <v>8767497</v>
       </c>
     </row>
-    <row r="19" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="30">
         <v>2018</v>
       </c>
       <c r="B19" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="25">
         <v>155</v>
       </c>
       <c r="D19" s="25">
         <v>22</v>
       </c>
       <c r="E19" s="32">
         <v>5064888</v>
       </c>
       <c r="F19" s="25">
         <v>21</v>
       </c>
       <c r="G19" s="25">
         <v>1</v>
       </c>
       <c r="H19" s="32">
         <v>224579</v>
       </c>
       <c r="I19" s="25">
@@ -2748,51 +2720,51 @@
       <c r="M19" s="25">
         <v>188</v>
       </c>
       <c r="N19" s="32">
         <v>47031100</v>
       </c>
       <c r="O19" s="25">
         <v>0</v>
       </c>
       <c r="P19" s="25">
         <v>0</v>
       </c>
       <c r="Q19" s="32">
         <v>0</v>
       </c>
       <c r="R19" s="33">
         <v>1125</v>
       </c>
       <c r="S19" s="33">
         <v>211</v>
       </c>
       <c r="T19" s="32">
         <v>52320567</v>
       </c>
     </row>
-    <row r="20" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="30">
         <v>2018</v>
       </c>
       <c r="B20" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="25">
         <v>11</v>
       </c>
       <c r="D20" s="25">
         <v>3</v>
       </c>
       <c r="E20" s="32">
         <v>1892932</v>
       </c>
       <c r="F20" s="25">
         <v>2</v>
       </c>
       <c r="G20" s="25">
         <v>0</v>
       </c>
       <c r="H20" s="32">
         <v>0</v>
       </c>
       <c r="I20" s="25">
@@ -2810,51 +2782,51 @@
       <c r="M20" s="25">
         <v>24</v>
       </c>
       <c r="N20" s="32">
         <v>19079480</v>
       </c>
       <c r="O20" s="25">
         <v>0</v>
       </c>
       <c r="P20" s="25">
         <v>0</v>
       </c>
       <c r="Q20" s="32">
         <v>0</v>
       </c>
       <c r="R20" s="33">
         <v>93</v>
       </c>
       <c r="S20" s="33">
         <v>27</v>
       </c>
       <c r="T20" s="32">
         <v>20972412</v>
       </c>
     </row>
-    <row r="21" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="30">
         <v>2018</v>
       </c>
       <c r="B21" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="25">
         <v>11</v>
       </c>
       <c r="D21" s="25">
         <v>3</v>
       </c>
       <c r="E21" s="32">
         <v>1892932</v>
       </c>
       <c r="F21" s="25">
         <v>2</v>
       </c>
       <c r="G21" s="25">
         <v>0</v>
       </c>
       <c r="H21" s="32">
         <v>0</v>
       </c>
       <c r="I21" s="25">
@@ -2872,51 +2844,51 @@
       <c r="M21" s="25">
         <v>24</v>
       </c>
       <c r="N21" s="32">
         <v>19079480</v>
       </c>
       <c r="O21" s="25">
         <v>0</v>
       </c>
       <c r="P21" s="25">
         <v>0</v>
       </c>
       <c r="Q21" s="32">
         <v>0</v>
       </c>
       <c r="R21" s="33">
         <v>91</v>
       </c>
       <c r="S21" s="33">
         <v>27</v>
       </c>
       <c r="T21" s="32">
         <v>20972412</v>
       </c>
     </row>
-    <row r="22" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="30">
         <v>2018</v>
       </c>
       <c r="B22" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C22" s="25">
         <v>0</v>
       </c>
       <c r="D22" s="25">
         <v>0</v>
       </c>
       <c r="E22" s="32">
         <v>0</v>
       </c>
       <c r="F22" s="25">
         <v>0</v>
       </c>
       <c r="G22" s="25">
         <v>0</v>
       </c>
       <c r="H22" s="32">
         <v>0</v>
       </c>
       <c r="I22" s="25">
@@ -2934,51 +2906,51 @@
       <c r="M22" s="25">
         <v>0</v>
       </c>
       <c r="N22" s="32">
         <v>0</v>
       </c>
       <c r="O22" s="25">
         <v>0</v>
       </c>
       <c r="P22" s="25">
         <v>0</v>
       </c>
       <c r="Q22" s="32">
         <v>0</v>
       </c>
       <c r="R22" s="33">
         <v>2</v>
       </c>
       <c r="S22" s="33">
         <v>0</v>
       </c>
       <c r="T22" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="30">
         <v>2019</v>
       </c>
       <c r="B23" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="25">
         <v>7</v>
       </c>
       <c r="D23" s="25">
         <v>0</v>
       </c>
       <c r="E23" s="32">
         <v>0</v>
       </c>
       <c r="F23" s="25">
         <v>2</v>
       </c>
       <c r="G23" s="25">
         <v>0</v>
       </c>
       <c r="H23" s="32">
         <v>0</v>
       </c>
       <c r="I23" s="25">
@@ -2996,51 +2968,51 @@
       <c r="M23" s="25">
         <v>19</v>
       </c>
       <c r="N23" s="32">
         <v>4767367</v>
       </c>
       <c r="O23" s="25">
         <v>0</v>
       </c>
       <c r="P23" s="25">
         <v>0</v>
       </c>
       <c r="Q23" s="32">
         <v>0</v>
       </c>
       <c r="R23" s="33">
         <v>118</v>
       </c>
       <c r="S23" s="33">
         <v>19</v>
       </c>
       <c r="T23" s="32">
         <v>4767367</v>
       </c>
     </row>
-    <row r="24" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="30">
         <v>2019</v>
       </c>
       <c r="B24" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="25">
         <v>115</v>
       </c>
       <c r="D24" s="25">
         <v>26</v>
       </c>
       <c r="E24" s="32">
         <v>6392510</v>
       </c>
       <c r="F24" s="25">
         <v>11</v>
       </c>
       <c r="G24" s="25">
         <v>4</v>
       </c>
       <c r="H24" s="32">
         <v>894741</v>
       </c>
       <c r="I24" s="25">
@@ -3058,51 +3030,51 @@
       <c r="M24" s="25">
         <v>159</v>
       </c>
       <c r="N24" s="32">
         <v>40473380</v>
       </c>
       <c r="O24" s="25">
         <v>0</v>
       </c>
       <c r="P24" s="25">
         <v>0</v>
       </c>
       <c r="Q24" s="32">
         <v>0</v>
       </c>
       <c r="R24" s="33">
         <v>1080</v>
       </c>
       <c r="S24" s="33">
         <v>192</v>
       </c>
       <c r="T24" s="32">
         <v>48554208</v>
       </c>
     </row>
-    <row r="25" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="30">
         <v>2019</v>
       </c>
       <c r="B25" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="25">
         <v>9</v>
       </c>
       <c r="D25" s="25">
         <v>1</v>
       </c>
       <c r="E25" s="32">
         <v>705771</v>
       </c>
       <c r="F25" s="25">
         <v>3</v>
       </c>
       <c r="G25" s="25">
         <v>1</v>
       </c>
       <c r="H25" s="32">
         <v>500000</v>
       </c>
       <c r="I25" s="25">
@@ -3120,51 +3092,51 @@
       <c r="M25" s="25">
         <v>29</v>
       </c>
       <c r="N25" s="32">
         <v>22217870</v>
       </c>
       <c r="O25" s="25">
         <v>0</v>
       </c>
       <c r="P25" s="25">
         <v>0</v>
       </c>
       <c r="Q25" s="32">
         <v>0</v>
       </c>
       <c r="R25" s="33">
         <v>89</v>
       </c>
       <c r="S25" s="33">
         <v>31</v>
       </c>
       <c r="T25" s="32">
         <v>23423641</v>
       </c>
     </row>
-    <row r="26" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="30">
         <v>2019</v>
       </c>
       <c r="B26" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="25">
         <v>9</v>
       </c>
       <c r="D26" s="25">
         <v>1</v>
       </c>
       <c r="E26" s="32">
         <v>705771</v>
       </c>
       <c r="F26" s="25">
         <v>3</v>
       </c>
       <c r="G26" s="25">
         <v>1</v>
       </c>
       <c r="H26" s="32">
         <v>500000</v>
       </c>
       <c r="I26" s="25">
@@ -3182,51 +3154,51 @@
       <c r="M26" s="25">
         <v>28</v>
       </c>
       <c r="N26" s="32">
         <v>21206280</v>
       </c>
       <c r="O26" s="25">
         <v>0</v>
       </c>
       <c r="P26" s="25">
         <v>0</v>
       </c>
       <c r="Q26" s="32">
         <v>0</v>
       </c>
       <c r="R26" s="33">
         <v>87</v>
       </c>
       <c r="S26" s="33">
         <v>30</v>
       </c>
       <c r="T26" s="32">
         <v>22412051</v>
       </c>
     </row>
-    <row r="27" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="30">
         <v>2019</v>
       </c>
       <c r="B27" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C27" s="25">
         <v>0</v>
       </c>
       <c r="D27" s="25">
         <v>0</v>
       </c>
       <c r="E27" s="32">
         <v>0</v>
       </c>
       <c r="F27" s="25">
         <v>0</v>
       </c>
       <c r="G27" s="25">
         <v>0</v>
       </c>
       <c r="H27" s="32">
         <v>0</v>
       </c>
       <c r="I27" s="25">
@@ -3244,51 +3216,51 @@
       <c r="M27" s="25">
         <v>1</v>
       </c>
       <c r="N27" s="32">
         <v>1011590</v>
       </c>
       <c r="O27" s="25">
         <v>0</v>
       </c>
       <c r="P27" s="25">
         <v>0</v>
       </c>
       <c r="Q27" s="32">
         <v>0</v>
       </c>
       <c r="R27" s="33">
         <v>2</v>
       </c>
       <c r="S27" s="33">
         <v>1</v>
       </c>
       <c r="T27" s="32">
         <v>1011590</v>
       </c>
     </row>
-    <row r="28" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="30">
         <v>2020</v>
       </c>
       <c r="B28" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C28" s="25">
         <v>2</v>
       </c>
       <c r="D28" s="25">
         <v>1</v>
       </c>
       <c r="E28" s="32">
         <v>989930</v>
       </c>
       <c r="F28" s="25">
         <v>0</v>
       </c>
       <c r="G28" s="25">
         <v>0</v>
       </c>
       <c r="H28" s="32">
         <v>0</v>
       </c>
       <c r="I28" s="25">
@@ -3306,51 +3278,51 @@
       <c r="M28" s="25">
         <v>19</v>
       </c>
       <c r="N28" s="32">
         <v>6043787</v>
       </c>
       <c r="O28" s="25">
         <v>0</v>
       </c>
       <c r="P28" s="25">
         <v>0</v>
       </c>
       <c r="Q28" s="32">
         <v>0</v>
       </c>
       <c r="R28" s="33">
         <v>121</v>
       </c>
       <c r="S28" s="33">
         <v>20</v>
       </c>
       <c r="T28" s="32">
         <v>7033717</v>
       </c>
     </row>
-    <row r="29" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="30">
         <v>2020</v>
       </c>
       <c r="B29" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="25">
         <v>16</v>
       </c>
       <c r="D29" s="25">
         <v>2</v>
       </c>
       <c r="E29" s="32">
         <v>473019</v>
       </c>
       <c r="F29" s="25">
         <v>6</v>
       </c>
       <c r="G29" s="25">
         <v>0</v>
       </c>
       <c r="H29" s="32">
         <v>0</v>
       </c>
       <c r="I29" s="25">
@@ -3368,51 +3340,51 @@
       <c r="M29" s="25">
         <v>184</v>
       </c>
       <c r="N29" s="32">
         <v>52331631</v>
       </c>
       <c r="O29" s="25">
         <v>0</v>
       </c>
       <c r="P29" s="25">
         <v>0</v>
       </c>
       <c r="Q29" s="32">
         <v>0</v>
       </c>
       <c r="R29" s="33">
         <v>1197</v>
       </c>
       <c r="S29" s="33">
         <v>186</v>
       </c>
       <c r="T29" s="32">
         <v>52804650</v>
       </c>
     </row>
-    <row r="30" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="30">
         <v>2020</v>
       </c>
       <c r="B30" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="25">
         <v>1</v>
       </c>
       <c r="D30" s="25">
         <v>0</v>
       </c>
       <c r="E30" s="32">
         <v>0</v>
       </c>
       <c r="F30" s="25">
         <v>1</v>
       </c>
       <c r="G30" s="25">
         <v>0</v>
       </c>
       <c r="H30" s="32">
         <v>0</v>
       </c>
       <c r="I30" s="25">
@@ -3430,51 +3402,51 @@
       <c r="M30" s="25">
         <v>28</v>
       </c>
       <c r="N30" s="32">
         <v>24622313</v>
       </c>
       <c r="O30" s="25">
         <v>0</v>
       </c>
       <c r="P30" s="25">
         <v>0</v>
       </c>
       <c r="Q30" s="32">
         <v>0</v>
       </c>
       <c r="R30" s="33">
         <v>120</v>
       </c>
       <c r="S30" s="33">
         <v>28</v>
       </c>
       <c r="T30" s="32">
         <v>24622313</v>
       </c>
     </row>
-    <row r="31" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="30">
         <v>2020</v>
       </c>
       <c r="B31" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="25">
         <v>1</v>
       </c>
       <c r="D31" s="25">
         <v>0</v>
       </c>
       <c r="E31" s="32">
         <v>0</v>
       </c>
       <c r="F31" s="25">
         <v>1</v>
       </c>
       <c r="G31" s="25">
         <v>0</v>
       </c>
       <c r="H31" s="32">
         <v>0</v>
       </c>
       <c r="I31" s="25">
@@ -3492,51 +3464,51 @@
       <c r="M31" s="25">
         <v>27</v>
       </c>
       <c r="N31" s="32">
         <v>23622313</v>
       </c>
       <c r="O31" s="25">
         <v>0</v>
       </c>
       <c r="P31" s="25">
         <v>0</v>
       </c>
       <c r="Q31" s="32">
         <v>0</v>
       </c>
       <c r="R31" s="33">
         <v>115</v>
       </c>
       <c r="S31" s="33">
         <v>27</v>
       </c>
       <c r="T31" s="32">
         <v>23622313</v>
       </c>
     </row>
-    <row r="32" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="30">
         <v>2020</v>
       </c>
       <c r="B32" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="25">
         <v>0</v>
       </c>
       <c r="D32" s="25">
         <v>0</v>
       </c>
       <c r="E32" s="32">
         <v>0</v>
       </c>
       <c r="F32" s="25">
         <v>0</v>
       </c>
       <c r="G32" s="25">
         <v>0</v>
       </c>
       <c r="H32" s="32">
         <v>0</v>
       </c>
       <c r="I32" s="25">
@@ -3554,51 +3526,51 @@
       <c r="M32" s="25">
         <v>1</v>
       </c>
       <c r="N32" s="32">
         <v>1000000</v>
       </c>
       <c r="O32" s="25">
         <v>0</v>
       </c>
       <c r="P32" s="25">
         <v>0</v>
       </c>
       <c r="Q32" s="32">
         <v>0</v>
       </c>
       <c r="R32" s="33">
         <v>5</v>
       </c>
       <c r="S32" s="33">
         <v>1</v>
       </c>
       <c r="T32" s="32">
         <v>1000000</v>
       </c>
     </row>
-    <row r="33" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="30">
         <v>2021</v>
       </c>
       <c r="B33" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C33" s="25">
         <v>16</v>
       </c>
       <c r="D33" s="25">
         <v>3</v>
       </c>
       <c r="E33" s="32">
         <v>799990</v>
       </c>
       <c r="F33" s="25">
         <v>19</v>
       </c>
       <c r="G33" s="25">
         <v>1</v>
       </c>
       <c r="H33" s="32">
         <v>459739</v>
       </c>
       <c r="I33" s="25">
@@ -3616,51 +3588,51 @@
       <c r="M33" s="25">
         <v>15</v>
       </c>
       <c r="N33" s="32">
         <v>5468506</v>
       </c>
       <c r="O33" s="25">
         <v>0</v>
       </c>
       <c r="P33" s="25">
         <v>0</v>
       </c>
       <c r="Q33" s="32">
         <v>0</v>
       </c>
       <c r="R33" s="33">
         <v>164</v>
       </c>
       <c r="S33" s="33">
         <v>20</v>
       </c>
       <c r="T33" s="32">
         <v>6984838</v>
       </c>
     </row>
-    <row r="34" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="30">
         <v>2021</v>
       </c>
       <c r="B34" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C34" s="25">
         <v>133</v>
       </c>
       <c r="D34" s="25">
         <v>10</v>
       </c>
       <c r="E34" s="32">
         <v>3478224</v>
       </c>
       <c r="F34" s="25">
         <v>255</v>
       </c>
       <c r="G34" s="25">
         <v>32</v>
       </c>
       <c r="H34" s="32">
         <v>8879880</v>
       </c>
       <c r="I34" s="25">
@@ -3678,51 +3650,51 @@
       <c r="M34" s="25">
         <v>137</v>
       </c>
       <c r="N34" s="32">
         <v>42404226</v>
       </c>
       <c r="O34" s="25">
         <v>0</v>
       </c>
       <c r="P34" s="25">
         <v>0</v>
       </c>
       <c r="Q34" s="32">
         <v>0</v>
       </c>
       <c r="R34" s="33">
         <v>1320</v>
       </c>
       <c r="S34" s="33">
         <v>188</v>
       </c>
       <c r="T34" s="32">
         <v>58076152</v>
       </c>
     </row>
-    <row r="35" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="30">
         <v>2021</v>
       </c>
       <c r="B35" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="25">
         <v>11</v>
       </c>
       <c r="D35" s="25">
         <v>6</v>
       </c>
       <c r="E35" s="32">
         <v>4584645</v>
       </c>
       <c r="F35" s="25">
         <v>23</v>
       </c>
       <c r="G35" s="25">
         <v>7</v>
       </c>
       <c r="H35" s="32">
         <v>6567392</v>
       </c>
       <c r="I35" s="25">
@@ -3740,51 +3712,51 @@
       <c r="M35" s="25">
         <v>17</v>
       </c>
       <c r="N35" s="32">
         <v>15325712</v>
       </c>
       <c r="O35" s="25">
         <v>0</v>
       </c>
       <c r="P35" s="25">
         <v>0</v>
       </c>
       <c r="Q35" s="32">
         <v>0</v>
       </c>
       <c r="R35" s="33">
         <v>116</v>
       </c>
       <c r="S35" s="33">
         <v>31</v>
       </c>
       <c r="T35" s="32">
         <v>26859215</v>
       </c>
     </row>
-    <row r="36" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="30">
         <v>2021</v>
       </c>
       <c r="B36" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="25">
         <v>10</v>
       </c>
       <c r="D36" s="25">
         <v>6</v>
       </c>
       <c r="E36" s="32">
         <v>4584645</v>
       </c>
       <c r="F36" s="25">
         <v>22</v>
       </c>
       <c r="G36" s="25">
         <v>7</v>
       </c>
       <c r="H36" s="32">
         <v>6567392</v>
       </c>
       <c r="I36" s="25">
@@ -3802,51 +3774,51 @@
       <c r="M36" s="25">
         <v>16</v>
       </c>
       <c r="N36" s="32">
         <v>14471854</v>
       </c>
       <c r="O36" s="25">
         <v>0</v>
       </c>
       <c r="P36" s="25">
         <v>0</v>
       </c>
       <c r="Q36" s="32">
         <v>0</v>
       </c>
       <c r="R36" s="33">
         <v>109</v>
       </c>
       <c r="S36" s="33">
         <v>30</v>
       </c>
       <c r="T36" s="32">
         <v>26005357</v>
       </c>
     </row>
-    <row r="37" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="30">
         <v>2021</v>
       </c>
       <c r="B37" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C37" s="25">
         <v>1</v>
       </c>
       <c r="D37" s="25">
         <v>0</v>
       </c>
       <c r="E37" s="32">
         <v>0</v>
       </c>
       <c r="F37" s="25">
         <v>1</v>
       </c>
       <c r="G37" s="25">
         <v>0</v>
       </c>
       <c r="H37" s="32">
         <v>0</v>
       </c>
       <c r="I37" s="25">
@@ -3864,51 +3836,51 @@
       <c r="M37" s="25">
         <v>1</v>
       </c>
       <c r="N37" s="32">
         <v>853858</v>
       </c>
       <c r="O37" s="25">
         <v>0</v>
       </c>
       <c r="P37" s="25">
         <v>0</v>
       </c>
       <c r="Q37" s="32">
         <v>0</v>
       </c>
       <c r="R37" s="33">
         <v>7</v>
       </c>
       <c r="S37" s="33">
         <v>1</v>
       </c>
       <c r="T37" s="32">
         <v>853858</v>
       </c>
     </row>
-    <row r="38" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="30">
         <v>2022</v>
       </c>
       <c r="B38" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C38" s="25">
         <v>16</v>
       </c>
       <c r="D38" s="25">
         <v>3</v>
       </c>
       <c r="E38" s="32">
         <v>818092</v>
       </c>
       <c r="F38" s="25">
         <v>26</v>
       </c>
       <c r="G38" s="25">
         <v>5</v>
       </c>
       <c r="H38" s="32">
         <v>2029125</v>
       </c>
       <c r="I38" s="25">
@@ -3927,51 +3899,51 @@
         <v>20</v>
       </c>
       <c r="N38" s="32">
         <v>6892365</v>
       </c>
       <c r="O38" s="25">
         <v>0</v>
       </c>
       <c r="P38" s="25">
         <v>0</v>
       </c>
       <c r="Q38" s="32">
         <v>0</v>
       </c>
       <c r="R38" s="33">
         <v>163</v>
       </c>
       <c r="S38" s="33">
         <v>29</v>
       </c>
       <c r="T38" s="32">
         <v>9999155</v>
       </c>
       <c r="U38" s="12"/>
     </row>
-    <row r="39" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="30">
         <v>2022</v>
       </c>
       <c r="B39" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C39" s="25">
         <v>124</v>
       </c>
       <c r="D39" s="25">
         <v>27</v>
       </c>
       <c r="E39" s="32">
         <v>8271610</v>
       </c>
       <c r="F39" s="25">
         <v>179</v>
       </c>
       <c r="G39" s="25">
         <v>16</v>
       </c>
       <c r="H39" s="32">
         <v>5047854</v>
       </c>
       <c r="I39" s="25">
@@ -3990,51 +3962,51 @@
         <v>131</v>
       </c>
       <c r="N39" s="32">
         <v>40942808</v>
       </c>
       <c r="O39" s="25">
         <v>0</v>
       </c>
       <c r="P39" s="25">
         <v>0</v>
       </c>
       <c r="Q39" s="32">
         <v>0</v>
       </c>
       <c r="R39" s="33">
         <v>1114</v>
       </c>
       <c r="S39" s="33">
         <v>185</v>
       </c>
       <c r="T39" s="32">
         <v>57721955</v>
       </c>
       <c r="U39" s="12"/>
     </row>
-    <row r="40" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="30">
         <v>2022</v>
       </c>
       <c r="B40" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C40" s="25">
         <v>6</v>
       </c>
       <c r="D40" s="25">
         <v>3</v>
       </c>
       <c r="E40" s="32">
         <v>3886873</v>
       </c>
       <c r="F40" s="25">
         <v>9</v>
       </c>
       <c r="G40" s="25">
         <v>4</v>
       </c>
       <c r="H40" s="32">
         <v>3641977</v>
       </c>
       <c r="I40" s="25">
@@ -4053,51 +4025,51 @@
         <v>21</v>
       </c>
       <c r="N40" s="32">
         <v>19489599</v>
       </c>
       <c r="O40" s="25">
         <v>0</v>
       </c>
       <c r="P40" s="25">
         <v>0</v>
       </c>
       <c r="Q40" s="32">
         <v>0</v>
       </c>
       <c r="R40" s="33">
         <v>85</v>
       </c>
       <c r="S40" s="33">
         <v>29</v>
       </c>
       <c r="T40" s="32">
         <v>28040464</v>
       </c>
       <c r="U40" s="12"/>
     </row>
-    <row r="41" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="30">
         <v>2022</v>
       </c>
       <c r="B41" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="25">
         <v>6</v>
       </c>
       <c r="D41" s="25">
         <v>3</v>
       </c>
       <c r="E41" s="32">
         <v>3886873</v>
       </c>
       <c r="F41" s="25">
         <v>9</v>
       </c>
       <c r="G41" s="25">
         <v>4</v>
       </c>
       <c r="H41" s="32">
         <v>3641977</v>
       </c>
       <c r="I41" s="25">
@@ -4116,51 +4088,51 @@
         <v>21</v>
       </c>
       <c r="N41" s="32">
         <v>19489599</v>
       </c>
       <c r="O41" s="25">
         <v>0</v>
       </c>
       <c r="P41" s="25">
         <v>0</v>
       </c>
       <c r="Q41" s="32">
         <v>0</v>
       </c>
       <c r="R41" s="33">
         <v>84</v>
       </c>
       <c r="S41" s="33">
         <v>29</v>
       </c>
       <c r="T41" s="32">
         <v>28040464</v>
       </c>
       <c r="U41" s="12"/>
     </row>
-    <row r="42" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="30">
         <v>2022</v>
       </c>
       <c r="B42" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C42" s="25">
         <v>0</v>
       </c>
       <c r="D42" s="25">
         <v>0</v>
       </c>
       <c r="E42" s="32">
         <v>0</v>
       </c>
       <c r="F42" s="25">
         <v>0</v>
       </c>
       <c r="G42" s="25">
         <v>0</v>
       </c>
       <c r="H42" s="32">
         <v>0</v>
       </c>
       <c r="I42" s="25">
@@ -4179,51 +4151,51 @@
         <v>0</v>
       </c>
       <c r="N42" s="32">
         <v>0</v>
       </c>
       <c r="O42" s="25">
         <v>0</v>
       </c>
       <c r="P42" s="25">
         <v>0</v>
       </c>
       <c r="Q42" s="32">
         <v>0</v>
       </c>
       <c r="R42" s="33">
         <v>1</v>
       </c>
       <c r="S42" s="33">
         <v>0</v>
       </c>
       <c r="T42" s="32">
         <v>0</v>
       </c>
       <c r="U42" s="12"/>
     </row>
-    <row r="43" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:21" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="30">
         <v>2023</v>
       </c>
       <c r="B43" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="25">
         <v>13</v>
       </c>
       <c r="D43" s="25">
         <v>1</v>
       </c>
       <c r="E43" s="32">
         <v>506500</v>
       </c>
       <c r="F43" s="25">
         <v>19</v>
       </c>
       <c r="G43" s="25">
         <v>4</v>
       </c>
       <c r="H43" s="32">
         <v>1528840</v>
       </c>
       <c r="I43" s="25">
@@ -4242,51 +4214,51 @@
         <v>23</v>
       </c>
       <c r="N43" s="32">
         <v>8670607</v>
       </c>
       <c r="O43" s="25">
         <v>0</v>
       </c>
       <c r="P43" s="25">
         <v>0</v>
       </c>
       <c r="Q43" s="32">
         <v>0</v>
       </c>
       <c r="R43" s="33">
         <v>121</v>
       </c>
       <c r="S43" s="33">
         <v>29</v>
       </c>
       <c r="T43" s="32">
         <v>10995022</v>
       </c>
       <c r="U43" s="12"/>
     </row>
-    <row r="44" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="30">
         <v>2023</v>
       </c>
       <c r="B44" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C44" s="25">
         <v>101</v>
       </c>
       <c r="D44" s="25">
         <v>18</v>
       </c>
       <c r="E44" s="32">
         <v>6071552</v>
       </c>
       <c r="F44" s="25">
         <v>186</v>
       </c>
       <c r="G44" s="25">
         <v>30</v>
       </c>
       <c r="H44" s="32">
         <v>9702786</v>
       </c>
       <c r="I44" s="25">
@@ -4304,51 +4276,51 @@
       <c r="M44" s="25">
         <v>112</v>
       </c>
       <c r="N44" s="32">
         <v>35946266</v>
       </c>
       <c r="O44" s="25">
         <v>0</v>
       </c>
       <c r="P44" s="25">
         <v>0</v>
       </c>
       <c r="Q44" s="32">
         <v>0</v>
       </c>
       <c r="R44" s="33">
         <v>1064</v>
       </c>
       <c r="S44" s="33">
         <v>171</v>
       </c>
       <c r="T44" s="32">
         <v>55106080</v>
       </c>
     </row>
-    <row r="45" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="30">
         <v>2023</v>
       </c>
       <c r="B45" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C45" s="25">
         <v>7</v>
       </c>
       <c r="D45" s="25">
         <v>0</v>
       </c>
       <c r="E45" s="32">
         <v>0</v>
       </c>
       <c r="F45" s="25">
         <v>14</v>
       </c>
       <c r="G45" s="25">
         <v>3</v>
       </c>
       <c r="H45" s="32">
         <v>3440336</v>
       </c>
       <c r="I45" s="25">
@@ -4366,51 +4338,51 @@
       <c r="M45" s="25">
         <v>17</v>
       </c>
       <c r="N45" s="32">
         <v>16633710</v>
       </c>
       <c r="O45" s="25">
         <v>0</v>
       </c>
       <c r="P45" s="25">
         <v>0</v>
       </c>
       <c r="Q45" s="32">
         <v>0</v>
       </c>
       <c r="R45" s="33">
         <v>95</v>
       </c>
       <c r="S45" s="33">
         <v>22</v>
       </c>
       <c r="T45" s="32">
         <v>22145869</v>
       </c>
     </row>
-    <row r="46" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="30">
         <v>2023</v>
       </c>
       <c r="B46" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="25">
         <v>7</v>
       </c>
       <c r="D46" s="25">
         <v>0</v>
       </c>
       <c r="E46" s="32">
         <v>0</v>
       </c>
       <c r="F46" s="25">
         <v>13</v>
       </c>
       <c r="G46" s="25">
         <v>3</v>
       </c>
       <c r="H46" s="32">
         <v>3440336</v>
       </c>
       <c r="I46" s="25">
@@ -4428,51 +4400,51 @@
       <c r="M46" s="25">
         <v>17</v>
       </c>
       <c r="N46" s="32">
         <v>16633710</v>
       </c>
       <c r="O46" s="25">
         <v>0</v>
       </c>
       <c r="P46" s="25">
         <v>0</v>
       </c>
       <c r="Q46" s="32">
         <v>0</v>
       </c>
       <c r="R46" s="33">
         <v>92</v>
       </c>
       <c r="S46" s="33">
         <v>22</v>
       </c>
       <c r="T46" s="32">
         <v>22145869</v>
       </c>
     </row>
-    <row r="47" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="30">
         <v>2023</v>
       </c>
       <c r="B47" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C47" s="25">
         <v>0</v>
       </c>
       <c r="D47" s="25">
         <v>0</v>
       </c>
       <c r="E47" s="32">
         <v>0</v>
       </c>
       <c r="F47" s="25">
         <v>1</v>
       </c>
       <c r="G47" s="25">
         <v>0</v>
       </c>
       <c r="H47" s="32">
         <v>0</v>
       </c>
       <c r="I47" s="25">
@@ -4490,51 +4462,51 @@
       <c r="M47" s="25">
         <v>0</v>
       </c>
       <c r="N47" s="32">
         <v>0</v>
       </c>
       <c r="O47" s="25">
         <v>0</v>
       </c>
       <c r="P47" s="25">
         <v>0</v>
       </c>
       <c r="Q47" s="32">
         <v>0</v>
       </c>
       <c r="R47" s="33">
         <v>3</v>
       </c>
       <c r="S47" s="33">
         <v>0</v>
       </c>
       <c r="T47" s="32">
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="38">
         <v>2024</v>
       </c>
       <c r="B48" s="34" t="s">
         <v>2</v>
       </c>
       <c r="C48" s="35">
         <v>18</v>
       </c>
       <c r="D48" s="35">
         <v>6</v>
       </c>
       <c r="E48" s="36">
         <v>2339030</v>
       </c>
       <c r="F48" s="35">
         <v>32</v>
       </c>
       <c r="G48" s="35">
         <v>2</v>
       </c>
       <c r="H48" s="36">
         <v>567410</v>
       </c>
       <c r="I48" s="35">
@@ -4552,51 +4524,51 @@
       <c r="M48" s="35">
         <v>21</v>
       </c>
       <c r="N48" s="36">
         <v>8261009</v>
       </c>
       <c r="O48" s="35">
         <v>0</v>
       </c>
       <c r="P48" s="35">
         <v>0</v>
       </c>
       <c r="Q48" s="36">
         <v>0</v>
       </c>
       <c r="R48" s="35">
         <v>168</v>
       </c>
       <c r="S48" s="35">
         <v>29</v>
       </c>
       <c r="T48" s="36">
         <v>11167449</v>
       </c>
     </row>
-    <row r="49" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="38">
         <v>2024</v>
       </c>
       <c r="B49" s="37" t="s">
         <v>3</v>
       </c>
       <c r="C49" s="35">
         <v>120</v>
       </c>
       <c r="D49" s="35">
         <v>23</v>
       </c>
       <c r="E49" s="36">
         <v>8159625</v>
       </c>
       <c r="F49" s="35">
         <v>228</v>
       </c>
       <c r="G49" s="35">
         <v>26</v>
       </c>
       <c r="H49" s="36">
         <v>9130821</v>
       </c>
       <c r="I49" s="35">
@@ -4614,51 +4586,51 @@
       <c r="M49" s="35">
         <v>103</v>
       </c>
       <c r="N49" s="36">
         <v>34618299</v>
       </c>
       <c r="O49" s="35">
         <v>0</v>
       </c>
       <c r="P49" s="35">
         <v>0</v>
       </c>
       <c r="Q49" s="36">
         <v>0</v>
       </c>
       <c r="R49" s="35">
         <v>1205</v>
       </c>
       <c r="S49" s="35">
         <v>164</v>
       </c>
       <c r="T49" s="36">
         <v>56175823</v>
       </c>
     </row>
-    <row r="50" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="38">
         <v>2024</v>
       </c>
       <c r="B50" s="37" t="s">
         <v>4</v>
       </c>
       <c r="C50" s="35">
         <v>11</v>
       </c>
       <c r="D50" s="35">
         <v>1</v>
       </c>
       <c r="E50" s="36">
         <v>673796</v>
       </c>
       <c r="F50" s="35">
         <v>24</v>
       </c>
       <c r="G50" s="35">
         <v>7</v>
       </c>
       <c r="H50" s="36">
         <v>5767417</v>
       </c>
       <c r="I50" s="35">
@@ -4676,51 +4648,51 @@
       <c r="M50" s="35">
         <v>12</v>
       </c>
       <c r="N50" s="36">
         <v>11713780</v>
       </c>
       <c r="O50" s="35">
         <v>0</v>
       </c>
       <c r="P50" s="35">
         <v>0</v>
       </c>
       <c r="Q50" s="36">
         <v>0</v>
       </c>
       <c r="R50" s="35">
         <v>109</v>
       </c>
       <c r="S50" s="35">
         <v>21</v>
       </c>
       <c r="T50" s="36">
         <v>19412935</v>
       </c>
     </row>
-    <row r="51" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="38">
         <v>2024</v>
       </c>
       <c r="B51" s="34" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="35">
         <v>10</v>
       </c>
       <c r="D51" s="35">
         <v>1</v>
       </c>
       <c r="E51" s="36">
         <v>673796</v>
       </c>
       <c r="F51" s="35">
         <v>23</v>
       </c>
       <c r="G51" s="35">
         <v>6</v>
       </c>
       <c r="H51" s="36">
         <v>5135696</v>
       </c>
       <c r="I51" s="35">
@@ -4738,51 +4710,51 @@
       <c r="M51" s="35">
         <v>12</v>
       </c>
       <c r="N51" s="36">
         <v>11713780</v>
       </c>
       <c r="O51" s="35">
         <v>0</v>
       </c>
       <c r="P51" s="35">
         <v>0</v>
       </c>
       <c r="Q51" s="36">
         <v>0</v>
       </c>
       <c r="R51" s="35">
         <v>104</v>
       </c>
       <c r="S51" s="35">
         <v>20</v>
       </c>
       <c r="T51" s="36">
         <v>18781214</v>
       </c>
     </row>
-    <row r="52" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="38">
         <v>2024</v>
       </c>
       <c r="B52" s="34" t="s">
         <v>21</v>
       </c>
       <c r="C52" s="35">
         <v>1</v>
       </c>
       <c r="D52" s="35">
         <v>0</v>
       </c>
       <c r="E52" s="36">
         <v>0</v>
       </c>
       <c r="F52" s="35">
         <v>1</v>
       </c>
       <c r="G52" s="35">
         <v>1</v>
       </c>
       <c r="H52" s="36">
         <v>631721</v>
       </c>
       <c r="I52" s="35">
@@ -4798,532 +4770,793 @@
         <v>2</v>
       </c>
       <c r="M52" s="35">
         <v>0</v>
       </c>
       <c r="N52" s="36">
         <v>0</v>
       </c>
       <c r="O52" s="35">
         <v>0</v>
       </c>
       <c r="P52" s="35">
         <v>0</v>
       </c>
       <c r="Q52" s="36">
         <v>0</v>
       </c>
       <c r="R52" s="35">
         <v>5</v>
       </c>
       <c r="S52" s="35">
         <v>1</v>
       </c>
       <c r="T52" s="36">
         <v>631721</v>
+      </c>
+    </row>
+    <row r="53" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A53" s="38">
+        <v>2025</v>
+      </c>
+      <c r="B53" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="C53" s="35">
+        <v>13</v>
+      </c>
+      <c r="D53" s="35">
+        <v>0</v>
+      </c>
+      <c r="E53" s="58">
+        <v>0</v>
+      </c>
+      <c r="F53" s="35">
+        <v>33</v>
+      </c>
+      <c r="G53" s="35">
+        <v>2</v>
+      </c>
+      <c r="H53" s="58">
+        <v>893384</v>
+      </c>
+      <c r="I53" s="35">
+        <v>13</v>
+      </c>
+      <c r="J53" s="35">
+        <v>2</v>
+      </c>
+      <c r="K53" s="58">
+        <v>906197</v>
+      </c>
+      <c r="L53" s="35">
+        <v>136</v>
+      </c>
+      <c r="M53" s="35">
+        <v>14</v>
+      </c>
+      <c r="N53" s="58">
+        <v>5024627</v>
+      </c>
+      <c r="O53" s="35">
+        <v>0</v>
+      </c>
+      <c r="P53" s="35">
+        <v>0</v>
+      </c>
+      <c r="Q53" s="58">
+        <v>0</v>
+      </c>
+      <c r="R53" s="35">
+        <v>195</v>
+      </c>
+      <c r="S53" s="35">
+        <v>18</v>
+      </c>
+      <c r="T53" s="58">
+        <v>6824208</v>
+      </c>
+    </row>
+    <row r="54" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A54" s="38">
+        <v>2025</v>
+      </c>
+      <c r="B54" s="37" t="s">
+        <v>3</v>
+      </c>
+      <c r="C54" s="35">
+        <v>155</v>
+      </c>
+      <c r="D54" s="35">
+        <v>18</v>
+      </c>
+      <c r="E54" s="58">
+        <v>6265996</v>
+      </c>
+      <c r="F54" s="35">
+        <v>337</v>
+      </c>
+      <c r="G54" s="35">
+        <v>27</v>
+      </c>
+      <c r="H54" s="58">
+        <v>9275583</v>
+      </c>
+      <c r="I54" s="35">
+        <v>86</v>
+      </c>
+      <c r="J54" s="35">
+        <v>12</v>
+      </c>
+      <c r="K54" s="58">
+        <v>4538057</v>
+      </c>
+      <c r="L54" s="35">
+        <v>1009</v>
+      </c>
+      <c r="M54" s="35">
+        <v>118</v>
+      </c>
+      <c r="N54" s="58">
+        <v>40265072</v>
+      </c>
+      <c r="O54" s="35">
+        <v>0</v>
+      </c>
+      <c r="P54" s="35">
+        <v>0</v>
+      </c>
+      <c r="Q54" s="58">
+        <v>0</v>
+      </c>
+      <c r="R54" s="35">
+        <v>1587</v>
+      </c>
+      <c r="S54" s="35">
+        <v>175</v>
+      </c>
+      <c r="T54" s="58">
+        <v>60344708</v>
+      </c>
+    </row>
+    <row r="55" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="38">
+        <v>2025</v>
+      </c>
+      <c r="B55" s="37" t="s">
+        <v>4</v>
+      </c>
+      <c r="C55" s="35">
+        <v>14</v>
+      </c>
+      <c r="D55" s="35">
+        <v>2</v>
+      </c>
+      <c r="E55" s="58">
+        <v>2006466</v>
+      </c>
+      <c r="F55" s="35">
+        <v>23</v>
+      </c>
+      <c r="G55" s="35">
+        <v>6</v>
+      </c>
+      <c r="H55" s="58">
+        <v>5898981</v>
+      </c>
+      <c r="I55" s="35">
+        <v>6</v>
+      </c>
+      <c r="J55" s="35">
+        <v>1</v>
+      </c>
+      <c r="K55" s="58">
+        <v>811876</v>
+      </c>
+      <c r="L55" s="35">
+        <v>70</v>
+      </c>
+      <c r="M55" s="35">
+        <v>20</v>
+      </c>
+      <c r="N55" s="58">
+        <v>19490637</v>
+      </c>
+      <c r="O55" s="35">
+        <v>0</v>
+      </c>
+      <c r="P55" s="35">
+        <v>0</v>
+      </c>
+      <c r="Q55" s="58">
+        <v>0</v>
+      </c>
+      <c r="R55" s="35">
+        <v>113</v>
+      </c>
+      <c r="S55" s="35">
+        <v>29</v>
+      </c>
+      <c r="T55" s="58">
+        <v>28207960</v>
+      </c>
+    </row>
+    <row r="56" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="38">
+        <v>2025</v>
+      </c>
+      <c r="B56" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="C56" s="35">
+        <v>14</v>
+      </c>
+      <c r="D56" s="35">
+        <v>2</v>
+      </c>
+      <c r="E56" s="58">
+        <v>2006466</v>
+      </c>
+      <c r="F56" s="35">
+        <v>23</v>
+      </c>
+      <c r="G56" s="35">
+        <v>6</v>
+      </c>
+      <c r="H56" s="58">
+        <v>5898981</v>
+      </c>
+      <c r="I56" s="35">
+        <v>5</v>
+      </c>
+      <c r="J56" s="35">
+        <v>1</v>
+      </c>
+      <c r="K56" s="58">
+        <v>811876</v>
+      </c>
+      <c r="L56" s="35">
+        <v>64</v>
+      </c>
+      <c r="M56" s="35">
+        <v>18</v>
+      </c>
+      <c r="N56" s="58">
+        <v>17090653</v>
+      </c>
+      <c r="O56" s="35">
+        <v>0</v>
+      </c>
+      <c r="P56" s="35">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="58">
+        <v>0</v>
+      </c>
+      <c r="R56" s="35">
+        <v>106</v>
+      </c>
+      <c r="S56" s="35">
+        <v>27</v>
+      </c>
+      <c r="T56" s="58">
+        <v>25807976</v>
+      </c>
+    </row>
+    <row r="57" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A57" s="38">
+        <v>2025</v>
+      </c>
+      <c r="B57" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="C57" s="35">
+        <v>0</v>
+      </c>
+      <c r="D57" s="35">
+        <v>0</v>
+      </c>
+      <c r="E57" s="58">
+        <v>0</v>
+      </c>
+      <c r="F57" s="35">
+        <v>0</v>
+      </c>
+      <c r="G57" s="35">
+        <v>0</v>
+      </c>
+      <c r="H57" s="58">
+        <v>0</v>
+      </c>
+      <c r="I57" s="35">
+        <v>1</v>
+      </c>
+      <c r="J57" s="35">
+        <v>0</v>
+      </c>
+      <c r="K57" s="58">
+        <v>0</v>
+      </c>
+      <c r="L57" s="35">
+        <v>6</v>
+      </c>
+      <c r="M57" s="35">
+        <v>2</v>
+      </c>
+      <c r="N57" s="58">
+        <v>2399984</v>
+      </c>
+      <c r="O57" s="35">
+        <v>0</v>
+      </c>
+      <c r="P57" s="35">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="58">
+        <v>0</v>
+      </c>
+      <c r="R57" s="35">
+        <v>7</v>
+      </c>
+      <c r="S57" s="35">
+        <v>2</v>
+      </c>
+      <c r="T57" s="58">
+        <v>2399984</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <mergeCells count="6">
     <mergeCell ref="R2:T2"/>
     <mergeCell ref="I2:K2"/>
     <mergeCell ref="L2:N2"/>
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="F2:H2"/>
     <mergeCell ref="O2:Q2"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="75" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="18" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{180342A7-1ED1-4300-B496-0F0235B5A71C}">
   <dimension ref="A1:T20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="49.44140625" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="16384" width="8.88671875" style="3"/>
+    <col min="1" max="1" width="49.42578125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="125.7109375" style="3" customWidth="1"/>
+    <col min="3" max="7" width="8.85546875" style="3"/>
+    <col min="8" max="8" width="19.7109375" style="3" customWidth="1"/>
+    <col min="9" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" s="48" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:20" s="48" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="49" t="s">
         <v>11</v>
       </c>
       <c r="C1" s="50"/>
       <c r="D1" s="50"/>
       <c r="E1" s="50"/>
       <c r="F1" s="50"/>
       <c r="G1" s="50"/>
       <c r="H1" s="50"/>
       <c r="I1" s="50"/>
       <c r="J1" s="50"/>
       <c r="K1" s="50"/>
       <c r="L1" s="50"/>
       <c r="M1" s="50"/>
       <c r="N1" s="50"/>
       <c r="O1" s="50"/>
     </row>
-    <row r="2" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="40" t="s">
         <v>15</v>
       </c>
       <c r="B2" s="62" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="62"/>
       <c r="D2" s="62"/>
       <c r="E2" s="62"/>
       <c r="F2" s="62"/>
       <c r="G2" s="62"/>
       <c r="H2" s="62"/>
       <c r="I2" s="62"/>
       <c r="J2" s="62"/>
       <c r="K2" s="62"/>
       <c r="L2" s="62"/>
       <c r="M2" s="62"/>
       <c r="N2" s="62"/>
       <c r="O2" s="62"/>
       <c r="P2" s="62"/>
       <c r="Q2" s="62"/>
       <c r="R2" s="62"/>
       <c r="S2" s="41"/>
       <c r="T2" s="41"/>
     </row>
-    <row r="3" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="56" t="s">
+    <row r="3" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="55" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="17" t="s">
         <v>24</v>
       </c>
       <c r="C3" s="41"/>
       <c r="D3" s="41"/>
       <c r="E3" s="41"/>
       <c r="F3" s="41"/>
       <c r="G3" s="41"/>
       <c r="H3" s="41"/>
       <c r="I3" s="41"/>
       <c r="J3" s="41"/>
       <c r="K3" s="41"/>
       <c r="L3" s="41"/>
       <c r="M3" s="41"/>
       <c r="N3" s="41"/>
       <c r="O3" s="41"/>
       <c r="P3" s="41"/>
       <c r="Q3" s="41"/>
       <c r="R3" s="41"/>
       <c r="S3" s="41"/>
       <c r="T3" s="41"/>
     </row>
-    <row r="4" spans="1:20" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>37</v>
+    <row r="4" spans="1:20" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="55" t="s">
+        <v>34</v>
       </c>
       <c r="B4" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C4" s="41"/>
       <c r="D4" s="41"/>
       <c r="E4" s="41"/>
       <c r="F4" s="41"/>
       <c r="G4" s="41"/>
       <c r="H4" s="41"/>
       <c r="I4" s="41"/>
       <c r="J4" s="41"/>
       <c r="K4" s="41"/>
       <c r="L4" s="41"/>
       <c r="M4" s="41"/>
       <c r="N4" s="41"/>
       <c r="O4" s="41"/>
       <c r="P4" s="41"/>
       <c r="Q4" s="41"/>
       <c r="R4" s="41"/>
       <c r="S4" s="41"/>
       <c r="T4" s="41"/>
     </row>
-    <row r="5" spans="1:20" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="57" t="s">
+    <row r="5" spans="1:20" ht="86.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="56" t="s">
         <v>25</v>
       </c>
       <c r="B5" s="18" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="20"/>
       <c r="D5" s="63"/>
       <c r="E5" s="63"/>
       <c r="F5" s="63"/>
       <c r="G5" s="63"/>
       <c r="H5" s="63"/>
       <c r="I5" s="63"/>
       <c r="J5" s="63"/>
       <c r="K5" s="63"/>
       <c r="L5" s="63"/>
       <c r="M5" s="63"/>
       <c r="N5" s="63"/>
       <c r="O5" s="63"/>
       <c r="P5" s="63"/>
       <c r="Q5" s="63"/>
       <c r="R5" s="42"/>
       <c r="S5" s="42"/>
       <c r="T5" s="43"/>
     </row>
-    <row r="6" spans="1:20" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="57" t="s">
+    <row r="6" spans="1:20" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="56" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="20"/>
       <c r="D6" s="44"/>
       <c r="E6" s="20"/>
       <c r="F6" s="20"/>
       <c r="G6" s="20"/>
       <c r="H6" s="20"/>
       <c r="I6" s="45"/>
       <c r="J6" s="22"/>
       <c r="K6" s="45"/>
       <c r="L6" s="46"/>
       <c r="M6" s="20"/>
       <c r="N6" s="20"/>
       <c r="O6" s="20"/>
       <c r="P6" s="20"/>
       <c r="Q6" s="20"/>
       <c r="R6" s="20"/>
       <c r="S6" s="20"/>
       <c r="T6" s="20"/>
     </row>
-    <row r="7" spans="1:20" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="57" t="s">
+    <row r="7" spans="1:20" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="56" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="18" t="s">
         <v>27</v>
       </c>
       <c r="C7" s="20"/>
       <c r="D7" s="41"/>
       <c r="E7" s="64"/>
       <c r="F7" s="64"/>
       <c r="G7" s="64"/>
       <c r="H7" s="64"/>
       <c r="I7" s="64"/>
       <c r="J7" s="64"/>
       <c r="K7" s="64"/>
       <c r="L7" s="64"/>
       <c r="M7" s="64"/>
       <c r="N7" s="64"/>
       <c r="O7" s="64"/>
       <c r="P7" s="64"/>
       <c r="Q7" s="64"/>
       <c r="R7" s="19"/>
       <c r="S7" s="20"/>
       <c r="T7" s="20"/>
     </row>
-    <row r="8" spans="1:20" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="57" t="s">
+    <row r="8" spans="1:20" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="56" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="18" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="20"/>
       <c r="D8" s="41"/>
       <c r="E8" s="20"/>
       <c r="F8" s="20"/>
       <c r="G8" s="20"/>
       <c r="H8" s="20"/>
       <c r="I8" s="20"/>
       <c r="J8" s="20"/>
       <c r="K8" s="20"/>
       <c r="L8" s="20"/>
       <c r="M8" s="20"/>
       <c r="N8" s="20"/>
       <c r="O8" s="20"/>
       <c r="P8" s="20"/>
       <c r="Q8" s="20"/>
       <c r="R8" s="20"/>
       <c r="S8" s="20"/>
       <c r="T8" s="20"/>
     </row>
-    <row r="9" spans="1:20" ht="87" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="58" t="s">
+    <row r="9" spans="1:20" ht="87" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="57" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="18" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="20"/>
       <c r="D9" s="41"/>
       <c r="E9" s="64"/>
       <c r="F9" s="64"/>
       <c r="G9" s="64"/>
       <c r="H9" s="64"/>
       <c r="I9" s="64"/>
       <c r="J9" s="64"/>
       <c r="K9" s="64"/>
       <c r="L9" s="64"/>
       <c r="M9" s="64"/>
       <c r="N9" s="64"/>
       <c r="O9" s="64"/>
       <c r="P9" s="64"/>
       <c r="Q9" s="64"/>
       <c r="R9" s="64"/>
       <c r="S9" s="64"/>
       <c r="T9" s="64"/>
     </row>
-    <row r="10" spans="1:20" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="58" t="s">
+    <row r="10" spans="1:20" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="57" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="47" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="20"/>
       <c r="D10" s="41"/>
       <c r="E10" s="39"/>
       <c r="F10" s="39"/>
       <c r="G10" s="39"/>
       <c r="H10" s="39"/>
       <c r="I10" s="39"/>
       <c r="J10" s="39"/>
       <c r="K10" s="39"/>
       <c r="L10" s="39"/>
       <c r="M10" s="39"/>
       <c r="N10" s="39"/>
       <c r="O10" s="39"/>
       <c r="P10" s="39"/>
       <c r="Q10" s="39"/>
       <c r="R10" s="39"/>
       <c r="S10" s="39"/>
       <c r="T10" s="39"/>
     </row>
-    <row r="11" spans="1:20" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>36</v>
+    <row r="11" spans="1:20" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="57" t="s">
+        <v>33</v>
       </c>
       <c r="B11" s="47" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="20"/>
       <c r="D11" s="41"/>
       <c r="E11" s="52"/>
       <c r="F11" s="52"/>
       <c r="G11" s="52"/>
       <c r="H11" s="52"/>
       <c r="I11" s="52"/>
       <c r="J11" s="52"/>
       <c r="K11" s="52"/>
       <c r="L11" s="52"/>
       <c r="M11" s="52"/>
       <c r="N11" s="52"/>
       <c r="O11" s="52"/>
       <c r="P11" s="52"/>
       <c r="Q11" s="52"/>
       <c r="R11" s="52"/>
       <c r="S11" s="52"/>
       <c r="T11" s="52"/>
     </row>
-    <row r="12" spans="1:20" s="48" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="53" t="s">
+    <row r="12" spans="1:20" s="48" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="51"/>
+    </row>
+    <row r="13" spans="1:20" s="48" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="53" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" s="51"/>
+    </row>
+    <row r="14" spans="1:20" s="48" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="53" t="s">
         <v>32</v>
       </c>
-      <c r="B12" s="51"/>
-[...10 lines deleted...]
-      </c>
       <c r="B14" s="51"/>
     </row>
-    <row r="15" spans="1:20" s="48" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>35</v>
+    <row r="15" spans="1:20" s="48" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="54" t="s">
+        <v>37</v>
       </c>
       <c r="B15" s="51"/>
     </row>
-    <row r="20" spans="1:15" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:15" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="21"/>
       <c r="B20" s="4"/>
       <c r="D20" s="6"/>
       <c r="E20" s="5"/>
       <c r="F20" s="7"/>
       <c r="G20" s="5"/>
       <c r="H20" s="8"/>
       <c r="I20" s="9"/>
       <c r="J20" s="8"/>
       <c r="K20" s="10"/>
       <c r="L20" s="5"/>
       <c r="M20" s="5"/>
       <c r="N20" s="5"/>
       <c r="O20" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="B2:R2"/>
     <mergeCell ref="D5:Q5"/>
     <mergeCell ref="E7:Q7"/>
     <mergeCell ref="E9:T9"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A12" r:id="rId1" display="Source: NIH PUB File" xr:uid="{A778F435-8D35-4F90-80F8-E4D5FEFDD110}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A13" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{5B8B3FDE-2230-4524-99C3-6F7A131520C9}"/>
+    <hyperlink ref="A14" r:id="rId1" xr:uid="{B637BA77-FEB8-45B8-AE1C-F7131187E453}"/>
+    <hyperlink ref="A13" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{5B8B3FDE-2230-4524-99C3-6F7A131520C9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...49 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -5483,50 +5716,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -5622,111 +5860,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">128-23</Password>
+    <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
+    <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">869</RePORT_x0023_>
+    <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst1>
+    <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">128</Table_x0023_>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
+    <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Url>https://report.nih.gov/reportweb/web/displayreport?rId=869</Url>
+      <Description>STTR Grants: Competing applications, awards, and total funding, by small business type and phase</Description>
+    </RePORTTitleandLink>
+    <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Sulima, Pawel (NIH/OD) [E]</DisplayName>
+        <AccountId>49</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst2>
+    <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D377875-F553-431D-A67D-CDA255CEE80D}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D16E4982-AB5F-4C1A-876A-FED3459BBC77}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E108C181-6834-49EF-9357-EFC2F8E2357C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69B623CA-F995-491C-A923-E853EC989677}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{49B620E9-83C6-4DE4-BB27-05C943A93074}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>