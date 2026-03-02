--- v0 (2025-11-04)
+++ v1 (2026-03-02)
@@ -5,76 +5,76 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr showInkAnnotation="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4C02C927-DD2F-4DC3-B843-84D24E109508}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B5978847-D925-4618-BD8A-765F34F369D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #127" sheetId="3" r:id="rId1"/>
     <sheet name="Notes" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #127'!$A$1:$T$64</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #127'!$A$1:$T$64</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #127'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="40">
   <si>
     <t>FY</t>
   </si>
   <si>
     <t>Phase I</t>
   </si>
   <si>
     <t>Phase II</t>
   </si>
   <si>
     <t>Small Business Organizations Only</t>
   </si>
   <si>
     <t>Fast Track</t>
   </si>
   <si>
     <t xml:space="preserve">NIH mechanism that expedites the decision and award of SBIR and STTR funding for scientifically meritorious applications that have a high potential for commercialization. </t>
   </si>
   <si>
     <t>Defined as the aggregate of all of the subtypes of organizations shown in this table.</t>
   </si>
   <si>
     <t>Fast-Track</t>
   </si>
   <si>
@@ -133,132 +133,50 @@
     <t xml:space="preserve">Award level used to establish the technical/scientific merit and feasibility of the proposed R/R&amp;D efforts. SBIR Phase I awards normally may not exceed $150,000 total (direct costs, facilities and administrative (F&amp;A)/indirect costs, and fee) for a period normally not to exceed 6 months. STTR Phase I awards normally may not exceed $150,000 total for a period of 1 year. </t>
   </si>
   <si>
     <t xml:space="preserve">Award level used to continue the research or R&amp;D efforts initiated in Phase I. Funding shall be based on the results of Phase I and the scientific and technical merit and commercial potential of the Phase II application. SBIR Phase II awards normally may not exceed $1,000,000 and STTR Phase II awards normally may not exceed $1,000,000 total (direct costs, F&amp;A/indirect costs, and fee) for a period normally not to exceed 2 years. </t>
   </si>
   <si>
     <t xml:space="preserve">Defined as activity codes R43, R44, SB1, U43, and U44. Not all of these activities may be in use by NIH every year
 </t>
   </si>
   <si>
     <t xml:space="preserve">Data on company ownership are self-reported as woman-owned or socially and economically disavantaged firms. Socially and economically disavantaged firms have previously been commonly referred to as minority-owned firms.  </t>
   </si>
   <si>
     <t>Total Number of Applications</t>
   </si>
   <si>
     <t>Total Number of Awards</t>
   </si>
   <si>
     <t>Small Business Innovation Research (SBIR) Grants</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
-        <sz val="12"/>
-[...80 lines deleted...]
-        <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -267,72 +185,124 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Small Business Type</t>
   </si>
   <si>
     <t>Company Ownership</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Source: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NIH PUB File</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Phase II B</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Table #127: NIH Small Business Innovation Research Grants</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - Number of Competing Applications, Awards and Total Funding by Phase and Small Business Type, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="####0"/>
     <numFmt numFmtId="166" formatCode="\$#,##0"/>
   </numFmts>
-  <fonts count="63" x14ac:knownFonts="1">
+  <fonts count="65" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -691,69 +661,79 @@
       <sz val="12"/>
       <color indexed="64"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
-[...5 lines deleted...]
-      <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="59">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
@@ -4939,51 +4919,51 @@
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="55" borderId="0" xfId="2900" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="55" fillId="56" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="57" borderId="0" xfId="2940" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="57" borderId="0" xfId="2940" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="55" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="55" borderId="0" xfId="2900" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="54" fillId="55" borderId="0" xfId="2900" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -5058,70 +5038,73 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="55" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="1" fillId="55" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="55" borderId="0" xfId="2666" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="50" fillId="55" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="55" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="51" fillId="55" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="55" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="55" borderId="0" xfId="2939" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="52" fillId="55" borderId="0" xfId="2666" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="52" fillId="55" borderId="0" xfId="2666" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="55" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="57" borderId="0" xfId="2940" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="62" fillId="57" borderId="0" xfId="2940" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="57" borderId="0" xfId="2940" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="62" fillId="57" borderId="0" xfId="2940" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="57" borderId="0" xfId="2940" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="62" fillId="57" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="57" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="62" fillId="55" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="59" fillId="58" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="56" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="56" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="56" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="55" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="55" borderId="0" xfId="2671" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="55" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="55" borderId="0" xfId="2939" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3525">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
@@ -8935,130 +8918,130 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:T71"/>
+  <dimension ref="A1:T78"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="16" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="21" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="15.7109375" style="16" customWidth="1"/>
+    <col min="2" max="2" width="25.7109375" style="17" customWidth="1"/>
+    <col min="3" max="4" width="20.7109375" style="20" customWidth="1"/>
+    <col min="5" max="5" width="25.7109375" style="20" customWidth="1"/>
+    <col min="6" max="6" width="20.7109375" style="20" customWidth="1"/>
+    <col min="7" max="7" width="20.7109375" style="21" customWidth="1"/>
+    <col min="8" max="8" width="25.7109375" style="20" customWidth="1"/>
+    <col min="9" max="9" width="20.7109375" style="21" customWidth="1"/>
+    <col min="10" max="10" width="20.7109375" style="20" customWidth="1"/>
+    <col min="11" max="11" width="25.7109375" style="21" customWidth="1"/>
+    <col min="12" max="13" width="20.7109375" style="20" customWidth="1"/>
+    <col min="14" max="14" width="25.7109375" style="20" customWidth="1"/>
+    <col min="15" max="16" width="20.7109375" style="20" customWidth="1"/>
+    <col min="17" max="17" width="25.7109375" style="20" customWidth="1"/>
+    <col min="18" max="19" width="20.7109375" style="20" customWidth="1"/>
+    <col min="20" max="20" width="25.7109375" style="20" customWidth="1"/>
+    <col min="21" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:20" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="12" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="B1" s="14"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="19"/>
       <c r="H1" s="18"/>
       <c r="I1" s="19"/>
     </row>
-    <row r="2" spans="1:20" s="26" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:20" s="26" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="24"/>
       <c r="B2" s="25"/>
-      <c r="C2" s="49" t="s">
+      <c r="C2" s="50" t="s">
         <v>18</v>
       </c>
-      <c r="D2" s="50"/>
-[...1 lines deleted...]
-      <c r="F2" s="49" t="s">
+      <c r="D2" s="51"/>
+      <c r="E2" s="52"/>
+      <c r="F2" s="50" t="s">
         <v>19</v>
       </c>
-      <c r="G2" s="50"/>
-[...1 lines deleted...]
-      <c r="I2" s="49" t="s">
+      <c r="G2" s="51"/>
+      <c r="H2" s="52"/>
+      <c r="I2" s="50" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="50"/>
-[...1 lines deleted...]
-      <c r="L2" s="49" t="s">
+      <c r="J2" s="51"/>
+      <c r="K2" s="52"/>
+      <c r="L2" s="50" t="s">
         <v>3</v>
       </c>
-      <c r="M2" s="50"/>
-[...1 lines deleted...]
-      <c r="O2" s="49" t="s">
+      <c r="M2" s="51"/>
+      <c r="N2" s="52"/>
+      <c r="O2" s="50" t="s">
         <v>13</v>
       </c>
-      <c r="P2" s="50"/>
-[...1 lines deleted...]
-      <c r="R2" s="49" t="s">
+      <c r="P2" s="51"/>
+      <c r="Q2" s="52"/>
+      <c r="R2" s="50" t="s">
         <v>17</v>
       </c>
-      <c r="S2" s="50"/>
-      <c r="T2" s="51"/>
+      <c r="S2" s="51"/>
+      <c r="T2" s="52"/>
     </row>
-    <row r="3" spans="1:20" s="5" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:20" s="5" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="E3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="4" t="s">
@@ -9076,51 +9059,51 @@
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="P3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q3" s="4" t="s">
         <v>16</v>
       </c>
       <c r="R3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="S3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="T3" s="4" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="4" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="15">
         <v>2015</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="13">
         <v>46</v>
       </c>
       <c r="D4" s="13">
         <v>7</v>
       </c>
       <c r="E4" s="22">
         <v>1747778</v>
       </c>
       <c r="F4" s="13">
         <v>9</v>
       </c>
       <c r="G4" s="13">
         <v>1</v>
       </c>
       <c r="H4" s="22">
         <v>212123</v>
       </c>
       <c r="I4" s="13">
@@ -9138,51 +9121,51 @@
       <c r="M4" s="13">
         <v>58</v>
       </c>
       <c r="N4" s="22">
         <v>16197644</v>
       </c>
       <c r="O4" s="13">
         <v>0</v>
       </c>
       <c r="P4" s="13">
         <v>0</v>
       </c>
       <c r="Q4" s="22">
         <v>0</v>
       </c>
       <c r="R4" s="23">
         <v>397</v>
       </c>
       <c r="S4" s="23">
         <v>66</v>
       </c>
       <c r="T4" s="22">
         <v>18157545</v>
       </c>
     </row>
-    <row r="5" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="15">
         <v>2015</v>
       </c>
       <c r="B5" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="13">
         <v>474</v>
       </c>
       <c r="D5" s="13">
         <v>46</v>
       </c>
       <c r="E5" s="22">
         <v>10114663</v>
       </c>
       <c r="F5" s="13">
         <v>122</v>
       </c>
       <c r="G5" s="13">
         <v>17</v>
       </c>
       <c r="H5" s="22">
         <v>3653396</v>
       </c>
       <c r="I5" s="13">
@@ -9200,51 +9183,51 @@
       <c r="M5" s="13">
         <v>454</v>
       </c>
       <c r="N5" s="22">
         <v>103625999</v>
       </c>
       <c r="O5" s="13">
         <v>0</v>
       </c>
       <c r="P5" s="13">
         <v>0</v>
       </c>
       <c r="Q5" s="22">
         <v>0</v>
       </c>
       <c r="R5" s="23">
         <v>3818</v>
       </c>
       <c r="S5" s="23">
         <v>522</v>
       </c>
       <c r="T5" s="22">
         <v>118378173</v>
       </c>
     </row>
-    <row r="6" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="15">
         <v>2015</v>
       </c>
       <c r="B6" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="13">
         <v>110</v>
       </c>
       <c r="D6" s="13">
         <v>27</v>
       </c>
       <c r="E6" s="22">
         <v>18870973</v>
       </c>
       <c r="F6" s="13">
         <v>22</v>
       </c>
       <c r="G6" s="13">
         <v>5</v>
       </c>
       <c r="H6" s="22">
         <v>3668142</v>
       </c>
       <c r="I6" s="13">
@@ -9262,51 +9245,51 @@
       <c r="M6" s="13">
         <v>213</v>
       </c>
       <c r="N6" s="22">
         <v>159453346</v>
       </c>
       <c r="O6" s="13">
         <v>0</v>
       </c>
       <c r="P6" s="13">
         <v>0</v>
       </c>
       <c r="Q6" s="22">
         <v>0</v>
       </c>
       <c r="R6" s="23">
         <v>950</v>
       </c>
       <c r="S6" s="23">
         <v>246</v>
       </c>
       <c r="T6" s="22">
         <v>182466737</v>
       </c>
     </row>
-    <row r="7" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="15">
         <v>2015</v>
       </c>
       <c r="B7" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C7" s="13">
         <v>56</v>
       </c>
       <c r="D7" s="13">
         <v>18</v>
       </c>
       <c r="E7" s="22">
         <v>10892674</v>
       </c>
       <c r="F7" s="13">
         <v>12</v>
       </c>
       <c r="G7" s="13">
         <v>5</v>
       </c>
       <c r="H7" s="22">
         <v>3668142</v>
       </c>
       <c r="I7" s="13">
@@ -9324,51 +9307,51 @@
       <c r="M7" s="13">
         <v>144</v>
       </c>
       <c r="N7" s="22">
         <v>100573068</v>
       </c>
       <c r="O7" s="13">
         <v>0</v>
       </c>
       <c r="P7" s="13">
         <v>0</v>
       </c>
       <c r="Q7" s="22">
         <v>0</v>
       </c>
       <c r="R7" s="23">
         <v>505</v>
       </c>
       <c r="S7" s="23">
         <v>168</v>
       </c>
       <c r="T7" s="22">
         <v>115608160</v>
       </c>
     </row>
-    <row r="8" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="15">
         <v>2015</v>
       </c>
       <c r="B8" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="13">
         <v>8</v>
       </c>
       <c r="D8" s="13">
         <v>2</v>
       </c>
       <c r="E8" s="22">
         <v>1979457</v>
       </c>
       <c r="F8" s="13">
         <v>0</v>
       </c>
       <c r="G8" s="13">
         <v>0</v>
       </c>
       <c r="H8" s="22">
         <v>0</v>
       </c>
       <c r="I8" s="13">
@@ -9386,51 +9369,51 @@
       <c r="M8" s="13">
         <v>11</v>
       </c>
       <c r="N8" s="22">
         <v>9728757</v>
       </c>
       <c r="O8" s="13">
         <v>0</v>
       </c>
       <c r="P8" s="13">
         <v>0</v>
       </c>
       <c r="Q8" s="22">
         <v>0</v>
       </c>
       <c r="R8" s="23">
         <v>40</v>
       </c>
       <c r="S8" s="23">
         <v>13</v>
       </c>
       <c r="T8" s="22">
         <v>11708214</v>
       </c>
     </row>
-    <row r="9" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="15">
         <v>2015</v>
       </c>
       <c r="B9" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="13">
         <v>46</v>
       </c>
       <c r="D9" s="13">
         <v>7</v>
       </c>
       <c r="E9" s="22">
         <v>5998842</v>
       </c>
       <c r="F9" s="13">
         <v>10</v>
       </c>
       <c r="G9" s="13">
         <v>0</v>
       </c>
       <c r="H9" s="22">
         <v>0</v>
       </c>
       <c r="I9" s="13">
@@ -9448,51 +9431,51 @@
       <c r="M9" s="13">
         <v>58</v>
       </c>
       <c r="N9" s="22">
         <v>49151521</v>
       </c>
       <c r="O9" s="13">
         <v>0</v>
       </c>
       <c r="P9" s="13">
         <v>0</v>
       </c>
       <c r="Q9" s="22">
         <v>0</v>
       </c>
       <c r="R9" s="23">
         <v>405</v>
       </c>
       <c r="S9" s="23">
         <v>65</v>
       </c>
       <c r="T9" s="22">
         <v>55150363</v>
       </c>
     </row>
-    <row r="10" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15">
         <v>2016</v>
       </c>
       <c r="B10" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="13">
         <v>71</v>
       </c>
       <c r="D10" s="13">
         <v>12</v>
       </c>
       <c r="E10" s="22">
         <v>2860378</v>
       </c>
       <c r="F10" s="13">
         <v>17</v>
       </c>
       <c r="G10" s="13">
         <v>1</v>
       </c>
       <c r="H10" s="22">
         <v>221664</v>
       </c>
       <c r="I10" s="13">
@@ -9510,51 +9493,51 @@
       <c r="M10" s="13">
         <v>54</v>
       </c>
       <c r="N10" s="22">
         <v>14266097</v>
       </c>
       <c r="O10" s="13">
         <v>0</v>
       </c>
       <c r="P10" s="13">
         <v>0</v>
       </c>
       <c r="Q10" s="22">
         <v>0</v>
       </c>
       <c r="R10" s="23">
         <v>605</v>
       </c>
       <c r="S10" s="23">
         <v>67</v>
       </c>
       <c r="T10" s="22">
         <v>17348139</v>
       </c>
     </row>
-    <row r="11" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15">
         <v>2016</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="13">
         <v>592</v>
       </c>
       <c r="D11" s="13">
         <v>57</v>
       </c>
       <c r="E11" s="22">
         <v>12892300</v>
       </c>
       <c r="F11" s="13">
         <v>166</v>
       </c>
       <c r="G11" s="13">
         <v>17</v>
       </c>
       <c r="H11" s="22">
         <v>3769882</v>
       </c>
       <c r="I11" s="13">
@@ -9572,51 +9555,51 @@
       <c r="M11" s="13">
         <v>453</v>
       </c>
       <c r="N11" s="22">
         <v>104534151</v>
       </c>
       <c r="O11" s="13">
         <v>0</v>
       </c>
       <c r="P11" s="13">
         <v>0</v>
       </c>
       <c r="Q11" s="22">
         <v>0</v>
       </c>
       <c r="R11" s="23">
         <v>4788</v>
       </c>
       <c r="S11" s="23">
         <v>529</v>
       </c>
       <c r="T11" s="22">
         <v>121568803</v>
       </c>
     </row>
-    <row r="12" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="15">
         <v>2016</v>
       </c>
       <c r="B12" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C12" s="13">
         <v>188</v>
       </c>
       <c r="D12" s="13">
         <v>40</v>
       </c>
       <c r="E12" s="22">
         <v>29699130</v>
       </c>
       <c r="F12" s="13">
         <v>17</v>
       </c>
       <c r="G12" s="13">
         <v>3</v>
       </c>
       <c r="H12" s="22">
         <v>2503875</v>
       </c>
       <c r="I12" s="13">
@@ -9634,51 +9617,51 @@
       <c r="M12" s="13">
         <v>255</v>
       </c>
       <c r="N12" s="22">
         <v>206700700</v>
       </c>
       <c r="O12" s="13">
         <v>0</v>
       </c>
       <c r="P12" s="13">
         <v>0</v>
       </c>
       <c r="Q12" s="22">
         <v>0</v>
       </c>
       <c r="R12" s="23">
         <v>1423</v>
       </c>
       <c r="S12" s="23">
         <v>301</v>
       </c>
       <c r="T12" s="22">
         <v>241244030</v>
       </c>
     </row>
-    <row r="13" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="15">
         <v>2016</v>
       </c>
       <c r="B13" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="13">
         <v>106</v>
       </c>
       <c r="D13" s="13">
         <v>26</v>
       </c>
       <c r="E13" s="22">
         <v>18248776</v>
       </c>
       <c r="F13" s="13">
         <v>9</v>
       </c>
       <c r="G13" s="13">
         <v>3</v>
       </c>
       <c r="H13" s="22">
         <v>2503875</v>
       </c>
       <c r="I13" s="13">
@@ -9696,51 +9679,51 @@
       <c r="M13" s="13">
         <v>165</v>
       </c>
       <c r="N13" s="22">
         <v>126381982</v>
       </c>
       <c r="O13" s="13">
         <v>0</v>
       </c>
       <c r="P13" s="13">
         <v>0</v>
       </c>
       <c r="Q13" s="22">
         <v>0</v>
       </c>
       <c r="R13" s="23">
         <v>757</v>
       </c>
       <c r="S13" s="23">
         <v>196</v>
       </c>
       <c r="T13" s="22">
         <v>148516665</v>
       </c>
     </row>
-    <row r="14" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15">
         <v>2016</v>
       </c>
       <c r="B14" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="13">
         <v>8</v>
       </c>
       <c r="D14" s="13">
         <v>4</v>
       </c>
       <c r="E14" s="22">
         <v>3445368</v>
       </c>
       <c r="F14" s="13">
         <v>1</v>
       </c>
       <c r="G14" s="13">
         <v>0</v>
       </c>
       <c r="H14" s="22">
         <v>0</v>
       </c>
       <c r="I14" s="13">
@@ -9758,51 +9741,51 @@
       <c r="M14" s="13">
         <v>17</v>
       </c>
       <c r="N14" s="22">
         <v>14482473</v>
       </c>
       <c r="O14" s="13">
         <v>0</v>
       </c>
       <c r="P14" s="13">
         <v>0</v>
       </c>
       <c r="Q14" s="22">
         <v>0</v>
       </c>
       <c r="R14" s="23">
         <v>75</v>
       </c>
       <c r="S14" s="23">
         <v>21</v>
       </c>
       <c r="T14" s="22">
         <v>17927841</v>
       </c>
     </row>
-    <row r="15" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="15">
         <v>2016</v>
       </c>
       <c r="B15" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="13">
         <v>74</v>
       </c>
       <c r="D15" s="13">
         <v>10</v>
       </c>
       <c r="E15" s="22">
         <v>8004986</v>
       </c>
       <c r="F15" s="13">
         <v>7</v>
       </c>
       <c r="G15" s="13">
         <v>0</v>
       </c>
       <c r="H15" s="22">
         <v>0</v>
       </c>
       <c r="I15" s="13">
@@ -9820,51 +9803,51 @@
       <c r="M15" s="13">
         <v>73</v>
       </c>
       <c r="N15" s="22">
         <v>65836245</v>
       </c>
       <c r="O15" s="13">
         <v>0</v>
       </c>
       <c r="P15" s="13">
         <v>0</v>
       </c>
       <c r="Q15" s="22">
         <v>0</v>
       </c>
       <c r="R15" s="23">
         <v>591</v>
       </c>
       <c r="S15" s="23">
         <v>84</v>
       </c>
       <c r="T15" s="22">
         <v>74799524</v>
       </c>
     </row>
-    <row r="16" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="15">
         <v>2016</v>
       </c>
       <c r="B16" s="15" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="13">
         <v>10</v>
       </c>
       <c r="D16" s="13">
         <v>1</v>
       </c>
       <c r="E16" s="22">
         <v>575753</v>
       </c>
       <c r="F16" s="13">
         <v>1</v>
       </c>
       <c r="G16" s="13">
         <v>1</v>
       </c>
       <c r="H16" s="22">
         <v>499791</v>
       </c>
       <c r="I16" s="13">
@@ -9882,51 +9865,51 @@
       <c r="M16" s="13">
         <v>13</v>
       </c>
       <c r="N16" s="22">
         <v>8059959</v>
       </c>
       <c r="O16" s="13">
         <v>0</v>
       </c>
       <c r="P16" s="13">
         <v>0</v>
       </c>
       <c r="Q16" s="22">
         <v>0</v>
       </c>
       <c r="R16" s="23">
         <v>77</v>
       </c>
       <c r="S16" s="23">
         <v>15</v>
       </c>
       <c r="T16" s="22">
         <v>9135503</v>
       </c>
     </row>
-    <row r="17" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="15">
         <v>2017</v>
       </c>
       <c r="B17" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="13">
         <v>76</v>
       </c>
       <c r="D17" s="13">
         <v>16</v>
       </c>
       <c r="E17" s="22">
         <v>4156831</v>
       </c>
       <c r="F17" s="13">
         <v>27</v>
       </c>
       <c r="G17" s="13">
         <v>2</v>
       </c>
       <c r="H17" s="22">
         <v>524111</v>
       </c>
       <c r="I17" s="13">
@@ -9944,51 +9927,51 @@
       <c r="M17" s="13">
         <v>83</v>
       </c>
       <c r="N17" s="22">
         <v>28972776</v>
       </c>
       <c r="O17" s="13">
         <v>0</v>
       </c>
       <c r="P17" s="13">
         <v>0</v>
       </c>
       <c r="Q17" s="22">
         <v>0</v>
       </c>
       <c r="R17" s="23">
         <v>602</v>
       </c>
       <c r="S17" s="23">
         <v>101</v>
       </c>
       <c r="T17" s="22">
         <v>33653718</v>
       </c>
     </row>
-    <row r="18" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="15">
         <v>2017</v>
       </c>
       <c r="B18" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C18" s="13">
         <v>471</v>
       </c>
       <c r="D18" s="13">
         <v>59</v>
       </c>
       <c r="E18" s="22">
         <v>13938773</v>
       </c>
       <c r="F18" s="13">
         <v>161</v>
       </c>
       <c r="G18" s="13">
         <v>16</v>
       </c>
       <c r="H18" s="22">
         <v>3913255</v>
       </c>
       <c r="I18" s="13">
@@ -10006,51 +9989,51 @@
       <c r="M18" s="13">
         <v>476</v>
       </c>
       <c r="N18" s="22">
         <v>112877287</v>
       </c>
       <c r="O18" s="13">
         <v>0</v>
       </c>
       <c r="P18" s="13">
         <v>0</v>
       </c>
       <c r="Q18" s="22">
         <v>0</v>
       </c>
       <c r="R18" s="23">
         <v>3883</v>
       </c>
       <c r="S18" s="23">
         <v>555</v>
       </c>
       <c r="T18" s="22">
         <v>131564060</v>
       </c>
     </row>
-    <row r="19" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="15">
         <v>2017</v>
       </c>
       <c r="B19" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="13">
         <v>121</v>
       </c>
       <c r="D19" s="13">
         <v>37</v>
       </c>
       <c r="E19" s="22">
         <v>27422915</v>
       </c>
       <c r="F19" s="13">
         <v>19</v>
       </c>
       <c r="G19" s="13">
         <v>2</v>
       </c>
       <c r="H19" s="22">
         <v>1210828</v>
       </c>
       <c r="I19" s="13">
@@ -10068,51 +10051,51 @@
       <c r="M19" s="13">
         <v>285</v>
       </c>
       <c r="N19" s="22">
         <v>235230510</v>
       </c>
       <c r="O19" s="13">
         <v>0</v>
       </c>
       <c r="P19" s="13">
         <v>0</v>
       </c>
       <c r="Q19" s="22">
         <v>0</v>
       </c>
       <c r="R19" s="23">
         <v>1120</v>
       </c>
       <c r="S19" s="23">
         <v>325</v>
       </c>
       <c r="T19" s="22">
         <v>264595152</v>
       </c>
     </row>
-    <row r="20" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="15">
         <v>2017</v>
       </c>
       <c r="B20" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="13">
         <v>77</v>
       </c>
       <c r="D20" s="13">
         <v>26</v>
       </c>
       <c r="E20" s="22">
         <v>19692102</v>
       </c>
       <c r="F20" s="13">
         <v>14</v>
       </c>
       <c r="G20" s="13">
         <v>2</v>
       </c>
       <c r="H20" s="22">
         <v>1210828</v>
       </c>
       <c r="I20" s="13">
@@ -10130,51 +10113,51 @@
       <c r="M20" s="13">
         <v>168</v>
       </c>
       <c r="N20" s="22">
         <v>130907042</v>
       </c>
       <c r="O20" s="13">
         <v>0</v>
       </c>
       <c r="P20" s="13">
         <v>0</v>
       </c>
       <c r="Q20" s="22">
         <v>0</v>
       </c>
       <c r="R20" s="23">
         <v>604</v>
       </c>
       <c r="S20" s="23">
         <v>196</v>
       </c>
       <c r="T20" s="22">
         <v>151809972</v>
       </c>
     </row>
-    <row r="21" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="15">
         <v>2017</v>
       </c>
       <c r="B21" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="13">
         <v>5</v>
       </c>
       <c r="D21" s="13">
         <v>3</v>
       </c>
       <c r="E21" s="22">
         <v>1410630</v>
       </c>
       <c r="F21" s="13">
         <v>3</v>
       </c>
       <c r="G21" s="13">
         <v>0</v>
       </c>
       <c r="H21" s="22">
         <v>0</v>
       </c>
       <c r="I21" s="13">
@@ -10192,51 +10175,51 @@
       <c r="M21" s="13">
         <v>17</v>
       </c>
       <c r="N21" s="22">
         <v>16842447</v>
       </c>
       <c r="O21" s="13">
         <v>0</v>
       </c>
       <c r="P21" s="13">
         <v>0</v>
       </c>
       <c r="Q21" s="22">
         <v>0</v>
       </c>
       <c r="R21" s="23">
         <v>60</v>
       </c>
       <c r="S21" s="23">
         <v>20</v>
       </c>
       <c r="T21" s="22">
         <v>18253077</v>
       </c>
     </row>
-    <row r="22" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="15">
         <v>2017</v>
       </c>
       <c r="B22" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="13">
         <v>39</v>
       </c>
       <c r="D22" s="13">
         <v>8</v>
       </c>
       <c r="E22" s="22">
         <v>6320183</v>
       </c>
       <c r="F22" s="13">
         <v>2</v>
       </c>
       <c r="G22" s="13">
         <v>0</v>
       </c>
       <c r="H22" s="22">
         <v>0</v>
       </c>
       <c r="I22" s="13">
@@ -10254,51 +10237,51 @@
       <c r="M22" s="13">
         <v>100</v>
       </c>
       <c r="N22" s="22">
         <v>87481021</v>
       </c>
       <c r="O22" s="13">
         <v>0</v>
       </c>
       <c r="P22" s="13">
         <v>0</v>
       </c>
       <c r="Q22" s="22">
         <v>0</v>
       </c>
       <c r="R22" s="23">
         <v>456</v>
       </c>
       <c r="S22" s="23">
         <v>109</v>
       </c>
       <c r="T22" s="22">
         <v>94532103</v>
       </c>
     </row>
-    <row r="23" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="15">
         <v>2017</v>
       </c>
       <c r="B23" s="15" t="s">
         <v>21</v>
       </c>
       <c r="C23" s="13">
         <v>12</v>
       </c>
       <c r="D23" s="13">
         <v>2</v>
       </c>
       <c r="E23" s="22">
         <v>1875938</v>
       </c>
       <c r="F23" s="13">
         <v>3</v>
       </c>
       <c r="G23" s="13">
         <v>0</v>
       </c>
       <c r="H23" s="22">
         <v>0</v>
       </c>
       <c r="I23" s="13">
@@ -10316,51 +10299,51 @@
       <c r="M23" s="13">
         <v>24</v>
       </c>
       <c r="N23" s="22">
         <v>15668034</v>
       </c>
       <c r="O23" s="13">
         <v>0</v>
       </c>
       <c r="P23" s="13">
         <v>0</v>
       </c>
       <c r="Q23" s="22">
         <v>0</v>
       </c>
       <c r="R23" s="23">
         <v>107</v>
       </c>
       <c r="S23" s="23">
         <v>26</v>
       </c>
       <c r="T23" s="22">
         <v>17543972</v>
       </c>
     </row>
-    <row r="24" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="15">
         <v>2018</v>
       </c>
       <c r="B24" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="13">
         <v>87</v>
       </c>
       <c r="D24" s="13">
         <v>19</v>
       </c>
       <c r="E24" s="22">
         <v>4885830</v>
       </c>
       <c r="F24" s="13">
         <v>44</v>
       </c>
       <c r="G24" s="13">
         <v>3</v>
       </c>
       <c r="H24" s="22">
         <v>1123041</v>
       </c>
       <c r="I24" s="13">
@@ -10378,51 +10361,51 @@
       <c r="M24" s="13">
         <v>126</v>
       </c>
       <c r="N24" s="22">
         <v>36411369</v>
       </c>
       <c r="O24" s="13">
         <v>0</v>
       </c>
       <c r="P24" s="13">
         <v>0</v>
       </c>
       <c r="Q24" s="22">
         <v>0</v>
       </c>
       <c r="R24" s="23">
         <v>842</v>
       </c>
       <c r="S24" s="23">
         <v>148</v>
       </c>
       <c r="T24" s="22">
         <v>42420240</v>
       </c>
     </row>
-    <row r="25" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="15">
         <v>2018</v>
       </c>
       <c r="B25" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C25" s="13">
         <v>497</v>
       </c>
       <c r="D25" s="13">
         <v>74</v>
       </c>
       <c r="E25" s="22">
         <v>18591410</v>
       </c>
       <c r="F25" s="13">
         <v>165</v>
       </c>
       <c r="G25" s="13">
         <v>15</v>
       </c>
       <c r="H25" s="22">
         <v>3898754</v>
       </c>
       <c r="I25" s="13">
@@ -10440,51 +10423,51 @@
       <c r="M25" s="13">
         <v>577</v>
       </c>
       <c r="N25" s="22">
         <v>141363496</v>
       </c>
       <c r="O25" s="13">
         <v>0</v>
       </c>
       <c r="P25" s="13">
         <v>0</v>
       </c>
       <c r="Q25" s="22">
         <v>0</v>
       </c>
       <c r="R25" s="23">
         <v>4044</v>
       </c>
       <c r="S25" s="23">
         <v>670</v>
       </c>
       <c r="T25" s="22">
         <v>164879428</v>
       </c>
     </row>
-    <row r="26" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="15">
         <v>2018</v>
       </c>
       <c r="B26" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C26" s="13">
         <v>84</v>
       </c>
       <c r="D26" s="13">
         <v>36</v>
       </c>
       <c r="E26" s="22">
         <v>28458709</v>
       </c>
       <c r="F26" s="13">
         <v>24</v>
       </c>
       <c r="G26" s="13">
         <v>8</v>
       </c>
       <c r="H26" s="22">
         <v>6042125</v>
       </c>
       <c r="I26" s="13">
@@ -10502,51 +10485,51 @@
       <c r="M26" s="13">
         <v>214</v>
       </c>
       <c r="N26" s="22">
         <v>178854294</v>
       </c>
       <c r="O26" s="13">
         <v>0</v>
       </c>
       <c r="P26" s="13">
         <v>0</v>
       </c>
       <c r="Q26" s="22">
         <v>0</v>
       </c>
       <c r="R26" s="23">
         <v>713</v>
       </c>
       <c r="S26" s="23">
         <v>260</v>
       </c>
       <c r="T26" s="22">
         <v>214853735</v>
       </c>
     </row>
-    <row r="27" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="15">
         <v>2018</v>
       </c>
       <c r="B27" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C27" s="13">
         <v>78</v>
       </c>
       <c r="D27" s="13">
         <v>34</v>
       </c>
       <c r="E27" s="22">
         <v>24488610</v>
       </c>
       <c r="F27" s="13">
         <v>22</v>
       </c>
       <c r="G27" s="13">
         <v>8</v>
       </c>
       <c r="H27" s="22">
         <v>6042125</v>
       </c>
       <c r="I27" s="13">
@@ -10564,51 +10547,51 @@
       <c r="M27" s="13">
         <v>184</v>
       </c>
       <c r="N27" s="22">
         <v>146804258</v>
       </c>
       <c r="O27" s="13">
         <v>0</v>
       </c>
       <c r="P27" s="13">
         <v>0</v>
       </c>
       <c r="Q27" s="22">
         <v>0</v>
       </c>
       <c r="R27" s="23">
         <v>613</v>
       </c>
       <c r="S27" s="23">
         <v>227</v>
       </c>
       <c r="T27" s="22">
         <v>177834528</v>
       </c>
     </row>
-    <row r="28" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="15">
         <v>2018</v>
       </c>
       <c r="B28" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="13">
         <v>6</v>
       </c>
       <c r="D28" s="13">
         <v>2</v>
       </c>
       <c r="E28" s="22">
         <v>3970099</v>
       </c>
       <c r="F28" s="13">
         <v>2</v>
       </c>
       <c r="G28" s="13">
         <v>0</v>
       </c>
       <c r="H28" s="22">
         <v>0</v>
       </c>
       <c r="I28" s="13">
@@ -10626,51 +10609,51 @@
       <c r="M28" s="13">
         <v>30</v>
       </c>
       <c r="N28" s="22">
         <v>32050036</v>
       </c>
       <c r="O28" s="13">
         <v>0</v>
       </c>
       <c r="P28" s="13">
         <v>0</v>
       </c>
       <c r="Q28" s="22">
         <v>0</v>
       </c>
       <c r="R28" s="23">
         <v>100</v>
       </c>
       <c r="S28" s="23">
         <v>33</v>
       </c>
       <c r="T28" s="22">
         <v>37019207</v>
       </c>
     </row>
-    <row r="29" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="15">
         <v>2018</v>
       </c>
       <c r="B29" s="15" t="s">
         <v>21</v>
       </c>
       <c r="C29" s="13">
         <v>1</v>
       </c>
       <c r="D29" s="13">
         <v>1</v>
       </c>
       <c r="E29" s="22">
         <v>605501</v>
       </c>
       <c r="F29" s="13">
         <v>0</v>
       </c>
       <c r="G29" s="13">
         <v>0</v>
       </c>
       <c r="H29" s="22">
         <v>0</v>
       </c>
       <c r="I29" s="13">
@@ -10688,51 +10671,51 @@
       <c r="M29" s="13">
         <v>1</v>
       </c>
       <c r="N29" s="22">
         <v>1000000</v>
       </c>
       <c r="O29" s="13">
         <v>0</v>
       </c>
       <c r="P29" s="13">
         <v>0</v>
       </c>
       <c r="Q29" s="22">
         <v>0</v>
       </c>
       <c r="R29" s="23">
         <v>2</v>
       </c>
       <c r="S29" s="23">
         <v>2</v>
       </c>
       <c r="T29" s="22">
         <v>1605501</v>
       </c>
     </row>
-    <row r="30" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="15">
         <v>2019</v>
       </c>
       <c r="B30" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="13">
         <v>76</v>
       </c>
       <c r="D30" s="13">
         <v>16</v>
       </c>
       <c r="E30" s="22">
         <v>5852932</v>
       </c>
       <c r="F30" s="13">
         <v>15</v>
       </c>
       <c r="G30" s="13">
         <v>5</v>
       </c>
       <c r="H30" s="22">
         <v>1324939</v>
       </c>
       <c r="I30" s="13">
@@ -10750,51 +10733,51 @@
       <c r="M30" s="13">
         <v>134</v>
       </c>
       <c r="N30" s="22">
         <v>44571358</v>
       </c>
       <c r="O30" s="13">
         <v>0</v>
       </c>
       <c r="P30" s="13">
         <v>0</v>
       </c>
       <c r="Q30" s="22">
         <v>0</v>
       </c>
       <c r="R30" s="23">
         <v>738</v>
       </c>
       <c r="S30" s="23">
         <v>157</v>
       </c>
       <c r="T30" s="22">
         <v>52188456</v>
       </c>
     </row>
-    <row r="31" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="15">
         <v>2019</v>
       </c>
       <c r="B31" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="13">
         <v>405</v>
       </c>
       <c r="D31" s="13">
         <v>77</v>
       </c>
       <c r="E31" s="22">
         <v>18369771</v>
       </c>
       <c r="F31" s="13">
         <v>123</v>
       </c>
       <c r="G31" s="13">
         <v>18</v>
       </c>
       <c r="H31" s="22">
         <v>4591003</v>
       </c>
       <c r="I31" s="13">
@@ -10812,51 +10795,51 @@
       <c r="M31" s="13">
         <v>574</v>
       </c>
       <c r="N31" s="22">
         <v>148651184</v>
       </c>
       <c r="O31" s="13">
         <v>0</v>
       </c>
       <c r="P31" s="13">
         <v>0</v>
       </c>
       <c r="Q31" s="22">
         <v>0</v>
       </c>
       <c r="R31" s="23">
         <v>3944</v>
       </c>
       <c r="S31" s="23">
         <v>678</v>
       </c>
       <c r="T31" s="22">
         <v>174121208</v>
       </c>
     </row>
-    <row r="32" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="15">
         <v>2019</v>
       </c>
       <c r="B32" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="13">
         <v>58</v>
       </c>
       <c r="D32" s="13">
         <v>16</v>
       </c>
       <c r="E32" s="22">
         <v>14262523</v>
       </c>
       <c r="F32" s="13">
         <v>20</v>
       </c>
       <c r="G32" s="13">
         <v>6</v>
       </c>
       <c r="H32" s="22">
         <v>3644971</v>
       </c>
       <c r="I32" s="13">
@@ -10874,51 +10857,51 @@
       <c r="M32" s="13">
         <v>239</v>
       </c>
       <c r="N32" s="22">
         <v>205731975</v>
       </c>
       <c r="O32" s="13">
         <v>0</v>
       </c>
       <c r="P32" s="13">
         <v>0</v>
       </c>
       <c r="Q32" s="22">
         <v>0</v>
       </c>
       <c r="R32" s="23">
         <v>876</v>
       </c>
       <c r="S32" s="23">
         <v>262</v>
       </c>
       <c r="T32" s="22">
         <v>224528041</v>
       </c>
     </row>
-    <row r="33" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="15">
         <v>2019</v>
       </c>
       <c r="B33" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C33" s="13">
         <v>39</v>
       </c>
       <c r="D33" s="13">
         <v>12</v>
       </c>
       <c r="E33" s="22">
         <v>9668358</v>
       </c>
       <c r="F33" s="13">
         <v>15</v>
       </c>
       <c r="G33" s="13">
         <v>5</v>
       </c>
       <c r="H33" s="22">
         <v>3057019</v>
       </c>
       <c r="I33" s="13">
@@ -10936,51 +10919,51 @@
       <c r="M33" s="13">
         <v>175</v>
       </c>
       <c r="N33" s="22">
         <v>140626862</v>
       </c>
       <c r="O33" s="13">
         <v>0</v>
       </c>
       <c r="P33" s="13">
         <v>0</v>
       </c>
       <c r="Q33" s="22">
         <v>0</v>
       </c>
       <c r="R33" s="23">
         <v>522</v>
       </c>
       <c r="S33" s="23">
         <v>193</v>
       </c>
       <c r="T33" s="22">
         <v>154240811</v>
       </c>
     </row>
-    <row r="34" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="15">
         <v>2019</v>
       </c>
       <c r="B34" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="13">
         <v>9</v>
       </c>
       <c r="D34" s="13">
         <v>2</v>
       </c>
       <c r="E34" s="22">
         <v>2375010</v>
       </c>
       <c r="F34" s="13">
         <v>2</v>
       </c>
       <c r="G34" s="13">
         <v>1</v>
       </c>
       <c r="H34" s="22">
         <v>587952</v>
       </c>
       <c r="I34" s="13">
@@ -10998,51 +10981,51 @@
       <c r="M34" s="13">
         <v>38</v>
       </c>
       <c r="N34" s="22">
         <v>41700599</v>
       </c>
       <c r="O34" s="13">
         <v>0</v>
       </c>
       <c r="P34" s="13">
         <v>0</v>
       </c>
       <c r="Q34" s="22">
         <v>0</v>
       </c>
       <c r="R34" s="23">
         <v>105</v>
       </c>
       <c r="S34" s="23">
         <v>41</v>
       </c>
       <c r="T34" s="22">
         <v>44663561</v>
       </c>
     </row>
-    <row r="35" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="15">
         <v>2019</v>
       </c>
       <c r="B35" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C35" s="13">
         <v>10</v>
       </c>
       <c r="D35" s="13">
         <v>2</v>
       </c>
       <c r="E35" s="22">
         <v>2219155</v>
       </c>
       <c r="F35" s="13">
         <v>3</v>
       </c>
       <c r="G35" s="13">
         <v>0</v>
       </c>
       <c r="H35" s="22">
         <v>0</v>
       </c>
       <c r="I35" s="13">
@@ -11060,51 +11043,51 @@
       <c r="M35" s="13">
         <v>26</v>
       </c>
       <c r="N35" s="22">
         <v>23404514</v>
       </c>
       <c r="O35" s="13">
         <v>0</v>
       </c>
       <c r="P35" s="13">
         <v>0</v>
       </c>
       <c r="Q35" s="22">
         <v>0</v>
       </c>
       <c r="R35" s="23">
         <v>249</v>
       </c>
       <c r="S35" s="23">
         <v>28</v>
       </c>
       <c r="T35" s="22">
         <v>25623669</v>
       </c>
     </row>
-    <row r="36" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="15">
         <v>2019</v>
       </c>
       <c r="B36" s="15" t="s">
         <v>21</v>
       </c>
       <c r="C36" s="13">
         <v>0</v>
       </c>
       <c r="D36" s="13">
         <v>0</v>
       </c>
       <c r="E36" s="22">
         <v>0</v>
       </c>
       <c r="F36" s="13">
         <v>0</v>
       </c>
       <c r="G36" s="13">
         <v>0</v>
       </c>
       <c r="H36" s="22">
         <v>0</v>
       </c>
       <c r="I36" s="13">
@@ -11122,51 +11105,51 @@
       <c r="M36" s="13">
         <v>0</v>
       </c>
       <c r="N36" s="22">
         <v>0</v>
       </c>
       <c r="O36" s="13">
         <v>0</v>
       </c>
       <c r="P36" s="13">
         <v>0</v>
       </c>
       <c r="Q36" s="22">
         <v>0</v>
       </c>
       <c r="R36" s="23">
         <v>0</v>
       </c>
       <c r="S36" s="23">
         <v>0</v>
       </c>
       <c r="T36" s="22">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="15">
         <v>2020</v>
       </c>
       <c r="B37" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="13">
         <v>8</v>
       </c>
       <c r="D37" s="13">
         <v>1</v>
       </c>
       <c r="E37" s="22">
         <v>206644</v>
       </c>
       <c r="F37" s="13">
         <v>1</v>
       </c>
       <c r="G37" s="13">
         <v>0</v>
       </c>
       <c r="H37" s="22">
         <v>0</v>
       </c>
       <c r="I37" s="13">
@@ -11184,51 +11167,51 @@
       <c r="M37" s="13">
         <v>100</v>
       </c>
       <c r="N37" s="22">
         <v>37411035</v>
       </c>
       <c r="O37" s="13">
         <v>0</v>
       </c>
       <c r="P37" s="13">
         <v>0</v>
       </c>
       <c r="Q37" s="22">
         <v>0</v>
       </c>
       <c r="R37" s="23">
         <v>723</v>
       </c>
       <c r="S37" s="23">
         <v>101</v>
       </c>
       <c r="T37" s="22">
         <v>37617679</v>
       </c>
     </row>
-    <row r="38" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="15">
         <v>2020</v>
       </c>
       <c r="B38" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C38" s="13">
         <v>74</v>
       </c>
       <c r="D38" s="13">
         <v>5</v>
       </c>
       <c r="E38" s="22">
         <v>1394433</v>
       </c>
       <c r="F38" s="13">
         <v>30</v>
       </c>
       <c r="G38" s="13">
         <v>3</v>
       </c>
       <c r="H38" s="22">
         <v>820653</v>
       </c>
       <c r="I38" s="13">
@@ -11246,51 +11229,51 @@
       <c r="M38" s="13">
         <v>447</v>
       </c>
       <c r="N38" s="22">
         <v>121200937</v>
       </c>
       <c r="O38" s="13">
         <v>0</v>
       </c>
       <c r="P38" s="13">
         <v>0</v>
       </c>
       <c r="Q38" s="22">
         <v>0</v>
       </c>
       <c r="R38" s="23">
         <v>4137</v>
       </c>
       <c r="S38" s="23">
         <v>455</v>
       </c>
       <c r="T38" s="22">
         <v>123416023</v>
       </c>
     </row>
-    <row r="39" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="15">
         <v>2020</v>
       </c>
       <c r="B39" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="13">
         <v>14</v>
       </c>
       <c r="D39" s="13">
         <v>6</v>
       </c>
       <c r="E39" s="22">
         <v>4937104</v>
       </c>
       <c r="F39" s="13">
         <v>3</v>
       </c>
       <c r="G39" s="13">
         <v>0</v>
       </c>
       <c r="H39" s="22">
         <v>0</v>
       </c>
       <c r="I39" s="13">
@@ -11308,51 +11291,51 @@
       <c r="M39" s="13">
         <v>329</v>
       </c>
       <c r="N39" s="22">
         <v>306812000</v>
       </c>
       <c r="O39" s="13">
         <v>0</v>
       </c>
       <c r="P39" s="13">
         <v>0</v>
       </c>
       <c r="Q39" s="22">
         <v>0</v>
       </c>
       <c r="R39" s="23">
         <v>1547</v>
       </c>
       <c r="S39" s="23">
         <v>335</v>
       </c>
       <c r="T39" s="22">
         <v>311749104</v>
       </c>
     </row>
-    <row r="40" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="15">
         <v>2020</v>
       </c>
       <c r="B40" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C40" s="13">
         <v>5</v>
       </c>
       <c r="D40" s="13">
         <v>3</v>
       </c>
       <c r="E40" s="22">
         <v>2237360</v>
       </c>
       <c r="F40" s="13">
         <v>1</v>
       </c>
       <c r="G40" s="13">
         <v>0</v>
       </c>
       <c r="H40" s="22">
         <v>0</v>
       </c>
       <c r="I40" s="13">
@@ -11370,51 +11353,51 @@
       <c r="M40" s="13">
         <v>174</v>
       </c>
       <c r="N40" s="22">
         <v>156836169</v>
       </c>
       <c r="O40" s="13">
         <v>0</v>
       </c>
       <c r="P40" s="13">
         <v>0</v>
       </c>
       <c r="Q40" s="22">
         <v>0</v>
       </c>
       <c r="R40" s="23">
         <v>667</v>
       </c>
       <c r="S40" s="23">
         <v>177</v>
       </c>
       <c r="T40" s="22">
         <v>159073529</v>
       </c>
     </row>
-    <row r="41" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="15">
         <v>2020</v>
       </c>
       <c r="B41" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="13">
         <v>2</v>
       </c>
       <c r="D41" s="13">
         <v>1</v>
       </c>
       <c r="E41" s="22">
         <v>1000000</v>
       </c>
       <c r="F41" s="13">
         <v>0</v>
       </c>
       <c r="G41" s="13">
         <v>0</v>
       </c>
       <c r="H41" s="22">
         <v>0</v>
       </c>
       <c r="I41" s="13">
@@ -11432,51 +11415,51 @@
       <c r="M41" s="13">
         <v>36</v>
       </c>
       <c r="N41" s="22">
         <v>38572796</v>
       </c>
       <c r="O41" s="13">
         <v>0</v>
       </c>
       <c r="P41" s="13">
         <v>0</v>
       </c>
       <c r="Q41" s="22">
         <v>0</v>
       </c>
       <c r="R41" s="23">
         <v>128</v>
       </c>
       <c r="S41" s="23">
         <v>37</v>
       </c>
       <c r="T41" s="22">
         <v>39572796</v>
       </c>
     </row>
-    <row r="42" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="15">
         <v>2020</v>
       </c>
       <c r="B42" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C42" s="13">
         <v>7</v>
       </c>
       <c r="D42" s="13">
         <v>2</v>
       </c>
       <c r="E42" s="22">
         <v>1699744</v>
       </c>
       <c r="F42" s="13">
         <v>2</v>
       </c>
       <c r="G42" s="13">
         <v>0</v>
       </c>
       <c r="H42" s="22">
         <v>0</v>
       </c>
       <c r="I42" s="13">
@@ -11494,51 +11477,51 @@
       <c r="M42" s="13">
         <v>119</v>
       </c>
       <c r="N42" s="22">
         <v>111403035</v>
       </c>
       <c r="O42" s="13">
         <v>0</v>
       </c>
       <c r="P42" s="13">
         <v>0</v>
       </c>
       <c r="Q42" s="22">
         <v>0</v>
       </c>
       <c r="R42" s="23">
         <v>752</v>
       </c>
       <c r="S42" s="23">
         <v>121</v>
       </c>
       <c r="T42" s="22">
         <v>113102779</v>
       </c>
     </row>
-    <row r="43" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="15">
         <v>2020</v>
       </c>
       <c r="B43" s="15" t="s">
         <v>21</v>
       </c>
       <c r="C43" s="13">
         <v>0</v>
       </c>
       <c r="D43" s="13">
         <v>0</v>
       </c>
       <c r="E43" s="22">
         <v>0</v>
       </c>
       <c r="F43" s="13">
         <v>0</v>
       </c>
       <c r="G43" s="13">
         <v>0</v>
       </c>
       <c r="H43" s="22">
         <v>0</v>
       </c>
       <c r="I43" s="13">
@@ -11556,51 +11539,51 @@
       <c r="M43" s="13">
         <v>6</v>
       </c>
       <c r="N43" s="22">
         <v>4057444</v>
       </c>
       <c r="O43" s="13">
         <v>0</v>
       </c>
       <c r="P43" s="13">
         <v>0</v>
       </c>
       <c r="Q43" s="22">
         <v>0</v>
       </c>
       <c r="R43" s="23">
         <v>62</v>
       </c>
       <c r="S43" s="23">
         <v>6</v>
       </c>
       <c r="T43" s="22">
         <v>4057444</v>
       </c>
     </row>
-    <row r="44" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="15">
         <v>2021</v>
       </c>
       <c r="B44" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C44" s="13">
         <v>86</v>
       </c>
       <c r="D44" s="13">
         <v>15</v>
       </c>
       <c r="E44" s="22">
         <v>5430574</v>
       </c>
       <c r="F44" s="13">
         <v>152</v>
       </c>
       <c r="G44" s="13">
         <v>15</v>
       </c>
       <c r="H44" s="22">
         <v>6057519</v>
       </c>
       <c r="I44" s="13">
@@ -11618,51 +11601,51 @@
       <c r="M44" s="13">
         <v>67</v>
       </c>
       <c r="N44" s="22">
         <v>24913534</v>
       </c>
       <c r="O44" s="13">
         <v>0</v>
       </c>
       <c r="P44" s="13">
         <v>0</v>
       </c>
       <c r="Q44" s="22">
         <v>0</v>
       </c>
       <c r="R44" s="23">
         <v>788</v>
       </c>
       <c r="S44" s="23">
         <v>104</v>
       </c>
       <c r="T44" s="22">
         <v>38998446</v>
       </c>
     </row>
-    <row r="45" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="15">
         <v>2021</v>
       </c>
       <c r="B45" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C45" s="13">
         <v>376</v>
       </c>
       <c r="D45" s="13">
         <v>33</v>
       </c>
       <c r="E45" s="22">
         <v>9473937</v>
       </c>
       <c r="F45" s="13">
         <v>907</v>
       </c>
       <c r="G45" s="13">
         <v>64</v>
       </c>
       <c r="H45" s="22">
         <v>19121270</v>
       </c>
       <c r="I45" s="13">
@@ -11680,51 +11663,51 @@
       <c r="M45" s="13">
         <v>343</v>
       </c>
       <c r="N45" s="22">
         <v>104039425</v>
       </c>
       <c r="O45" s="13">
         <v>0</v>
       </c>
       <c r="P45" s="13">
         <v>0</v>
       </c>
       <c r="Q45" s="22">
         <v>0</v>
       </c>
       <c r="R45" s="23">
         <v>4494</v>
       </c>
       <c r="S45" s="23">
         <v>463</v>
       </c>
       <c r="T45" s="22">
         <v>139766514</v>
       </c>
     </row>
-    <row r="46" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="15">
         <v>2021</v>
       </c>
       <c r="B46" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C46" s="13">
         <v>133</v>
       </c>
       <c r="D46" s="13">
         <v>12</v>
       </c>
       <c r="E46" s="22">
         <v>11465051</v>
       </c>
       <c r="F46" s="13">
         <v>296</v>
       </c>
       <c r="G46" s="13">
         <v>56</v>
       </c>
       <c r="H46" s="22">
         <v>53850336</v>
       </c>
       <c r="I46" s="13">
@@ -11742,51 +11725,51 @@
       <c r="M46" s="13">
         <v>221</v>
       </c>
       <c r="N46" s="22">
         <v>212125399</v>
       </c>
       <c r="O46" s="13">
         <v>0</v>
       </c>
       <c r="P46" s="13">
         <v>0</v>
       </c>
       <c r="Q46" s="22">
         <v>0</v>
       </c>
       <c r="R46" s="23">
         <v>1647</v>
       </c>
       <c r="S46" s="23">
         <v>304</v>
       </c>
       <c r="T46" s="22">
         <v>292578318</v>
       </c>
     </row>
-    <row r="47" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="15">
         <v>2021</v>
       </c>
       <c r="B47" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="13">
         <v>60</v>
       </c>
       <c r="D47" s="13">
         <v>8</v>
       </c>
       <c r="E47" s="22">
         <v>7899150</v>
       </c>
       <c r="F47" s="13">
         <v>91</v>
       </c>
       <c r="G47" s="13">
         <v>27</v>
       </c>
       <c r="H47" s="22">
         <v>25160035</v>
       </c>
       <c r="I47" s="13">
@@ -11804,51 +11787,51 @@
       <c r="M47" s="13">
         <v>104</v>
       </c>
       <c r="N47" s="22">
         <v>94363476</v>
       </c>
       <c r="O47" s="13">
         <v>0</v>
       </c>
       <c r="P47" s="13">
         <v>0</v>
       </c>
       <c r="Q47" s="22">
         <v>0</v>
       </c>
       <c r="R47" s="23">
         <v>561</v>
       </c>
       <c r="S47" s="23">
         <v>151</v>
       </c>
       <c r="T47" s="22">
         <v>138747159</v>
       </c>
     </row>
-    <row r="48" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="15">
         <v>2021</v>
       </c>
       <c r="B48" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="13">
         <v>5</v>
       </c>
       <c r="D48" s="13">
         <v>0</v>
       </c>
       <c r="E48" s="22">
         <v>0</v>
       </c>
       <c r="F48" s="13">
         <v>27</v>
       </c>
       <c r="G48" s="13">
         <v>5</v>
       </c>
       <c r="H48" s="22">
         <v>5434701</v>
       </c>
       <c r="I48" s="13">
@@ -11866,51 +11849,51 @@
       <c r="M48" s="13">
         <v>20</v>
       </c>
       <c r="N48" s="22">
         <v>21596629</v>
       </c>
       <c r="O48" s="13">
         <v>0</v>
       </c>
       <c r="P48" s="13">
         <v>0</v>
       </c>
       <c r="Q48" s="22">
         <v>0</v>
       </c>
       <c r="R48" s="23">
         <v>107</v>
       </c>
       <c r="S48" s="23">
         <v>25</v>
       </c>
       <c r="T48" s="22">
         <v>27031330</v>
       </c>
     </row>
-    <row r="49" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="15">
         <v>2021</v>
       </c>
       <c r="B49" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C49" s="13">
         <v>68</v>
       </c>
       <c r="D49" s="13">
         <v>4</v>
       </c>
       <c r="E49" s="22">
         <v>3565901</v>
       </c>
       <c r="F49" s="13">
         <v>178</v>
       </c>
       <c r="G49" s="13">
         <v>24</v>
       </c>
       <c r="H49" s="22">
         <v>23255600</v>
       </c>
       <c r="I49" s="13">
@@ -11928,51 +11911,51 @@
       <c r="M49" s="13">
         <v>97</v>
       </c>
       <c r="N49" s="22">
         <v>96165294</v>
       </c>
       <c r="O49" s="13">
         <v>0</v>
       </c>
       <c r="P49" s="13">
         <v>0</v>
       </c>
       <c r="Q49" s="22">
         <v>0</v>
       </c>
       <c r="R49" s="23">
         <v>979</v>
       </c>
       <c r="S49" s="23">
         <v>128</v>
       </c>
       <c r="T49" s="22">
         <v>126799829</v>
       </c>
     </row>
-    <row r="50" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="15">
         <v>2021</v>
       </c>
       <c r="B50" s="15" t="s">
         <v>21</v>
       </c>
       <c r="C50" s="13">
         <v>20</v>
       </c>
       <c r="D50" s="13">
         <v>2</v>
       </c>
       <c r="E50" s="22">
         <v>1860568</v>
       </c>
       <c r="F50" s="13">
         <v>25</v>
       </c>
       <c r="G50" s="13">
         <v>4</v>
       </c>
       <c r="H50" s="22">
         <v>3233906</v>
       </c>
       <c r="I50" s="13">
@@ -11990,51 +11973,51 @@
       <c r="M50" s="13">
         <v>16</v>
       </c>
       <c r="N50" s="22">
         <v>14407001</v>
       </c>
       <c r="O50" s="13">
         <v>0</v>
       </c>
       <c r="P50" s="13">
         <v>0</v>
       </c>
       <c r="Q50" s="22">
         <v>0</v>
       </c>
       <c r="R50" s="23">
         <v>148</v>
       </c>
       <c r="S50" s="23">
         <v>24</v>
       </c>
       <c r="T50" s="22">
         <v>20696018</v>
       </c>
     </row>
-    <row r="51" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="15">
         <v>2022</v>
       </c>
       <c r="B51" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C51" s="13">
         <v>45</v>
       </c>
       <c r="D51" s="13">
         <v>6</v>
       </c>
       <c r="E51" s="22">
         <v>1745732</v>
       </c>
       <c r="F51" s="13">
         <v>97</v>
       </c>
       <c r="G51" s="13">
         <v>10</v>
       </c>
       <c r="H51" s="22">
         <v>4895986</v>
       </c>
       <c r="I51" s="13">
@@ -12052,51 +12035,51 @@
       <c r="M51" s="13">
         <v>68</v>
       </c>
       <c r="N51" s="22">
         <v>24552889</v>
       </c>
       <c r="O51" s="13">
         <v>0</v>
       </c>
       <c r="P51" s="13">
         <v>0</v>
       </c>
       <c r="Q51" s="22">
         <v>0</v>
       </c>
       <c r="R51" s="23">
         <v>615</v>
       </c>
       <c r="S51" s="23">
         <v>95</v>
       </c>
       <c r="T51" s="22">
         <v>34657267</v>
       </c>
     </row>
-    <row r="52" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="15">
         <v>2022</v>
       </c>
       <c r="B52" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C52" s="13">
         <v>347</v>
       </c>
       <c r="D52" s="13">
         <v>41</v>
       </c>
       <c r="E52" s="22">
         <v>12683848</v>
       </c>
       <c r="F52" s="13">
         <v>677</v>
       </c>
       <c r="G52" s="13">
         <v>65</v>
       </c>
       <c r="H52" s="22">
         <v>19632557</v>
       </c>
       <c r="I52" s="13">
@@ -12114,51 +12097,51 @@
       <c r="M52" s="13">
         <v>326</v>
       </c>
       <c r="N52" s="22">
         <v>101581774</v>
       </c>
       <c r="O52" s="13">
         <v>0</v>
       </c>
       <c r="P52" s="13">
         <v>0</v>
       </c>
       <c r="Q52" s="22">
         <v>0</v>
       </c>
       <c r="R52" s="23">
         <v>3469</v>
       </c>
       <c r="S52" s="23">
         <v>458</v>
       </c>
       <c r="T52" s="22">
         <v>142413048</v>
       </c>
     </row>
-    <row r="53" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="15">
         <v>2022</v>
       </c>
       <c r="B53" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C53" s="13">
         <v>152</v>
       </c>
       <c r="D53" s="13">
         <v>45</v>
       </c>
       <c r="E53" s="22">
         <v>41860396</v>
       </c>
       <c r="F53" s="13">
         <v>210</v>
       </c>
       <c r="G53" s="13">
         <v>42</v>
       </c>
       <c r="H53" s="22">
         <v>38742662</v>
       </c>
       <c r="I53" s="13">
@@ -12176,51 +12159,51 @@
       <c r="M53" s="13">
         <v>215</v>
       </c>
       <c r="N53" s="22">
         <v>209038307</v>
       </c>
       <c r="O53" s="13">
         <v>0</v>
       </c>
       <c r="P53" s="13">
         <v>0</v>
       </c>
       <c r="Q53" s="22">
         <v>0</v>
       </c>
       <c r="R53" s="23">
         <v>1312</v>
       </c>
       <c r="S53" s="23">
         <v>312</v>
       </c>
       <c r="T53" s="22">
         <v>300175860</v>
       </c>
     </row>
-    <row r="54" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="15">
         <v>2022</v>
       </c>
       <c r="B54" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C54" s="13">
         <v>64</v>
       </c>
       <c r="D54" s="13">
         <v>24</v>
       </c>
       <c r="E54" s="22">
         <v>20074438</v>
       </c>
       <c r="F54" s="13">
         <v>72</v>
       </c>
       <c r="G54" s="13">
         <v>17</v>
       </c>
       <c r="H54" s="22">
         <v>14928079</v>
       </c>
       <c r="I54" s="13">
@@ -12238,51 +12221,51 @@
       <c r="M54" s="13">
         <v>94</v>
       </c>
       <c r="N54" s="22">
         <v>87625316</v>
       </c>
       <c r="O54" s="13">
         <v>0</v>
       </c>
       <c r="P54" s="13">
         <v>0</v>
       </c>
       <c r="Q54" s="22">
         <v>0</v>
       </c>
       <c r="R54" s="23">
         <v>440</v>
       </c>
       <c r="S54" s="23">
         <v>140</v>
       </c>
       <c r="T54" s="22">
         <v>127116979</v>
       </c>
     </row>
-    <row r="55" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:20" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="15">
         <v>2022</v>
       </c>
       <c r="B55" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C55" s="13">
         <v>9</v>
       </c>
       <c r="D55" s="13">
         <v>3</v>
       </c>
       <c r="E55" s="22">
         <v>2802456</v>
       </c>
       <c r="F55" s="13">
         <v>6</v>
       </c>
       <c r="G55" s="13">
         <v>2</v>
       </c>
       <c r="H55" s="22">
         <v>1971265</v>
       </c>
       <c r="I55" s="13">
@@ -12300,51 +12283,51 @@
       <c r="M55" s="13">
         <v>16</v>
       </c>
       <c r="N55" s="22">
         <v>19023013</v>
       </c>
       <c r="O55" s="13">
         <v>0</v>
       </c>
       <c r="P55" s="13">
         <v>0</v>
       </c>
       <c r="Q55" s="22">
         <v>0</v>
       </c>
       <c r="R55" s="23">
         <v>77</v>
       </c>
       <c r="S55" s="23">
         <v>22</v>
       </c>
       <c r="T55" s="22">
         <v>24803421</v>
       </c>
     </row>
-    <row r="56" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="15">
         <v>2022</v>
       </c>
       <c r="B56" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C56" s="13">
         <v>79</v>
       </c>
       <c r="D56" s="13">
         <v>18</v>
       </c>
       <c r="E56" s="22">
         <v>18983502</v>
       </c>
       <c r="F56" s="13">
         <v>132</v>
       </c>
       <c r="G56" s="13">
         <v>23</v>
       </c>
       <c r="H56" s="22">
         <v>21843318</v>
       </c>
       <c r="I56" s="13">
@@ -12362,51 +12345,51 @@
       <c r="M56" s="13">
         <v>105</v>
       </c>
       <c r="N56" s="22">
         <v>102389978</v>
       </c>
       <c r="O56" s="13">
         <v>0</v>
       </c>
       <c r="P56" s="13">
         <v>0</v>
       </c>
       <c r="Q56" s="22">
         <v>0</v>
       </c>
       <c r="R56" s="23">
         <v>795</v>
       </c>
       <c r="S56" s="23">
         <v>150</v>
       </c>
       <c r="T56" s="22">
         <v>148255460</v>
       </c>
     </row>
-    <row r="57" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="15">
         <v>2022</v>
       </c>
       <c r="B57" s="15" t="s">
         <v>21</v>
       </c>
       <c r="C57" s="13">
         <v>7</v>
       </c>
       <c r="D57" s="13">
         <v>1</v>
       </c>
       <c r="E57" s="22">
         <v>1670941</v>
       </c>
       <c r="F57" s="13">
         <v>16</v>
       </c>
       <c r="G57" s="13">
         <v>4</v>
       </c>
       <c r="H57" s="22">
         <v>2473948</v>
       </c>
       <c r="I57" s="13">
@@ -12424,51 +12407,51 @@
       <c r="M57" s="13">
         <v>19</v>
       </c>
       <c r="N57" s="22">
         <v>12197687</v>
       </c>
       <c r="O57" s="13">
         <v>0</v>
       </c>
       <c r="P57" s="13">
         <v>0</v>
       </c>
       <c r="Q57" s="22">
         <v>0</v>
       </c>
       <c r="R57" s="23">
         <v>110</v>
       </c>
       <c r="S57" s="23">
         <v>24</v>
       </c>
       <c r="T57" s="22">
         <v>16342576</v>
       </c>
     </row>
-    <row r="58" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="15">
         <v>2023</v>
       </c>
       <c r="B58" s="15" t="s">
         <v>4</v>
       </c>
       <c r="C58" s="13">
         <v>40</v>
       </c>
       <c r="D58" s="13">
         <v>6</v>
       </c>
       <c r="E58" s="22">
         <v>2143278</v>
       </c>
       <c r="F58" s="13">
         <v>119</v>
       </c>
       <c r="G58" s="13">
         <v>21</v>
       </c>
       <c r="H58" s="22">
         <v>7063502</v>
       </c>
       <c r="I58" s="13">
@@ -12486,51 +12469,51 @@
       <c r="M58" s="13">
         <v>58</v>
       </c>
       <c r="N58" s="22">
         <v>21798390</v>
       </c>
       <c r="O58" s="13">
         <v>0</v>
       </c>
       <c r="P58" s="13">
         <v>0</v>
       </c>
       <c r="Q58" s="22">
         <v>0</v>
       </c>
       <c r="R58" s="23">
         <v>587</v>
       </c>
       <c r="S58" s="23">
         <v>92</v>
       </c>
       <c r="T58" s="22">
         <v>33661648</v>
       </c>
     </row>
-    <row r="59" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="15">
         <v>2023</v>
       </c>
       <c r="B59" s="15" t="s">
         <v>1</v>
       </c>
       <c r="C59" s="13">
         <v>284</v>
       </c>
       <c r="D59" s="13">
         <v>43</v>
       </c>
       <c r="E59" s="22">
         <v>13659515</v>
       </c>
       <c r="F59" s="13">
         <v>803</v>
       </c>
       <c r="G59" s="13">
         <v>104</v>
       </c>
       <c r="H59" s="22">
         <v>33490690</v>
       </c>
       <c r="I59" s="13">
@@ -12548,51 +12531,51 @@
       <c r="M59" s="13">
         <v>305</v>
       </c>
       <c r="N59" s="22">
         <v>97541133</v>
       </c>
       <c r="O59" s="13">
         <v>0</v>
       </c>
       <c r="P59" s="13">
         <v>0</v>
       </c>
       <c r="Q59" s="22">
         <v>0</v>
       </c>
       <c r="R59" s="23">
         <v>3408</v>
       </c>
       <c r="S59" s="23">
         <v>478</v>
       </c>
       <c r="T59" s="22">
         <v>153822358</v>
       </c>
     </row>
-    <row r="60" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="15">
         <v>2023</v>
       </c>
       <c r="B60" s="15" t="s">
         <v>2</v>
       </c>
       <c r="C60" s="13">
         <v>115</v>
       </c>
       <c r="D60" s="13">
         <v>26</v>
       </c>
       <c r="E60" s="22">
         <v>25346098</v>
       </c>
       <c r="F60" s="13">
         <v>294</v>
       </c>
       <c r="G60" s="13">
         <v>54</v>
       </c>
       <c r="H60" s="22">
         <v>55673742</v>
       </c>
       <c r="I60" s="13">
@@ -12610,51 +12593,51 @@
       <c r="M60" s="13">
         <v>254</v>
       </c>
       <c r="N60" s="22">
         <v>265039804</v>
       </c>
       <c r="O60" s="13">
         <v>0</v>
       </c>
       <c r="P60" s="13">
         <v>0</v>
       </c>
       <c r="Q60" s="22">
         <v>0</v>
       </c>
       <c r="R60" s="23">
         <v>1527</v>
       </c>
       <c r="S60" s="23">
         <v>344</v>
       </c>
       <c r="T60" s="22">
         <v>355011781</v>
       </c>
     </row>
-    <row r="61" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="15">
         <v>2023</v>
       </c>
       <c r="B61" s="15" t="s">
         <v>22</v>
       </c>
       <c r="C61" s="13">
         <v>39</v>
       </c>
       <c r="D61" s="13">
         <v>12</v>
       </c>
       <c r="E61" s="22">
         <v>10788993</v>
       </c>
       <c r="F61" s="13">
         <v>82</v>
       </c>
       <c r="G61" s="13">
         <v>23</v>
       </c>
       <c r="H61" s="22">
         <v>26157089</v>
       </c>
       <c r="I61" s="13">
@@ -12672,51 +12655,51 @@
       <c r="M61" s="13">
         <v>94</v>
       </c>
       <c r="N61" s="22">
         <v>94000777</v>
       </c>
       <c r="O61" s="13">
         <v>0</v>
       </c>
       <c r="P61" s="13">
         <v>0</v>
       </c>
       <c r="Q61" s="22">
         <v>0</v>
       </c>
       <c r="R61" s="23">
         <v>437</v>
       </c>
       <c r="S61" s="23">
         <v>133</v>
       </c>
       <c r="T61" s="22">
         <v>134715331</v>
       </c>
     </row>
-    <row r="62" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="15">
         <v>2023</v>
       </c>
       <c r="B62" s="15" t="s">
         <v>8</v>
       </c>
       <c r="C62" s="13">
         <v>7</v>
       </c>
       <c r="D62" s="13">
         <v>4</v>
       </c>
       <c r="E62" s="22">
         <v>4563422</v>
       </c>
       <c r="F62" s="13">
         <v>21</v>
       </c>
       <c r="G62" s="13">
         <v>4</v>
       </c>
       <c r="H62" s="22">
         <v>3709118</v>
       </c>
       <c r="I62" s="13">
@@ -12734,51 +12717,51 @@
       <c r="M62" s="13">
         <v>33</v>
       </c>
       <c r="N62" s="22">
         <v>39890280</v>
       </c>
       <c r="O62" s="13">
         <v>0</v>
       </c>
       <c r="P62" s="13">
         <v>0</v>
       </c>
       <c r="Q62" s="22">
         <v>0</v>
       </c>
       <c r="R62" s="23">
         <v>128</v>
       </c>
       <c r="S62" s="23">
         <v>41</v>
       </c>
       <c r="T62" s="22">
         <v>48162820</v>
       </c>
     </row>
-    <row r="63" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="15">
         <v>2023</v>
       </c>
       <c r="B63" s="15" t="s">
         <v>9</v>
       </c>
       <c r="C63" s="13">
         <v>69</v>
       </c>
       <c r="D63" s="13">
         <v>10</v>
       </c>
       <c r="E63" s="22">
         <v>9993683</v>
       </c>
       <c r="F63" s="13">
         <v>191</v>
       </c>
       <c r="G63" s="13">
         <v>27</v>
       </c>
       <c r="H63" s="22">
         <v>25807535</v>
       </c>
       <c r="I63" s="13">
@@ -12796,51 +12779,51 @@
       <c r="M63" s="13">
         <v>127</v>
       </c>
       <c r="N63" s="22">
         <v>131148747</v>
       </c>
       <c r="O63" s="13">
         <v>0</v>
       </c>
       <c r="P63" s="13">
         <v>0</v>
       </c>
       <c r="Q63" s="22">
         <v>0</v>
       </c>
       <c r="R63" s="23">
         <v>962</v>
       </c>
       <c r="S63" s="23">
         <v>170</v>
       </c>
       <c r="T63" s="22">
         <v>172133630</v>
       </c>
     </row>
-    <row r="64" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="15">
         <v>2023</v>
       </c>
       <c r="B64" s="15" t="s">
         <v>21</v>
       </c>
       <c r="C64" s="13">
         <v>7</v>
       </c>
       <c r="D64" s="13">
         <v>1</v>
       </c>
       <c r="E64" s="22">
         <v>1239748</v>
       </c>
       <c r="F64" s="13">
         <v>21</v>
       </c>
       <c r="G64" s="13">
         <v>3</v>
       </c>
       <c r="H64" s="22">
         <v>1555197</v>
       </c>
       <c r="I64" s="13">
@@ -12858,51 +12841,51 @@
       <c r="M64" s="13">
         <v>17</v>
       </c>
       <c r="N64" s="22">
         <v>16595477</v>
       </c>
       <c r="O64" s="13">
         <v>0</v>
       </c>
       <c r="P64" s="13">
         <v>0</v>
       </c>
       <c r="Q64" s="22">
         <v>0</v>
       </c>
       <c r="R64" s="23">
         <v>111</v>
       </c>
       <c r="S64" s="23">
         <v>24</v>
       </c>
       <c r="T64" s="22">
         <v>24324485</v>
       </c>
     </row>
-    <row r="65" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="31">
         <v>2024</v>
       </c>
       <c r="B65" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C65" s="28">
         <v>48</v>
       </c>
       <c r="D65" s="28">
         <v>5</v>
       </c>
       <c r="E65" s="29">
         <v>1600977</v>
       </c>
       <c r="F65" s="28">
         <v>151</v>
       </c>
       <c r="G65" s="28">
         <v>18</v>
       </c>
       <c r="H65" s="29">
         <v>7116423</v>
       </c>
       <c r="I65" s="28">
@@ -12920,51 +12903,51 @@
       <c r="M65" s="28">
         <v>49</v>
       </c>
       <c r="N65" s="29">
         <v>17651721</v>
       </c>
       <c r="O65" s="28">
         <v>0</v>
       </c>
       <c r="P65" s="28">
         <v>0</v>
       </c>
       <c r="Q65" s="29">
         <v>0</v>
       </c>
       <c r="R65" s="28">
         <v>706</v>
       </c>
       <c r="S65" s="28">
         <v>75</v>
       </c>
       <c r="T65" s="29">
         <v>28107601</v>
       </c>
     </row>
-    <row r="66" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="31">
         <v>2024</v>
       </c>
       <c r="B66" s="27" t="s">
         <v>1</v>
       </c>
       <c r="C66" s="28">
         <v>385</v>
       </c>
       <c r="D66" s="28">
         <v>30</v>
       </c>
       <c r="E66" s="29">
         <v>9947178</v>
       </c>
       <c r="F66" s="28">
         <v>996</v>
       </c>
       <c r="G66" s="28">
         <v>87</v>
       </c>
       <c r="H66" s="29">
         <v>27892137</v>
       </c>
       <c r="I66" s="28">
@@ -12982,51 +12965,51 @@
       <c r="M66" s="28">
         <v>226</v>
       </c>
       <c r="N66" s="29">
         <v>74110368</v>
       </c>
       <c r="O66" s="28">
         <v>0</v>
       </c>
       <c r="P66" s="28">
         <v>0</v>
       </c>
       <c r="Q66" s="29">
         <v>0</v>
       </c>
       <c r="R66" s="28">
         <v>4200</v>
       </c>
       <c r="S66" s="28">
         <v>375</v>
       </c>
       <c r="T66" s="29">
         <v>123169166</v>
       </c>
     </row>
-    <row r="67" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="31">
         <v>2024</v>
       </c>
       <c r="B67" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="28">
         <v>158</v>
       </c>
       <c r="D67" s="28">
         <v>32</v>
       </c>
       <c r="E67" s="29">
         <v>31262642</v>
       </c>
       <c r="F67" s="28">
         <v>405</v>
       </c>
       <c r="G67" s="28">
         <v>64</v>
       </c>
       <c r="H67" s="29">
         <v>65062091</v>
       </c>
       <c r="I67" s="28">
@@ -13044,51 +13027,51 @@
       <c r="M67" s="28">
         <v>188</v>
       </c>
       <c r="N67" s="29">
         <v>202213033</v>
       </c>
       <c r="O67" s="28">
         <v>0</v>
       </c>
       <c r="P67" s="28">
         <v>0</v>
       </c>
       <c r="Q67" s="29">
         <v>0</v>
       </c>
       <c r="R67" s="28">
         <v>1936</v>
       </c>
       <c r="S67" s="28">
         <v>299</v>
       </c>
       <c r="T67" s="29">
         <v>314846159</v>
       </c>
     </row>
-    <row r="68" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="31">
         <v>2024</v>
       </c>
       <c r="B68" s="30" t="s">
         <v>22</v>
       </c>
       <c r="C68" s="28">
         <v>54</v>
       </c>
       <c r="D68" s="28">
         <v>12</v>
       </c>
       <c r="E68" s="29">
         <v>10464131</v>
       </c>
       <c r="F68" s="28">
         <v>101</v>
       </c>
       <c r="G68" s="28">
         <v>19</v>
       </c>
       <c r="H68" s="29">
         <v>20035319</v>
       </c>
       <c r="I68" s="28">
@@ -13106,51 +13089,51 @@
       <c r="M68" s="28">
         <v>76</v>
       </c>
       <c r="N68" s="29">
         <v>78622766</v>
       </c>
       <c r="O68" s="28">
         <v>0</v>
       </c>
       <c r="P68" s="28">
         <v>0</v>
       </c>
       <c r="Q68" s="29">
         <v>0</v>
       </c>
       <c r="R68" s="28">
         <v>496</v>
       </c>
       <c r="S68" s="28">
         <v>114</v>
       </c>
       <c r="T68" s="29">
         <v>116549751</v>
       </c>
     </row>
-    <row r="69" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="31">
         <v>2024</v>
       </c>
       <c r="B69" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C69" s="28">
         <v>14</v>
       </c>
       <c r="D69" s="28">
         <v>3</v>
       </c>
       <c r="E69" s="29">
         <v>3063203</v>
       </c>
       <c r="F69" s="28">
         <v>33</v>
       </c>
       <c r="G69" s="28">
         <v>11</v>
       </c>
       <c r="H69" s="29">
         <v>13110003</v>
       </c>
       <c r="I69" s="28">
@@ -13168,51 +13151,51 @@
       <c r="M69" s="28">
         <v>21</v>
       </c>
       <c r="N69" s="29">
         <v>24954211</v>
       </c>
       <c r="O69" s="28">
         <v>0</v>
       </c>
       <c r="P69" s="28">
         <v>0</v>
       </c>
       <c r="Q69" s="29">
         <v>0</v>
       </c>
       <c r="R69" s="28">
         <v>147</v>
       </c>
       <c r="S69" s="28">
         <v>36</v>
       </c>
       <c r="T69" s="29">
         <v>43211443</v>
       </c>
     </row>
-    <row r="70" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="31">
         <v>2024</v>
       </c>
       <c r="B70" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C70" s="28">
         <v>90</v>
       </c>
       <c r="D70" s="28">
         <v>17</v>
       </c>
       <c r="E70" s="29">
         <v>17735308</v>
       </c>
       <c r="F70" s="28">
         <v>271</v>
       </c>
       <c r="G70" s="28">
         <v>34</v>
       </c>
       <c r="H70" s="29">
         <v>31916769</v>
       </c>
       <c r="I70" s="28">
@@ -13230,51 +13213,51 @@
       <c r="M70" s="28">
         <v>91</v>
       </c>
       <c r="N70" s="29">
         <v>98636056</v>
       </c>
       <c r="O70" s="28">
         <v>0</v>
       </c>
       <c r="P70" s="28">
         <v>0</v>
       </c>
       <c r="Q70" s="29">
         <v>0</v>
       </c>
       <c r="R70" s="28">
         <v>1293</v>
       </c>
       <c r="S70" s="28">
         <v>149</v>
       </c>
       <c r="T70" s="29">
         <v>155084965</v>
       </c>
     </row>
-    <row r="71" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="31">
         <v>2024</v>
       </c>
       <c r="B71" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C71" s="28">
         <v>19</v>
       </c>
       <c r="D71" s="28">
         <v>3</v>
       </c>
       <c r="E71" s="29">
         <v>3239914</v>
       </c>
       <c r="F71" s="28">
         <v>27</v>
       </c>
       <c r="G71" s="28">
         <v>8</v>
       </c>
       <c r="H71" s="29">
         <v>4561993</v>
       </c>
       <c r="I71" s="28">
@@ -13290,465 +13273,962 @@
         <v>82</v>
       </c>
       <c r="M71" s="28">
         <v>17</v>
       </c>
       <c r="N71" s="29">
         <v>15277507</v>
       </c>
       <c r="O71" s="28">
         <v>0</v>
       </c>
       <c r="P71" s="28">
         <v>0</v>
       </c>
       <c r="Q71" s="29">
         <v>0</v>
       </c>
       <c r="R71" s="28">
         <v>134</v>
       </c>
       <c r="S71" s="28">
         <v>29</v>
       </c>
       <c r="T71" s="29">
         <v>23240066</v>
+      </c>
+    </row>
+    <row r="72" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B72" s="30" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" s="28">
+        <v>73</v>
+      </c>
+      <c r="D72" s="28">
+        <v>8</v>
+      </c>
+      <c r="E72" s="49">
+        <v>2768374</v>
+      </c>
+      <c r="F72" s="28">
+        <v>212</v>
+      </c>
+      <c r="G72" s="28">
+        <v>7</v>
+      </c>
+      <c r="H72" s="49">
+        <v>3861747</v>
+      </c>
+      <c r="I72" s="28">
+        <v>101</v>
+      </c>
+      <c r="J72" s="28">
+        <v>7</v>
+      </c>
+      <c r="K72" s="49">
+        <v>2775871</v>
+      </c>
+      <c r="L72" s="28">
+        <v>515</v>
+      </c>
+      <c r="M72" s="28">
+        <v>40</v>
+      </c>
+      <c r="N72" s="49">
+        <v>15155676</v>
+      </c>
+      <c r="O72" s="28">
+        <v>0</v>
+      </c>
+      <c r="P72" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q72" s="49">
+        <v>0</v>
+      </c>
+      <c r="R72" s="28">
+        <v>901</v>
+      </c>
+      <c r="S72" s="28">
+        <v>62</v>
+      </c>
+      <c r="T72" s="49">
+        <v>24561668</v>
+      </c>
+    </row>
+    <row r="73" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B73" s="27" t="s">
+        <v>1</v>
+      </c>
+      <c r="C73" s="28">
+        <v>474</v>
+      </c>
+      <c r="D73" s="28">
+        <v>37</v>
+      </c>
+      <c r="E73" s="49">
+        <v>12457552</v>
+      </c>
+      <c r="F73" s="28">
+        <v>1168</v>
+      </c>
+      <c r="G73" s="28">
+        <v>63</v>
+      </c>
+      <c r="H73" s="49">
+        <v>20847759</v>
+      </c>
+      <c r="I73" s="28">
+        <v>454</v>
+      </c>
+      <c r="J73" s="28">
+        <v>27</v>
+      </c>
+      <c r="K73" s="49">
+        <v>9843573</v>
+      </c>
+      <c r="L73" s="28">
+        <v>2936</v>
+      </c>
+      <c r="M73" s="28">
+        <v>230</v>
+      </c>
+      <c r="N73" s="49">
+        <v>81119935</v>
+      </c>
+      <c r="O73" s="28">
+        <v>0</v>
+      </c>
+      <c r="P73" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q73" s="49">
+        <v>0</v>
+      </c>
+      <c r="R73" s="28">
+        <v>5032</v>
+      </c>
+      <c r="S73" s="28">
+        <v>357</v>
+      </c>
+      <c r="T73" s="49">
+        <v>124268819</v>
+      </c>
+    </row>
+    <row r="74" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B74" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="C74" s="28">
+        <v>149</v>
+      </c>
+      <c r="D74" s="28">
+        <v>25</v>
+      </c>
+      <c r="E74" s="49">
+        <v>27939579</v>
+      </c>
+      <c r="F74" s="28">
+        <v>414</v>
+      </c>
+      <c r="G74" s="28">
+        <v>43</v>
+      </c>
+      <c r="H74" s="49">
+        <v>46081600</v>
+      </c>
+      <c r="I74" s="28">
+        <v>145</v>
+      </c>
+      <c r="J74" s="28">
+        <v>19</v>
+      </c>
+      <c r="K74" s="49">
+        <v>22309506</v>
+      </c>
+      <c r="L74" s="28">
+        <v>1436</v>
+      </c>
+      <c r="M74" s="28">
+        <v>189</v>
+      </c>
+      <c r="N74" s="49">
+        <v>209688884</v>
+      </c>
+      <c r="O74" s="28">
+        <v>0</v>
+      </c>
+      <c r="P74" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q74" s="49">
+        <v>0</v>
+      </c>
+      <c r="R74" s="28">
+        <v>2144</v>
+      </c>
+      <c r="S74" s="28">
+        <v>276</v>
+      </c>
+      <c r="T74" s="49">
+        <v>306019569</v>
+      </c>
+    </row>
+    <row r="75" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B75" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="C75" s="28">
+        <v>55</v>
+      </c>
+      <c r="D75" s="28">
+        <v>12</v>
+      </c>
+      <c r="E75" s="49">
+        <v>13865297</v>
+      </c>
+      <c r="F75" s="28">
+        <v>108</v>
+      </c>
+      <c r="G75" s="28">
+        <v>21</v>
+      </c>
+      <c r="H75" s="49">
+        <v>23031884</v>
+      </c>
+      <c r="I75" s="28">
+        <v>27</v>
+      </c>
+      <c r="J75" s="28">
+        <v>8</v>
+      </c>
+      <c r="K75" s="49">
+        <v>8664909</v>
+      </c>
+      <c r="L75" s="28">
+        <v>292</v>
+      </c>
+      <c r="M75" s="28">
+        <v>51</v>
+      </c>
+      <c r="N75" s="49">
+        <v>53821448</v>
+      </c>
+      <c r="O75" s="28">
+        <v>0</v>
+      </c>
+      <c r="P75" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q75" s="49">
+        <v>0</v>
+      </c>
+      <c r="R75" s="28">
+        <v>482</v>
+      </c>
+      <c r="S75" s="28">
+        <v>92</v>
+      </c>
+      <c r="T75" s="49">
+        <v>99383538</v>
+      </c>
+    </row>
+    <row r="76" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B76" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="C76" s="28">
+        <v>14</v>
+      </c>
+      <c r="D76" s="28">
+        <v>3</v>
+      </c>
+      <c r="E76" s="49">
+        <v>3497449</v>
+      </c>
+      <c r="F76" s="28">
+        <v>22</v>
+      </c>
+      <c r="G76" s="28">
+        <v>3</v>
+      </c>
+      <c r="H76" s="49">
+        <v>3460728</v>
+      </c>
+      <c r="I76" s="28">
+        <v>8</v>
+      </c>
+      <c r="J76" s="28">
+        <v>1</v>
+      </c>
+      <c r="K76" s="49">
+        <v>907141</v>
+      </c>
+      <c r="L76" s="28">
+        <v>94</v>
+      </c>
+      <c r="M76" s="28">
+        <v>23</v>
+      </c>
+      <c r="N76" s="49">
+        <v>26620061</v>
+      </c>
+      <c r="O76" s="28">
+        <v>0</v>
+      </c>
+      <c r="P76" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q76" s="49">
+        <v>0</v>
+      </c>
+      <c r="R76" s="28">
+        <v>138</v>
+      </c>
+      <c r="S76" s="28">
+        <v>30</v>
+      </c>
+      <c r="T76" s="49">
+        <v>34485379</v>
+      </c>
+    </row>
+    <row r="77" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B77" s="30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" s="28">
+        <v>80</v>
+      </c>
+      <c r="D77" s="28">
+        <v>10</v>
+      </c>
+      <c r="E77" s="49">
+        <v>10576833</v>
+      </c>
+      <c r="F77" s="28">
+        <v>284</v>
+      </c>
+      <c r="G77" s="28">
+        <v>19</v>
+      </c>
+      <c r="H77" s="49">
+        <v>19588988</v>
+      </c>
+      <c r="I77" s="28">
+        <v>110</v>
+      </c>
+      <c r="J77" s="28">
+        <v>10</v>
+      </c>
+      <c r="K77" s="49">
+        <v>12737456</v>
+      </c>
+      <c r="L77" s="28">
+        <v>1050</v>
+      </c>
+      <c r="M77" s="28">
+        <v>115</v>
+      </c>
+      <c r="N77" s="49">
+        <v>129247375</v>
+      </c>
+      <c r="O77" s="28">
+        <v>0</v>
+      </c>
+      <c r="P77" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="49">
+        <v>0</v>
+      </c>
+      <c r="R77" s="28">
+        <v>1524</v>
+      </c>
+      <c r="S77" s="28">
+        <v>154</v>
+      </c>
+      <c r="T77" s="49">
+        <v>172150652</v>
+      </c>
+    </row>
+    <row r="78" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="31">
+        <v>2025</v>
+      </c>
+      <c r="B78" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C78" s="28">
+        <v>21</v>
+      </c>
+      <c r="D78" s="28">
+        <v>5</v>
+      </c>
+      <c r="E78" s="49">
+        <v>5988579</v>
+      </c>
+      <c r="F78" s="28">
+        <v>36</v>
+      </c>
+      <c r="G78" s="28">
+        <v>5</v>
+      </c>
+      <c r="H78" s="49">
+        <v>3134087</v>
+      </c>
+      <c r="I78" s="28">
+        <v>7</v>
+      </c>
+      <c r="J78" s="28">
+        <v>0</v>
+      </c>
+      <c r="K78" s="49">
+        <v>0</v>
+      </c>
+      <c r="L78" s="28">
+        <v>98</v>
+      </c>
+      <c r="M78" s="28">
+        <v>14</v>
+      </c>
+      <c r="N78" s="49">
+        <v>15011540</v>
+      </c>
+      <c r="O78" s="28">
+        <v>0</v>
+      </c>
+      <c r="P78" s="28">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="49">
+        <v>0</v>
+      </c>
+      <c r="R78" s="28">
+        <v>162</v>
+      </c>
+      <c r="S78" s="28">
+        <v>24</v>
+      </c>
+      <c r="T78" s="49">
+        <v>24134206</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <mergeCells count="6">
     <mergeCell ref="I2:K2"/>
     <mergeCell ref="L2:N2"/>
     <mergeCell ref="R2:T2"/>
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="F2:H2"/>
     <mergeCell ref="O2:Q2"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="5" scale="80" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="9" max="19" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2366496-0D6B-4307-B585-173AE11D9619}">
   <dimension ref="A1:T15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="52" style="3" customWidth="1"/>
-    <col min="2" max="2" width="125.6640625" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="16384" width="8.88671875" style="3"/>
+    <col min="2" max="2" width="125.7109375" style="3" customWidth="1"/>
+    <col min="3" max="3" width="8.85546875" style="3"/>
+    <col min="4" max="4" width="15.28515625" style="3" customWidth="1"/>
+    <col min="5" max="5" width="18.140625" style="3" customWidth="1"/>
+    <col min="6" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="50.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:20" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="10" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="9"/>
       <c r="K1" s="9"/>
       <c r="L1" s="9"/>
       <c r="M1" s="9"/>
       <c r="N1" s="9"/>
       <c r="O1" s="9"/>
     </row>
-    <row r="2" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="32" t="s">
         <v>17</v>
       </c>
-      <c r="B2" s="52" t="s">
+      <c r="B2" s="53" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="52"/>
-[...14 lines deleted...]
-      <c r="R2" s="52"/>
+      <c r="C2" s="53"/>
+      <c r="D2" s="53"/>
+      <c r="E2" s="53"/>
+      <c r="F2" s="53"/>
+      <c r="G2" s="53"/>
+      <c r="H2" s="53"/>
+      <c r="I2" s="53"/>
+      <c r="J2" s="53"/>
+      <c r="K2" s="53"/>
+      <c r="L2" s="53"/>
+      <c r="M2" s="53"/>
+      <c r="N2" s="53"/>
+      <c r="O2" s="53"/>
+      <c r="P2" s="53"/>
+      <c r="Q2" s="53"/>
+      <c r="R2" s="53"/>
       <c r="S2" s="33"/>
       <c r="T2" s="33"/>
     </row>
-    <row r="3" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="45" t="s">
+    <row r="3" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="44" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C3" s="33"/>
       <c r="D3" s="33"/>
       <c r="E3" s="33"/>
       <c r="F3" s="33"/>
       <c r="G3" s="33"/>
       <c r="H3" s="33"/>
       <c r="I3" s="33"/>
       <c r="J3" s="33"/>
       <c r="K3" s="33"/>
       <c r="L3" s="33"/>
       <c r="M3" s="33"/>
       <c r="N3" s="33"/>
       <c r="O3" s="33"/>
       <c r="P3" s="33"/>
       <c r="Q3" s="33"/>
       <c r="R3" s="33"/>
       <c r="S3" s="33"/>
       <c r="T3" s="33"/>
     </row>
-    <row r="4" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>38</v>
+    <row r="4" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="44" t="s">
+        <v>35</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="33"/>
       <c r="D4" s="33"/>
       <c r="E4" s="33"/>
       <c r="F4" s="33"/>
       <c r="G4" s="33"/>
       <c r="H4" s="33"/>
       <c r="I4" s="33"/>
       <c r="J4" s="33"/>
       <c r="K4" s="33"/>
       <c r="L4" s="33"/>
       <c r="M4" s="33"/>
       <c r="N4" s="33"/>
       <c r="O4" s="33"/>
       <c r="P4" s="33"/>
       <c r="Q4" s="33"/>
       <c r="R4" s="33"/>
       <c r="S4" s="33"/>
       <c r="T4" s="33"/>
     </row>
-    <row r="5" spans="1:20" ht="72" x14ac:dyDescent="0.3">
-      <c r="A5" s="46" t="s">
+    <row r="5" spans="1:20" ht="90" x14ac:dyDescent="0.25">
+      <c r="A5" s="45" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="11"/>
-      <c r="D5" s="53"/>
-[...12 lines deleted...]
-      <c r="Q5" s="53"/>
+      <c r="D5" s="54"/>
+      <c r="E5" s="54"/>
+      <c r="F5" s="54"/>
+      <c r="G5" s="54"/>
+      <c r="H5" s="54"/>
+      <c r="I5" s="54"/>
+      <c r="J5" s="54"/>
+      <c r="K5" s="54"/>
+      <c r="L5" s="54"/>
+      <c r="M5" s="54"/>
+      <c r="N5" s="54"/>
+      <c r="O5" s="54"/>
+      <c r="P5" s="54"/>
+      <c r="Q5" s="54"/>
       <c r="R5" s="34"/>
       <c r="S5" s="34"/>
       <c r="T5" s="35"/>
     </row>
-    <row r="6" spans="1:20" ht="60" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="46" t="s">
+    <row r="6" spans="1:20" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="45" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="11"/>
       <c r="D6" s="36"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="37"/>
       <c r="J6" s="38"/>
       <c r="K6" s="37"/>
       <c r="L6" s="39"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11"/>
       <c r="S6" s="11"/>
       <c r="T6" s="11"/>
     </row>
-    <row r="7" spans="1:20" ht="75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="46" t="s">
+    <row r="7" spans="1:20" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="45" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="11"/>
       <c r="D7" s="33"/>
-      <c r="E7" s="54"/>
-[...11 lines deleted...]
-      <c r="Q7" s="54"/>
+      <c r="E7" s="55"/>
+      <c r="F7" s="55"/>
+      <c r="G7" s="55"/>
+      <c r="H7" s="55"/>
+      <c r="I7" s="55"/>
+      <c r="J7" s="55"/>
+      <c r="K7" s="55"/>
+      <c r="L7" s="55"/>
+      <c r="M7" s="55"/>
+      <c r="N7" s="55"/>
+      <c r="O7" s="55"/>
+      <c r="P7" s="55"/>
+      <c r="Q7" s="55"/>
       <c r="R7" s="8"/>
       <c r="S7" s="11"/>
       <c r="T7" s="11"/>
     </row>
-    <row r="8" spans="1:20" ht="75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="46" t="s">
+    <row r="8" spans="1:20" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="45" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="7" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="11"/>
       <c r="D8" s="33"/>
       <c r="E8" s="11"/>
       <c r="F8" s="11"/>
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11"/>
       <c r="J8" s="11"/>
       <c r="K8" s="11"/>
       <c r="L8" s="11"/>
       <c r="M8" s="11"/>
       <c r="N8" s="11"/>
       <c r="O8" s="11"/>
       <c r="P8" s="11"/>
       <c r="Q8" s="11"/>
       <c r="R8" s="11"/>
       <c r="S8" s="11"/>
       <c r="T8" s="11"/>
     </row>
-    <row r="9" spans="1:20" ht="99.9" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="47" t="s">
+    <row r="9" spans="1:20" ht="99.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="46" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="7" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="11"/>
       <c r="D9" s="33"/>
-      <c r="E9" s="54"/>
-[...14 lines deleted...]
-      <c r="T9" s="54"/>
+      <c r="E9" s="55"/>
+      <c r="F9" s="55"/>
+      <c r="G9" s="55"/>
+      <c r="H9" s="55"/>
+      <c r="I9" s="55"/>
+      <c r="J9" s="55"/>
+      <c r="K9" s="55"/>
+      <c r="L9" s="55"/>
+      <c r="M9" s="55"/>
+      <c r="N9" s="55"/>
+      <c r="O9" s="55"/>
+      <c r="P9" s="55"/>
+      <c r="Q9" s="55"/>
+      <c r="R9" s="55"/>
+      <c r="S9" s="55"/>
+      <c r="T9" s="55"/>
     </row>
-    <row r="10" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="48" t="s">
+    <row r="10" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="47" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="7" t="s">
         <v>27</v>
       </c>
       <c r="C10" s="11"/>
       <c r="D10" s="40"/>
       <c r="E10" s="33"/>
-      <c r="F10" s="55"/>
-[...13 lines deleted...]
-      <c r="T10" s="55"/>
+      <c r="F10" s="56"/>
+      <c r="G10" s="56"/>
+      <c r="H10" s="56"/>
+      <c r="I10" s="56"/>
+      <c r="J10" s="56"/>
+      <c r="K10" s="56"/>
+      <c r="L10" s="56"/>
+      <c r="M10" s="56"/>
+      <c r="N10" s="56"/>
+      <c r="O10" s="56"/>
+      <c r="P10" s="56"/>
+      <c r="Q10" s="56"/>
+      <c r="R10" s="56"/>
+      <c r="S10" s="56"/>
+      <c r="T10" s="56"/>
     </row>
-    <row r="11" spans="1:20" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>37</v>
+    <row r="11" spans="1:20" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="47" t="s">
+        <v>34</v>
       </c>
       <c r="B11" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="11"/>
       <c r="D11" s="40"/>
       <c r="E11" s="33"/>
       <c r="F11" s="41"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="41"/>
       <c r="K11" s="41"/>
       <c r="L11" s="41"/>
       <c r="M11" s="41"/>
       <c r="N11" s="41"/>
       <c r="O11" s="41"/>
       <c r="P11" s="41"/>
       <c r="Q11" s="41"/>
       <c r="R11" s="41"/>
       <c r="S11" s="41"/>
       <c r="T11" s="41"/>
     </row>
-    <row r="12" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="42" t="s">
+    <row r="12" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="48" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="13" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="42" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="14" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="42" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="13" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-        <v>36</v>
+    <row r="15" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="43" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="B2:R2"/>
     <mergeCell ref="D5:Q5"/>
     <mergeCell ref="E7:Q7"/>
     <mergeCell ref="E9:T9"/>
     <mergeCell ref="F10:T10"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A12" r:id="rId1" display="Source: NIH PUB File" xr:uid="{3A83A8B7-9ADA-44EF-BC6E-04C24B52152F}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A13" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{3A83770A-9DDE-4AD6-98D7-3F7131BA66A2}"/>
+    <hyperlink ref="A14" r:id="rId1" xr:uid="{B3563577-1FE4-41D9-BE0B-C8B96445CA6F}"/>
+    <hyperlink ref="A13" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{3A83770A-9DDE-4AD6-98D7-3F7131BA66A2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307233afc278fc503943648cbe4c01eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">127-23</Password>
+    <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
+    <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">586</RePORT_x0023_>
+    <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst1>
+    <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">127</Table_x0023_>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
+    <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Url>https://report.nih.gov/reportweb/web/displayreport?rId=586</Url>
+      <Description>SBIR Grants: Competing applications, awards, and total funding, by small business type and phase</Description>
+    </RePORTTitleandLink>
+    <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Sulima, Pawel (NIH/OD) [E]</DisplayName>
+        <AccountId>49</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst2>
+    <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -13908,50 +14388,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -14047,160 +14532,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB6BDD15-5412-4FBD-989F-4654D28B554D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...45 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33D014C6-6508-4B38-BFC1-1CD9FECBAE8D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{02E75FB6-3CF5-4819-A27B-F8CB3AD65599}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB946B8A-9862-4CEB-B94A-EC07CCD6C114}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{404933BB-4C55-4B8E-9018-2755D0AFCE81}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...31 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>