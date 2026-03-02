--- v0 (2025-11-04)
+++ v1 (2026-03-02)
@@ -5,84 +5,84 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{E1B2F99D-0D23-43AA-85A1-EAF9B52B1130}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{CD696F93-0BA3-4D40-82EF-E8C33F828DF0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="605" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="605" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="#126" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'#126'!$A$2:$K$116</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'#126'!$A$1:$K$116</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'#126'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="311" uniqueCount="46">
   <si>
     <t>FY</t>
   </si>
   <si>
     <t>SBIR</t>
   </si>
   <si>
     <t>Fast Track</t>
   </si>
   <si>
     <t>STTR</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">NIH mechanism that expedites the decision and award of SBIR and STTR funding for scientifically meritorious applications that have a high potential for commercialization. </t>
   </si>
   <si>
     <t>Phase I</t>
   </si>
   <si>
     <t>Phase II</t>
   </si>
   <si>
@@ -222,150 +222,133 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Source and Brief Methods: </t>
+      <t xml:space="preserve">Source: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
-[...20 lines deleted...]
-        <scheme val="minor"/>
       </rPr>
       <t>NIH PUB File</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF0000FF"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
-    <r>
-[...7 lines deleted...]
-    </r>
+  </si>
+  <si>
+    <t>Regular
+Phase II</t>
+  </si>
+  <si>
+    <t>Phase
+IIB</t>
+  </si>
+  <si>
+    <t>Direct
+Phase II</t>
+  </si>
+  <si>
+    <t>Fast
+Track</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Table #126: NIH Small Business Innovation Research, Small Business Technology Transfer Grants, and R&amp;D Contracts </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - Number and Total Funding of Competing and Noncompeting Awards by SBIR/STTR Phase, Fiscal Years 2015 - 2024</t>
+      <t xml:space="preserve"> - Number and Total Funding of Competing and Noncompeting Awards by SBIR/STTR Phase, Fiscal Years 2015 - 2025</t>
     </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="####0"/>
     <numFmt numFmtId="166" formatCode="\$#,##0"/>
   </numFmts>
-  <fonts count="54" x14ac:knownFonts="1">
+  <fonts count="55" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color indexed="56"/>
       <name val="Cambria"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color indexed="56"/>
       <name val="Calibri"/>
@@ -665,65 +648,70 @@
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
-[...5 lines deleted...]
-      <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="30">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
@@ -2853,51 +2841,51 @@
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="95">
+  <cellXfs count="99">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="25" borderId="0" xfId="1530" applyFill="1"/>
     <xf numFmtId="3" fontId="35" fillId="25" borderId="0" xfId="1402" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="35" fillId="25" borderId="0" xfId="1402" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="1402" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="25" borderId="0" xfId="1530" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
@@ -3054,118 +3042,130 @@
     </xf>
     <xf numFmtId="6" fontId="45" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="45" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="45" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="11" xfId="1543" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="46" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="46" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="46" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="28" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="37" fillId="28" borderId="11" xfId="1582" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="11" xfId="1582" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="28" borderId="11" xfId="1582" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="25" borderId="0" xfId="1530" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="27" borderId="0" xfId="1536" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="27" borderId="0" xfId="1536" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="27" borderId="0" xfId="1536" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="25" borderId="0" xfId="1402" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="25" borderId="0" xfId="1402" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="25" borderId="0" xfId="1402" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="52" fillId="29" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="52" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="52" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="29" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="50" fillId="28" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="50" fillId="28" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="52" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="50" fillId="28" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="53" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="29" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="53" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="53" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="29" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="48" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="50" fillId="28" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="52" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="50" fillId="28" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="50" fillId="28" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1836">
     <cellStyle name="20% - Accent1 10" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 15" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 16" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 17" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 18" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 19" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 2 10" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 2 11" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 2 12" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 2 13" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 2 14" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 2 15" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 2 16" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent1 2 17" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - Accent1 2 18" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - Accent1 2 19" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -5274,4942 +5274,5438 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N129"/>
+  <dimension ref="A1:N142"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="13" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="14" max="16384" width="9.109375" style="3"/>
+    <col min="1" max="1" width="15.7109375" style="13" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" style="12" customWidth="1"/>
+    <col min="3" max="3" width="25.7109375" style="13" customWidth="1"/>
+    <col min="4" max="4" width="20.7109375" style="26" customWidth="1"/>
+    <col min="5" max="5" width="25.7109375" style="11" customWidth="1"/>
+    <col min="6" max="6" width="20.7109375" style="27" customWidth="1"/>
+    <col min="7" max="7" width="25.7109375" style="28" customWidth="1"/>
+    <col min="8" max="8" width="20.7109375" style="26" customWidth="1"/>
+    <col min="9" max="9" width="25.7109375" style="11" customWidth="1"/>
+    <col min="10" max="10" width="20.7109375" style="26" customWidth="1"/>
+    <col min="11" max="11" width="25.7109375" style="11" customWidth="1"/>
+    <col min="12" max="13" width="10.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="14" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="10" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="L1" s="2"/>
     </row>
-    <row r="2" spans="1:13" s="1" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:13" s="1" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="9" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="9" t="s">
         <v>17</v>
       </c>
       <c r="E2" s="9" t="s">
         <v>18</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>21</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>19</v>
       </c>
       <c r="H2" s="9" t="s">
         <v>22</v>
       </c>
       <c r="I2" s="9" t="s">
         <v>35</v>
       </c>
       <c r="J2" s="9" t="s">
         <v>23</v>
       </c>
       <c r="K2" s="9" t="s">
         <v>24</v>
       </c>
       <c r="L2" s="25"/>
     </row>
-    <row r="3" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="74">
+    <row r="3" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="72">
         <v>2015</v>
       </c>
       <c r="B3" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D3" s="48">
         <v>675</v>
       </c>
       <c r="E3" s="49">
         <v>163224658</v>
       </c>
       <c r="F3" s="50">
         <v>52</v>
       </c>
       <c r="G3" s="51">
         <v>16702645</v>
       </c>
       <c r="H3" s="48">
         <v>522</v>
       </c>
       <c r="I3" s="49">
         <v>118378173</v>
       </c>
       <c r="J3" s="48">
         <v>101</v>
       </c>
       <c r="K3" s="49">
         <v>28143840</v>
       </c>
       <c r="L3" s="14"/>
     </row>
-    <row r="4" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="74">
+    <row r="4" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="72">
         <v>2015</v>
       </c>
       <c r="B4" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="47" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="48">
         <v>560</v>
       </c>
       <c r="E4" s="49">
         <v>414417755</v>
       </c>
       <c r="F4" s="50">
         <v>41</v>
       </c>
       <c r="G4" s="51">
         <v>45690494</v>
       </c>
       <c r="H4" s="48">
         <v>246</v>
       </c>
       <c r="I4" s="49">
         <v>182466737</v>
       </c>
       <c r="J4" s="48">
         <v>273</v>
       </c>
       <c r="K4" s="49">
         <v>186260524</v>
       </c>
       <c r="L4" s="14"/>
       <c r="M4" s="15"/>
     </row>
-    <row r="5" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="74">
+    <row r="5" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="72">
         <v>2015</v>
       </c>
       <c r="B5" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="48">
         <v>449</v>
       </c>
       <c r="E5" s="49">
         <v>317106496</v>
       </c>
       <c r="F5" s="50">
         <v>41</v>
       </c>
       <c r="G5" s="51">
         <v>45690494</v>
       </c>
       <c r="H5" s="48">
         <v>168</v>
       </c>
       <c r="I5" s="49">
         <v>115608160</v>
       </c>
       <c r="J5" s="48">
         <v>240</v>
       </c>
       <c r="K5" s="49">
         <v>155807842</v>
       </c>
     </row>
-    <row r="6" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="74">
+    <row r="6" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="72">
         <v>2015</v>
       </c>
       <c r="B6" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="48">
         <v>46</v>
       </c>
       <c r="E6" s="49">
         <v>42160896</v>
       </c>
       <c r="F6" s="50">
         <v>0</v>
       </c>
       <c r="G6" s="51">
         <v>0</v>
       </c>
       <c r="H6" s="48">
         <v>13</v>
       </c>
       <c r="I6" s="49">
         <v>11708214</v>
       </c>
       <c r="J6" s="48">
         <v>33</v>
       </c>
       <c r="K6" s="49">
         <v>30452682</v>
       </c>
     </row>
-    <row r="7" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="74">
+    <row r="7" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="72">
         <v>2015</v>
       </c>
       <c r="B7" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D7" s="48">
         <v>65</v>
       </c>
       <c r="E7" s="49">
         <v>55150363</v>
       </c>
       <c r="F7" s="50">
         <v>0</v>
       </c>
       <c r="G7" s="51">
         <v>0</v>
       </c>
       <c r="H7" s="48">
         <v>65</v>
       </c>
       <c r="I7" s="49">
         <v>55150363</v>
       </c>
       <c r="J7" s="48">
         <v>0</v>
       </c>
       <c r="K7" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="74">
+    <row r="8" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="72">
         <v>2015</v>
       </c>
       <c r="B8" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D8" s="48">
         <v>188</v>
       </c>
       <c r="E8" s="49">
         <v>108209025</v>
       </c>
       <c r="F8" s="50">
         <v>0</v>
       </c>
       <c r="G8" s="51">
         <v>0</v>
       </c>
       <c r="H8" s="48">
         <v>66</v>
       </c>
       <c r="I8" s="49">
         <v>18157545</v>
       </c>
       <c r="J8" s="48">
         <v>122</v>
       </c>
       <c r="K8" s="49">
         <v>90051480</v>
       </c>
     </row>
-    <row r="9" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="58">
         <v>2015</v>
       </c>
       <c r="B9" s="58" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="58" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="59">
         <v>172</v>
       </c>
       <c r="E9" s="60">
         <v>40819035</v>
       </c>
       <c r="F9" s="50">
         <v>0</v>
       </c>
       <c r="G9" s="51">
         <v>0</v>
       </c>
       <c r="H9" s="59">
         <v>151</v>
       </c>
       <c r="I9" s="60">
         <v>34335432</v>
       </c>
       <c r="J9" s="61">
         <v>21</v>
       </c>
       <c r="K9" s="60">
         <v>6483603</v>
       </c>
       <c r="L9" s="15"/>
       <c r="M9" s="16"/>
     </row>
-    <row r="10" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="74">
+    <row r="10" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="72">
         <v>2015</v>
       </c>
       <c r="B10" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="47" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="50">
         <v>69</v>
       </c>
       <c r="E10" s="51">
         <v>44381195</v>
       </c>
       <c r="F10" s="50">
         <v>0</v>
       </c>
       <c r="G10" s="51">
         <v>0</v>
       </c>
       <c r="H10" s="50">
         <v>30</v>
       </c>
       <c r="I10" s="51">
         <v>20966750</v>
       </c>
       <c r="J10" s="50">
         <v>39</v>
       </c>
       <c r="K10" s="51">
         <v>23414445</v>
       </c>
       <c r="M10" s="16"/>
     </row>
-    <row r="11" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="74">
+    <row r="11" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="72">
         <v>2015</v>
       </c>
       <c r="B11" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C11" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="50">
         <v>68</v>
       </c>
       <c r="E11" s="51">
         <v>43998173</v>
       </c>
       <c r="F11" s="50">
         <v>0</v>
       </c>
       <c r="G11" s="51">
         <v>0</v>
       </c>
       <c r="H11" s="50">
         <v>30</v>
       </c>
       <c r="I11" s="51">
         <v>20966750</v>
       </c>
       <c r="J11" s="50">
         <v>38</v>
       </c>
       <c r="K11" s="51">
         <v>23031423</v>
       </c>
       <c r="M11" s="16"/>
     </row>
-    <row r="12" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="74">
+    <row r="12" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="72">
         <v>2015</v>
       </c>
       <c r="B12" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C12" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="50">
         <v>1</v>
       </c>
       <c r="E12" s="51">
         <v>383022</v>
       </c>
       <c r="F12" s="50">
         <v>0</v>
       </c>
       <c r="G12" s="51">
         <v>0</v>
       </c>
       <c r="H12" s="50">
         <v>0</v>
       </c>
       <c r="I12" s="51">
         <v>0</v>
       </c>
       <c r="J12" s="50">
         <v>1</v>
       </c>
       <c r="K12" s="51">
         <v>383022</v>
       </c>
       <c r="M12" s="17"/>
     </row>
-    <row r="13" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="74">
+    <row r="13" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="72">
         <v>2015</v>
       </c>
       <c r="B13" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="50">
         <v>23</v>
       </c>
       <c r="E13" s="51">
         <v>10375131</v>
       </c>
       <c r="F13" s="50">
         <v>0</v>
       </c>
       <c r="G13" s="51">
         <v>0</v>
       </c>
       <c r="H13" s="50">
         <v>10</v>
       </c>
       <c r="I13" s="51">
         <v>2171909</v>
       </c>
       <c r="J13" s="50">
         <v>13</v>
       </c>
       <c r="K13" s="51">
         <v>8203222</v>
       </c>
       <c r="M13" s="16"/>
     </row>
-    <row r="14" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="52">
         <v>2015</v>
       </c>
       <c r="B14" s="52" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="52"/>
       <c r="D14" s="53">
         <v>1687</v>
       </c>
       <c r="E14" s="54">
         <v>781426799</v>
       </c>
       <c r="F14" s="55">
         <v>93</v>
       </c>
       <c r="G14" s="56">
         <v>62393139</v>
       </c>
       <c r="H14" s="53">
         <v>1025</v>
       </c>
       <c r="I14" s="54">
         <v>376476546</v>
       </c>
       <c r="J14" s="62">
         <v>569</v>
       </c>
       <c r="K14" s="54">
         <v>342557114</v>
       </c>
       <c r="M14" s="16"/>
     </row>
-    <row r="15" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="74">
+    <row r="15" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="72">
         <v>2016</v>
       </c>
       <c r="B15" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="50">
         <v>635</v>
       </c>
       <c r="E15" s="51">
         <v>160289515</v>
       </c>
       <c r="F15" s="50">
         <v>55</v>
       </c>
       <c r="G15" s="51">
         <v>23193485</v>
       </c>
       <c r="H15" s="50">
         <v>529</v>
       </c>
       <c r="I15" s="51">
         <v>121568803</v>
       </c>
       <c r="J15" s="50">
         <v>51</v>
       </c>
       <c r="K15" s="51">
         <v>15527227</v>
       </c>
       <c r="M15" s="16"/>
     </row>
-    <row r="16" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="74">
+    <row r="16" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="72">
         <v>2016</v>
       </c>
       <c r="B16" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C16" s="47" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="50">
         <v>633</v>
       </c>
       <c r="E16" s="51">
         <v>483427335</v>
       </c>
       <c r="F16" s="50">
         <v>28</v>
       </c>
       <c r="G16" s="51">
         <v>32642983</v>
       </c>
       <c r="H16" s="50">
         <v>315</v>
       </c>
       <c r="I16" s="51">
         <v>250329533</v>
       </c>
       <c r="J16" s="50">
         <v>290</v>
       </c>
       <c r="K16" s="51">
         <v>200454819</v>
       </c>
       <c r="M16" s="16"/>
     </row>
-    <row r="17" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="74">
+    <row r="17" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="72">
         <v>2016</v>
       </c>
       <c r="B17" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D17" s="50">
         <v>445</v>
       </c>
       <c r="E17" s="51">
         <v>329387017</v>
       </c>
       <c r="F17" s="50">
         <v>28</v>
       </c>
       <c r="G17" s="51">
         <v>32642983</v>
       </c>
       <c r="H17" s="50">
         <v>207</v>
       </c>
       <c r="I17" s="51">
         <v>155804204</v>
       </c>
       <c r="J17" s="50">
         <v>210</v>
       </c>
       <c r="K17" s="51">
         <v>140939830</v>
       </c>
       <c r="M17" s="18"/>
     </row>
-    <row r="18" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="74">
+    <row r="18" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="72">
         <v>2016</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C18" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="50">
         <v>44</v>
       </c>
       <c r="E18" s="51">
         <v>37588255</v>
       </c>
       <c r="F18" s="50">
         <v>0</v>
       </c>
       <c r="G18" s="51">
         <v>0</v>
       </c>
       <c r="H18" s="50">
         <v>23</v>
       </c>
       <c r="I18" s="51">
         <v>19675805</v>
       </c>
       <c r="J18" s="50">
         <v>21</v>
       </c>
       <c r="K18" s="51">
         <v>17912450</v>
       </c>
       <c r="M18" s="18"/>
     </row>
-    <row r="19" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="74">
+    <row r="19" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="72">
         <v>2016</v>
       </c>
       <c r="B19" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C19" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="50">
         <v>144</v>
       </c>
       <c r="E19" s="51">
         <v>116452063</v>
       </c>
       <c r="F19" s="50">
         <v>0</v>
       </c>
       <c r="G19" s="51">
         <v>0</v>
       </c>
       <c r="H19" s="50">
         <v>85</v>
       </c>
       <c r="I19" s="51">
         <v>74849524</v>
       </c>
       <c r="J19" s="50">
         <v>59</v>
       </c>
       <c r="K19" s="51">
         <v>41602539</v>
       </c>
       <c r="M19" s="19"/>
     </row>
-    <row r="20" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="74">
+    <row r="20" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="72">
         <v>2016</v>
       </c>
       <c r="B20" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C20" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="50">
         <v>204</v>
       </c>
       <c r="E20" s="51">
         <v>109052680</v>
       </c>
       <c r="F20" s="50">
         <v>0</v>
       </c>
       <c r="G20" s="51">
         <v>0</v>
       </c>
       <c r="H20" s="50">
         <v>68</v>
       </c>
       <c r="I20" s="51">
         <v>17398139</v>
       </c>
       <c r="J20" s="50">
         <v>136</v>
       </c>
       <c r="K20" s="51">
         <v>91654541</v>
       </c>
       <c r="M20" s="18"/>
     </row>
-    <row r="21" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="74">
+    <row r="21" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="72">
         <v>2016</v>
       </c>
       <c r="B21" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D21" s="50">
         <v>202</v>
       </c>
       <c r="E21" s="51">
         <v>48230969</v>
       </c>
       <c r="F21" s="50">
         <v>0</v>
       </c>
       <c r="G21" s="51">
         <v>0</v>
       </c>
       <c r="H21" s="50">
         <v>191</v>
       </c>
       <c r="I21" s="51">
         <v>44316736</v>
       </c>
       <c r="J21" s="50">
         <v>11</v>
       </c>
       <c r="K21" s="51">
         <v>3914233</v>
       </c>
       <c r="M21" s="18"/>
     </row>
-    <row r="22" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="74">
+    <row r="22" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="72">
         <v>2016</v>
       </c>
       <c r="B22" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C22" s="47" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="50">
         <v>78</v>
       </c>
       <c r="E22" s="51">
         <v>53457374</v>
       </c>
       <c r="F22" s="50">
         <v>0</v>
       </c>
       <c r="G22" s="51">
         <v>0</v>
       </c>
       <c r="H22" s="50">
         <v>38</v>
       </c>
       <c r="I22" s="51">
         <v>29964963</v>
       </c>
       <c r="J22" s="50">
         <v>40</v>
       </c>
       <c r="K22" s="51">
         <v>23492411</v>
       </c>
       <c r="M22" s="18"/>
     </row>
-    <row r="23" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="74">
+    <row r="23" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="72">
         <v>2016</v>
       </c>
       <c r="B23" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D23" s="50">
         <v>77</v>
       </c>
       <c r="E23" s="51">
         <v>52582298</v>
       </c>
       <c r="F23" s="50">
         <v>0</v>
       </c>
       <c r="G23" s="51">
         <v>0</v>
       </c>
       <c r="H23" s="50">
         <v>37</v>
       </c>
       <c r="I23" s="51">
         <v>29089887</v>
       </c>
       <c r="J23" s="50">
         <v>40</v>
       </c>
       <c r="K23" s="51">
         <v>23492411</v>
       </c>
       <c r="M23" s="16"/>
     </row>
-    <row r="24" spans="1:13" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="74">
+    <row r="24" spans="1:13" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="72">
         <v>2016</v>
       </c>
       <c r="B24" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C24" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="50">
         <v>1</v>
       </c>
       <c r="E24" s="51">
         <v>875076</v>
       </c>
       <c r="F24" s="50">
         <v>0</v>
       </c>
       <c r="G24" s="51">
         <v>0</v>
       </c>
       <c r="H24" s="50">
         <v>1</v>
       </c>
       <c r="I24" s="51">
         <v>875076</v>
       </c>
       <c r="J24" s="50">
         <v>0</v>
       </c>
       <c r="K24" s="51">
         <v>0</v>
       </c>
       <c r="M24" s="21"/>
     </row>
-    <row r="25" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="74">
+    <row r="25" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="72">
         <v>2016</v>
       </c>
       <c r="B25" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D25" s="50">
         <v>29</v>
       </c>
       <c r="E25" s="51">
         <v>13421606</v>
       </c>
       <c r="F25" s="50">
         <v>0</v>
       </c>
       <c r="G25" s="51">
         <v>0</v>
       </c>
       <c r="H25" s="50">
         <v>15</v>
       </c>
       <c r="I25" s="51">
         <v>4643012</v>
       </c>
       <c r="J25" s="50">
         <v>14</v>
       </c>
       <c r="K25" s="51">
         <v>8778594</v>
       </c>
       <c r="M25" s="16"/>
     </row>
-    <row r="26" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="52">
         <v>2016</v>
       </c>
       <c r="B26" s="52" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="52"/>
       <c r="D26" s="53">
         <v>1781</v>
       </c>
       <c r="E26" s="57">
         <v>867879479</v>
       </c>
       <c r="F26" s="55">
         <v>83</v>
       </c>
       <c r="G26" s="56">
         <v>55836468</v>
       </c>
       <c r="H26" s="53">
         <v>1156</v>
       </c>
       <c r="I26" s="57">
         <v>468221186</v>
       </c>
       <c r="J26" s="53">
         <v>542</v>
       </c>
       <c r="K26" s="57">
         <v>343821825</v>
       </c>
       <c r="M26" s="17"/>
     </row>
-    <row r="27" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="74">
+    <row r="27" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="72">
         <v>2017</v>
       </c>
       <c r="B27" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C27" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D27" s="63">
         <v>656</v>
       </c>
       <c r="E27" s="64">
         <v>165030655</v>
       </c>
       <c r="F27" s="65">
         <v>60</v>
       </c>
       <c r="G27" s="66">
         <v>21001179</v>
       </c>
       <c r="H27" s="63">
         <v>555</v>
       </c>
       <c r="I27" s="64">
         <v>131564060</v>
       </c>
       <c r="J27" s="63">
         <v>41</v>
       </c>
       <c r="K27" s="64">
         <v>12465416</v>
       </c>
       <c r="M27" s="17" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="28" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="74">
+    <row r="28" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="72">
         <v>2017</v>
       </c>
       <c r="B28" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C28" s="47" t="s">
         <v>7</v>
       </c>
       <c r="D28" s="63">
         <v>679</v>
       </c>
       <c r="E28" s="64">
         <v>529576118</v>
       </c>
       <c r="F28" s="65">
         <v>20</v>
       </c>
       <c r="G28" s="66">
         <v>26129779</v>
       </c>
       <c r="H28" s="63">
         <v>325</v>
       </c>
       <c r="I28" s="64">
         <v>264595152</v>
       </c>
       <c r="J28" s="63">
         <v>334</v>
       </c>
       <c r="K28" s="64">
         <v>238851187</v>
       </c>
     </row>
-    <row r="29" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="74">
+    <row r="29" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="72">
         <v>2017</v>
       </c>
       <c r="B29" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C29" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D29" s="63">
         <v>440</v>
       </c>
       <c r="E29" s="64">
         <v>332075768</v>
       </c>
       <c r="F29" s="65">
         <v>20</v>
       </c>
       <c r="G29" s="66">
         <v>26129779</v>
       </c>
       <c r="H29" s="63">
         <v>195</v>
       </c>
       <c r="I29" s="64">
         <v>151249733</v>
       </c>
       <c r="J29" s="63">
         <v>225</v>
       </c>
       <c r="K29" s="64">
         <v>154696256</v>
       </c>
       <c r="M29" s="17"/>
     </row>
-    <row r="30" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="74">
+    <row r="30" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="72">
         <v>2017</v>
       </c>
       <c r="B30" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C30" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="63">
         <v>47</v>
       </c>
       <c r="E30" s="64">
         <v>41186927</v>
       </c>
       <c r="F30" s="65">
         <v>0</v>
       </c>
       <c r="G30" s="66">
         <v>0</v>
       </c>
       <c r="H30" s="63">
         <v>21</v>
       </c>
       <c r="I30" s="64">
         <v>18813316</v>
       </c>
       <c r="J30" s="63">
         <v>26</v>
       </c>
       <c r="K30" s="64">
         <v>22373611</v>
       </c>
     </row>
-    <row r="31" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="74">
+    <row r="31" spans="1:13" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="72">
         <v>2017</v>
       </c>
       <c r="B31" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C31" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D31" s="63">
         <v>192</v>
       </c>
       <c r="E31" s="64">
         <v>156313423</v>
       </c>
       <c r="F31" s="65">
         <v>0</v>
       </c>
       <c r="G31" s="66">
         <v>0</v>
       </c>
       <c r="H31" s="63">
         <v>109</v>
       </c>
       <c r="I31" s="64">
         <v>94532103</v>
       </c>
       <c r="J31" s="63">
         <v>83</v>
       </c>
       <c r="K31" s="64">
         <v>61781320</v>
       </c>
     </row>
-    <row r="32" spans="1:13" s="22" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="74">
+    <row r="32" spans="1:13" s="22" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="72">
         <v>2017</v>
       </c>
       <c r="B32" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C32" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="63">
         <v>228</v>
       </c>
       <c r="E32" s="64">
         <v>127406354</v>
       </c>
       <c r="F32" s="65">
         <v>0</v>
       </c>
       <c r="G32" s="66">
         <v>0</v>
       </c>
       <c r="H32" s="63">
         <v>101</v>
       </c>
       <c r="I32" s="64">
         <v>33653718</v>
       </c>
       <c r="J32" s="63">
         <v>127</v>
       </c>
       <c r="K32" s="64">
         <v>93752636</v>
       </c>
     </row>
-    <row r="33" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="74">
+    <row r="33" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="72">
         <v>2017</v>
       </c>
       <c r="B33" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C33" s="67" t="s">
         <v>34</v>
       </c>
       <c r="D33" s="63">
         <v>37</v>
       </c>
       <c r="E33" s="64">
         <v>26878889</v>
       </c>
       <c r="F33" s="65">
         <v>0</v>
       </c>
       <c r="G33" s="66">
         <v>0</v>
       </c>
       <c r="H33" s="63">
         <v>26</v>
       </c>
       <c r="I33" s="64">
         <v>17543972</v>
       </c>
       <c r="J33" s="63">
         <v>11</v>
       </c>
       <c r="K33" s="64">
         <v>9334917</v>
       </c>
     </row>
-    <row r="34" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="74">
+    <row r="34" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="72">
         <v>2017</v>
       </c>
       <c r="B34" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C34" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D34" s="63">
         <v>179</v>
       </c>
       <c r="E34" s="64">
         <v>44108245</v>
       </c>
       <c r="F34" s="65">
         <v>0</v>
       </c>
       <c r="G34" s="66">
         <v>0</v>
       </c>
       <c r="H34" s="63">
         <v>169</v>
       </c>
       <c r="I34" s="64">
         <v>40460681</v>
       </c>
       <c r="J34" s="63">
         <v>10</v>
       </c>
       <c r="K34" s="64">
         <v>3647564</v>
       </c>
     </row>
-    <row r="35" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="74">
+    <row r="35" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="72">
         <v>2017</v>
       </c>
       <c r="B35" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C35" s="47" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="63">
         <v>82</v>
       </c>
       <c r="E35" s="64">
         <v>58780905</v>
       </c>
       <c r="F35" s="65">
         <v>0</v>
       </c>
       <c r="G35" s="66">
         <v>0</v>
       </c>
       <c r="H35" s="63">
         <v>34</v>
       </c>
       <c r="I35" s="64">
         <v>25306914</v>
       </c>
       <c r="J35" s="63">
         <v>48</v>
       </c>
       <c r="K35" s="64">
         <v>33473991</v>
       </c>
     </row>
-    <row r="36" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="74">
+    <row r="36" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="72">
         <v>2017</v>
       </c>
       <c r="B36" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="63">
         <v>81</v>
       </c>
       <c r="E36" s="64">
         <v>58042286</v>
       </c>
       <c r="F36" s="65">
         <v>0</v>
       </c>
       <c r="G36" s="66">
         <v>0</v>
       </c>
       <c r="H36" s="63">
         <v>34</v>
       </c>
       <c r="I36" s="64">
         <v>25306914</v>
       </c>
       <c r="J36" s="63">
         <v>47</v>
       </c>
       <c r="K36" s="64">
         <v>32735372</v>
       </c>
     </row>
-    <row r="37" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="74">
+    <row r="37" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="72">
         <v>2017</v>
       </c>
       <c r="B37" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C37" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D37" s="63">
         <v>1</v>
       </c>
       <c r="E37" s="64">
         <v>738619</v>
       </c>
       <c r="F37" s="65">
         <v>0</v>
       </c>
       <c r="G37" s="66">
         <v>0</v>
       </c>
       <c r="H37" s="63">
         <v>0</v>
       </c>
       <c r="I37" s="64">
         <v>0</v>
       </c>
       <c r="J37" s="63">
         <v>1</v>
       </c>
       <c r="K37" s="64">
         <v>738619</v>
       </c>
     </row>
-    <row r="38" spans="1:11" s="22" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="74">
+    <row r="38" spans="1:11" s="22" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="72">
         <v>2017</v>
       </c>
       <c r="B38" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C38" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="63">
         <v>36</v>
       </c>
       <c r="E38" s="64">
         <v>19804448</v>
       </c>
       <c r="F38" s="65">
         <v>0</v>
       </c>
       <c r="G38" s="66">
         <v>0</v>
       </c>
       <c r="H38" s="63">
         <v>15</v>
       </c>
       <c r="I38" s="64">
         <v>4140054</v>
       </c>
       <c r="J38" s="63">
         <v>21</v>
       </c>
       <c r="K38" s="64">
         <v>15664394</v>
       </c>
     </row>
-    <row r="39" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="52">
         <v>2017</v>
       </c>
       <c r="B39" s="52" t="s">
         <v>36</v>
       </c>
       <c r="C39" s="52" t="s">
         <v>4</v>
       </c>
       <c r="D39" s="68">
         <v>1897</v>
       </c>
       <c r="E39" s="69">
         <v>971585614</v>
       </c>
       <c r="F39" s="68">
         <v>80</v>
       </c>
       <c r="G39" s="70">
         <v>47130958</v>
       </c>
       <c r="H39" s="68">
         <v>1225</v>
       </c>
       <c r="I39" s="69">
         <v>517264551</v>
       </c>
       <c r="J39" s="71">
         <v>592</v>
       </c>
       <c r="K39" s="69">
         <v>407190105</v>
       </c>
     </row>
-    <row r="40" spans="1:11" s="23" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="74">
+    <row r="40" spans="1:11" s="23" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="72">
         <v>2018</v>
       </c>
       <c r="B40" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C40" s="67" t="s">
         <v>6</v>
       </c>
       <c r="D40" s="63">
         <v>749</v>
       </c>
       <c r="E40" s="64">
         <v>191614749</v>
       </c>
       <c r="F40" s="65">
         <v>36</v>
       </c>
       <c r="G40" s="66">
         <v>12417759</v>
       </c>
       <c r="H40" s="63">
         <v>670</v>
       </c>
       <c r="I40" s="64">
         <v>164879428</v>
       </c>
       <c r="J40" s="63">
         <v>43</v>
       </c>
       <c r="K40" s="64">
         <v>14317562</v>
       </c>
     </row>
-    <row r="41" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="74">
+    <row r="41" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="72">
         <v>2018</v>
       </c>
       <c r="B41" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C41" s="67" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="63">
         <v>649</v>
       </c>
       <c r="E41" s="64">
         <v>526287329</v>
       </c>
       <c r="F41" s="65">
         <v>14</v>
       </c>
       <c r="G41" s="66">
         <v>24303895</v>
       </c>
       <c r="H41" s="63">
         <v>260</v>
       </c>
       <c r="I41" s="64">
         <v>214853735</v>
       </c>
       <c r="J41" s="63">
         <v>375</v>
       </c>
       <c r="K41" s="64">
         <v>287129699</v>
       </c>
     </row>
-    <row r="42" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A42" s="74">
+    <row r="42" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="72">
         <v>2018</v>
       </c>
       <c r="B42" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C42" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D42" s="63">
         <v>473</v>
       </c>
       <c r="E42" s="64">
         <v>370555234</v>
       </c>
       <c r="F42" s="65">
         <v>14</v>
       </c>
       <c r="G42" s="66">
         <v>24303895</v>
       </c>
       <c r="H42" s="63">
         <v>227</v>
       </c>
       <c r="I42" s="64">
         <v>177834528</v>
       </c>
       <c r="J42" s="63">
         <v>232</v>
       </c>
       <c r="K42" s="64">
         <v>168416811</v>
       </c>
     </row>
-    <row r="43" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A43" s="74">
+    <row r="43" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="72">
         <v>2018</v>
       </c>
       <c r="B43" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C43" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D43" s="63">
         <v>62</v>
       </c>
       <c r="E43" s="64">
         <v>65387522</v>
       </c>
       <c r="F43" s="65">
         <v>0</v>
       </c>
       <c r="G43" s="66">
         <v>0</v>
       </c>
       <c r="H43" s="63">
         <v>33</v>
       </c>
       <c r="I43" s="64">
         <v>37019207</v>
       </c>
       <c r="J43" s="63">
         <v>29</v>
       </c>
       <c r="K43" s="64">
         <v>28368315</v>
       </c>
     </row>
-    <row r="44" spans="1:11" s="22" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A44" s="74">
+    <row r="44" spans="1:11" s="22" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="72">
         <v>2018</v>
       </c>
       <c r="B44" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C44" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D44" s="63">
         <v>114</v>
       </c>
       <c r="E44" s="64">
         <v>90344573</v>
       </c>
       <c r="F44" s="65">
         <v>0</v>
       </c>
       <c r="G44" s="66">
         <v>0</v>
       </c>
       <c r="H44" s="63">
         <v>0</v>
       </c>
       <c r="I44" s="64">
         <v>0</v>
       </c>
       <c r="J44" s="63">
         <v>114</v>
       </c>
       <c r="K44" s="64">
         <v>90344573</v>
       </c>
     </row>
-    <row r="45" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A45" s="74">
+    <row r="45" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="72">
         <v>2018</v>
       </c>
       <c r="B45" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C45" s="67" t="s">
         <v>2</v>
       </c>
       <c r="D45" s="63">
         <v>304</v>
       </c>
       <c r="E45" s="64">
         <v>162206276</v>
       </c>
       <c r="F45" s="65">
         <v>0</v>
       </c>
       <c r="G45" s="66">
         <v>0</v>
       </c>
       <c r="H45" s="63">
         <v>148</v>
       </c>
       <c r="I45" s="64">
         <v>42420240</v>
       </c>
       <c r="J45" s="63">
         <v>156</v>
       </c>
       <c r="K45" s="64">
         <v>119786036</v>
       </c>
     </row>
-    <row r="46" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A46" s="74">
+    <row r="46" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="72">
         <v>2018</v>
       </c>
       <c r="B46" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C46" s="67" t="s">
         <v>34</v>
       </c>
       <c r="D46" s="63">
         <v>33</v>
       </c>
       <c r="E46" s="64">
         <v>23064708</v>
       </c>
       <c r="F46" s="65">
         <v>0</v>
       </c>
       <c r="G46" s="66">
         <v>0</v>
       </c>
       <c r="H46" s="63">
         <v>2</v>
       </c>
       <c r="I46" s="64">
         <v>1605501</v>
       </c>
       <c r="J46" s="63">
         <v>31</v>
       </c>
       <c r="K46" s="64">
         <v>21459207</v>
       </c>
     </row>
-    <row r="47" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A47" s="74">
+    <row r="47" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="72">
         <v>2018</v>
       </c>
       <c r="B47" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C47" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D47" s="63">
         <v>227</v>
       </c>
       <c r="E47" s="64">
         <v>56712181</v>
       </c>
       <c r="F47" s="65">
         <v>0</v>
       </c>
       <c r="G47" s="66">
         <v>0</v>
       </c>
       <c r="H47" s="63">
         <v>211</v>
       </c>
       <c r="I47" s="64">
         <v>52320567</v>
       </c>
       <c r="J47" s="63">
         <v>16</v>
       </c>
       <c r="K47" s="64">
         <v>4391614</v>
       </c>
     </row>
-    <row r="48" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A48" s="74">
+    <row r="48" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="72">
         <v>2018</v>
       </c>
       <c r="B48" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C48" s="47" t="s">
         <v>7</v>
       </c>
       <c r="D48" s="63">
         <v>70</v>
       </c>
       <c r="E48" s="64">
         <v>50024074</v>
       </c>
       <c r="F48" s="65">
         <v>0</v>
       </c>
       <c r="G48" s="66">
         <v>0</v>
       </c>
       <c r="H48" s="63">
         <v>27</v>
       </c>
       <c r="I48" s="64">
         <v>20972412</v>
       </c>
       <c r="J48" s="63">
         <v>43</v>
       </c>
       <c r="K48" s="64">
         <v>29051662</v>
       </c>
     </row>
-    <row r="49" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A49" s="74">
+    <row r="49" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="72">
         <v>2018</v>
       </c>
       <c r="B49" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C49" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D49" s="63">
         <v>69</v>
       </c>
       <c r="E49" s="64">
         <v>48988397</v>
       </c>
       <c r="F49" s="65">
         <v>0</v>
       </c>
       <c r="G49" s="66">
         <v>0</v>
       </c>
       <c r="H49" s="63">
         <v>27</v>
       </c>
       <c r="I49" s="64">
         <v>20972412</v>
       </c>
       <c r="J49" s="63">
         <v>42</v>
       </c>
       <c r="K49" s="64">
         <v>28015985</v>
       </c>
     </row>
-    <row r="50" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="74">
+    <row r="50" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="72">
         <v>2018</v>
       </c>
       <c r="B50" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C50" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="63">
         <v>1</v>
       </c>
       <c r="E50" s="64">
         <v>1035677</v>
       </c>
       <c r="F50" s="65">
         <v>0</v>
       </c>
       <c r="G50" s="66">
         <v>0</v>
       </c>
       <c r="H50" s="63">
         <v>0</v>
       </c>
       <c r="I50" s="64">
         <v>0</v>
       </c>
       <c r="J50" s="63">
         <v>1</v>
       </c>
       <c r="K50" s="64">
         <v>1035677</v>
       </c>
     </row>
-    <row r="51" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="74">
+    <row r="51" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="72">
         <v>2018</v>
       </c>
       <c r="B51" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C51" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D51" s="63">
         <v>51</v>
       </c>
       <c r="E51" s="64">
         <v>26152772</v>
       </c>
       <c r="F51" s="65">
         <v>0</v>
       </c>
       <c r="G51" s="66">
         <v>0</v>
       </c>
       <c r="H51" s="63">
         <v>27</v>
       </c>
       <c r="I51" s="64">
         <v>8767497</v>
       </c>
       <c r="J51" s="63">
         <v>24</v>
       </c>
       <c r="K51" s="64">
         <v>17385275</v>
       </c>
     </row>
-    <row r="52" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="52">
         <v>2018</v>
       </c>
       <c r="B52" s="52" t="s">
         <v>36</v>
       </c>
       <c r="C52" s="52"/>
       <c r="D52" s="68">
         <v>2083</v>
       </c>
       <c r="E52" s="69">
         <v>1036062089</v>
       </c>
       <c r="F52" s="68">
         <v>50</v>
       </c>
       <c r="G52" s="70">
         <v>36721654</v>
       </c>
       <c r="H52" s="68">
         <v>1345</v>
       </c>
       <c r="I52" s="69">
         <v>505819380</v>
       </c>
       <c r="J52" s="71">
         <v>688</v>
       </c>
       <c r="K52" s="69">
         <v>493521055</v>
       </c>
     </row>
-    <row r="53" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="58">
         <v>2019</v>
       </c>
       <c r="B53" s="58" t="s">
         <v>1</v>
       </c>
       <c r="C53" s="58" t="s">
         <v>6</v>
       </c>
       <c r="D53" s="65">
         <v>801</v>
       </c>
       <c r="E53" s="64">
         <v>216173096</v>
       </c>
       <c r="F53" s="65">
         <v>71</v>
       </c>
       <c r="G53" s="66">
         <v>25758326</v>
       </c>
       <c r="H53" s="65">
         <v>678</v>
       </c>
       <c r="I53" s="64">
         <v>174121208</v>
       </c>
       <c r="J53" s="63">
         <v>52</v>
       </c>
       <c r="K53" s="64">
         <v>16293562</v>
       </c>
     </row>
-    <row r="54" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="58">
         <v>2019</v>
       </c>
       <c r="B54" s="58" t="s">
         <v>1</v>
       </c>
       <c r="C54" s="58" t="s">
         <v>7</v>
       </c>
       <c r="D54" s="65">
         <v>606</v>
       </c>
       <c r="E54" s="64">
         <v>516888201</v>
       </c>
       <c r="F54" s="65">
         <v>28</v>
       </c>
       <c r="G54" s="66">
         <v>49702364</v>
       </c>
       <c r="H54" s="65">
         <v>259</v>
       </c>
       <c r="I54" s="64">
         <v>220260696</v>
       </c>
       <c r="J54" s="63">
         <v>319</v>
       </c>
       <c r="K54" s="64">
         <v>246925141</v>
       </c>
     </row>
-    <row r="55" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="58">
         <v>2019</v>
       </c>
       <c r="B55" s="58" t="s">
         <v>1</v>
       </c>
       <c r="C55" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D55" s="65">
         <v>482</v>
       </c>
       <c r="E55" s="64">
         <v>397855102</v>
       </c>
       <c r="F55" s="65">
         <v>28</v>
       </c>
       <c r="G55" s="66">
         <v>49702364</v>
       </c>
       <c r="H55" s="65">
         <v>193</v>
       </c>
       <c r="I55" s="64">
         <v>154240811</v>
       </c>
       <c r="J55" s="63">
         <v>261</v>
       </c>
       <c r="K55" s="64">
         <v>193911927</v>
       </c>
     </row>
-    <row r="56" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="58">
         <v>2019</v>
       </c>
       <c r="B56" s="58" t="s">
         <v>1</v>
       </c>
       <c r="C56" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="65">
         <v>81</v>
       </c>
       <c r="E56" s="64">
         <v>83094347</v>
       </c>
       <c r="F56" s="65">
         <v>0</v>
       </c>
       <c r="G56" s="66">
         <v>0</v>
       </c>
       <c r="H56" s="65">
         <v>41</v>
       </c>
       <c r="I56" s="64">
         <v>44663561</v>
       </c>
       <c r="J56" s="63">
         <v>40</v>
       </c>
       <c r="K56" s="64">
         <v>38430786</v>
       </c>
     </row>
-    <row r="57" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="58">
         <v>2019</v>
       </c>
       <c r="B57" s="58" t="s">
         <v>1</v>
       </c>
       <c r="C57" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="65">
         <v>43</v>
       </c>
       <c r="E57" s="64">
         <v>35938752</v>
       </c>
       <c r="F57" s="65">
         <v>0</v>
       </c>
       <c r="G57" s="66">
         <v>0</v>
       </c>
       <c r="H57" s="65">
         <v>25</v>
       </c>
       <c r="I57" s="64">
         <v>21356324</v>
       </c>
       <c r="J57" s="63">
         <v>18</v>
       </c>
       <c r="K57" s="64">
         <v>14582428</v>
       </c>
     </row>
-    <row r="58" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="58">
         <v>2019</v>
       </c>
       <c r="B58" s="58" t="s">
         <v>1</v>
       </c>
       <c r="C58" s="58" t="s">
         <v>2</v>
       </c>
       <c r="D58" s="65">
         <v>384</v>
       </c>
       <c r="E58" s="64">
         <v>240069650</v>
       </c>
       <c r="F58" s="65">
         <v>0</v>
       </c>
       <c r="G58" s="66">
         <v>0</v>
       </c>
       <c r="H58" s="65">
         <v>160</v>
       </c>
       <c r="I58" s="64">
         <v>56455801</v>
       </c>
       <c r="J58" s="63">
         <v>224</v>
       </c>
       <c r="K58" s="64">
         <v>183613849</v>
       </c>
     </row>
-    <row r="59" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A59" s="74">
+    <row r="59" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="72">
         <v>2019</v>
       </c>
       <c r="B59" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C59" s="67" t="s">
         <v>34</v>
       </c>
       <c r="D59" s="63">
         <v>18</v>
       </c>
       <c r="E59" s="64">
         <v>12785330</v>
       </c>
       <c r="F59" s="65">
         <v>0</v>
       </c>
       <c r="G59" s="66">
         <v>0</v>
       </c>
       <c r="H59" s="63">
         <v>0</v>
       </c>
       <c r="I59" s="64">
         <v>0</v>
       </c>
       <c r="J59" s="63">
         <v>18</v>
       </c>
       <c r="K59" s="64">
         <v>12785330</v>
       </c>
     </row>
-    <row r="60" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A60" s="74">
+    <row r="60" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="72">
         <v>2019</v>
       </c>
       <c r="B60" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C60" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D60" s="63">
         <v>205</v>
       </c>
       <c r="E60" s="64">
         <v>53081875</v>
       </c>
       <c r="F60" s="65">
         <v>0</v>
       </c>
       <c r="G60" s="66">
         <v>0</v>
       </c>
       <c r="H60" s="63">
         <v>192</v>
       </c>
       <c r="I60" s="64">
         <v>48554208</v>
       </c>
       <c r="J60" s="63">
         <v>13</v>
       </c>
       <c r="K60" s="64">
         <v>4527667</v>
       </c>
     </row>
-    <row r="61" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A61" s="74">
+    <row r="61" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="72">
         <v>2019</v>
       </c>
       <c r="B61" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C61" s="47" t="s">
         <v>7</v>
       </c>
       <c r="D61" s="63">
         <v>64</v>
       </c>
       <c r="E61" s="64">
         <v>49016715</v>
       </c>
       <c r="F61" s="65">
         <v>0</v>
       </c>
       <c r="G61" s="66">
         <v>0</v>
       </c>
       <c r="H61" s="63">
         <v>31</v>
       </c>
       <c r="I61" s="64">
         <v>23423641</v>
       </c>
       <c r="J61" s="63">
         <v>33</v>
       </c>
       <c r="K61" s="64">
         <v>25593074</v>
       </c>
     </row>
-    <row r="62" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A62" s="74">
+    <row r="62" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="72">
         <v>2019</v>
       </c>
       <c r="B62" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C62" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D62" s="63">
         <v>63</v>
       </c>
       <c r="E62" s="64">
         <v>48005125</v>
       </c>
       <c r="F62" s="65">
         <v>0</v>
       </c>
       <c r="G62" s="66">
         <v>0</v>
       </c>
       <c r="H62" s="63">
         <v>30</v>
       </c>
       <c r="I62" s="64">
         <v>22412051</v>
       </c>
       <c r="J62" s="63">
         <v>33</v>
       </c>
       <c r="K62" s="64">
         <v>25593074</v>
       </c>
     </row>
-    <row r="63" spans="1:11" s="22" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="74">
+    <row r="63" spans="1:11" s="22" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="72">
         <v>2019</v>
       </c>
       <c r="B63" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C63" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D63" s="63">
         <v>1</v>
       </c>
       <c r="E63" s="64">
         <v>1011590</v>
       </c>
       <c r="F63" s="65">
         <v>0</v>
       </c>
       <c r="G63" s="66">
         <v>0</v>
       </c>
       <c r="H63" s="63">
         <v>1</v>
       </c>
       <c r="I63" s="64">
         <v>1011590</v>
       </c>
       <c r="J63" s="63">
         <v>0</v>
       </c>
       <c r="K63" s="64">
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A64" s="74">
+    <row r="64" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="72">
         <v>2019</v>
       </c>
       <c r="B64" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C64" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D64" s="63">
         <v>52</v>
       </c>
       <c r="E64" s="64">
         <v>37446562</v>
       </c>
       <c r="F64" s="65">
         <v>0</v>
       </c>
       <c r="G64" s="66">
         <v>0</v>
       </c>
       <c r="H64" s="63">
         <v>19</v>
       </c>
       <c r="I64" s="64">
         <v>4767367</v>
       </c>
       <c r="J64" s="63">
         <v>33</v>
       </c>
       <c r="K64" s="64">
         <v>32679195</v>
       </c>
     </row>
-    <row r="65" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="52">
         <v>2019</v>
       </c>
       <c r="B65" s="52" t="s">
         <v>36</v>
       </c>
       <c r="C65" s="52"/>
       <c r="D65" s="68">
         <v>2130</v>
       </c>
       <c r="E65" s="69">
         <v>1125461429</v>
       </c>
       <c r="F65" s="68">
         <v>99</v>
       </c>
       <c r="G65" s="70">
         <v>75460690</v>
       </c>
       <c r="H65" s="68">
         <v>1339</v>
       </c>
       <c r="I65" s="69">
         <v>527582921</v>
       </c>
       <c r="J65" s="71">
         <v>692</v>
       </c>
       <c r="K65" s="69">
         <v>522417818</v>
       </c>
     </row>
-    <row r="66" spans="1:11" s="23" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A66" s="74">
+    <row r="66" spans="1:11" s="23" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="72">
         <v>2020</v>
       </c>
       <c r="B66" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C66" s="58" t="s">
         <v>6</v>
       </c>
       <c r="D66" s="63">
         <v>568</v>
       </c>
       <c r="E66" s="64">
         <v>166881646</v>
       </c>
       <c r="F66" s="65">
         <v>67</v>
       </c>
       <c r="G66" s="66">
         <v>27074686</v>
       </c>
       <c r="H66" s="63">
         <v>454</v>
       </c>
       <c r="I66" s="64">
         <v>123191023</v>
       </c>
       <c r="J66" s="63">
         <v>47</v>
       </c>
       <c r="K66" s="64">
         <v>16615937</v>
       </c>
     </row>
-    <row r="67" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A67" s="74">
+    <row r="67" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="72">
         <v>2020</v>
       </c>
       <c r="B67" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C67" s="58" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="63">
         <v>650</v>
       </c>
       <c r="E67" s="64">
         <v>588785458</v>
       </c>
       <c r="F67" s="65">
         <v>16</v>
       </c>
       <c r="G67" s="66">
         <v>30426805</v>
       </c>
       <c r="H67" s="63">
         <v>326</v>
       </c>
       <c r="I67" s="64">
         <v>303124027</v>
       </c>
       <c r="J67" s="63">
         <v>308</v>
       </c>
       <c r="K67" s="64">
         <v>255234626</v>
       </c>
     </row>
-    <row r="68" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="74">
+    <row r="68" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="72">
         <v>2020</v>
       </c>
       <c r="B68" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C68" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D68" s="63">
         <v>413</v>
       </c>
       <c r="E68" s="64">
         <v>360600095</v>
       </c>
       <c r="F68" s="65">
         <v>16</v>
       </c>
       <c r="G68" s="66">
         <v>30426805</v>
       </c>
       <c r="H68" s="63">
         <v>176</v>
       </c>
       <c r="I68" s="64">
         <v>158795632</v>
       </c>
       <c r="J68" s="63">
         <v>221</v>
       </c>
       <c r="K68" s="64">
         <v>171377658</v>
       </c>
     </row>
-    <row r="69" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="74">
+    <row r="69" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="72">
         <v>2020</v>
       </c>
       <c r="B69" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C69" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D69" s="63">
         <v>98</v>
       </c>
       <c r="E69" s="64">
         <v>101549753</v>
       </c>
       <c r="F69" s="65">
         <v>0</v>
       </c>
       <c r="G69" s="66">
         <v>0</v>
       </c>
       <c r="H69" s="63">
         <v>38</v>
       </c>
       <c r="I69" s="64">
         <v>40707283</v>
       </c>
       <c r="J69" s="63">
         <v>60</v>
       </c>
       <c r="K69" s="64">
         <v>60842470</v>
       </c>
     </row>
-    <row r="70" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="74">
+    <row r="70" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="72">
         <v>2020</v>
       </c>
       <c r="B70" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C70" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D70" s="63">
         <v>139</v>
       </c>
       <c r="E70" s="64">
         <v>126635610</v>
       </c>
       <c r="F70" s="65">
         <v>0</v>
       </c>
       <c r="G70" s="66">
         <v>0</v>
       </c>
       <c r="H70" s="63">
         <v>112</v>
       </c>
       <c r="I70" s="64">
         <v>103621112</v>
       </c>
       <c r="J70" s="63">
         <v>27</v>
       </c>
       <c r="K70" s="64">
         <v>23014498</v>
       </c>
     </row>
-    <row r="71" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A71" s="74">
+    <row r="71" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="72">
         <v>2020</v>
       </c>
       <c r="B71" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C71" s="58" t="s">
         <v>2</v>
       </c>
       <c r="D71" s="63">
         <v>366</v>
       </c>
       <c r="E71" s="64">
         <v>264693677</v>
       </c>
       <c r="F71" s="65">
         <v>0</v>
       </c>
       <c r="G71" s="66">
         <v>0</v>
       </c>
       <c r="H71" s="63">
         <v>107</v>
       </c>
       <c r="I71" s="64">
         <v>45206065</v>
       </c>
       <c r="J71" s="63">
         <v>259</v>
       </c>
       <c r="K71" s="64">
         <v>219487612</v>
       </c>
     </row>
-    <row r="72" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A72" s="74">
+    <row r="72" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="72">
         <v>2020</v>
       </c>
       <c r="B72" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C72" s="67" t="s">
         <v>34</v>
       </c>
       <c r="D72" s="63">
         <v>7</v>
       </c>
       <c r="E72" s="64">
         <v>4953345</v>
       </c>
       <c r="F72" s="65">
         <v>0</v>
       </c>
       <c r="G72" s="66">
         <v>0</v>
       </c>
       <c r="H72" s="63">
         <v>6</v>
       </c>
       <c r="I72" s="64">
         <v>4057444</v>
       </c>
       <c r="J72" s="63">
         <v>1</v>
       </c>
       <c r="K72" s="64">
         <v>895901</v>
       </c>
     </row>
-    <row r="73" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A73" s="74">
+    <row r="73" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="72">
         <v>2020</v>
       </c>
       <c r="B73" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C73" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D73" s="63">
         <v>208</v>
       </c>
       <c r="E73" s="64">
         <v>60248805</v>
       </c>
       <c r="F73" s="65">
         <v>0</v>
       </c>
       <c r="G73" s="66">
         <v>0</v>
       </c>
       <c r="H73" s="63">
         <v>185</v>
       </c>
       <c r="I73" s="64">
         <v>52621332</v>
       </c>
       <c r="J73" s="63">
         <v>23</v>
       </c>
       <c r="K73" s="64">
         <v>7627473</v>
       </c>
     </row>
-    <row r="74" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A74" s="74">
+    <row r="74" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="72">
         <v>2020</v>
       </c>
       <c r="B74" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C74" s="47" t="s">
         <v>7</v>
       </c>
       <c r="D74" s="63">
         <v>64</v>
       </c>
       <c r="E74" s="64">
         <v>50887095</v>
       </c>
       <c r="F74" s="65">
         <v>0</v>
       </c>
       <c r="G74" s="66">
         <v>0</v>
       </c>
       <c r="H74" s="63">
         <v>28</v>
       </c>
       <c r="I74" s="64">
         <v>24622313</v>
       </c>
       <c r="J74" s="63">
         <v>36</v>
       </c>
       <c r="K74" s="64">
         <v>26264782</v>
       </c>
     </row>
-    <row r="75" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A75" s="74">
+    <row r="75" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="72">
         <v>2020</v>
       </c>
       <c r="B75" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C75" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D75" s="63">
         <v>62</v>
       </c>
       <c r="E75" s="64">
         <v>49040285</v>
       </c>
       <c r="F75" s="65">
         <v>0</v>
       </c>
       <c r="G75" s="66">
         <v>0</v>
       </c>
       <c r="H75" s="63">
         <v>27</v>
       </c>
       <c r="I75" s="64">
         <v>23622313</v>
       </c>
       <c r="J75" s="63">
         <v>35</v>
       </c>
       <c r="K75" s="64">
         <v>25417972</v>
       </c>
     </row>
-    <row r="76" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A76" s="74">
+    <row r="76" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="72">
         <v>2020</v>
       </c>
       <c r="B76" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C76" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D76" s="63">
         <v>2</v>
       </c>
       <c r="E76" s="64">
         <v>1846810</v>
       </c>
       <c r="F76" s="65">
         <v>0</v>
       </c>
       <c r="G76" s="66">
         <v>0</v>
       </c>
       <c r="H76" s="63">
         <v>1</v>
       </c>
       <c r="I76" s="64">
         <v>1000000</v>
       </c>
       <c r="J76" s="63">
         <v>1</v>
       </c>
       <c r="K76" s="64">
         <v>846810</v>
       </c>
     </row>
-    <row r="77" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A77" s="74">
+    <row r="77" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="72">
         <v>2020</v>
       </c>
       <c r="B77" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C77" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D77" s="63">
         <v>55</v>
       </c>
       <c r="E77" s="64">
         <v>37903694</v>
       </c>
       <c r="F77" s="65">
         <v>0</v>
       </c>
       <c r="G77" s="66">
         <v>0</v>
       </c>
       <c r="H77" s="63">
         <v>20</v>
       </c>
       <c r="I77" s="64">
         <v>7033717</v>
       </c>
       <c r="J77" s="63">
         <v>35</v>
       </c>
       <c r="K77" s="64">
         <v>30869977</v>
       </c>
     </row>
-    <row r="78" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="52">
         <v>2020</v>
       </c>
       <c r="B78" s="52" t="s">
         <v>36</v>
       </c>
       <c r="C78" s="52" t="s">
         <v>4</v>
       </c>
       <c r="D78" s="68">
         <v>1918</v>
       </c>
       <c r="E78" s="69">
         <v>1174353720</v>
       </c>
       <c r="F78" s="68">
         <v>83</v>
       </c>
       <c r="G78" s="70">
         <v>57501491</v>
       </c>
       <c r="H78" s="68">
         <v>1126</v>
       </c>
       <c r="I78" s="69">
         <v>559855921</v>
       </c>
       <c r="J78" s="71">
         <v>709</v>
       </c>
       <c r="K78" s="69">
         <v>556996308</v>
       </c>
     </row>
-    <row r="79" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A79" s="74">
+    <row r="79" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="72">
         <v>2021</v>
       </c>
       <c r="B79" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C79" s="58" t="s">
         <v>6</v>
       </c>
       <c r="D79" s="63">
         <v>583</v>
       </c>
       <c r="E79" s="64">
         <v>177111482</v>
       </c>
       <c r="F79" s="65">
         <v>71</v>
       </c>
       <c r="G79" s="66">
         <v>22649388</v>
       </c>
       <c r="H79" s="63">
         <v>463</v>
       </c>
       <c r="I79" s="64">
         <v>139766514</v>
       </c>
       <c r="J79" s="63">
         <v>49</v>
       </c>
       <c r="K79" s="64">
         <v>14695580</v>
       </c>
     </row>
-    <row r="80" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A80" s="74">
+    <row r="80" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="72">
         <v>2021</v>
       </c>
       <c r="B80" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C80" s="58" t="s">
         <v>7</v>
       </c>
       <c r="D80" s="63">
         <v>694</v>
       </c>
       <c r="E80" s="64">
         <v>640727464</v>
       </c>
       <c r="F80" s="65">
         <v>12</v>
       </c>
       <c r="G80" s="66">
         <v>20298773</v>
       </c>
       <c r="H80" s="63">
         <v>306</v>
       </c>
       <c r="I80" s="64">
         <v>293407259</v>
       </c>
       <c r="J80" s="63">
         <v>376</v>
       </c>
       <c r="K80" s="64">
         <v>327021432</v>
       </c>
     </row>
-    <row r="81" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="74">
+    <row r="81" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="72">
         <v>2021</v>
       </c>
       <c r="B81" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C81" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D81" s="63">
         <v>364</v>
       </c>
       <c r="E81" s="64">
         <v>323152690</v>
       </c>
       <c r="F81" s="65">
         <v>12</v>
       </c>
       <c r="G81" s="66">
         <v>20298773</v>
       </c>
       <c r="H81" s="63">
         <v>151</v>
       </c>
       <c r="I81" s="64">
         <v>138747159</v>
       </c>
       <c r="J81" s="63">
         <v>201</v>
       </c>
       <c r="K81" s="64">
         <v>164106758</v>
       </c>
     </row>
-    <row r="82" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A82" s="74">
+    <row r="82" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="72">
         <v>2021</v>
       </c>
       <c r="B82" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C82" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D82" s="63">
         <v>90</v>
       </c>
       <c r="E82" s="64">
         <v>94077009</v>
       </c>
       <c r="F82" s="65">
         <v>0</v>
       </c>
       <c r="G82" s="66">
         <v>0</v>
       </c>
       <c r="H82" s="63">
         <v>25</v>
       </c>
       <c r="I82" s="64">
         <v>27031330</v>
       </c>
       <c r="J82" s="63">
         <v>65</v>
       </c>
       <c r="K82" s="64">
         <v>67045679</v>
       </c>
     </row>
-    <row r="83" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A83" s="74">
+    <row r="83" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="72">
         <v>2021</v>
       </c>
       <c r="B83" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C83" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D83" s="63">
         <v>240</v>
       </c>
       <c r="E83" s="64">
         <v>223497765</v>
       </c>
       <c r="F83" s="65">
         <v>0</v>
       </c>
       <c r="G83" s="66">
         <v>0</v>
       </c>
       <c r="H83" s="63">
         <v>130</v>
       </c>
       <c r="I83" s="64">
         <v>127628770</v>
       </c>
       <c r="J83" s="63">
         <v>110</v>
       </c>
       <c r="K83" s="64">
         <v>95868995</v>
       </c>
       <c r="L83" s="24"/>
       <c r="M83" s="24"/>
       <c r="N83" s="24"/>
     </row>
-    <row r="84" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A84" s="74">
+    <row r="84" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="72">
         <v>2021</v>
       </c>
       <c r="B84" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C84" s="58" t="s">
         <v>2</v>
       </c>
       <c r="D84" s="63">
         <v>322</v>
       </c>
       <c r="E84" s="64">
         <v>226431236</v>
       </c>
       <c r="F84" s="65">
         <v>0</v>
       </c>
       <c r="G84" s="66">
         <v>0</v>
       </c>
       <c r="H84" s="63">
         <v>102</v>
       </c>
       <c r="I84" s="64">
         <v>38169505</v>
       </c>
       <c r="J84" s="63">
         <v>220</v>
       </c>
       <c r="K84" s="64">
         <v>188261731</v>
       </c>
       <c r="L84" s="24"/>
       <c r="M84" s="24"/>
       <c r="N84" s="24"/>
     </row>
-    <row r="85" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A85" s="74">
+    <row r="85" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="72">
         <v>2021</v>
       </c>
       <c r="B85" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C85" s="67" t="s">
         <v>34</v>
       </c>
       <c r="D85" s="63">
         <v>26</v>
       </c>
       <c r="E85" s="64">
         <v>23167783</v>
       </c>
       <c r="F85" s="65">
         <v>0</v>
       </c>
       <c r="G85" s="66">
         <v>0</v>
       </c>
       <c r="H85" s="63">
         <v>23</v>
       </c>
       <c r="I85" s="64">
         <v>20325677</v>
       </c>
       <c r="J85" s="63">
         <v>3</v>
       </c>
       <c r="K85" s="64">
         <v>2842106</v>
       </c>
     </row>
-    <row r="86" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A86" s="74">
+    <row r="86" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="72">
         <v>2021</v>
       </c>
       <c r="B86" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C86" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D86" s="63">
         <v>210</v>
       </c>
       <c r="E86" s="64">
         <v>65229436</v>
       </c>
       <c r="F86" s="65">
         <v>0</v>
       </c>
       <c r="G86" s="66">
         <v>0</v>
       </c>
       <c r="H86" s="63">
         <v>188</v>
       </c>
       <c r="I86" s="64">
         <v>58076152</v>
       </c>
       <c r="J86" s="63">
         <v>22</v>
       </c>
       <c r="K86" s="64">
         <v>7153284</v>
       </c>
     </row>
-    <row r="87" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A87" s="74">
+    <row r="87" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="72">
         <v>2021</v>
       </c>
       <c r="B87" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C87" s="47" t="s">
         <v>7</v>
       </c>
       <c r="D87" s="63">
         <v>60</v>
       </c>
       <c r="E87" s="64">
         <v>52631956</v>
       </c>
       <c r="F87" s="65">
         <v>0</v>
       </c>
       <c r="G87" s="66">
         <v>0</v>
       </c>
       <c r="H87" s="63">
         <v>31</v>
       </c>
       <c r="I87" s="64">
         <v>26859215</v>
       </c>
       <c r="J87" s="63">
         <v>29</v>
       </c>
       <c r="K87" s="64">
         <v>25772741</v>
       </c>
     </row>
-    <row r="88" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A88" s="74">
+    <row r="88" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="72">
         <v>2021</v>
       </c>
       <c r="B88" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C88" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D88" s="63">
         <v>58</v>
       </c>
       <c r="E88" s="64">
         <v>50785341</v>
       </c>
       <c r="F88" s="65">
         <v>0</v>
       </c>
       <c r="G88" s="66">
         <v>0</v>
       </c>
       <c r="H88" s="63">
         <v>30</v>
       </c>
       <c r="I88" s="64">
         <v>26005357</v>
       </c>
       <c r="J88" s="63">
         <v>28</v>
       </c>
       <c r="K88" s="64">
         <v>24779984</v>
       </c>
     </row>
-    <row r="89" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A89" s="74">
+    <row r="89" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="72">
         <v>2021</v>
       </c>
       <c r="B89" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C89" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D89" s="63">
         <v>2</v>
       </c>
       <c r="E89" s="64">
         <v>1846615</v>
       </c>
       <c r="F89" s="65">
         <v>0</v>
       </c>
       <c r="G89" s="66">
         <v>0</v>
       </c>
       <c r="H89" s="63">
         <v>1</v>
       </c>
       <c r="I89" s="64">
         <v>853858</v>
       </c>
       <c r="J89" s="63">
         <v>1</v>
       </c>
       <c r="K89" s="64">
         <v>992757</v>
       </c>
     </row>
-    <row r="90" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A90" s="74">
+    <row r="90" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="72">
         <v>2021</v>
       </c>
       <c r="B90" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C90" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D90" s="63">
         <v>51</v>
       </c>
       <c r="E90" s="64">
         <v>31031850</v>
       </c>
       <c r="F90" s="65">
         <v>0</v>
       </c>
       <c r="G90" s="66">
         <v>0</v>
       </c>
       <c r="H90" s="63">
         <v>20</v>
       </c>
       <c r="I90" s="64">
         <v>6984838</v>
       </c>
       <c r="J90" s="63">
         <v>31</v>
       </c>
       <c r="K90" s="64">
         <v>24047012</v>
       </c>
     </row>
-    <row r="91" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="52">
         <v>2021</v>
       </c>
       <c r="B91" s="52" t="s">
         <v>36</v>
       </c>
       <c r="C91" s="52" t="s">
         <v>4</v>
       </c>
       <c r="D91" s="68">
         <v>1946</v>
       </c>
       <c r="E91" s="69">
         <v>1216331207</v>
       </c>
       <c r="F91" s="68">
         <v>83</v>
       </c>
       <c r="G91" s="70">
         <v>42948161</v>
       </c>
       <c r="H91" s="68">
         <v>1133</v>
       </c>
       <c r="I91" s="69">
         <v>583589160</v>
       </c>
       <c r="J91" s="71">
         <v>730</v>
       </c>
       <c r="K91" s="69">
         <v>589793886</v>
       </c>
     </row>
-    <row r="92" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A92" s="74">
+    <row r="92" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="72">
         <v>2022</v>
       </c>
       <c r="B92" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C92" s="58" t="s">
         <v>6</v>
       </c>
       <c r="D92" s="63">
         <v>559</v>
       </c>
       <c r="E92" s="64">
         <v>183999779</v>
       </c>
       <c r="F92" s="65">
         <v>69</v>
       </c>
       <c r="G92" s="66">
         <v>30501426</v>
       </c>
       <c r="H92" s="63">
         <v>458</v>
       </c>
       <c r="I92" s="64">
         <v>142413048</v>
       </c>
       <c r="J92" s="63">
         <v>32</v>
       </c>
       <c r="K92" s="64">
         <v>11085305</v>
       </c>
     </row>
-    <row r="93" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A93" s="74">
+    <row r="93" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="72">
         <v>2022</v>
       </c>
       <c r="B93" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C93" s="58" t="s">
         <v>7</v>
       </c>
       <c r="D93" s="63">
         <v>695</v>
       </c>
       <c r="E93" s="64">
         <v>660136462</v>
       </c>
       <c r="F93" s="65">
         <v>16</v>
       </c>
       <c r="G93" s="66">
         <v>31989135</v>
       </c>
       <c r="H93" s="63">
         <v>312</v>
       </c>
       <c r="I93" s="64">
         <v>300175860</v>
       </c>
       <c r="J93" s="63">
         <v>367</v>
       </c>
       <c r="K93" s="64">
         <v>327971467</v>
       </c>
     </row>
-    <row r="94" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A94" s="74">
+    <row r="94" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="72">
         <v>2022</v>
       </c>
       <c r="B94" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C94" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D94" s="63">
         <v>343</v>
       </c>
       <c r="E94" s="64">
         <v>318132652</v>
       </c>
       <c r="F94" s="65">
         <v>16</v>
       </c>
       <c r="G94" s="66">
         <v>31989135</v>
       </c>
       <c r="H94" s="63">
         <v>140</v>
       </c>
       <c r="I94" s="64">
         <v>127116979</v>
       </c>
       <c r="J94" s="63">
         <v>187</v>
       </c>
       <c r="K94" s="64">
         <v>159026538</v>
       </c>
     </row>
-    <row r="95" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A95" s="74">
+    <row r="95" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="72">
         <v>2022</v>
       </c>
       <c r="B95" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C95" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D95" s="63">
         <v>75</v>
       </c>
       <c r="E95" s="64">
         <v>77964256</v>
       </c>
       <c r="F95" s="65">
         <v>0</v>
       </c>
       <c r="G95" s="66">
         <v>0</v>
       </c>
       <c r="H95" s="63">
         <v>22</v>
       </c>
       <c r="I95" s="64">
         <v>24803421</v>
       </c>
       <c r="J95" s="63">
         <v>53</v>
       </c>
       <c r="K95" s="64">
         <v>53160835</v>
       </c>
     </row>
-    <row r="96" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A96" s="74">
+    <row r="96" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="72">
         <v>2022</v>
       </c>
       <c r="B96" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C96" s="58" t="s">
         <v>11</v>
       </c>
       <c r="D96" s="63">
         <v>277</v>
       </c>
       <c r="E96" s="64">
         <v>264039554</v>
       </c>
       <c r="F96" s="65">
         <v>0</v>
       </c>
       <c r="G96" s="66">
         <v>0</v>
       </c>
       <c r="H96" s="63">
         <v>150</v>
       </c>
       <c r="I96" s="64">
         <v>148255460</v>
       </c>
       <c r="J96" s="63">
         <v>127</v>
       </c>
       <c r="K96" s="64">
         <v>115784094</v>
       </c>
     </row>
-    <row r="97" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A97" s="74">
+    <row r="97" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="72">
         <v>2022</v>
       </c>
       <c r="B97" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C97" s="58" t="s">
         <v>2</v>
       </c>
       <c r="D97" s="63">
         <v>295</v>
       </c>
       <c r="E97" s="64">
         <v>221312902</v>
       </c>
       <c r="F97" s="65">
         <v>0</v>
       </c>
       <c r="G97" s="66">
         <v>0</v>
       </c>
       <c r="H97" s="63">
         <v>95</v>
       </c>
       <c r="I97" s="64">
         <v>34657267</v>
       </c>
       <c r="J97" s="63">
         <v>200</v>
       </c>
       <c r="K97" s="64">
         <v>186655635</v>
       </c>
     </row>
-    <row r="98" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A98" s="74">
+    <row r="98" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="72">
         <v>2022</v>
       </c>
       <c r="B98" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C98" s="67" t="s">
         <v>34</v>
       </c>
       <c r="D98" s="63">
         <v>39</v>
       </c>
       <c r="E98" s="64">
         <v>32075236</v>
       </c>
       <c r="F98" s="65">
         <v>0</v>
       </c>
       <c r="G98" s="66">
         <v>0</v>
       </c>
       <c r="H98" s="63">
         <v>24</v>
       </c>
       <c r="I98" s="64">
         <v>16342576</v>
       </c>
       <c r="J98" s="63">
         <v>15</v>
       </c>
       <c r="K98" s="64">
         <v>15732660</v>
       </c>
     </row>
-    <row r="99" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A99" s="74">
+    <row r="99" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="72">
         <v>2022</v>
       </c>
       <c r="B99" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C99" s="47" t="s">
         <v>6</v>
       </c>
       <c r="D99" s="63">
         <v>202</v>
       </c>
       <c r="E99" s="64">
         <v>65428277</v>
       </c>
       <c r="F99" s="65">
         <v>0</v>
       </c>
       <c r="G99" s="66">
         <v>0</v>
       </c>
       <c r="H99" s="63">
         <v>185</v>
       </c>
       <c r="I99" s="64">
         <v>57721955</v>
       </c>
       <c r="J99" s="63">
         <v>17</v>
       </c>
       <c r="K99" s="64">
         <v>7706322</v>
       </c>
     </row>
-    <row r="100" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A100" s="74">
+    <row r="100" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="72">
         <v>2022</v>
       </c>
       <c r="B100" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C100" s="47" t="s">
         <v>7</v>
       </c>
       <c r="D100" s="63">
         <v>62</v>
       </c>
       <c r="E100" s="64">
         <v>54912272</v>
       </c>
       <c r="F100" s="65">
         <v>0</v>
       </c>
       <c r="G100" s="66">
         <v>0</v>
       </c>
       <c r="H100" s="63">
         <v>29</v>
       </c>
       <c r="I100" s="64">
         <v>28040464</v>
       </c>
       <c r="J100" s="63">
         <v>33</v>
       </c>
       <c r="K100" s="64">
         <v>26871808</v>
       </c>
     </row>
-    <row r="101" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A101" s="74">
+    <row r="101" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="72">
         <v>2022</v>
       </c>
       <c r="B101" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C101" s="47" t="s">
         <v>20</v>
       </c>
       <c r="D101" s="63">
         <v>61</v>
       </c>
       <c r="E101" s="64">
         <v>53926942</v>
       </c>
       <c r="F101" s="65">
         <v>0</v>
       </c>
       <c r="G101" s="66">
         <v>0</v>
       </c>
       <c r="H101" s="63">
         <v>29</v>
       </c>
       <c r="I101" s="64">
         <v>28040464</v>
       </c>
       <c r="J101" s="63">
         <v>32</v>
       </c>
       <c r="K101" s="64">
         <v>25886478</v>
       </c>
     </row>
-    <row r="102" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="74">
+    <row r="102" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="72">
         <v>2022</v>
       </c>
       <c r="B102" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C102" s="47" t="s">
         <v>10</v>
       </c>
       <c r="D102" s="63">
         <v>1</v>
       </c>
       <c r="E102" s="64">
         <v>985330</v>
       </c>
       <c r="F102" s="65">
         <v>0</v>
       </c>
       <c r="G102" s="66">
         <v>0</v>
       </c>
       <c r="H102" s="63">
         <v>0</v>
       </c>
       <c r="I102" s="64">
         <v>0</v>
       </c>
       <c r="J102" s="63">
         <v>1</v>
       </c>
       <c r="K102" s="64">
         <v>985330</v>
       </c>
     </row>
-    <row r="103" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A103" s="74">
+    <row r="103" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="72">
         <v>2022</v>
       </c>
       <c r="B103" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C103" s="47" t="s">
         <v>2</v>
       </c>
       <c r="D103" s="63">
         <v>68</v>
       </c>
       <c r="E103" s="64">
         <v>42499941</v>
       </c>
       <c r="F103" s="65">
         <v>0</v>
       </c>
       <c r="G103" s="66">
         <v>0</v>
       </c>
       <c r="H103" s="63">
         <v>29</v>
       </c>
       <c r="I103" s="64">
         <v>9999155</v>
       </c>
       <c r="J103" s="63">
         <v>39</v>
       </c>
       <c r="K103" s="64">
         <v>32500786</v>
       </c>
     </row>
-    <row r="104" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="52">
         <v>2022</v>
       </c>
       <c r="B104" s="52" t="s">
         <v>36</v>
       </c>
       <c r="C104" s="52" t="s">
         <v>4</v>
       </c>
       <c r="D104" s="68">
         <v>1920</v>
       </c>
       <c r="E104" s="69">
         <v>1260364869</v>
       </c>
       <c r="F104" s="68">
         <v>85</v>
       </c>
       <c r="G104" s="70">
         <v>62490561</v>
       </c>
       <c r="H104" s="68">
         <v>1132</v>
       </c>
       <c r="I104" s="69">
         <v>589350325</v>
       </c>
       <c r="J104" s="71">
         <v>703</v>
       </c>
       <c r="K104" s="69">
         <v>608523983</v>
       </c>
     </row>
-    <row r="105" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A105" s="74">
+    <row r="105" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="90">
         <v>2023</v>
       </c>
-      <c r="B105" s="46" t="s">
+      <c r="B105" s="91" t="s">
         <v>1</v>
       </c>
-      <c r="C105" s="58" t="s">
+      <c r="C105" s="91" t="s">
         <v>6</v>
       </c>
-      <c r="D105" s="63">
-[...11 lines deleted...]
-      <c r="H105" s="63">
+      <c r="D105" s="92">
+        <v>562</v>
+      </c>
+      <c r="E105" s="93">
+        <v>188786713</v>
+      </c>
+      <c r="F105" s="92">
+        <v>50</v>
+      </c>
+      <c r="G105" s="93">
+        <v>23444958</v>
+      </c>
+      <c r="H105" s="92">
         <v>478</v>
       </c>
-      <c r="I105" s="64">
+      <c r="I105" s="93">
         <v>153822358</v>
       </c>
-      <c r="J105" s="63">
+      <c r="J105" s="92">
         <v>34</v>
       </c>
-      <c r="K105" s="64">
+      <c r="K105" s="93">
         <v>11519397</v>
       </c>
     </row>
-    <row r="106" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A106" s="74">
+    <row r="106" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="90">
         <v>2023</v>
       </c>
-      <c r="B106" s="46" t="s">
+      <c r="B106" s="91" t="s">
         <v>1</v>
       </c>
-      <c r="C106" s="58" t="s">
+      <c r="C106" s="91" t="s">
         <v>7</v>
       </c>
-      <c r="D106" s="63">
-[...5 lines deleted...]
-      <c r="F106" s="65">
+      <c r="D106" s="92">
+        <v>925</v>
+      </c>
+      <c r="E106" s="93">
+        <v>904468471</v>
+      </c>
+      <c r="F106" s="92">
+        <v>20</v>
+      </c>
+      <c r="G106" s="93">
+        <v>35722621</v>
+      </c>
+      <c r="H106" s="92">
+        <v>344</v>
+      </c>
+      <c r="I106" s="93">
+        <v>355011781</v>
+      </c>
+      <c r="J106" s="92">
+        <v>561</v>
+      </c>
+      <c r="K106" s="93">
+        <v>513734069</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="90">
+        <v>2023</v>
+      </c>
+      <c r="B107" s="91" t="s">
+        <v>1</v>
+      </c>
+      <c r="C107" s="91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" s="92">
+        <v>508</v>
+      </c>
+      <c r="E107" s="93">
+        <v>495885618</v>
+      </c>
+      <c r="F107" s="92">
+        <v>20</v>
+      </c>
+      <c r="G107" s="93">
+        <v>35722621</v>
+      </c>
+      <c r="H107" s="92">
+        <v>133</v>
+      </c>
+      <c r="I107" s="93">
+        <v>134715331</v>
+      </c>
+      <c r="J107" s="92">
+        <v>355</v>
+      </c>
+      <c r="K107" s="93">
+        <v>325447666</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="90">
+        <v>2023</v>
+      </c>
+      <c r="B108" s="91" t="s">
+        <v>1</v>
+      </c>
+      <c r="C108" s="91" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" s="92">
+        <v>78</v>
+      </c>
+      <c r="E108" s="93">
+        <v>86800356</v>
+      </c>
+      <c r="F108" s="92">
+        <v>0</v>
+      </c>
+      <c r="G108" s="93">
+        <v>0</v>
+      </c>
+      <c r="H108" s="92">
+        <v>41</v>
+      </c>
+      <c r="I108" s="93">
+        <v>48162820</v>
+      </c>
+      <c r="J108" s="92">
+        <v>37</v>
+      </c>
+      <c r="K108" s="93">
+        <v>38637536</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="90">
+        <v>2023</v>
+      </c>
+      <c r="B109" s="91" t="s">
+        <v>1</v>
+      </c>
+      <c r="C109" s="91" t="s">
+        <v>11</v>
+      </c>
+      <c r="D109" s="92">
+        <v>339</v>
+      </c>
+      <c r="E109" s="93">
+        <v>321782497</v>
+      </c>
+      <c r="F109" s="92">
+        <v>0</v>
+      </c>
+      <c r="G109" s="93">
+        <v>0</v>
+      </c>
+      <c r="H109" s="92">
+        <v>170</v>
+      </c>
+      <c r="I109" s="93">
+        <v>172133630</v>
+      </c>
+      <c r="J109" s="92">
+        <v>169</v>
+      </c>
+      <c r="K109" s="93">
+        <v>149648867</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="90">
+        <v>2023</v>
+      </c>
+      <c r="B110" s="91" t="s">
+        <v>1</v>
+      </c>
+      <c r="C110" s="91" t="s">
+        <v>2</v>
+      </c>
+      <c r="D110" s="92">
+        <v>100</v>
+      </c>
+      <c r="E110" s="93">
+        <v>38742929</v>
+      </c>
+      <c r="F110" s="92">
+        <v>0</v>
+      </c>
+      <c r="G110" s="93">
+        <v>0</v>
+      </c>
+      <c r="H110" s="92">
+        <v>92</v>
+      </c>
+      <c r="I110" s="93">
+        <v>33661648</v>
+      </c>
+      <c r="J110" s="92">
+        <v>8</v>
+      </c>
+      <c r="K110" s="93">
+        <v>5081281</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="90">
+        <v>2023</v>
+      </c>
+      <c r="B111" s="91" t="s">
+        <v>1</v>
+      </c>
+      <c r="C111" s="94" t="s">
+        <v>34</v>
+      </c>
+      <c r="D111" s="92">
+        <v>52</v>
+      </c>
+      <c r="E111" s="93">
+        <v>46991178</v>
+      </c>
+      <c r="F111" s="92">
+        <v>0</v>
+      </c>
+      <c r="G111" s="93">
+        <v>0</v>
+      </c>
+      <c r="H111" s="92">
+        <v>24</v>
+      </c>
+      <c r="I111" s="93">
+        <v>24324485</v>
+      </c>
+      <c r="J111" s="92">
+        <v>28</v>
+      </c>
+      <c r="K111" s="93">
+        <v>22666693</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="90">
+        <v>2023</v>
+      </c>
+      <c r="B112" s="91" t="s">
+        <v>3</v>
+      </c>
+      <c r="C112" s="91" t="s">
+        <v>6</v>
+      </c>
+      <c r="D112" s="92">
+        <v>203</v>
+      </c>
+      <c r="E112" s="93">
+        <v>65052356</v>
+      </c>
+      <c r="F112" s="92">
+        <v>0</v>
+      </c>
+      <c r="G112" s="93">
+        <v>0</v>
+      </c>
+      <c r="H112" s="92">
+        <v>171</v>
+      </c>
+      <c r="I112" s="93">
+        <v>55106080</v>
+      </c>
+      <c r="J112" s="92">
+        <v>32</v>
+      </c>
+      <c r="K112" s="93">
+        <v>9946276</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="90">
+        <v>2023</v>
+      </c>
+      <c r="B113" s="91" t="s">
+        <v>3</v>
+      </c>
+      <c r="C113" s="91" t="s">
+        <v>7</v>
+      </c>
+      <c r="D113" s="92">
+        <v>103</v>
+      </c>
+      <c r="E113" s="93">
+        <v>94367211</v>
+      </c>
+      <c r="F113" s="92">
+        <v>0</v>
+      </c>
+      <c r="G113" s="93">
+        <v>0</v>
+      </c>
+      <c r="H113" s="92">
+        <v>22</v>
+      </c>
+      <c r="I113" s="93">
+        <v>22145869</v>
+      </c>
+      <c r="J113" s="92">
+        <v>81</v>
+      </c>
+      <c r="K113" s="93">
+        <v>72221342</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="90">
+        <v>2023</v>
+      </c>
+      <c r="B114" s="91" t="s">
+        <v>3</v>
+      </c>
+      <c r="C114" s="91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" s="92">
+        <v>103</v>
+      </c>
+      <c r="E114" s="93">
+        <v>94367211</v>
+      </c>
+      <c r="F114" s="92">
+        <v>0</v>
+      </c>
+      <c r="G114" s="93">
+        <v>0</v>
+      </c>
+      <c r="H114" s="92">
+        <v>22</v>
+      </c>
+      <c r="I114" s="93">
+        <v>22145869</v>
+      </c>
+      <c r="J114" s="92">
+        <v>81</v>
+      </c>
+      <c r="K114" s="93">
+        <v>72221342</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="90">
+        <v>2023</v>
+      </c>
+      <c r="B115" s="91" t="s">
+        <v>3</v>
+      </c>
+      <c r="C115" s="91" t="s">
+        <v>2</v>
+      </c>
+      <c r="D115" s="92">
+        <v>32</v>
+      </c>
+      <c r="E115" s="93">
+        <v>12072522</v>
+      </c>
+      <c r="F115" s="92">
+        <v>0</v>
+      </c>
+      <c r="G115" s="93">
+        <v>0</v>
+      </c>
+      <c r="H115" s="92">
         <v>29</v>
       </c>
-      <c r="G106" s="66">
-[...16 lines deleted...]
-      <c r="A107" s="74">
+      <c r="I115" s="93">
+        <v>10995022</v>
+      </c>
+      <c r="J115" s="92">
+        <v>3</v>
+      </c>
+      <c r="K115" s="93">
+        <v>1077500</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" s="12" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="89">
         <v>2023</v>
       </c>
-      <c r="B107" s="46" t="s">
+      <c r="B116" s="95" t="s">
+        <v>36</v>
+      </c>
+      <c r="C116" s="85" t="s">
+        <v>4</v>
+      </c>
+      <c r="D116" s="86">
+        <v>1977</v>
+      </c>
+      <c r="E116" s="87">
+        <v>1350481380</v>
+      </c>
+      <c r="F116" s="86">
+        <v>70</v>
+      </c>
+      <c r="G116" s="87">
+        <v>59167579</v>
+      </c>
+      <c r="H116" s="86">
+        <v>1160</v>
+      </c>
+      <c r="I116" s="87">
+        <v>655067243</v>
+      </c>
+      <c r="J116" s="86">
+        <v>747</v>
+      </c>
+      <c r="K116" s="87">
+        <v>636246558</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B117" s="81" t="s">
         <v>1</v>
       </c>
-      <c r="C107" s="47" t="s">
+      <c r="C117" s="81" t="s">
+        <v>6</v>
+      </c>
+      <c r="D117" s="82">
+        <v>498</v>
+      </c>
+      <c r="E117" s="83">
+        <v>168208755</v>
+      </c>
+      <c r="F117" s="82">
+        <v>69</v>
+      </c>
+      <c r="G117" s="83">
+        <v>26125243</v>
+      </c>
+      <c r="H117" s="82">
+        <v>375</v>
+      </c>
+      <c r="I117" s="83">
+        <v>123169166</v>
+      </c>
+      <c r="J117" s="82">
+        <v>54</v>
+      </c>
+      <c r="K117" s="83">
+        <v>18914346</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A118" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B118" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C118" s="81" t="s">
+        <v>7</v>
+      </c>
+      <c r="D118" s="82">
+        <v>899</v>
+      </c>
+      <c r="E118" s="83">
+        <v>904011667</v>
+      </c>
+      <c r="F118" s="82">
+        <v>18</v>
+      </c>
+      <c r="G118" s="83">
+        <v>34807127</v>
+      </c>
+      <c r="H118" s="82">
+        <v>299</v>
+      </c>
+      <c r="I118" s="83">
+        <v>314846159</v>
+      </c>
+      <c r="J118" s="82">
+        <v>582</v>
+      </c>
+      <c r="K118" s="83">
+        <v>554358381</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B119" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C119" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="D107" s="63">
-[...5 lines deleted...]
-      <c r="F107" s="65">
+      <c r="D119" s="82">
+        <v>471</v>
+      </c>
+      <c r="E119" s="83">
+        <v>468521658</v>
+      </c>
+      <c r="F119" s="82">
+        <v>18</v>
+      </c>
+      <c r="G119" s="83">
+        <v>34807127</v>
+      </c>
+      <c r="H119" s="82">
+        <v>114</v>
+      </c>
+      <c r="I119" s="83">
+        <v>116549751</v>
+      </c>
+      <c r="J119" s="82">
+        <v>339</v>
+      </c>
+      <c r="K119" s="83">
+        <v>317164780</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A120" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B120" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C120" s="81" t="s">
+        <v>10</v>
+      </c>
+      <c r="D120" s="82">
+        <v>89</v>
+      </c>
+      <c r="E120" s="83">
+        <v>100201322</v>
+      </c>
+      <c r="F120" s="82">
+        <v>0</v>
+      </c>
+      <c r="G120" s="83">
+        <v>0</v>
+      </c>
+      <c r="H120" s="82">
+        <v>36</v>
+      </c>
+      <c r="I120" s="83">
+        <v>43211443</v>
+      </c>
+      <c r="J120" s="82">
+        <v>53</v>
+      </c>
+      <c r="K120" s="83">
+        <v>56989879</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A121" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B121" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C121" s="81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D121" s="82">
+        <v>339</v>
+      </c>
+      <c r="E121" s="83">
+        <v>335288687</v>
+      </c>
+      <c r="F121" s="82">
+        <v>0</v>
+      </c>
+      <c r="G121" s="83">
+        <v>0</v>
+      </c>
+      <c r="H121" s="82">
+        <v>149</v>
+      </c>
+      <c r="I121" s="83">
+        <v>155084965</v>
+      </c>
+      <c r="J121" s="82">
+        <v>190</v>
+      </c>
+      <c r="K121" s="83">
+        <v>180203722</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A122" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B122" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C122" s="81" t="s">
+        <v>2</v>
+      </c>
+      <c r="D122" s="82">
+        <v>76</v>
+      </c>
+      <c r="E122" s="83">
+        <v>29681378</v>
+      </c>
+      <c r="F122" s="82">
+        <v>0</v>
+      </c>
+      <c r="G122" s="83">
+        <v>0</v>
+      </c>
+      <c r="H122" s="82">
+        <v>75</v>
+      </c>
+      <c r="I122" s="83">
+        <v>28107601</v>
+      </c>
+      <c r="J122" s="82">
+        <v>1</v>
+      </c>
+      <c r="K122" s="83">
+        <v>1573777</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B123" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C123" s="84" t="s">
+        <v>34</v>
+      </c>
+      <c r="D123" s="82">
+        <v>56</v>
+      </c>
+      <c r="E123" s="83">
+        <v>48738362</v>
+      </c>
+      <c r="F123" s="82">
+        <v>0</v>
+      </c>
+      <c r="G123" s="83">
+        <v>0</v>
+      </c>
+      <c r="H123" s="82">
         <v>29</v>
       </c>
-      <c r="G107" s="66">
-[...19 lines deleted...]
-      <c r="B108" s="46" t="s">
+      <c r="I123" s="83">
+        <v>23240066</v>
+      </c>
+      <c r="J123" s="82">
+        <v>27</v>
+      </c>
+      <c r="K123" s="83">
+        <v>25498296</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A124" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B124" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C124" s="81" t="s">
+        <v>6</v>
+      </c>
+      <c r="D124" s="82">
+        <v>193</v>
+      </c>
+      <c r="E124" s="83">
+        <v>64735537</v>
+      </c>
+      <c r="F124" s="82">
+        <v>0</v>
+      </c>
+      <c r="G124" s="83">
+        <v>0</v>
+      </c>
+      <c r="H124" s="82">
+        <v>164</v>
+      </c>
+      <c r="I124" s="83">
+        <v>56175823</v>
+      </c>
+      <c r="J124" s="82">
+        <v>29</v>
+      </c>
+      <c r="K124" s="83">
+        <v>8559714</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A125" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B125" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C125" s="81" t="s">
+        <v>7</v>
+      </c>
+      <c r="D125" s="82">
+        <v>96</v>
+      </c>
+      <c r="E125" s="83">
+        <v>89966485</v>
+      </c>
+      <c r="F125" s="82">
+        <v>0</v>
+      </c>
+      <c r="G125" s="83">
+        <v>0</v>
+      </c>
+      <c r="H125" s="82">
+        <v>21</v>
+      </c>
+      <c r="I125" s="83">
+        <v>19412935</v>
+      </c>
+      <c r="J125" s="82">
+        <v>75</v>
+      </c>
+      <c r="K125" s="83">
+        <v>70553550</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A126" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B126" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C126" s="81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" s="82">
+        <v>95</v>
+      </c>
+      <c r="E126" s="83">
+        <v>89334764</v>
+      </c>
+      <c r="F126" s="82">
+        <v>0</v>
+      </c>
+      <c r="G126" s="83">
+        <v>0</v>
+      </c>
+      <c r="H126" s="82">
+        <v>20</v>
+      </c>
+      <c r="I126" s="83">
+        <v>18781214</v>
+      </c>
+      <c r="J126" s="82">
+        <v>75</v>
+      </c>
+      <c r="K126" s="83">
+        <v>70553550</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A127" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B127" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C127" s="81" t="s">
+        <v>10</v>
+      </c>
+      <c r="D127" s="82">
         <v>1</v>
       </c>
-      <c r="C108" s="47" t="s">
-[...14 lines deleted...]
-      <c r="H108" s="63">
+      <c r="E127" s="83">
+        <v>631721</v>
+      </c>
+      <c r="F127" s="82">
+        <v>0</v>
+      </c>
+      <c r="G127" s="83">
+        <v>0</v>
+      </c>
+      <c r="H127" s="82">
+        <v>1</v>
+      </c>
+      <c r="I127" s="83">
+        <v>631721</v>
+      </c>
+      <c r="J127" s="82">
+        <v>0</v>
+      </c>
+      <c r="K127" s="83">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A128" s="88">
+        <v>2024</v>
+      </c>
+      <c r="B128" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C128" s="81" t="s">
+        <v>2</v>
+      </c>
+      <c r="D128" s="82">
+        <v>33</v>
+      </c>
+      <c r="E128" s="83">
+        <v>13210991</v>
+      </c>
+      <c r="F128" s="82">
+        <v>0</v>
+      </c>
+      <c r="G128" s="83">
+        <v>0</v>
+      </c>
+      <c r="H128" s="82">
+        <v>29</v>
+      </c>
+      <c r="I128" s="83">
+        <v>11167449</v>
+      </c>
+      <c r="J128" s="82">
+        <v>4</v>
+      </c>
+      <c r="K128" s="83">
+        <v>2043542</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="89">
+        <v>2024</v>
+      </c>
+      <c r="B129" s="95" t="s">
+        <v>36</v>
+      </c>
+      <c r="C129" s="85" t="s">
+        <v>4</v>
+      </c>
+      <c r="D129" s="86">
+        <v>1851</v>
+      </c>
+      <c r="E129" s="87">
+        <v>1318553175</v>
+      </c>
+      <c r="F129" s="86">
+        <v>87</v>
+      </c>
+      <c r="G129" s="87">
+        <v>60932370</v>
+      </c>
+      <c r="H129" s="86">
+        <v>992</v>
+      </c>
+      <c r="I129" s="87">
+        <v>576119199</v>
+      </c>
+      <c r="J129" s="86">
+        <v>772</v>
+      </c>
+      <c r="K129" s="87">
+        <v>681501606</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A130" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B130" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C130" s="81" t="s">
+        <v>6</v>
+      </c>
+      <c r="D130" s="82">
+        <v>399</v>
+      </c>
+      <c r="E130" s="97">
+        <v>135007559</v>
+      </c>
+      <c r="F130" s="82">
+        <v>0</v>
+      </c>
+      <c r="G130" s="97">
+        <v>0</v>
+      </c>
+      <c r="H130" s="82">
+        <v>357</v>
+      </c>
+      <c r="I130" s="97">
+        <v>124268819</v>
+      </c>
+      <c r="J130" s="82">
+        <v>42</v>
+      </c>
+      <c r="K130" s="97">
+        <v>10738740</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A131" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B131" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C131" s="81" t="s">
+        <v>7</v>
+      </c>
+      <c r="D131" s="82">
+        <v>846</v>
+      </c>
+      <c r="E131" s="97">
+        <v>874909320</v>
+      </c>
+      <c r="F131" s="82">
+        <v>0</v>
+      </c>
+      <c r="G131" s="97">
+        <v>0</v>
+      </c>
+      <c r="H131" s="82">
+        <v>276</v>
+      </c>
+      <c r="I131" s="97">
+        <v>306019569</v>
+      </c>
+      <c r="J131" s="82">
+        <v>570</v>
+      </c>
+      <c r="K131" s="97">
+        <v>568889751</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B132" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C132" s="84" t="s">
+        <v>40</v>
+      </c>
+      <c r="D132" s="82">
+        <v>428</v>
+      </c>
+      <c r="E132" s="97">
+        <v>437344011</v>
+      </c>
+      <c r="F132" s="82">
+        <v>0</v>
+      </c>
+      <c r="G132" s="97">
+        <v>0</v>
+      </c>
+      <c r="H132" s="82">
+        <v>92</v>
+      </c>
+      <c r="I132" s="97">
+        <v>99383538</v>
+      </c>
+      <c r="J132" s="82">
+        <v>336</v>
+      </c>
+      <c r="K132" s="97">
+        <v>337960473</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B133" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C133" s="84" t="s">
         <v>41</v>
       </c>
-      <c r="I108" s="64">
-[...13 lines deleted...]
-      <c r="B109" s="46" t="s">
+      <c r="D133" s="82">
+        <v>92</v>
+      </c>
+      <c r="E133" s="97">
+        <v>103941883</v>
+      </c>
+      <c r="F133" s="82">
+        <v>0</v>
+      </c>
+      <c r="G133" s="97">
+        <v>0</v>
+      </c>
+      <c r="H133" s="82">
+        <v>30</v>
+      </c>
+      <c r="I133" s="97">
+        <v>34485379</v>
+      </c>
+      <c r="J133" s="82">
+        <v>62</v>
+      </c>
+      <c r="K133" s="97">
+        <v>69456504</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B134" s="81" t="s">
         <v>1</v>
       </c>
-      <c r="C109" s="58" t="s">
-[...31 lines deleted...]
-      <c r="B110" s="46" t="s">
+      <c r="C134" s="84" t="s">
+        <v>42</v>
+      </c>
+      <c r="D134" s="82">
+        <v>326</v>
+      </c>
+      <c r="E134" s="97">
+        <v>333623426</v>
+      </c>
+      <c r="F134" s="82">
+        <v>0</v>
+      </c>
+      <c r="G134" s="97">
+        <v>0</v>
+      </c>
+      <c r="H134" s="82">
+        <v>154</v>
+      </c>
+      <c r="I134" s="97">
+        <v>172150652</v>
+      </c>
+      <c r="J134" s="82">
+        <v>172</v>
+      </c>
+      <c r="K134" s="97">
+        <v>161472774</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B135" s="81" t="s">
         <v>1</v>
       </c>
-      <c r="C110" s="58" t="s">
+      <c r="C135" s="84" t="s">
+        <v>43</v>
+      </c>
+      <c r="D135" s="82">
+        <v>69</v>
+      </c>
+      <c r="E135" s="97">
+        <v>29783629</v>
+      </c>
+      <c r="F135" s="82">
+        <v>0</v>
+      </c>
+      <c r="G135" s="97">
+        <v>0</v>
+      </c>
+      <c r="H135" s="82">
+        <v>62</v>
+      </c>
+      <c r="I135" s="97">
+        <v>24561668</v>
+      </c>
+      <c r="J135" s="82">
+        <v>7</v>
+      </c>
+      <c r="K135" s="97">
+        <v>5221961</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B136" s="81" t="s">
+        <v>1</v>
+      </c>
+      <c r="C136" s="81" t="s">
+        <v>34</v>
+      </c>
+      <c r="D136" s="82">
+        <v>59</v>
+      </c>
+      <c r="E136" s="97">
+        <v>53234172</v>
+      </c>
+      <c r="F136" s="82">
+        <v>0</v>
+      </c>
+      <c r="G136" s="97">
+        <v>0</v>
+      </c>
+      <c r="H136" s="82">
+        <v>24</v>
+      </c>
+      <c r="I136" s="97">
+        <v>24134206</v>
+      </c>
+      <c r="J136" s="82">
+        <v>35</v>
+      </c>
+      <c r="K136" s="97">
+        <v>29099966</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A137" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B137" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C137" s="81" t="s">
+        <v>6</v>
+      </c>
+      <c r="D137" s="82">
+        <v>200</v>
+      </c>
+      <c r="E137" s="97">
+        <v>68366976</v>
+      </c>
+      <c r="F137" s="82">
+        <v>0</v>
+      </c>
+      <c r="G137" s="97">
+        <v>0</v>
+      </c>
+      <c r="H137" s="82">
+        <v>175</v>
+      </c>
+      <c r="I137" s="97">
+        <v>60344708</v>
+      </c>
+      <c r="J137" s="82">
+        <v>25</v>
+      </c>
+      <c r="K137" s="97">
+        <v>8022268</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A138" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B138" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C138" s="81" t="s">
+        <v>7</v>
+      </c>
+      <c r="D138" s="82">
+        <v>99</v>
+      </c>
+      <c r="E138" s="97">
+        <v>94602840</v>
+      </c>
+      <c r="F138" s="82">
+        <v>0</v>
+      </c>
+      <c r="G138" s="97">
+        <v>0</v>
+      </c>
+      <c r="H138" s="82">
+        <v>29</v>
+      </c>
+      <c r="I138" s="97">
+        <v>28207960</v>
+      </c>
+      <c r="J138" s="82">
+        <v>70</v>
+      </c>
+      <c r="K138" s="97">
+        <v>66394880</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A139" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B139" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C139" s="84" t="s">
+        <v>40</v>
+      </c>
+      <c r="D139" s="82">
+        <v>96</v>
+      </c>
+      <c r="E139" s="97">
+        <v>91222131</v>
+      </c>
+      <c r="F139" s="82">
+        <v>0</v>
+      </c>
+      <c r="G139" s="97">
+        <v>0</v>
+      </c>
+      <c r="H139" s="82">
+        <v>27</v>
+      </c>
+      <c r="I139" s="97">
+        <v>25807976</v>
+      </c>
+      <c r="J139" s="82">
+        <v>69</v>
+      </c>
+      <c r="K139" s="97">
+        <v>65414155</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A140" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B140" s="81" t="s">
+        <v>3</v>
+      </c>
+      <c r="C140" s="84" t="s">
+        <v>41</v>
+      </c>
+      <c r="D140" s="82">
+        <v>3</v>
+      </c>
+      <c r="E140" s="97">
+        <v>3380709</v>
+      </c>
+      <c r="F140" s="82">
+        <v>0</v>
+      </c>
+      <c r="G140" s="97">
+        <v>0</v>
+      </c>
+      <c r="H140" s="82">
         <v>2</v>
       </c>
-      <c r="D110" s="63">
-[...28 lines deleted...]
-      <c r="B111" s="46" t="s">
+      <c r="I140" s="97">
+        <v>2399984</v>
+      </c>
+      <c r="J140" s="82">
         <v>1</v>
       </c>
-      <c r="C111" s="67" t="s">
-[...31 lines deleted...]
-      <c r="B112" s="46" t="s">
+      <c r="K140" s="97">
+        <v>980725</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A141" s="88">
+        <v>2025</v>
+      </c>
+      <c r="B141" s="81" t="s">
         <v>3</v>
       </c>
-      <c r="C112" s="47" t="s">
-[...136 lines deleted...]
-      <c r="B116" s="72" t="s">
+      <c r="C141" s="84" t="s">
+        <v>43</v>
+      </c>
+      <c r="D141" s="82">
+        <v>18</v>
+      </c>
+      <c r="E141" s="97">
+        <v>6824208</v>
+      </c>
+      <c r="F141" s="82">
+        <v>0</v>
+      </c>
+      <c r="G141" s="97">
+        <v>0</v>
+      </c>
+      <c r="H141" s="82">
+        <v>18</v>
+      </c>
+      <c r="I141" s="97">
+        <v>6824208</v>
+      </c>
+      <c r="J141" s="82">
+        <v>0</v>
+      </c>
+      <c r="K141" s="97">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="95">
+        <v>2025</v>
+      </c>
+      <c r="B142" s="95" t="s">
         <v>36</v>
       </c>
-      <c r="C116" s="73"/>
-[...438 lines deleted...]
-      <c r="J128" s="86">
+      <c r="C142" s="95" t="s">
         <v>4</v>
       </c>
-      <c r="K128" s="87">
-[...35 lines deleted...]
-        <v>681501606</v>
+      <c r="D142" s="86">
+        <v>1690</v>
+      </c>
+      <c r="E142" s="98">
+        <v>1262728704</v>
+      </c>
+      <c r="F142" s="86">
+        <v>0</v>
+      </c>
+      <c r="G142" s="98">
+        <v>0</v>
+      </c>
+      <c r="H142" s="86">
+        <v>941</v>
+      </c>
+      <c r="I142" s="98">
+        <v>574361138</v>
+      </c>
+      <c r="J142" s="86">
+        <v>749</v>
+      </c>
+      <c r="K142" s="98">
+        <v>688367566</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="18" max="10" man="1"/>
     <brk id="47" max="10" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C65AE689-7F83-409D-B4A3-26557894807A}">
   <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="45.6640625" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="8.88671875" style="4"/>
+    <col min="1" max="1" width="45.7109375" style="4" customWidth="1"/>
+    <col min="2" max="2" width="145.7109375" style="4" customWidth="1"/>
+    <col min="3" max="3" width="15.140625" style="4" customWidth="1"/>
+    <col min="4" max="16384" width="8.85546875" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="50.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:16" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="38"/>
-      <c r="B1" s="77" t="s">
+      <c r="B1" s="74" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
       <c r="E1" s="35"/>
       <c r="F1" s="35"/>
       <c r="G1" s="35"/>
       <c r="H1" s="35"/>
       <c r="I1" s="35"/>
       <c r="J1" s="35"/>
       <c r="K1" s="35"/>
       <c r="L1" s="35"/>
       <c r="M1" s="35"/>
       <c r="N1" s="35"/>
       <c r="O1" s="35"/>
       <c r="P1" s="8"/>
     </row>
-    <row r="2" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="78" t="s">
+    <row r="2" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="75" t="s">
         <v>33</v>
       </c>
       <c r="B2" s="42" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="79" t="s">
+    <row r="3" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="76" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="43" t="s">
         <v>25</v>
       </c>
       <c r="C3" s="32"/>
       <c r="D3" s="32"/>
       <c r="E3" s="32"/>
       <c r="F3" s="32"/>
       <c r="G3" s="32"/>
       <c r="H3" s="32"/>
       <c r="I3" s="32"/>
       <c r="J3" s="32"/>
       <c r="K3" s="32"/>
     </row>
-    <row r="4" spans="1:16" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="79" t="s">
+    <row r="4" spans="1:16" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="76" t="s">
         <v>26</v>
       </c>
       <c r="B4" s="43" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="32"/>
       <c r="D4" s="32"/>
       <c r="E4" s="32"/>
       <c r="F4" s="32"/>
       <c r="G4" s="32"/>
       <c r="H4" s="32"/>
       <c r="I4" s="33"/>
       <c r="J4" s="34"/>
       <c r="K4" s="33"/>
     </row>
-    <row r="5" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="79" t="s">
+    <row r="5" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="76" t="s">
         <v>6</v>
       </c>
       <c r="B5" s="43" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="7"/>
       <c r="F5" s="5"/>
       <c r="G5" s="6"/>
       <c r="H5" s="7"/>
       <c r="I5" s="33"/>
       <c r="J5" s="34"/>
       <c r="K5" s="33"/>
     </row>
-    <row r="6" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="79" t="s">
+    <row r="6" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="76" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="43" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="30"/>
       <c r="D6" s="30"/>
       <c r="E6" s="30"/>
       <c r="F6" s="30"/>
       <c r="G6" s="30"/>
       <c r="H6" s="30"/>
       <c r="I6" s="30"/>
       <c r="J6" s="30"/>
       <c r="K6" s="30"/>
     </row>
-    <row r="7" spans="1:16" ht="99.9" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="80" t="s">
+    <row r="7" spans="1:16" ht="99.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="77" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="43" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="30"/>
       <c r="D7" s="30"/>
       <c r="E7" s="30"/>
       <c r="F7" s="30"/>
       <c r="G7" s="30"/>
       <c r="H7" s="30"/>
       <c r="I7" s="30"/>
       <c r="J7" s="30"/>
       <c r="K7" s="30"/>
     </row>
-    <row r="8" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="81" t="s">
+    <row r="8" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="78" t="s">
         <v>29</v>
       </c>
       <c r="B8" s="43" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="30"/>
       <c r="D8" s="30"/>
       <c r="E8" s="30"/>
       <c r="F8" s="30"/>
       <c r="G8" s="30"/>
       <c r="H8" s="30"/>
       <c r="I8" s="30"/>
       <c r="J8" s="30"/>
       <c r="K8" s="30"/>
     </row>
-    <row r="9" spans="1:16" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="82" t="s">
+    <row r="9" spans="1:16" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="79" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="43" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="29"/>
       <c r="D9" s="29"/>
       <c r="E9" s="29"/>
       <c r="F9" s="29"/>
       <c r="G9" s="29"/>
       <c r="H9" s="29"/>
       <c r="I9" s="29"/>
       <c r="J9" s="29"/>
       <c r="K9" s="29"/>
     </row>
-    <row r="10" spans="1:16" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>40</v>
+    <row r="10" spans="1:16" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="96" t="s">
+        <v>39</v>
       </c>
       <c r="C10" s="31"/>
       <c r="D10" s="31"/>
       <c r="E10" s="31"/>
       <c r="F10" s="31"/>
       <c r="G10" s="31"/>
       <c r="H10" s="31"/>
       <c r="I10" s="31"/>
       <c r="J10" s="31"/>
       <c r="K10" s="31"/>
     </row>
-    <row r="11" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="84" t="s">
+    <row r="11" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="80" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="36"/>
       <c r="D11" s="36"/>
       <c r="E11" s="36"/>
       <c r="F11" s="36"/>
       <c r="G11" s="36"/>
       <c r="H11" s="36"/>
       <c r="I11" s="36"/>
       <c r="J11" s="36"/>
       <c r="K11" s="36"/>
     </row>
-    <row r="12" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="84" t="s">
+    <row r="12" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="80" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="39"/>
       <c r="D12" s="39"/>
       <c r="E12" s="39"/>
       <c r="F12" s="39"/>
       <c r="G12" s="39"/>
       <c r="H12" s="39"/>
       <c r="I12" s="39"/>
       <c r="J12" s="39"/>
       <c r="K12" s="39"/>
     </row>
-    <row r="13" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>39</v>
+    <row r="13" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="73" t="s">
+        <v>45</v>
       </c>
       <c r="D13" s="38"/>
       <c r="E13" s="38"/>
       <c r="F13" s="38"/>
       <c r="G13" s="38"/>
       <c r="H13" s="38"/>
       <c r="I13" s="38"/>
       <c r="J13" s="38"/>
       <c r="K13" s="38"/>
     </row>
-    <row r="14" spans="1:16" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C14" s="37"/>
       <c r="D14" s="37"/>
       <c r="E14" s="37"/>
       <c r="F14" s="37"/>
       <c r="G14" s="37"/>
       <c r="H14" s="37"/>
       <c r="I14" s="37"/>
       <c r="J14" s="37"/>
       <c r="K14" s="37"/>
       <c r="L14" s="37"/>
       <c r="M14" s="37"/>
       <c r="N14" s="37"/>
       <c r="O14" s="37"/>
     </row>
-    <row r="15" spans="1:16" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C15" s="38"/>
       <c r="D15" s="38"/>
       <c r="E15" s="38"/>
       <c r="F15" s="38"/>
       <c r="G15" s="38"/>
       <c r="H15" s="38"/>
       <c r="I15" s="38"/>
       <c r="J15" s="38"/>
       <c r="K15" s="38"/>
     </row>
-    <row r="16" spans="1:16" ht="24.9" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="17" spans="1:2" ht="38.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:16" ht="24.95" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="17" spans="1:2" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="44"/>
       <c r="B17" s="41"/>
     </row>
-    <row r="18" spans="1:2" ht="25.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:2" ht="25.9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="45" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="41"/>
     </row>
-    <row r="20" spans="1:2" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:2" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="40"/>
       <c r="B20" s="40"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A10" r:id="rId1" display="Source: NIH PUB File" xr:uid="{FBC91580-CD17-4B36-85C3-40456618166B}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A11" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{7C569BE1-A70F-4B05-BFEB-D334EA313047}"/>
+    <hyperlink ref="A12" r:id="rId1" xr:uid="{B70CFF40-7CFB-4826-9B09-1F8489F31137}"/>
+    <hyperlink ref="A11" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{7C569BE1-A70F-4B05-BFEB-D334EA313047}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">126</Table_x0023_>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">585</RePORT_x0023_>
+    <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">126-23</Password>
+    <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
+    <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Url>https://report.nih.gov/catalog/DisplayReport.aspx?rId=585</Url>
+      <Description>SBIR and STTR Grants and Contracts: Awards and total funding, by mechanism, type, and phase (~160KB)</Description>
+    </RePORTTitleandLink>
+    <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">Yes</Contracts>
+    <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst1>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Sulima, Pawel (NIH/OD) [E]</DisplayName>
+        <AccountId>49</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst2>
+    <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307233afc278fc503943648cbe4c01eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -10369,50 +10865,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -10509,146 +11010,106 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...44 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BBEE618-2D7D-42FC-BCBD-E45AA77A6068}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21CCF88F-6A08-4601-A317-46FB5B9BD039}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{869EBEAF-296E-4565-B810-CD1C1470007C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB76579E-16E8-4FC5-88E6-2EA8C86C0CFC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{083E627A-A21B-43BD-9782-B916D796AE04}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{869EBEAF-296E-4565-B810-CD1C1470007C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21CCF88F-6A08-4601-A317-46FB5B9BD039}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>