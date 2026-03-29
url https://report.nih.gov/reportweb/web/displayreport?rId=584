--- v0 (2025-10-17)
+++ v1 (2026-03-29)
@@ -1,120 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FB784A0E-B216-4301-A87F-961EB8C584A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{BFCED90B-FB5E-4937-9568-6DC1CFC41336}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #215" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="5" r:id="rId2"/>
     <sheet name="Success Rate Definition" sheetId="4" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #215'!$A$2:$G$98</definedName>
     <definedName name="OLE_LINK1" localSheetId="0">'Table #215'!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #215'!$A$1:$I$87</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #215'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="42">
   <si>
     <t>Number of Applications Reviewed</t>
   </si>
   <si>
     <t>Number of Applications Awarded</t>
   </si>
   <si>
     <t>SBIR</t>
   </si>
   <si>
     <t>Phase I</t>
   </si>
   <si>
     <t>Fast Track</t>
   </si>
   <si>
     <t>Phase II</t>
   </si>
   <si>
     <t>STTR</t>
-  </si>
-[...1 lines deleted...]
-    <t>FY TOTAL</t>
   </si>
   <si>
     <t>CRP</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Phase IIB</t>
   </si>
   <si>
     <t>Direct Phase II</t>
   </si>
   <si>
     <t>return to table</t>
   </si>
   <si>
     <t>SBIR/STTR</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Success Rate</t>
   </si>
@@ -151,73 +149,50 @@
   </si>
   <si>
     <t xml:space="preserve">Award level used to establish the technical/scientific merit and feasibility of the proposed R/R&amp;D efforts. SBIR Phase I awards normally may not exceed $150,000 total (direct costs, facilities and administrative (F&amp;A)/indirect costs, and fee) for a period normally not to exceed 6 months. STTR Phase I awards normally may not exceed $150,000 total for a period of 1 year. </t>
   </si>
   <si>
     <t xml:space="preserve">Award level used to continue the research or R&amp;D efforts initiated in Phase I. Funding shall be based on the results of Phase I and the scientific and technical merit and commercial potential of the Phase II application. SBIR Phase II awards normally may not exceed $1,000,000 and STTR Phase II awards normally may not exceed $1,000,000 total (direct costs, F&amp;A/indirect costs, and fee) for a period normally not to exceed 2 years. </t>
   </si>
   <si>
     <t>Awards that are intended to provide follow-on funding to small businesses for projects that require extraordinary time and effort in the R&amp;D phase and may or may not require FDA approval for the development of projects such as drugs, devices, vaccines, therapeutics, and medical implants. Not all ICs offer Phase IIB awards, and depending on the IC, the budget may be requested for up to $1M per year for up to 3 years. Phase IIB awards are available to both the SBIR and STTR programs. Phase IIB applications are considered renewals (Type 2) in the NIH grant numbering system.</t>
   </si>
   <si>
     <t>Small Business Innovation Research (SBIR)</t>
   </si>
   <si>
     <t xml:space="preserve">Defined as activity codes R43, R44, SB1, U43, and U44. Not all of these activities may be in use by NIH every year
 </t>
   </si>
   <si>
     <t>Small Business Technology Transfer (STTR)</t>
   </si>
   <si>
     <t>Defined as activity codes R41, R42, UT1 and UT2. Not all of these activities may be in use by NIH every year</t>
   </si>
   <si>
     <t>N/A = Not Available</t>
-  </si>
-[...21 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Source and Brief Methods:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> See</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -292,70 +267,108 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 11/19/2024</t>
+    <t>Total Phase II</t>
+  </si>
+  <si>
+    <t>Regular
+Phase II</t>
+  </si>
+  <si>
+    <t>Direct Phase
+II</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Table #215: NIH Small Business Innovation Research and Small Business Technology Transfer Grants</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - Competing Applications, Awards, Success Rates, and Total Funding by Phase, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 02/18/2026</t>
+  </si>
+  <si>
+    <t>FY Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="10">
+  <numFmts count="11">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="#0.0%"/>
     <numFmt numFmtId="167" formatCode="#######0"/>
     <numFmt numFmtId="168" formatCode="##,##0"/>
     <numFmt numFmtId="169" formatCode="##0.0%"/>
     <numFmt numFmtId="170" formatCode="\$##,###,###,##0"/>
     <numFmt numFmtId="171" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="172" formatCode="&quot;$&quot;##,###,###,##0"/>
   </numFmts>
-  <fonts count="47" x14ac:knownFonts="1">
+  <fonts count="48" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color indexed="56"/>
       <name val="Cambria"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color indexed="56"/>
       <name val="Calibri"/>
@@ -624,50 +637,55 @@
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
   <fills count="29">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -773,51 +791,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -905,74 +923,85 @@
       <top style="thin">
         <color indexed="62"/>
       </top>
       <bottom style="double">
         <color indexed="62"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
+        <color rgb="FFC1C1C1"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC1C1C1"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC1C1C1"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC1C1C1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC1C1C1"/>
       </left>
       <right style="thin">
         <color rgb="FFC1C1C1"/>
       </right>
       <top style="thin">
         <color rgb="FFC1C1C1"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1889">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -2913,231 +2942,267 @@
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="28" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="82">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="1525" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="1537" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="1537" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="35" fillId="0" borderId="10" xfId="1117" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="35" fillId="0" borderId="10" xfId="1537" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="35" fillId="0" borderId="10" xfId="1754" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="36" fillId="25" borderId="10" xfId="1537" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="25" borderId="10" xfId="1537" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="25" borderId="10" xfId="1537" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="36" fillId="25" borderId="10" xfId="1537" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="36" fillId="25" borderId="10" xfId="1754" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="36" fillId="25" borderId="10" xfId="1537" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="1537" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="40" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="40" fillId="26" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="40" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="40" fillId="26" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="40" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="40" fillId="26" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="40" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="41" fillId="25" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="41" fillId="25" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="171" fontId="36" fillId="25" borderId="10" xfId="1885" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="27" borderId="0" xfId="1882" applyFill="1"/>
     <xf numFmtId="0" fontId="42" fillId="27" borderId="0" xfId="1882" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="42" fillId="27" borderId="0" xfId="1882" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="0" xfId="1886" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="0" xfId="1886" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="0" xfId="1882" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="27" borderId="0" xfId="1882" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="27" borderId="0" xfId="1886" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="0" xfId="1886" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="0" xfId="1882" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="0" xfId="1886" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="27" borderId="0" xfId="1882" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="27" borderId="0" xfId="1882" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="40" fillId="26" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="40" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="28" borderId="0" xfId="1886" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="0" xfId="1882" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="0" xfId="1882" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="44" fillId="26" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="44" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="44" fillId="26" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="44" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="44" fillId="26" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="44" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="44" fillId="26" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="44" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="41" fillId="25" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="41" fillId="25" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="25" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="25" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="41" fillId="25" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="41" fillId="25" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="170" fontId="41" fillId="25" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="41" fillId="25" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="27" borderId="0" xfId="1886" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="27" borderId="0" xfId="1886" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="27" borderId="0" xfId="1887" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="1887" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="27" borderId="0" xfId="1382" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="27" borderId="0" xfId="1382" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="47" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="47" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="47" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="47" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="24" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="41" fillId="25" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="25" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="41" fillId="25" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="41" fillId="25" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="172" fontId="41" fillId="25" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="1364" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1889">
     <cellStyle name="20% - Accent1 10" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 12 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 12 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 13 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 13 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 14 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 15" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 15 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 15 3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 15 4" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 16" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 2 10" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 2 11" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent1 2 12" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
@@ -4990,51 +5055,406 @@
     <cellStyle name="Warning Text 2 11" xfId="1858" xr:uid="{00000000-0005-0000-0000-000042070000}"/>
     <cellStyle name="Warning Text 2 12" xfId="1859" xr:uid="{00000000-0005-0000-0000-000043070000}"/>
     <cellStyle name="Warning Text 2 13" xfId="1860" xr:uid="{00000000-0005-0000-0000-000044070000}"/>
     <cellStyle name="Warning Text 2 14" xfId="1861" xr:uid="{00000000-0005-0000-0000-000045070000}"/>
     <cellStyle name="Warning Text 2 15" xfId="1862" xr:uid="{00000000-0005-0000-0000-000046070000}"/>
     <cellStyle name="Warning Text 2 16" xfId="1863" xr:uid="{00000000-0005-0000-0000-000047070000}"/>
     <cellStyle name="Warning Text 2 17" xfId="1864" xr:uid="{00000000-0005-0000-0000-000048070000}"/>
     <cellStyle name="Warning Text 2 18" xfId="1865" xr:uid="{00000000-0005-0000-0000-000049070000}"/>
     <cellStyle name="Warning Text 2 19" xfId="1866" xr:uid="{00000000-0005-0000-0000-00004A070000}"/>
     <cellStyle name="Warning Text 2 2" xfId="1867" xr:uid="{00000000-0005-0000-0000-00004B070000}"/>
     <cellStyle name="Warning Text 2 3" xfId="1868" xr:uid="{00000000-0005-0000-0000-00004C070000}"/>
     <cellStyle name="Warning Text 2 4" xfId="1869" xr:uid="{00000000-0005-0000-0000-00004D070000}"/>
     <cellStyle name="Warning Text 2 5" xfId="1870" xr:uid="{00000000-0005-0000-0000-00004E070000}"/>
     <cellStyle name="Warning Text 2 6" xfId="1871" xr:uid="{00000000-0005-0000-0000-00004F070000}"/>
     <cellStyle name="Warning Text 2 7" xfId="1872" xr:uid="{00000000-0005-0000-0000-000050070000}"/>
     <cellStyle name="Warning Text 2 8" xfId="1873" xr:uid="{00000000-0005-0000-0000-000051070000}"/>
     <cellStyle name="Warning Text 2 9" xfId="1874" xr:uid="{00000000-0005-0000-0000-000052070000}"/>
     <cellStyle name="Warning Text 3" xfId="1875" xr:uid="{00000000-0005-0000-0000-000053070000}"/>
     <cellStyle name="Warning Text 4" xfId="1876" xr:uid="{00000000-0005-0000-0000-000054070000}"/>
     <cellStyle name="Warning Text 5" xfId="1877" xr:uid="{00000000-0005-0000-0000-000055070000}"/>
     <cellStyle name="Warning Text 6" xfId="1878" xr:uid="{00000000-0005-0000-0000-000056070000}"/>
     <cellStyle name="Warning Text 7" xfId="1879" xr:uid="{00000000-0005-0000-0000-000057070000}"/>
     <cellStyle name="Warning Text 8" xfId="1880" xr:uid="{00000000-0005-0000-0000-000058070000}"/>
     <cellStyle name="Warning Text 9" xfId="1881" xr:uid="{00000000-0005-0000-0000-000059070000}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="10">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="172" formatCode="&quot;$&quot;##,###,###,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC1C1C1"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC1C1C1"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="169" formatCode="##0.0%"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC1C1C1"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC1C1C1"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="168" formatCode="##,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC1C1C1"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC1C1C1"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="168" formatCode="##,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC1C1C1"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC1C1C1"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC1C1C1"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC1C1C1"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC1C1C1"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC1C1C1"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="167" formatCode="#######0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC1C1C1"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC1C1C1"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4" tint="-0.249977111117893"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
@@ -5430,50 +5850,66 @@
             </a:rPr>
             <a:t>Budget Authority: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="900">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> NIH receives a majority of its budget authority through multiple appropriations provided annually under the jurisdiction of the Labor/HHS/Education Appropriations Subcommittee.  NIH also receives resources from the Superfund Research account under the jurisdiction of the Interior Appropriations Subcommittee as well as the Special Type 1 Diabetes mandatory appropriation and reimbursements from other federal agencies.  Beginning in Fiscal Year 2008, success rates for grants funded from the Superfund Research appropriation have been reported separately from success rates calculated for grants funded from Labor/HHS/Education appropriations.   Prior to Fiscal Year 2008, the success rates for the “Other Research” budget mechanism category included grants funded from reimbursable agreements.  This treatment is no longer used beginning in Fiscal Year 2008.  The NIH Research Project Grant success rate provided annually to Congress is based on activities funded from Labor/HHS/Education appropriations and the Special Type 1 Diabetes mandatory account.  Success rates for other budget mechanisms and by type of funding source (e.g..,  Direct Budget Authority from Labor/HHS/Education and Special Type1 Diabetes mandatory account; Superfund; and non-Direct Budget Authority (reimbursables/Gift Fund/Cancer Stamp Fund/Inter-Departmental Delegation of Authority)) are available in some reports. </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="900"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{0DAB004A-940B-46F6-A1C9-7DF83C27ECA6}" name="Table1" displayName="Table1" ref="A2:G122" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8" tableBorderDxfId="7">
+  <autoFilter ref="A2:G122" xr:uid="{0DAB004A-940B-46F6-A1C9-7DF83C27ECA6}"/>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{27787C8E-8FDC-4542-A148-DC749F0E6169}" name="FY" dataDxfId="6"/>
+    <tableColumn id="2" xr3:uid="{F2FDD3EF-862C-4895-B1D4-E75D4D15A855}" name="SBIR/STTR" dataDxfId="5"/>
+    <tableColumn id="3" xr3:uid="{6A1FA943-6106-4723-86D2-245E67A7394C}" name="Phase" dataDxfId="4"/>
+    <tableColumn id="4" xr3:uid="{0C36D3DA-8807-45F8-AF67-D40109F07A02}" name="Number of Applications Reviewed" dataDxfId="3"/>
+    <tableColumn id="5" xr3:uid="{499F4B0F-64FE-406E-83FE-3329C51F1C7B}" name="Number of Applications Awarded" dataDxfId="2"/>
+    <tableColumn id="6" xr3:uid="{7DC44E97-D957-40CE-A48A-8EAD63AE5C91}" name="Success Rate" dataDxfId="1"/>
+    <tableColumn id="7" xr3:uid="{A957D0C3-F179-4E38-93EB-2340C4A4B4C2}" name="Total Funding" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -5716,3141 +6152,3438 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K109"/>
+  <dimension ref="A1:K122"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20.44140625" style="9" customWidth="1"/>
     <col min="2" max="2" width="18.44140625" style="9" customWidth="1"/>
-    <col min="3" max="3" width="24.5546875" style="17" customWidth="1"/>
-    <col min="4" max="7" width="20.6640625" style="13" customWidth="1"/>
+    <col min="3" max="3" width="24.5546875" style="16" customWidth="1"/>
+    <col min="4" max="4" width="36.44140625" style="12" customWidth="1"/>
+    <col min="5" max="5" width="35.88671875" style="12" customWidth="1"/>
+    <col min="6" max="7" width="20.6640625" style="12" customWidth="1"/>
     <col min="8" max="10" width="9.109375" style="2"/>
     <col min="11" max="11" width="10.44140625" style="2" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="9.109375" style="2" customWidth="1"/>
     <col min="13" max="16384" width="9.109375" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="25" customFormat="1" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="B2" s="10" t="s">
+    <row r="1" spans="1:11" s="24" customFormat="1" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+    </row>
+    <row r="2" spans="1:11" s="25" customFormat="1" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="74" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" s="74" t="s">
+        <v>12</v>
+      </c>
+      <c r="C2" s="74" t="s">
         <v>13</v>
       </c>
-      <c r="C2" s="10" t="s">
+      <c r="D2" s="74" t="s">
+        <v>0</v>
+      </c>
+      <c r="E2" s="74" t="s">
+        <v>1</v>
+      </c>
+      <c r="F2" s="74" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="10" t="s">
-[...5 lines deleted...]
-      <c r="F2" s="10" t="s">
+      <c r="G2" s="74" t="s">
         <v>15</v>
       </c>
-      <c r="G2" s="10" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="11">
+      <c r="A3" s="10">
         <v>2015</v>
       </c>
-      <c r="B3" s="11" t="s">
+      <c r="B3" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="12" t="s">
+      <c r="C3" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="15">
+      <c r="D3" s="14">
         <v>3425</v>
       </c>
-      <c r="E3" s="15">
+      <c r="E3" s="14">
         <v>514</v>
       </c>
-      <c r="F3" s="16">
+      <c r="F3" s="15">
         <v>0.15</v>
       </c>
-      <c r="G3" s="14">
+      <c r="G3" s="13">
         <v>117110555</v>
       </c>
       <c r="H3" s="7"/>
       <c r="I3" s="7"/>
       <c r="J3" s="7"/>
       <c r="K3" s="7"/>
     </row>
     <row r="4" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="11">
+      <c r="A4" s="10">
         <v>2015</v>
       </c>
-      <c r="B4" s="11" t="s">
+      <c r="B4" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="12" t="s">
+      <c r="C4" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="15">
+      <c r="D4" s="14">
         <v>337</v>
       </c>
-      <c r="E4" s="15">
+      <c r="E4" s="14">
         <v>66</v>
       </c>
-      <c r="F4" s="16">
+      <c r="F4" s="15">
         <v>0.19600000000000001</v>
       </c>
-      <c r="G4" s="14">
+      <c r="G4" s="13">
         <v>18157545</v>
       </c>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="7"/>
       <c r="K4" s="7"/>
     </row>
     <row r="5" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="11">
+      <c r="A5" s="10">
         <v>2015</v>
       </c>
-      <c r="B5" s="11" t="s">
+      <c r="B5" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="15">
+      <c r="C5" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="14">
         <v>442</v>
       </c>
-      <c r="E5" s="15">
+      <c r="E5" s="14">
         <v>163</v>
       </c>
-      <c r="F5" s="16">
+      <c r="F5" s="15">
         <v>0.36899999999999999</v>
       </c>
-      <c r="G5" s="14">
+      <c r="G5" s="13">
         <v>113088150</v>
       </c>
       <c r="H5" s="7"/>
       <c r="I5" s="7"/>
       <c r="J5" s="7"/>
       <c r="K5" s="7"/>
     </row>
     <row r="6" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="11">
+      <c r="A6" s="10">
         <v>2015</v>
       </c>
-      <c r="B6" s="11" t="s">
+      <c r="B6" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C6" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="15">
+      <c r="C6" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" s="14">
         <v>347</v>
       </c>
-      <c r="E6" s="15">
+      <c r="E6" s="14">
         <v>65</v>
       </c>
-      <c r="F6" s="16">
+      <c r="F6" s="15">
         <v>0.187</v>
       </c>
-      <c r="G6" s="14">
+      <c r="G6" s="13">
         <v>55150363</v>
       </c>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
       <c r="K6" s="7"/>
     </row>
     <row r="7" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="11">
+      <c r="A7" s="10">
         <v>2015</v>
       </c>
-      <c r="B7" s="11" t="s">
+      <c r="B7" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="15">
+      <c r="C7" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="14">
         <v>34</v>
       </c>
-      <c r="E7" s="15">
+      <c r="E7" s="14">
         <v>13</v>
       </c>
-      <c r="F7" s="16">
+      <c r="F7" s="15">
         <v>0.38200000000000001</v>
       </c>
-      <c r="G7" s="14">
+      <c r="G7" s="13">
         <v>11708214</v>
       </c>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
     </row>
     <row r="8" spans="1:11" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="11">
+      <c r="A8" s="10">
         <v>2015</v>
       </c>
-      <c r="B8" s="11" t="s">
+      <c r="B8" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C8" s="12" t="s">
+      <c r="C8" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="D8" s="15">
+      <c r="D8" s="14">
         <v>911</v>
       </c>
-      <c r="E8" s="15">
+      <c r="E8" s="14">
         <v>149</v>
       </c>
-      <c r="F8" s="16">
+      <c r="F8" s="15">
         <v>0.16400000000000001</v>
       </c>
-      <c r="G8" s="14">
+      <c r="G8" s="13">
         <v>33782224</v>
       </c>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="4"/>
       <c r="K8" s="5"/>
     </row>
     <row r="9" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="11">
+      <c r="A9" s="10">
         <v>2015</v>
       </c>
-      <c r="B9" s="11" t="s">
+      <c r="B9" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C9" s="12" t="s">
+      <c r="C9" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D9" s="15">
+      <c r="D9" s="14">
         <v>61</v>
       </c>
-      <c r="E9" s="15">
+      <c r="E9" s="14">
         <v>10</v>
       </c>
-      <c r="F9" s="16">
+      <c r="F9" s="15">
         <v>0.16400000000000001</v>
       </c>
-      <c r="G9" s="14">
+      <c r="G9" s="13">
         <v>2171909</v>
       </c>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
       <c r="K9" s="7"/>
     </row>
     <row r="10" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="11">
+      <c r="A10" s="10">
         <v>2015</v>
       </c>
-      <c r="B10" s="11" t="s">
+      <c r="B10" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C10" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D10" s="15">
+      <c r="C10" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="14">
         <v>87</v>
       </c>
-      <c r="E10" s="15">
+      <c r="E10" s="14">
         <v>31</v>
       </c>
-      <c r="F10" s="16">
+      <c r="F10" s="15">
         <v>0.35599999999999998</v>
       </c>
-      <c r="G10" s="14">
+      <c r="G10" s="13">
         <v>21597183</v>
       </c>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
     </row>
     <row r="11" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="18">
+      <c r="A11" s="17">
         <v>2015</v>
       </c>
-      <c r="B11" s="18" t="s">
-[...3 lines deleted...]
-      <c r="D11" s="21">
+      <c r="B11" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="19"/>
+      <c r="D11" s="20">
         <v>5644</v>
       </c>
-      <c r="E11" s="21">
+      <c r="E11" s="20">
         <v>1011</v>
       </c>
-      <c r="F11" s="22">
+      <c r="F11" s="21">
         <v>0.17912827781715096</v>
       </c>
-      <c r="G11" s="23">
+      <c r="G11" s="22">
         <v>372766143</v>
       </c>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="7"/>
     </row>
     <row r="12" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="11">
+      <c r="A12" s="10">
         <v>2016</v>
       </c>
-      <c r="B12" s="11" t="s">
+      <c r="B12" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C12" s="12" t="s">
+      <c r="C12" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="D12" s="15">
+      <c r="D12" s="14">
         <v>4178</v>
       </c>
-      <c r="E12" s="15">
+      <c r="E12" s="14">
         <v>526</v>
       </c>
-      <c r="F12" s="16">
+      <c r="F12" s="15">
         <v>0.126</v>
       </c>
-      <c r="G12" s="14">
+      <c r="G12" s="13">
         <v>121272849</v>
       </c>
       <c r="H12" s="7"/>
       <c r="I12" s="7"/>
       <c r="J12" s="7"/>
       <c r="K12" s="7"/>
     </row>
     <row r="13" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="11">
+      <c r="A13" s="10">
         <v>2016</v>
       </c>
-      <c r="B13" s="11" t="s">
+      <c r="B13" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C13" s="12" t="s">
+      <c r="C13" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D13" s="15">
+      <c r="D13" s="14">
         <v>512</v>
       </c>
-      <c r="E13" s="15">
+      <c r="E13" s="14">
         <v>67</v>
       </c>
-      <c r="F13" s="16">
+      <c r="F13" s="15">
         <v>0.13100000000000001</v>
       </c>
-      <c r="G13" s="14">
+      <c r="G13" s="13">
         <v>17348139</v>
       </c>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
     </row>
     <row r="14" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="11">
+      <c r="A14" s="10">
         <v>2016</v>
       </c>
-      <c r="B14" s="11" t="s">
+      <c r="B14" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C14" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="15">
+      <c r="C14" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" s="14">
         <v>628</v>
       </c>
-      <c r="E14" s="15">
+      <c r="E14" s="14">
         <v>193</v>
       </c>
-      <c r="F14" s="16">
+      <c r="F14" s="15">
         <v>0.307</v>
       </c>
-      <c r="G14" s="14">
+      <c r="G14" s="13">
         <v>146728352</v>
       </c>
       <c r="H14" s="7"/>
       <c r="I14" s="7"/>
       <c r="J14" s="7"/>
       <c r="K14" s="7"/>
     </row>
     <row r="15" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="11">
+      <c r="A15" s="10">
         <v>2016</v>
       </c>
-      <c r="B15" s="11" t="s">
+      <c r="B15" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C15" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D15" s="15">
+      <c r="C15" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" s="14">
         <v>497</v>
       </c>
-      <c r="E15" s="15">
+      <c r="E15" s="14">
         <v>84</v>
       </c>
-      <c r="F15" s="16">
+      <c r="F15" s="15">
         <v>0.16900000000000001</v>
       </c>
-      <c r="G15" s="14">
+      <c r="G15" s="13">
         <v>74799524</v>
       </c>
       <c r="H15" s="7"/>
       <c r="I15" s="7"/>
       <c r="J15" s="7"/>
       <c r="K15" s="7"/>
     </row>
     <row r="16" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="11">
+      <c r="A16" s="10">
         <v>2016</v>
       </c>
-      <c r="B16" s="11" t="s">
+      <c r="B16" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C16" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D16" s="15">
+      <c r="C16" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="14">
         <v>69</v>
       </c>
-      <c r="E16" s="15">
+      <c r="E16" s="14">
         <v>22</v>
       </c>
-      <c r="F16" s="16">
+      <c r="F16" s="15">
         <v>0.31900000000000001</v>
       </c>
-      <c r="G16" s="14">
+      <c r="G16" s="13">
         <v>18677290</v>
       </c>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="K16" s="7"/>
     </row>
     <row r="17" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="11">
+      <c r="A17" s="10">
         <v>2016</v>
       </c>
-      <c r="B17" s="11" t="s">
+      <c r="B17" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C17" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D17" s="15">
+      <c r="C17" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="14">
         <v>67</v>
       </c>
-      <c r="E17" s="15">
+      <c r="E17" s="14">
         <v>15</v>
       </c>
-      <c r="F17" s="16">
+      <c r="F17" s="15">
         <v>0.224</v>
       </c>
-      <c r="G17" s="14">
+      <c r="G17" s="13">
         <v>9135503</v>
       </c>
       <c r="H17" s="7"/>
       <c r="I17" s="7"/>
       <c r="J17" s="7"/>
       <c r="K17" s="7"/>
     </row>
     <row r="18" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="11">
+      <c r="A18" s="10">
         <v>2016</v>
       </c>
-      <c r="B18" s="11" t="s">
+      <c r="B18" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C18" s="12" t="s">
+      <c r="C18" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="D18" s="15">
+      <c r="D18" s="14">
         <v>1341</v>
       </c>
-      <c r="E18" s="15">
+      <c r="E18" s="14">
         <v>191</v>
       </c>
-      <c r="F18" s="16">
+      <c r="F18" s="15">
         <v>0.14199999999999999</v>
       </c>
-      <c r="G18" s="14">
+      <c r="G18" s="13">
         <v>44316736</v>
       </c>
       <c r="H18" s="7"/>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="K18" s="7"/>
     </row>
     <row r="19" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="11">
+      <c r="A19" s="10">
         <v>2016</v>
       </c>
-      <c r="B19" s="11" t="s">
+      <c r="B19" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C19" s="12" t="s">
+      <c r="C19" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D19" s="15">
+      <c r="D19" s="14">
         <v>109</v>
       </c>
-      <c r="E19" s="15">
+      <c r="E19" s="14">
         <v>16</v>
       </c>
-      <c r="F19" s="16">
+      <c r="F19" s="15">
         <v>0.14699999999999999</v>
       </c>
-      <c r="G19" s="14">
+      <c r="G19" s="13">
         <v>4866290</v>
       </c>
       <c r="H19" s="7"/>
       <c r="I19" s="7"/>
       <c r="J19" s="7"/>
       <c r="K19" s="7"/>
     </row>
     <row r="20" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="11">
+      <c r="A20" s="10">
         <v>2016</v>
       </c>
-      <c r="B20" s="11" t="s">
+      <c r="B20" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C20" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D20" s="15">
+      <c r="C20" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" s="14">
         <v>120</v>
       </c>
-      <c r="E20" s="15">
+      <c r="E20" s="14">
         <v>37</v>
       </c>
-      <c r="F20" s="16">
+      <c r="F20" s="15">
         <v>0.308</v>
       </c>
-      <c r="G20" s="14">
+      <c r="G20" s="13">
         <v>29089887</v>
       </c>
       <c r="H20" s="7"/>
       <c r="I20" s="7"/>
       <c r="J20" s="7"/>
       <c r="K20" s="7"/>
     </row>
     <row r="21" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="11">
+      <c r="A21" s="10">
         <v>2016</v>
       </c>
-      <c r="B21" s="11" t="s">
+      <c r="B21" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C21" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D21" s="15">
+      <c r="C21" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D21" s="14">
         <v>1</v>
       </c>
-      <c r="E21" s="15">
+      <c r="E21" s="14">
         <v>1</v>
       </c>
-      <c r="F21" s="16">
+      <c r="F21" s="15">
         <v>1</v>
       </c>
-      <c r="G21" s="14">
+      <c r="G21" s="13">
         <v>875076</v>
       </c>
       <c r="H21" s="7"/>
       <c r="I21" s="7"/>
       <c r="J21" s="7"/>
       <c r="K21" s="7"/>
     </row>
     <row r="22" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="18">
+      <c r="A22" s="17">
         <v>2016</v>
       </c>
-      <c r="B22" s="18" t="s">
-[...3 lines deleted...]
-      <c r="D22" s="21">
+      <c r="B22" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C22" s="19"/>
+      <c r="D22" s="20">
         <v>7522</v>
       </c>
-      <c r="E22" s="21">
+      <c r="E22" s="20">
         <v>1152</v>
       </c>
-      <c r="F22" s="22">
+      <c r="F22" s="21">
         <v>0.15315075777718692</v>
       </c>
-      <c r="G22" s="23">
+      <c r="G22" s="22">
         <v>467109646</v>
       </c>
       <c r="H22" s="7"/>
       <c r="I22" s="7"/>
       <c r="J22" s="7"/>
       <c r="K22" s="7"/>
     </row>
     <row r="23" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="11">
+      <c r="A23" s="10">
         <v>2017</v>
       </c>
-      <c r="B23" s="11" t="s">
+      <c r="B23" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C23" s="12" t="s">
+      <c r="C23" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="D23" s="15">
+      <c r="D23" s="14">
         <v>3508</v>
       </c>
-      <c r="E23" s="15">
+      <c r="E23" s="14">
         <v>549</v>
       </c>
-      <c r="F23" s="16">
+      <c r="F23" s="15">
         <v>0.156</v>
       </c>
-      <c r="G23" s="14">
+      <c r="G23" s="13">
         <v>130684068</v>
       </c>
       <c r="H23" s="7"/>
       <c r="I23" s="7"/>
       <c r="J23" s="7"/>
       <c r="K23" s="7"/>
     </row>
     <row r="24" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="11">
+      <c r="A24" s="10">
         <v>2017</v>
       </c>
-      <c r="B24" s="11" t="s">
+      <c r="B24" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C24" s="12" t="s">
+      <c r="C24" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D24" s="15">
+      <c r="D24" s="14">
         <v>536</v>
       </c>
-      <c r="E24" s="15">
+      <c r="E24" s="14">
         <v>101</v>
       </c>
-      <c r="F24" s="16">
+      <c r="F24" s="15">
         <v>0.188</v>
       </c>
-      <c r="G24" s="14">
+      <c r="G24" s="13">
         <v>33615578</v>
       </c>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
     </row>
     <row r="25" spans="1:11" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="11">
+      <c r="A25" s="10">
         <v>2017</v>
       </c>
-      <c r="B25" s="11" t="s">
+      <c r="B25" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C25" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D25" s="15">
+      <c r="C25" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" s="14">
         <v>525</v>
       </c>
-      <c r="E25" s="15">
+      <c r="E25" s="14">
         <v>194</v>
       </c>
-      <c r="F25" s="16">
+      <c r="F25" s="15">
         <v>0.37</v>
       </c>
-      <c r="G25" s="14">
+      <c r="G25" s="13">
         <v>151035773</v>
       </c>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="4"/>
       <c r="K25" s="5"/>
     </row>
     <row r="26" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="11">
+      <c r="A26" s="10">
         <v>2017</v>
       </c>
-      <c r="B26" s="11" t="s">
+      <c r="B26" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C26" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D26" s="15">
+      <c r="C26" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" s="14">
         <v>397</v>
       </c>
-      <c r="E26" s="15">
+      <c r="E26" s="14">
         <v>109</v>
       </c>
-      <c r="F26" s="16">
+      <c r="F26" s="15">
         <v>0.27500000000000002</v>
       </c>
-      <c r="G26" s="14">
+      <c r="G26" s="13">
         <v>94532103</v>
       </c>
       <c r="H26" s="7"/>
       <c r="I26" s="7"/>
       <c r="J26" s="7"/>
       <c r="K26" s="7"/>
     </row>
     <row r="27" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="11">
+      <c r="A27" s="10">
         <v>2017</v>
       </c>
-      <c r="B27" s="11" t="s">
+      <c r="B27" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C27" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="15">
+      <c r="C27" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="14">
         <v>53</v>
       </c>
-      <c r="E27" s="15">
+      <c r="E27" s="14">
         <v>21</v>
       </c>
-      <c r="F27" s="16">
+      <c r="F27" s="15">
         <v>0.39600000000000002</v>
       </c>
-      <c r="G27" s="14">
+      <c r="G27" s="13">
         <v>18813316</v>
       </c>
       <c r="H27" s="7"/>
       <c r="I27" s="7"/>
       <c r="J27" s="7"/>
       <c r="K27" s="7"/>
     </row>
     <row r="28" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="11">
+      <c r="A28" s="10">
         <v>2017</v>
       </c>
-      <c r="B28" s="11" t="s">
+      <c r="B28" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C28" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D28" s="15">
+      <c r="C28" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D28" s="14">
         <v>90</v>
       </c>
-      <c r="E28" s="15">
+      <c r="E28" s="14">
         <v>26</v>
       </c>
-      <c r="F28" s="16">
+      <c r="F28" s="15">
         <v>0.28899999999999998</v>
       </c>
-      <c r="G28" s="14">
+      <c r="G28" s="13">
         <v>17543972</v>
       </c>
       <c r="H28" s="7"/>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="7"/>
     </row>
     <row r="29" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="11">
+      <c r="A29" s="10">
         <v>2017</v>
       </c>
-      <c r="B29" s="11" t="s">
+      <c r="B29" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C29" s="12" t="s">
+      <c r="C29" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="D29" s="15">
+      <c r="D29" s="14">
         <v>1049</v>
       </c>
-      <c r="E29" s="15">
+      <c r="E29" s="14">
         <v>169</v>
       </c>
-      <c r="F29" s="16">
+      <c r="F29" s="15">
         <v>0.161</v>
       </c>
-      <c r="G29" s="14">
+      <c r="G29" s="13">
         <v>40460681</v>
       </c>
       <c r="H29" s="7"/>
       <c r="I29" s="7"/>
       <c r="J29" s="7"/>
       <c r="K29" s="7"/>
     </row>
     <row r="30" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="11">
+      <c r="A30" s="10">
         <v>2017</v>
       </c>
-      <c r="B30" s="11" t="s">
+      <c r="B30" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C30" s="12" t="s">
+      <c r="C30" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D30" s="15">
+      <c r="D30" s="14">
         <v>88</v>
       </c>
-      <c r="E30" s="15">
+      <c r="E30" s="14">
         <v>15</v>
       </c>
-      <c r="F30" s="16">
+      <c r="F30" s="15">
         <v>0.17</v>
       </c>
-      <c r="G30" s="14">
+      <c r="G30" s="13">
         <v>4140054</v>
       </c>
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
     </row>
     <row r="31" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="11">
+      <c r="A31" s="10">
         <v>2017</v>
       </c>
-      <c r="B31" s="11" t="s">
+      <c r="B31" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C31" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="15">
+      <c r="C31" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" s="14">
         <v>88</v>
       </c>
-      <c r="E31" s="15">
+      <c r="E31" s="14">
         <v>34</v>
       </c>
-      <c r="F31" s="16">
+      <c r="F31" s="15">
         <v>0.38600000000000001</v>
       </c>
-      <c r="G31" s="14">
+      <c r="G31" s="13">
         <v>25306914</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
     </row>
     <row r="32" spans="1:11" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="11">
+      <c r="A32" s="10">
         <v>2017</v>
       </c>
-      <c r="B32" s="11" t="s">
+      <c r="B32" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C32" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D32" s="15">
+      <c r="C32" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D32" s="14">
         <v>0</v>
       </c>
-      <c r="E32" s="15">
+      <c r="E32" s="14">
         <v>0</v>
       </c>
-      <c r="F32" s="16">
+      <c r="F32" s="15">
         <v>0</v>
       </c>
-      <c r="G32" s="14">
+      <c r="G32" s="13">
         <v>0</v>
       </c>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="4"/>
       <c r="K32" s="5"/>
     </row>
     <row r="33" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="18">
+      <c r="A33" s="17">
         <v>2017</v>
       </c>
-      <c r="B33" s="18" t="s">
-[...3 lines deleted...]
-      <c r="D33" s="21">
+      <c r="B33" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C33" s="19"/>
+      <c r="D33" s="20">
         <v>6334</v>
       </c>
-      <c r="E33" s="21">
+      <c r="E33" s="20">
         <v>1218</v>
       </c>
-      <c r="F33" s="22">
+      <c r="F33" s="21">
         <v>0.192</v>
       </c>
-      <c r="G33" s="23">
+      <c r="G33" s="22">
         <v>516132459</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
     </row>
     <row r="34" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="11">
+      <c r="A34" s="10">
         <v>2018</v>
       </c>
-      <c r="B34" s="11" t="s">
+      <c r="B34" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C34" s="12" t="s">
+      <c r="C34" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="D34" s="15">
+      <c r="D34" s="14">
         <v>3607</v>
       </c>
-      <c r="E34" s="15">
+      <c r="E34" s="14">
         <v>665</v>
       </c>
-      <c r="F34" s="16">
+      <c r="F34" s="15">
         <v>0.184</v>
       </c>
-      <c r="G34" s="14">
+      <c r="G34" s="13">
         <v>164092776</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
     </row>
     <row r="35" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="11">
+      <c r="A35" s="10">
         <v>2018</v>
       </c>
-      <c r="B35" s="11" t="s">
+      <c r="B35" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C35" s="12" t="s">
+      <c r="C35" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D35" s="15">
+      <c r="D35" s="14">
         <v>731</v>
       </c>
-      <c r="E35" s="15">
+      <c r="E35" s="14">
         <v>148</v>
       </c>
-      <c r="F35" s="16">
+      <c r="F35" s="15">
         <v>0.20200000000000001</v>
       </c>
-      <c r="G35" s="14">
+      <c r="G35" s="13">
         <v>42420240</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="8"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
     </row>
     <row r="36" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="11">
+      <c r="A36" s="10">
         <v>2018</v>
       </c>
-      <c r="B36" s="11" t="s">
+      <c r="B36" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C36" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D36" s="15">
+      <c r="C36" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" s="14">
         <v>531</v>
       </c>
-      <c r="E36" s="15">
+      <c r="E36" s="14">
         <v>224</v>
       </c>
-      <c r="F36" s="16">
+      <c r="F36" s="15">
         <v>0.42199999999999999</v>
       </c>
-      <c r="G36" s="14">
+      <c r="G36" s="13">
         <v>176948384</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
     </row>
     <row r="37" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="11">
+      <c r="A37" s="10">
         <v>2018</v>
       </c>
-      <c r="B37" s="11" t="s">
+      <c r="B37" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C37" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D37" s="15">
+      <c r="C37" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D37" s="14">
         <v>87</v>
       </c>
-      <c r="E37" s="15">
+      <c r="E37" s="14">
         <v>33</v>
       </c>
-      <c r="F37" s="16">
+      <c r="F37" s="15">
         <v>0.379</v>
       </c>
-      <c r="G37" s="14">
+      <c r="G37" s="13">
         <v>37019207</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
     </row>
     <row r="38" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="11">
+      <c r="A38" s="10">
         <v>2018</v>
       </c>
-      <c r="B38" s="11" t="s">
+      <c r="B38" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C38" s="12" t="s">
-[...2 lines deleted...]
-      <c r="D38" s="15">
+      <c r="C38" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="14">
         <v>2</v>
       </c>
-      <c r="E38" s="15">
+      <c r="E38" s="14">
         <v>2</v>
       </c>
-      <c r="F38" s="16">
+      <c r="F38" s="15">
         <v>1</v>
       </c>
-      <c r="G38" s="14">
+      <c r="G38" s="13">
         <v>1605501</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
     </row>
     <row r="39" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="11">
+      <c r="A39" s="10">
         <v>2018</v>
       </c>
-      <c r="B39" s="11" t="s">
+      <c r="B39" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C39" s="12" t="s">
+      <c r="C39" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="D39" s="15">
+      <c r="D39" s="14">
         <v>1011</v>
       </c>
-      <c r="E39" s="15">
+      <c r="E39" s="14">
         <v>211</v>
       </c>
-      <c r="F39" s="16">
+      <c r="F39" s="15">
         <v>0.20870425321464001</v>
       </c>
-      <c r="G39" s="14">
+      <c r="G39" s="13">
         <v>52320567</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
     </row>
     <row r="40" spans="1:11" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="11">
+      <c r="A40" s="10">
         <v>2018</v>
       </c>
-      <c r="B40" s="11" t="s">
+      <c r="B40" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C40" s="12" t="s">
+      <c r="C40" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="D40" s="15">
+      <c r="D40" s="14">
         <v>129</v>
       </c>
-      <c r="E40" s="15">
+      <c r="E40" s="14">
         <v>27</v>
       </c>
-      <c r="F40" s="16">
+      <c r="F40" s="15">
         <v>0.20930232558139999</v>
       </c>
-      <c r="G40" s="14">
+      <c r="G40" s="13">
         <v>8767497</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
     </row>
     <row r="41" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="11">
+      <c r="A41" s="10">
         <v>2018</v>
       </c>
-      <c r="B41" s="11" t="s">
+      <c r="B41" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C41" s="12" t="s">
+      <c r="C41" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D41" s="14">
+        <v>78</v>
+      </c>
+      <c r="E41" s="14">
+        <v>27</v>
+      </c>
+      <c r="F41" s="15">
+        <v>0.34615384615384998</v>
+      </c>
+      <c r="G41" s="13">
+        <v>20972412</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="10">
+        <v>2018</v>
+      </c>
+      <c r="B42" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C42" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D42" s="14">
+        <v>1</v>
+      </c>
+      <c r="E42" s="14">
+        <v>0</v>
+      </c>
+      <c r="F42" s="15">
+        <v>0</v>
+      </c>
+      <c r="G42" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="17">
+        <v>2018</v>
+      </c>
+      <c r="B43" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C43" s="19"/>
+      <c r="D43" s="20">
+        <v>6177</v>
+      </c>
+      <c r="E43" s="20">
+        <v>1337</v>
+      </c>
+      <c r="F43" s="21">
+        <v>0.21644811397118</v>
+      </c>
+      <c r="G43" s="22">
+        <v>504146584</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="10">
+        <v>2019</v>
+      </c>
+      <c r="B44" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C44" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D44" s="14">
+        <v>3513</v>
+      </c>
+      <c r="E44" s="14">
+        <v>671</v>
+      </c>
+      <c r="F44" s="15">
+        <v>0.19100483916880001</v>
+      </c>
+      <c r="G44" s="13">
+        <v>173271772</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="10">
+        <v>2019</v>
+      </c>
+      <c r="B45" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C45" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="D45" s="14">
+        <v>665</v>
+      </c>
+      <c r="E45" s="14">
+        <v>159</v>
+      </c>
+      <c r="F45" s="15">
+        <v>0.23909774436090001</v>
+      </c>
+      <c r="G45" s="13">
+        <v>56331160</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="10">
+        <v>2019</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C46" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D46" s="14">
+        <v>466</v>
+      </c>
+      <c r="E46" s="14">
+        <v>192</v>
+      </c>
+      <c r="F46" s="15">
+        <v>0.41201716738196997</v>
+      </c>
+      <c r="G46" s="13">
+        <v>154561019</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="10">
+        <v>2019</v>
+      </c>
+      <c r="B47" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C47" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="D41" s="15">
+      <c r="D47" s="14">
+        <v>213</v>
+      </c>
+      <c r="E47" s="14">
+        <v>25</v>
+      </c>
+      <c r="F47" s="15">
+        <v>0.11737089201878</v>
+      </c>
+      <c r="G47" s="13">
+        <v>21356324</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="10">
+        <v>2019</v>
+      </c>
+      <c r="B48" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C48" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D48" s="14">
+        <v>95</v>
+      </c>
+      <c r="E48" s="14">
+        <v>41</v>
+      </c>
+      <c r="F48" s="15">
+        <v>0.43157894736842001</v>
+      </c>
+      <c r="G48" s="13">
+        <v>45075609</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="10">
+        <v>2019</v>
+      </c>
+      <c r="B49" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C49" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D49" s="14">
+        <v>0</v>
+      </c>
+      <c r="E49" s="14">
+        <v>0</v>
+      </c>
+      <c r="F49" s="15">
+        <v>0</v>
+      </c>
+      <c r="G49" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="10">
+        <v>2019</v>
+      </c>
+      <c r="B50" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C50" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D50" s="14">
+        <v>950</v>
+      </c>
+      <c r="E50" s="14">
+        <v>192</v>
+      </c>
+      <c r="F50" s="15">
+        <v>0.20210526315789001</v>
+      </c>
+      <c r="G50" s="13">
+        <v>48554208</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="10">
+        <v>2019</v>
+      </c>
+      <c r="B51" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C51" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="D51" s="14">
+        <v>107</v>
+      </c>
+      <c r="E51" s="14">
+        <v>19</v>
+      </c>
+      <c r="F51" s="15">
+        <v>0.17757009345794</v>
+      </c>
+      <c r="G51" s="13">
+        <v>4767367</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="10">
+        <v>2019</v>
+      </c>
+      <c r="B52" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C52" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D52" s="14">
+        <v>75</v>
+      </c>
+      <c r="E52" s="14">
+        <v>30</v>
+      </c>
+      <c r="F52" s="15">
+        <v>0.4</v>
+      </c>
+      <c r="G52" s="13">
+        <v>22412051</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="10">
+        <v>2019</v>
+      </c>
+      <c r="B53" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C53" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D53" s="14">
+        <v>2</v>
+      </c>
+      <c r="E53" s="14">
+        <v>1</v>
+      </c>
+      <c r="F53" s="15">
+        <v>0.5</v>
+      </c>
+      <c r="G53" s="13">
+        <v>1011590</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="17">
+        <v>2019</v>
+      </c>
+      <c r="B54" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C54" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="20">
+        <v>6086</v>
+      </c>
+      <c r="E54" s="20">
+        <v>1330</v>
+      </c>
+      <c r="F54" s="21">
+        <v>0.21853434111075001</v>
+      </c>
+      <c r="G54" s="22">
+        <v>527341100</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="10">
+        <v>2020</v>
+      </c>
+      <c r="B55" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C55" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D55" s="14">
+        <v>3620</v>
+      </c>
+      <c r="E55" s="14">
+        <v>450</v>
+      </c>
+      <c r="F55" s="15">
+        <v>0.12430939226519</v>
+      </c>
+      <c r="G55" s="13">
+        <v>122375161</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="10">
+        <v>2020</v>
+      </c>
+      <c r="B56" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C56" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="D56" s="14">
+        <v>637</v>
+      </c>
+      <c r="E56" s="14">
+        <v>108</v>
+      </c>
+      <c r="F56" s="15">
+        <v>0.16954474097330999</v>
+      </c>
+      <c r="G56" s="13">
+        <v>45233516</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="10">
+        <v>2020</v>
+      </c>
+      <c r="B57" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C57" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D57" s="14">
+        <v>570</v>
+      </c>
+      <c r="E57" s="14">
+        <v>174</v>
+      </c>
+      <c r="F57" s="15">
+        <v>0.30526315789474001</v>
+      </c>
+      <c r="G57" s="13">
+        <v>158434872</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="10">
+        <v>2020</v>
+      </c>
+      <c r="B58" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C58" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" s="14">
+        <v>588</v>
+      </c>
+      <c r="E58" s="14">
+        <v>112</v>
+      </c>
+      <c r="F58" s="15">
+        <v>0.19047619047618999</v>
+      </c>
+      <c r="G58" s="13">
+        <v>103621112</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="10">
+        <v>2020</v>
+      </c>
+      <c r="B59" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C59" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D59" s="14">
+        <v>102</v>
+      </c>
+      <c r="E59" s="14">
+        <v>38</v>
+      </c>
+      <c r="F59" s="15">
+        <v>0.37254901960783998</v>
+      </c>
+      <c r="G59" s="13">
+        <v>40707283</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="10">
+        <v>2020</v>
+      </c>
+      <c r="B60" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C60" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D60" s="14">
+        <v>53</v>
+      </c>
+      <c r="E60" s="14">
+        <v>6</v>
+      </c>
+      <c r="F60" s="15">
+        <v>0.11320754716981</v>
+      </c>
+      <c r="G60" s="13">
+        <v>4057444</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="10">
+        <v>2020</v>
+      </c>
+      <c r="B61" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C61" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D61" s="14">
+        <v>1066</v>
+      </c>
+      <c r="E61" s="14">
+        <v>186</v>
+      </c>
+      <c r="F61" s="15">
+        <v>0.17448405253283</v>
+      </c>
+      <c r="G61" s="13">
+        <v>52804650</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="10">
+        <v>2020</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C62" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="D62" s="14">
+        <v>106</v>
+      </c>
+      <c r="E62" s="14">
+        <v>20</v>
+      </c>
+      <c r="F62" s="15">
+        <v>0.18867924528301999</v>
+      </c>
+      <c r="G62" s="13">
+        <v>7033717</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="10">
+        <v>2020</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C63" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D63" s="14">
+        <v>95</v>
+      </c>
+      <c r="E63" s="14">
+        <v>26</v>
+      </c>
+      <c r="F63" s="15">
+        <v>0.27368421052632003</v>
+      </c>
+      <c r="G63" s="13">
+        <v>22102158</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="10">
+        <v>2020</v>
+      </c>
+      <c r="B64" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C64" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D64" s="14">
+        <v>4</v>
+      </c>
+      <c r="E64" s="14">
+        <v>1</v>
+      </c>
+      <c r="F64" s="15">
+        <v>0.25</v>
+      </c>
+      <c r="G64" s="13">
+        <v>1000000</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B65" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C65" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="20">
+        <v>6841</v>
+      </c>
+      <c r="E65" s="20">
+        <v>1121</v>
+      </c>
+      <c r="F65" s="21">
+        <v>0.16386493202748001</v>
+      </c>
+      <c r="G65" s="22">
+        <v>557369913</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="10">
+        <v>2021</v>
+      </c>
+      <c r="B66" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C66" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D66" s="14">
+        <v>3971</v>
+      </c>
+      <c r="E66" s="14">
+        <v>459</v>
+      </c>
+      <c r="F66" s="15">
+        <v>0.11558801309494</v>
+      </c>
+      <c r="G66" s="13">
+        <v>139398098</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="10">
+        <v>2021</v>
+      </c>
+      <c r="B67" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C67" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="D67" s="14">
+        <v>682</v>
+      </c>
+      <c r="E67" s="14">
+        <v>101</v>
+      </c>
+      <c r="F67" s="15">
+        <v>0.14809384164223</v>
+      </c>
+      <c r="G67" s="13">
+        <v>37969505</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="10">
+        <v>2021</v>
+      </c>
+      <c r="B68" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C68" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" s="14">
+        <v>489</v>
+      </c>
+      <c r="E68" s="14">
+        <v>149</v>
+      </c>
+      <c r="F68" s="15">
+        <v>0.30470347648261997</v>
+      </c>
+      <c r="G68" s="13">
+        <v>137917147</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="10">
+        <v>2021</v>
+      </c>
+      <c r="B69" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C69" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" s="14">
+        <v>851</v>
+      </c>
+      <c r="E69" s="14">
+        <v>130</v>
+      </c>
+      <c r="F69" s="15">
+        <v>0.15276145710927999</v>
+      </c>
+      <c r="G69" s="13">
+        <v>128407779</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="10">
+        <v>2021</v>
+      </c>
+      <c r="B70" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C70" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D70" s="14">
+        <v>90</v>
+      </c>
+      <c r="E70" s="14">
+        <v>25</v>
+      </c>
+      <c r="F70" s="15">
+        <v>0.27777777777778001</v>
+      </c>
+      <c r="G70" s="13">
+        <v>27031330</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="10">
+        <v>2021</v>
+      </c>
+      <c r="B71" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C71" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D71" s="14">
+        <v>121</v>
+      </c>
+      <c r="E71" s="14">
+        <v>23</v>
+      </c>
+      <c r="F71" s="15">
+        <v>0.19008264462810001</v>
+      </c>
+      <c r="G71" s="13">
+        <v>20696018</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="10">
+        <v>2021</v>
+      </c>
+      <c r="B72" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C72" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D72" s="14">
+        <v>1163</v>
+      </c>
+      <c r="E72" s="14">
+        <v>188</v>
+      </c>
+      <c r="F72" s="15">
+        <v>0.16165090283749001</v>
+      </c>
+      <c r="G72" s="13">
+        <v>58076152</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="10">
+        <v>2021</v>
+      </c>
+      <c r="B73" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C73" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="D73" s="14">
+        <v>146</v>
+      </c>
+      <c r="E73" s="14">
+        <v>20</v>
+      </c>
+      <c r="F73" s="15">
+        <v>0.13698630136986001</v>
+      </c>
+      <c r="G73" s="13">
+        <v>6984838</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="10">
+        <v>2021</v>
+      </c>
+      <c r="B74" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C74" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D74" s="14">
+        <v>96</v>
+      </c>
+      <c r="E74" s="14">
+        <v>30</v>
+      </c>
+      <c r="F74" s="15">
+        <v>0.3125</v>
+      </c>
+      <c r="G74" s="13">
+        <v>26005357</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="10">
+        <v>2021</v>
+      </c>
+      <c r="B75" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C75" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D75" s="14">
+        <v>7</v>
+      </c>
+      <c r="E75" s="14">
+        <v>1</v>
+      </c>
+      <c r="F75" s="15">
+        <v>0.14285714285713999</v>
+      </c>
+      <c r="G75" s="13">
+        <v>853858</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B76" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C76" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="D76" s="20">
+        <v>7616</v>
+      </c>
+      <c r="E76" s="20">
+        <v>1126</v>
+      </c>
+      <c r="F76" s="21">
+        <v>0.14784663865545999</v>
+      </c>
+      <c r="G76" s="22">
+        <v>583340082</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="10">
+        <v>2022</v>
+      </c>
+      <c r="B77" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C77" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D77" s="14">
+        <v>3080</v>
+      </c>
+      <c r="E77" s="14">
+        <v>457</v>
+      </c>
+      <c r="F77" s="15">
+        <v>0.14837662337662</v>
+      </c>
+      <c r="G77" s="13">
+        <v>142399861</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="10">
+        <v>2022</v>
+      </c>
+      <c r="B78" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C78" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="D78" s="14">
+        <v>532</v>
+      </c>
+      <c r="E78" s="14">
+        <v>95</v>
+      </c>
+      <c r="F78" s="15">
+        <v>0.17857142857142999</v>
+      </c>
+      <c r="G78" s="13">
+        <v>34657267</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="10">
+        <v>2022</v>
+      </c>
+      <c r="B79" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C79" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D79" s="14">
+        <v>385</v>
+      </c>
+      <c r="E79" s="14">
+        <v>135</v>
+      </c>
+      <c r="F79" s="15">
+        <v>0.35064935064934999</v>
+      </c>
+      <c r="G79" s="13">
+        <v>124822528</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="10">
+        <v>2022</v>
+      </c>
+      <c r="B80" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C80" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" s="14">
+        <v>705</v>
+      </c>
+      <c r="E80" s="14">
+        <v>150</v>
+      </c>
+      <c r="F80" s="15">
+        <v>0.21276595744681001</v>
+      </c>
+      <c r="G80" s="13">
+        <v>148255460</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="10">
+        <v>2022</v>
+      </c>
+      <c r="B81" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C81" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D81" s="14">
+        <v>71</v>
+      </c>
+      <c r="E81" s="14">
+        <v>22</v>
+      </c>
+      <c r="F81" s="15">
+        <v>0.30985915492957999</v>
+      </c>
+      <c r="G81" s="13">
+        <v>24803421</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="10">
+        <v>2022</v>
+      </c>
+      <c r="B82" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C82" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D82" s="14">
+        <v>95</v>
+      </c>
+      <c r="E82" s="14">
+        <v>23</v>
+      </c>
+      <c r="F82" s="15">
+        <v>0.24210526315788999</v>
+      </c>
+      <c r="G82" s="13">
+        <v>16138712</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="10">
+        <v>2022</v>
+      </c>
+      <c r="B83" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C83" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D83" s="14">
+        <v>996</v>
+      </c>
+      <c r="E83" s="14">
+        <v>185</v>
+      </c>
+      <c r="F83" s="15">
+        <v>0.18574297188755001</v>
+      </c>
+      <c r="G83" s="13">
+        <v>57721955</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="10">
+        <v>2022</v>
+      </c>
+      <c r="B84" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C84" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="D84" s="14">
+        <v>146</v>
+      </c>
+      <c r="E84" s="14">
+        <v>29</v>
+      </c>
+      <c r="F84" s="15">
+        <v>0.1986301369863</v>
+      </c>
+      <c r="G84" s="13">
+        <v>9999155</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="10">
+        <v>2022</v>
+      </c>
+      <c r="B85" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C85" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D85" s="14">
+        <v>73</v>
+      </c>
+      <c r="E85" s="14">
+        <v>29</v>
+      </c>
+      <c r="F85" s="15">
+        <v>0.3972602739726</v>
+      </c>
+      <c r="G85" s="13">
+        <v>28040464</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="10">
+        <v>2022</v>
+      </c>
+      <c r="B86" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C86" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="D86" s="14">
+        <v>1</v>
+      </c>
+      <c r="E86" s="14">
+        <v>0</v>
+      </c>
+      <c r="F86" s="15">
+        <v>0</v>
+      </c>
+      <c r="G86" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B87" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C87" s="19" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" s="20">
+        <v>6084</v>
+      </c>
+      <c r="E87" s="20">
+        <v>1125</v>
+      </c>
+      <c r="F87" s="21">
+        <v>0.18491124260354999</v>
+      </c>
+      <c r="G87" s="22">
+        <v>586838823</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="46">
+        <v>2023</v>
+      </c>
+      <c r="B88" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="C88" s="27" t="s">
+        <v>3</v>
+      </c>
+      <c r="D88" s="28">
+        <v>3014</v>
+      </c>
+      <c r="E88" s="28">
+        <v>472</v>
+      </c>
+      <c r="F88" s="29">
+        <v>0.15660252156603</v>
+      </c>
+      <c r="G88" s="30">
+        <v>152878895</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="46">
+        <v>2023</v>
+      </c>
+      <c r="B89" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="C89" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="D89" s="28">
+        <v>510</v>
+      </c>
+      <c r="E89" s="28">
+        <v>92</v>
+      </c>
+      <c r="F89" s="29">
+        <v>0.18039215686275001</v>
+      </c>
+      <c r="G89" s="30">
+        <v>33664945</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="46">
+        <v>2023</v>
+      </c>
+      <c r="B90" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="C90" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D90" s="28">
+        <v>379</v>
+      </c>
+      <c r="E90" s="28">
+        <v>132</v>
+      </c>
+      <c r="F90" s="29">
+        <v>0.34828496042216001</v>
+      </c>
+      <c r="G90" s="30">
+        <v>134070466</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="46">
+        <v>2023</v>
+      </c>
+      <c r="B91" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="C91" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" s="28">
+        <v>831</v>
+      </c>
+      <c r="E91" s="28">
+        <v>170</v>
+      </c>
+      <c r="F91" s="29">
+        <v>0.20457280385078</v>
+      </c>
+      <c r="G91" s="30">
+        <v>172013630</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="46">
+        <v>2023</v>
+      </c>
+      <c r="B92" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="C92" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="D92" s="28">
+        <v>113</v>
+      </c>
+      <c r="E92" s="28">
+        <v>41</v>
+      </c>
+      <c r="F92" s="29">
+        <v>0.36283185840707999</v>
+      </c>
+      <c r="G92" s="30">
+        <v>47162820</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="46">
+        <v>2023</v>
+      </c>
+      <c r="B93" s="27" t="s">
+        <v>2</v>
+      </c>
+      <c r="C93" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="D93" s="28">
+        <v>100</v>
+      </c>
+      <c r="E93" s="28">
+        <v>24</v>
+      </c>
+      <c r="F93" s="29">
+        <v>0.24</v>
+      </c>
+      <c r="G93" s="30">
+        <v>24324485</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="46">
+        <v>2023</v>
+      </c>
+      <c r="B94" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C94" s="27" t="s">
+        <v>3</v>
+      </c>
+      <c r="D94" s="28">
+        <v>935</v>
+      </c>
+      <c r="E94" s="28">
+        <v>171</v>
+      </c>
+      <c r="F94" s="29">
+        <v>0.18288770053476</v>
+      </c>
+      <c r="G94" s="30">
+        <v>55106080</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="46">
+        <v>2023</v>
+      </c>
+      <c r="B95" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C95" s="27" t="s">
+        <v>4</v>
+      </c>
+      <c r="D95" s="28">
+        <v>105</v>
+      </c>
+      <c r="E95" s="28">
+        <v>29</v>
+      </c>
+      <c r="F95" s="29">
+        <v>0.27619047619047998</v>
+      </c>
+      <c r="G95" s="30">
+        <v>10995022</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="46">
+        <v>2023</v>
+      </c>
+      <c r="B96" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C96" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D96" s="28">
         <v>78</v>
       </c>
-      <c r="E41" s="15">
+      <c r="E96" s="28">
+        <v>22</v>
+      </c>
+      <c r="F96" s="29">
+        <v>0.28205128205127999</v>
+      </c>
+      <c r="G96" s="30">
+        <v>22145869</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="46">
+        <v>2023</v>
+      </c>
+      <c r="B97" s="27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C97" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="D97" s="28">
+        <v>2</v>
+      </c>
+      <c r="E97" s="28">
+        <v>0</v>
+      </c>
+      <c r="F97" s="29">
+        <v>0</v>
+      </c>
+      <c r="G97" s="30">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B98" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="C98" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" s="32">
+        <v>6067</v>
+      </c>
+      <c r="E98" s="32">
+        <v>1153</v>
+      </c>
+      <c r="F98" s="31">
+        <v>0.19004450304928</v>
+      </c>
+      <c r="G98" s="22">
+        <v>652362212</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="50">
+        <v>2024</v>
+      </c>
+      <c r="B99" s="51" t="s">
+        <v>2</v>
+      </c>
+      <c r="C99" s="51" t="s">
+        <v>3</v>
+      </c>
+      <c r="D99" s="52">
+        <v>3718</v>
+      </c>
+      <c r="E99" s="52">
+        <v>369</v>
+      </c>
+      <c r="F99" s="53">
+        <v>9.9246906939209997E-2</v>
+      </c>
+      <c r="G99" s="54">
+        <v>122077692</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="50">
+        <v>2024</v>
+      </c>
+      <c r="B100" s="51" t="s">
+        <v>2</v>
+      </c>
+      <c r="C100" s="51" t="s">
+        <v>4</v>
+      </c>
+      <c r="D100" s="52">
+        <v>613</v>
+      </c>
+      <c r="E100" s="52">
+        <v>74</v>
+      </c>
+      <c r="F100" s="53">
+        <v>0.12071778140294</v>
+      </c>
+      <c r="G100" s="54">
+        <v>27958593</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="50">
+        <v>2024</v>
+      </c>
+      <c r="B101" s="51" t="s">
+        <v>2</v>
+      </c>
+      <c r="C101" s="55" t="s">
+        <v>17</v>
+      </c>
+      <c r="D101" s="52">
+        <v>417</v>
+      </c>
+      <c r="E101" s="52">
+        <v>112</v>
+      </c>
+      <c r="F101" s="53">
+        <v>0.26858513189448002</v>
+      </c>
+      <c r="G101" s="54">
+        <v>115394701</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="50">
+        <v>2024</v>
+      </c>
+      <c r="B102" s="51" t="s">
+        <v>2</v>
+      </c>
+      <c r="C102" s="55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" s="52">
+        <v>1133</v>
+      </c>
+      <c r="E102" s="52">
+        <v>148</v>
+      </c>
+      <c r="F102" s="53">
+        <v>0.13062665489850001</v>
+      </c>
+      <c r="G102" s="54">
+        <v>154085364</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="50">
+        <v>2024</v>
+      </c>
+      <c r="B103" s="51" t="s">
+        <v>2</v>
+      </c>
+      <c r="C103" s="51" t="s">
+        <v>9</v>
+      </c>
+      <c r="D103" s="52">
+        <v>134</v>
+      </c>
+      <c r="E103" s="52">
+        <v>36</v>
+      </c>
+      <c r="F103" s="53">
+        <v>0.26865671641791</v>
+      </c>
+      <c r="G103" s="54">
+        <v>43211443</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="50">
+        <v>2024</v>
+      </c>
+      <c r="B104" s="51" t="s">
+        <v>2</v>
+      </c>
+      <c r="C104" s="51" t="s">
+        <v>7</v>
+      </c>
+      <c r="D104" s="52">
+        <v>117</v>
+      </c>
+      <c r="E104" s="52">
+        <v>29</v>
+      </c>
+      <c r="F104" s="53">
+        <v>0.24786324786325001</v>
+      </c>
+      <c r="G104" s="54">
+        <v>23240066</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="50">
+        <v>2024</v>
+      </c>
+      <c r="B105" s="51" t="s">
+        <v>6</v>
+      </c>
+      <c r="C105" s="51" t="s">
+        <v>3</v>
+      </c>
+      <c r="D105" s="52">
+        <v>1070</v>
+      </c>
+      <c r="E105" s="52">
+        <v>163</v>
+      </c>
+      <c r="F105" s="53">
+        <v>0.15233644859813</v>
+      </c>
+      <c r="G105" s="54">
+        <v>55875830</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="50">
+        <v>2024</v>
+      </c>
+      <c r="B106" s="51" t="s">
+        <v>6</v>
+      </c>
+      <c r="C106" s="51" t="s">
+        <v>4</v>
+      </c>
+      <c r="D106" s="52">
+        <v>145</v>
+      </c>
+      <c r="E106" s="52">
+        <v>29</v>
+      </c>
+      <c r="F106" s="53">
+        <v>0.2</v>
+      </c>
+      <c r="G106" s="54">
+        <v>11167449</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="50">
+        <v>2024</v>
+      </c>
+      <c r="B107" s="51" t="s">
+        <v>6</v>
+      </c>
+      <c r="C107" s="55" t="s">
+        <v>17</v>
+      </c>
+      <c r="D107" s="52">
+        <v>95</v>
+      </c>
+      <c r="E107" s="52">
+        <v>20</v>
+      </c>
+      <c r="F107" s="53">
+        <v>0.21052631578947001</v>
+      </c>
+      <c r="G107" s="54">
+        <v>18781214</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="50">
+        <v>2024</v>
+      </c>
+      <c r="B108" s="51" t="s">
+        <v>6</v>
+      </c>
+      <c r="C108" s="51" t="s">
+        <v>9</v>
+      </c>
+      <c r="D108" s="52">
+        <v>5</v>
+      </c>
+      <c r="E108" s="52">
+        <v>1</v>
+      </c>
+      <c r="F108" s="53">
+        <v>0.2</v>
+      </c>
+      <c r="G108" s="54">
+        <v>631721</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="56">
+        <v>2024</v>
+      </c>
+      <c r="B109" s="57" t="s">
+        <v>41</v>
+      </c>
+      <c r="C109" s="58" t="s">
+        <v>8</v>
+      </c>
+      <c r="D109" s="59">
+        <v>7447</v>
+      </c>
+      <c r="E109" s="59">
+        <v>981</v>
+      </c>
+      <c r="F109" s="31">
+        <v>0.13173089834832999</v>
+      </c>
+      <c r="G109" s="60">
+        <v>572424073</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B110" s="68" t="s">
+        <v>2</v>
+      </c>
+      <c r="C110" s="68" t="s">
+        <v>3</v>
+      </c>
+      <c r="D110" s="69">
+        <v>4468</v>
+      </c>
+      <c r="E110" s="69">
+        <v>349</v>
+      </c>
+      <c r="F110" s="70">
+        <v>7.8111011638320002E-2</v>
+      </c>
+      <c r="G110" s="71">
+        <v>123120118</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B111" s="68" t="s">
+        <v>2</v>
+      </c>
+      <c r="C111" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="D111" s="69">
+        <v>763</v>
+      </c>
+      <c r="E111" s="69">
+        <v>62</v>
+      </c>
+      <c r="F111" s="70">
+        <v>8.1258191349929995E-2</v>
+      </c>
+      <c r="G111" s="71">
+        <v>24561668</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B112" s="68" t="s">
+        <v>2</v>
+      </c>
+      <c r="C112" s="68" t="s">
+        <v>36</v>
+      </c>
+      <c r="D112" s="69">
+        <v>1875</v>
+      </c>
+      <c r="E112" s="69">
+        <v>274</v>
+      </c>
+      <c r="F112" s="70">
+        <v>0.14613333333333001</v>
+      </c>
+      <c r="G112" s="71">
+        <v>306023450</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B113" s="68" t="s">
+        <v>2</v>
+      </c>
+      <c r="C113" s="72" t="s">
+        <v>37</v>
+      </c>
+      <c r="D113" s="69">
+        <v>408</v>
+      </c>
+      <c r="E113" s="69">
+        <v>90</v>
+      </c>
+      <c r="F113" s="70">
+        <v>0.22058823529412</v>
+      </c>
+      <c r="G113" s="71">
+        <v>99895597</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B114" s="68" t="s">
+        <v>2</v>
+      </c>
+      <c r="C114" s="72" t="s">
+        <v>38</v>
+      </c>
+      <c r="D114" s="69">
+        <v>1344</v>
+      </c>
+      <c r="E114" s="69">
+        <v>154</v>
+      </c>
+      <c r="F114" s="70">
+        <v>0.11458333333333</v>
+      </c>
+      <c r="G114" s="71">
+        <v>171642474</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B115" s="68" t="s">
+        <v>2</v>
+      </c>
+      <c r="C115" s="68" t="s">
+        <v>9</v>
+      </c>
+      <c r="D115" s="69">
+        <v>123</v>
+      </c>
+      <c r="E115" s="69">
+        <v>30</v>
+      </c>
+      <c r="F115" s="70">
+        <v>0.24390243902438999</v>
+      </c>
+      <c r="G115" s="71">
+        <v>34485379</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B116" s="68" t="s">
+        <v>2</v>
+      </c>
+      <c r="C116" s="68" t="s">
+        <v>7</v>
+      </c>
+      <c r="D116" s="69">
+        <v>147</v>
+      </c>
+      <c r="E116" s="69">
+        <v>24</v>
+      </c>
+      <c r="F116" s="70">
+        <v>0.16326530612244999</v>
+      </c>
+      <c r="G116" s="71">
+        <v>24134206</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B117" s="68" t="s">
+        <v>6</v>
+      </c>
+      <c r="C117" s="68" t="s">
+        <v>3</v>
+      </c>
+      <c r="D117" s="69">
+        <v>1390</v>
+      </c>
+      <c r="E117" s="69">
+        <v>175</v>
+      </c>
+      <c r="F117" s="70">
+        <v>0.12589928057554001</v>
+      </c>
+      <c r="G117" s="71">
+        <v>60344708</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B118" s="68" t="s">
+        <v>6</v>
+      </c>
+      <c r="C118" s="68" t="s">
+        <v>4</v>
+      </c>
+      <c r="D118" s="69">
+        <v>169</v>
+      </c>
+      <c r="E118" s="69">
+        <v>18</v>
+      </c>
+      <c r="F118" s="70">
+        <v>0.10650887573964</v>
+      </c>
+      <c r="G118" s="71">
+        <v>6824208</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B119" s="68" t="s">
+        <v>6</v>
+      </c>
+      <c r="C119" s="68" t="s">
+        <v>36</v>
+      </c>
+      <c r="D119" s="69">
+        <v>103</v>
+      </c>
+      <c r="E119" s="69">
+        <v>29</v>
+      </c>
+      <c r="F119" s="70">
+        <v>0.28155339805825003</v>
+      </c>
+      <c r="G119" s="71">
+        <v>28207960</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B120" s="68" t="s">
+        <v>6</v>
+      </c>
+      <c r="C120" s="72" t="s">
+        <v>37</v>
+      </c>
+      <c r="D120" s="69">
+        <v>99</v>
+      </c>
+      <c r="E120" s="69">
         <v>27</v>
       </c>
-      <c r="F41" s="16">
-[...10 lines deleted...]
-      <c r="B42" s="11" t="s">
+      <c r="F120" s="70">
+        <v>0.27272727272726999</v>
+      </c>
+      <c r="G120" s="71">
+        <v>25807976</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="73">
+        <v>2025</v>
+      </c>
+      <c r="B121" s="68" t="s">
         <v>6</v>
       </c>
-      <c r="C42" s="12" t="s">
-[...40 lines deleted...]
-      <c r="B44" s="11" t="s">
+      <c r="C121" s="68" t="s">
+        <v>9</v>
+      </c>
+      <c r="D121" s="69">
+        <v>4</v>
+      </c>
+      <c r="E121" s="69">
         <v>2</v>
       </c>
-      <c r="C44" s="12" t="s">
-[...97 lines deleted...]
-      <c r="E48" s="15">
+      <c r="F121" s="70">
+        <v>0.5</v>
+      </c>
+      <c r="G121" s="71">
+        <v>2399984</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="75">
+        <v>2025</v>
+      </c>
+      <c r="B122" s="76" t="s">
         <v>41</v>
       </c>
-      <c r="F48" s="16">
-[...13 lines deleted...]
-      <c r="C49" s="12" t="s">
+      <c r="C122" s="77" t="s">
         <v>8</v>
       </c>
-      <c r="D49" s="15">
-[...1389 lines deleted...]
-        <v>572424073</v>
+      <c r="D122" s="78">
+        <v>8915</v>
+      </c>
+      <c r="E122" s="78">
+        <v>931</v>
+      </c>
+      <c r="F122" s="79">
+        <v>0.10443073471677</v>
+      </c>
+      <c r="G122" s="80">
+        <v>573216318</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection autoFilter="0" pivotTables="0"/>
   <phoneticPr fontId="19" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="84" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A345408B-EB64-4924-B037-AC9913227E7F}">
   <dimension ref="A1:N15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="52.88671875" style="34" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.88671875" style="34"/>
+    <col min="1" max="1" width="52.88671875" style="33" customWidth="1"/>
+    <col min="2" max="2" width="125.6640625" style="45" customWidth="1"/>
+    <col min="3" max="3" width="13.44140625" style="33" customWidth="1"/>
+    <col min="4" max="4" width="15.33203125" style="33" customWidth="1"/>
+    <col min="5" max="16384" width="8.88671875" style="33"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="35" t="s">
+      <c r="B1" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="35"/>
+      <c r="G1" s="35"/>
+      <c r="H1" s="35"/>
+      <c r="I1" s="35"/>
+      <c r="J1" s="35"/>
+      <c r="K1" s="35"/>
+      <c r="L1" s="35"/>
+    </row>
+    <row r="2" spans="1:14" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="61" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="36"/>
-[...11 lines deleted...]
-      <c r="A2" s="62" t="s">
+      <c r="B2" s="36" t="s">
         <v>21</v>
       </c>
-      <c r="B2" s="37" t="s">
+      <c r="C2" s="37"/>
+      <c r="D2" s="37"/>
+      <c r="E2" s="37"/>
+      <c r="F2" s="37"/>
+      <c r="G2" s="37"/>
+      <c r="H2" s="37"/>
+      <c r="I2" s="37"/>
+      <c r="J2" s="37"/>
+      <c r="K2" s="37"/>
+      <c r="L2" s="37"/>
+      <c r="M2" s="37"/>
+      <c r="N2" s="38"/>
+    </row>
+    <row r="3" spans="1:14" s="39" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" s="41" t="s">
         <v>22</v>
       </c>
-      <c r="C2" s="38"/>
-[...16 lines deleted...]
-      <c r="B3" s="42" t="s">
+      <c r="C3" s="41"/>
+      <c r="D3" s="41"/>
+      <c r="E3" s="41"/>
+      <c r="F3" s="41"/>
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="41"/>
+      <c r="M3" s="41"/>
+      <c r="N3" s="41"/>
+    </row>
+    <row r="4" spans="1:14" s="39" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="40" t="s">
         <v>23</v>
       </c>
-      <c r="C3" s="42"/>
-[...13 lines deleted...]
-      <c r="A4" s="41" t="s">
+      <c r="B4" s="41" t="s">
         <v>24</v>
       </c>
-      <c r="B4" s="42" t="s">
+      <c r="C4" s="41"/>
+      <c r="D4" s="41"/>
+      <c r="E4" s="41"/>
+      <c r="F4" s="41"/>
+      <c r="G4" s="41"/>
+      <c r="H4" s="41"/>
+      <c r="I4" s="41"/>
+      <c r="J4" s="41"/>
+      <c r="K4" s="41"/>
+      <c r="L4" s="41"/>
+      <c r="M4" s="41"/>
+      <c r="N4" s="38"/>
+    </row>
+    <row r="5" spans="1:14" s="39" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="40" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="41" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="42"/>
-[...16 lines deleted...]
-      <c r="B5" s="42" t="s">
+      <c r="C5" s="41"/>
+      <c r="D5" s="41"/>
+      <c r="E5" s="41"/>
+      <c r="F5" s="41"/>
+      <c r="G5" s="41"/>
+      <c r="H5" s="41"/>
+      <c r="I5" s="41"/>
+      <c r="J5" s="41"/>
+      <c r="K5" s="41"/>
+      <c r="L5" s="41"/>
+      <c r="M5" s="41"/>
+      <c r="N5" s="42"/>
+    </row>
+    <row r="6" spans="1:14" s="39" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="40" t="s">
+        <v>5</v>
+      </c>
+      <c r="B6" s="41" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="42"/>
-[...16 lines deleted...]
-      <c r="B6" s="42" t="s">
+      <c r="C6" s="41"/>
+      <c r="D6" s="41"/>
+      <c r="E6" s="41"/>
+      <c r="F6" s="41"/>
+      <c r="G6" s="41"/>
+      <c r="H6" s="41"/>
+      <c r="I6" s="41"/>
+      <c r="J6" s="41"/>
+      <c r="K6" s="41"/>
+      <c r="L6" s="41"/>
+      <c r="M6" s="41"/>
+      <c r="N6" s="42"/>
+    </row>
+    <row r="7" spans="1:14" s="39" customFormat="1" ht="87" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="62" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7" s="41" t="s">
         <v>27</v>
       </c>
-      <c r="C6" s="42"/>
-[...16 lines deleted...]
-      <c r="B7" s="42" t="s">
+      <c r="C7" s="41"/>
+      <c r="D7" s="41"/>
+      <c r="E7" s="41"/>
+      <c r="F7" s="41"/>
+      <c r="G7" s="41"/>
+      <c r="H7" s="41"/>
+      <c r="I7" s="41"/>
+      <c r="J7" s="41"/>
+      <c r="K7" s="41"/>
+      <c r="L7" s="41"/>
+      <c r="M7" s="41"/>
+      <c r="N7" s="41"/>
+    </row>
+    <row r="8" spans="1:14" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="63" t="s">
         <v>28</v>
       </c>
-      <c r="C7" s="42"/>
-[...13 lines deleted...]
-      <c r="A8" s="64" t="s">
+      <c r="B8" s="41" t="s">
         <v>29</v>
       </c>
-      <c r="B8" s="42" t="s">
+      <c r="C8" s="41"/>
+      <c r="D8" s="41"/>
+      <c r="E8" s="41"/>
+      <c r="F8" s="41"/>
+      <c r="G8" s="41"/>
+      <c r="H8" s="41"/>
+      <c r="I8" s="41"/>
+      <c r="J8" s="41"/>
+      <c r="K8" s="41"/>
+      <c r="L8" s="41"/>
+      <c r="M8" s="41"/>
+      <c r="N8" s="41"/>
+    </row>
+    <row r="9" spans="1:14" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="64" t="s">
         <v>30</v>
       </c>
-      <c r="C8" s="42"/>
-[...13 lines deleted...]
-      <c r="A9" s="65" t="s">
+      <c r="B9" s="41" t="s">
         <v>31</v>
       </c>
-      <c r="B9" s="42" t="s">
+      <c r="C9" s="43"/>
+      <c r="D9" s="43"/>
+      <c r="E9" s="43"/>
+      <c r="F9" s="43"/>
+      <c r="G9" s="43"/>
+      <c r="H9" s="43"/>
+      <c r="I9" s="43"/>
+      <c r="J9" s="43"/>
+      <c r="K9" s="43"/>
+      <c r="L9" s="43"/>
+      <c r="M9" s="43"/>
+      <c r="N9" s="43"/>
+    </row>
+    <row r="10" spans="1:14" s="44" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="48"/>
+      <c r="C10" s="49"/>
+      <c r="D10" s="49"/>
+      <c r="E10" s="49"/>
+      <c r="F10" s="49"/>
+      <c r="G10" s="49"/>
+      <c r="H10" s="49"/>
+      <c r="I10" s="49"/>
+      <c r="J10" s="49"/>
+      <c r="K10" s="49"/>
+      <c r="L10" s="49"/>
+      <c r="M10" s="49"/>
+      <c r="N10" s="49"/>
+    </row>
+    <row r="11" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="65" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="66" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="66" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="67" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" ht="14.4" x14ac:dyDescent="0.25">
+      <c r="A15" s="47" t="s">
         <v>32</v>
-      </c>
-[...50 lines deleted...]
-        <v>33</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A11" r:id="rId1" display="Source: NIH PUB File" xr:uid="{503A5D6D-3438-4D7C-944F-42247114AAA3}"/>
     <hyperlink ref="A13" r:id="rId2" xr:uid="{F69EB9D1-3239-447B-85D1-6BA1533B820C}"/>
     <hyperlink ref="A12" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{EE5B2AB1-A0C4-4E8D-86C1-4799C020ABF5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <sheetData>
     <row r="1" spans="1:15" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="34" spans="1:2" ht="11.25" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="36" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A36" s="69" t="s">
-[...2 lines deleted...]
-      <c r="B36" s="69"/>
+      <c r="A36" s="81" t="s">
+        <v>11</v>
+      </c>
+      <c r="B36" s="81"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A36:B36"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A36:B36" location="'Table #215'!A53" display="return to table" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.5" bottom="0.52" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">215-23</Password>
     <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
     <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">584</RePORT_x0023_>
     <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst1>
     <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">90, 94, 96, 115, 116, 117, 161, 162, 200, 201, 202, 275</RelatedDataBookSlide_x0023_>
     <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">215</Table_x0023_>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
     <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Url>https://report.nih.gov/catalog/DisplayReport.aspx?rId=584</Url>
       <Description>SBIR and STTR: Competing applications, awards, success rates, and funding, by phase (~188KB)</Description>
     </RePORTTitleandLink>
     <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Sulima, Pawel (NIH/OD) [E]</DisplayName>
         <AccountId>49</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst2>
     <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...9 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="643250b946235c332f643571124ea32d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4234e76b0cb473625794601bc3d0e1d" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -9010,50 +9743,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -9149,98 +9887,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF80563A-6A25-419F-B779-900D22583BF9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15085281-4328-4559-BB0F-DE7E524EEBCE}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDF8666B-3C05-45A7-A8AC-F9A9FC266F06}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9A6C323-A5F9-4BF7-A4DA-46C90968CC29}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9A620FA-71DC-43DF-864B-47977D8FB5B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15085281-4328-4559-BB0F-DE7E524EEBCE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>