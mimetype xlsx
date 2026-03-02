--- v0 (2025-12-31)
+++ v1 (2026-03-02)
@@ -5,305 +5,245 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C1E68728-06EB-4F6D-B998-6A13FEADA70A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1AA000CC-770E-4A90-83D9-A6368E12747D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #111" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #111'!$A$2:$W$65</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #111'!$A$2:$Y$72</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #111'!$A$1:$W$65</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #111'!$2:$2</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="116" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="54">
   <si>
     <t>Fiscal Year</t>
+  </si>
+  <si>
+    <t>Organization Type</t>
+  </si>
+  <si>
+    <t>Total Number of Awarded Organizations</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Total Number of  Awards</t>
+  </si>
+  <si>
+    <t>Total Funding</t>
+  </si>
+  <si>
+    <t>Research Grants - Number of Awarded Organizations</t>
+  </si>
+  <si>
+    <t>Research Grants - Total Number</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Research Grants - 
+Total Funding</t>
+  </si>
+  <si>
+    <t>R&amp;D Contracts - Number of Awarded Organizations</t>
+  </si>
+  <si>
+    <t>R&amp;D Contracts - 
+Total Number</t>
+  </si>
+  <si>
+    <t xml:space="preserve">R&amp;D Contracts - 
+Total Funding </t>
+  </si>
+  <si>
+    <t>Fellowships - Number of Awarded Organizations</t>
+  </si>
+  <si>
+    <t>Fellowships - 
+Total Number</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fellowships - 
+Total Funding </t>
+  </si>
+  <si>
+    <t>Training Grants - Number of Awarded Organizations</t>
+  </si>
+  <si>
+    <t>Training Grants - 
+Total Number</t>
+  </si>
+  <si>
+    <t>Training Grants -
+Total Funding</t>
+  </si>
+  <si>
+    <t>Construction Grants - Number of Awarded Organizations</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Construction Grants - Total Number </t>
+  </si>
+  <si>
+    <t>Construction Grants -
+Total Funding</t>
+  </si>
+  <si>
+    <t>Other Awards - Number of Awarded Organizations</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Other Awards - 
+Total Number </t>
+  </si>
+  <si>
+    <t>Other Awards - 
+Total Funding</t>
   </si>
   <si>
     <t>Higher Education</t>
   </si>
   <si>
     <t>Research Institutes</t>
   </si>
   <si>
     <t>Independent Hospitals</t>
   </si>
   <si>
     <t>Other Domestic Nonprofit</t>
   </si>
   <si>
     <t>Domestic For-Profit</t>
   </si>
   <si>
-    <t>Organization Type</t>
+    <t>Foreign (includes all types listed above)</t>
   </si>
   <si>
-    <t>N/A = Not Available.</t>
+    <t xml:space="preserve"> FY Total</t>
+  </si>
+  <si>
+    <t>Foreign</t>
+  </si>
+  <si>
+    <t>FY Total</t>
+  </si>
+  <si>
+    <t>NOTES</t>
+  </si>
+  <si>
+    <t>Construction Grants</t>
+  </si>
+  <si>
+    <t>Defined as activity codes C06, UC6 and G20.  Not all of these activities may be in use by NIH every year.</t>
+  </si>
+  <si>
+    <t>Fellowships</t>
   </si>
   <si>
     <t>Defined as activity codes F05, F30, F31, F32, F33, F34, F37, F38 and F99. Not all of these activities may be in use by NIH every year.</t>
   </si>
   <si>
-    <t>Defined as activity codes T01, T02, T09, T14, T15, T32, T34, T35, T36, T37, T42, T90, TL1, TL4 and TU2. Not all of these activities may be in use by NIH every year.</t>
-[...2 lines deleted...]
-    <t>Defined as activity codes C06, UC6 and G20.  Not all of these activities may be in use by NIH every year.</t>
+    <t>Other Awards</t>
   </si>
   <si>
     <t>Defined as activity codes D43, D71, G07, G08, G11, G13, OT2 and OT3. Not all of these activities may be in use by NIH every year.</t>
-  </si>
-[...78 lines deleted...]
-    <t>Other Awards</t>
   </si>
   <si>
     <t>R&amp;D Contracts</t>
   </si>
   <si>
     <t>Defined as activity codes N01, N43, and N44.   Not all of these activities may be in use by NIH every year.</t>
   </si>
   <si>
     <t>Research Grants</t>
   </si>
   <si>
+    <t xml:space="preserve">Extramural awards made for Research Centers, Research Projects, Small Business Innovation Research/Small Business Technology Transfer (SBIR/STTR) Grants, and Other Research Grants. Research grants are defined by the following activity codes: R, P, M, S, K, U  (excluding UC6), DP1, DP2, DP3, DP4, DP5, D42 &amp; G12. </t>
+  </si>
+  <si>
     <t>Total Number of Awards</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The total number of awards is intended to show the number of unique projects funded.  The number of awards for noncompeting supplements is excluded from the total number of awards because these supplements support existing projects, without expanding the scope of work with exception for Other Transaction Authority (OTA) awards which are included. However, the number of awards for competing supplements is included in the total number of awards because these supplements represent expanded scope of work on existing projects. Similarly, for contracts, the number of noncompeting modifications is not included in the total number of awards because these modifications support existing projects, without expanding the scope of work.  </t>
+  </si>
+  <si>
+    <t>Because organizations can receive funding from more than one mechanism, the sum of the "Number of Awarded Organizations" across mechanisms may exceed the total number of organizations receiving NIH extramural awards.</t>
   </si>
   <si>
     <t>Training Grants</t>
   </si>
   <si>
-    <t>Because organizations can receive funding from more than one mechanism, the sum of the "Number of Awarded Organizations" across mechanisms may exceed the total number of organizations receiving NIH extramural awards.</t>
-[...87 lines deleted...]
-    </r>
+    <t>Defined as activity codes T01, T02, T09, T14, T15, T32, T34, T35, T36, T37, T42, T90, TL1, TL4 and TU2. Not all of these activities may be in use by NIH every year.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
   </si>
   <si>
@@ -317,64 +257,106 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
+    <t>N/A = Not Available.</t>
   </si>
   <si>
-    <t xml:space="preserve">Extramural awards made for Research Centers, Research Projects, Small Business Innovation Research/Small Business Technology Transfer (SBIR/STTR) Grants, and Other Research Grants. Research grants are defined by the following activity codes: R, P, M, S, K, U  (excluding UC6), DP1, DP2, DP3, DP4, DP5, D42 &amp; G12. </t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Source: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NIH PUB File</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Table #111: NIH Research Grants and Other Mechanisms Including R&amp;D Contracts - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Number of Awarded Organizations, Total Number of Awards and Total Funding by Organization Type and Grant Mechanism, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="\$#,##0"/>
+    <numFmt numFmtId="166" formatCode="####0"/>
   </numFmts>
   <fonts count="59" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
@@ -716,64 +698,63 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color indexed="12"/>
+      <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="60">
+  <fills count="62">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -1049,52 +1030,64 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.79998168889431442"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="22">
+  <borders count="23">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -1313,50 +1306,63 @@
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC1C1C1"/>
       </left>
       <right style="thin">
         <color rgb="FFC1C1C1"/>
       </right>
       <top style="thin">
         <color rgb="FFC1C1C1"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC1C1C1"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC1C1C1"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC1C1C1"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC1C1C1"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2832">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -4213,169 +4219,199 @@
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="53">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="44" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="44" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="44" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="56" borderId="0" xfId="2298" applyFill="1"/>
-    <xf numFmtId="0" fontId="47" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="47" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="2299" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="50" fillId="57" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="57" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="52" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="52" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="2299" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="49" fillId="56" borderId="0" xfId="2298" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="49" fillId="56" borderId="0" xfId="2298" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="56" borderId="0" xfId="2298" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="47" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="47" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="47" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="47" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="47" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="58" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="51" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="51" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="47" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="58" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="54" fillId="59" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="54" fillId="59" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="55" fillId="58" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="56" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="56" borderId="0" xfId="2298" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="56" borderId="0" xfId="2145" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="56" borderId="0" xfId="2140" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="56" borderId="0" xfId="2304" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="60" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="54" fillId="60" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="54" fillId="60" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="60" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="58" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="58" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="55" fillId="58" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="55" fillId="58" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="54" fillId="60" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="61" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="55" fillId="61" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="55" fillId="61" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2832">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 10" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 10 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 10 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 11 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 11 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 12 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 12 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 12 4" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 12 5" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 13 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 13 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 13 4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 13 5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent1 14 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - Accent1 14 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - Accent1 14 4" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="20% - Accent1 15" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -7475,167 +7511,167 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:W72"/>
+  <dimension ref="A1:W79"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="31" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="26" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="15.7109375" style="31" customWidth="1"/>
+    <col min="2" max="2" width="40.7109375" style="21" customWidth="1"/>
+    <col min="3" max="4" width="20.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="25.7109375" style="1" customWidth="1"/>
+    <col min="6" max="7" width="20.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="25.7109375" style="1" customWidth="1"/>
+    <col min="9" max="10" width="20.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="25.7109375" style="1" customWidth="1"/>
+    <col min="12" max="13" width="20.7109375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="25.7109375" style="1" customWidth="1"/>
+    <col min="15" max="16" width="20.7109375" style="1" customWidth="1"/>
+    <col min="17" max="17" width="25.7109375" style="1" customWidth="1"/>
+    <col min="18" max="19" width="20.7109375" style="1" customWidth="1"/>
+    <col min="20" max="20" width="25.7109375" style="1" customWidth="1"/>
+    <col min="21" max="22" width="20.7109375" style="1" customWidth="1"/>
+    <col min="23" max="23" width="25.7109375" style="1" customWidth="1"/>
+    <col min="24" max="24" width="13.28515625" style="1" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="16.140625" style="1" customWidth="1"/>
+    <col min="26" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:23" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="16" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="J1" s="2"/>
     </row>
-    <row r="2" spans="1:23" s="22" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:23" s="22" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="F2" s="12" t="s">
+        <v>5</v>
+      </c>
+      <c r="G2" s="12" t="s">
         <v>6</v>
       </c>
-      <c r="C2" s="12" t="s">
-[...11 lines deleted...]
-      <c r="G2" s="12" t="s">
+      <c r="H2" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="I2" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="J2" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="K2" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="L2" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="M2" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="N2" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="O2" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="H2" s="13" t="s">
+      <c r="P2" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="I2" s="12" t="s">
-[...14 lines deleted...]
-      <c r="N2" s="13" t="s">
+      <c r="Q2" s="13" t="s">
         <v>16</v>
       </c>
-      <c r="O2" s="12" t="s">
-[...2 lines deleted...]
-      <c r="P2" s="12" t="s">
+      <c r="R2" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="Q2" s="13" t="s">
+      <c r="S2" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="R2" s="12" t="s">
-[...2 lines deleted...]
-      <c r="S2" s="12" t="s">
+      <c r="T2" s="13" t="s">
         <v>19</v>
       </c>
-      <c r="T2" s="13" t="s">
+      <c r="U2" s="12" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="V2" s="12" t="s">
         <v>21</v>
       </c>
       <c r="W2" s="13" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="3" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="29">
         <v>2015</v>
       </c>
       <c r="B3" s="23" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C3" s="24">
         <v>475</v>
       </c>
       <c r="D3" s="24">
         <v>38102</v>
       </c>
       <c r="E3" s="25">
         <v>17095947778</v>
       </c>
       <c r="F3" s="24">
         <v>457</v>
       </c>
       <c r="G3" s="24">
         <v>32923</v>
       </c>
       <c r="H3" s="25">
         <v>16023527409</v>
       </c>
       <c r="I3" s="24">
         <v>88</v>
       </c>
       <c r="J3" s="24">
         <v>352</v>
       </c>
@@ -7657,56 +7693,56 @@
       <c r="P3" s="24">
         <v>1730</v>
       </c>
       <c r="Q3" s="25">
         <v>567685209</v>
       </c>
       <c r="R3" s="24">
         <v>15</v>
       </c>
       <c r="S3" s="24">
         <v>15</v>
       </c>
       <c r="T3" s="25">
         <v>6688447</v>
       </c>
       <c r="U3" s="24">
         <v>74</v>
       </c>
       <c r="V3" s="24">
         <v>153</v>
       </c>
       <c r="W3" s="25">
         <v>35924610</v>
       </c>
     </row>
-    <row r="4" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="29">
         <v>2015</v>
       </c>
       <c r="B4" s="23" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="C4" s="24">
         <v>177</v>
       </c>
       <c r="D4" s="24">
         <v>3181</v>
       </c>
       <c r="E4" s="25">
         <v>2075290911</v>
       </c>
       <c r="F4" s="24">
         <v>173</v>
       </c>
       <c r="G4" s="24">
         <v>2875</v>
       </c>
       <c r="H4" s="25">
         <v>1875632538</v>
       </c>
       <c r="I4" s="24">
         <v>34</v>
       </c>
       <c r="J4" s="24">
         <v>149</v>
       </c>
@@ -7728,56 +7764,56 @@
       <c r="P4" s="24">
         <v>38</v>
       </c>
       <c r="Q4" s="25">
         <v>10735879</v>
       </c>
       <c r="R4" s="24">
         <v>3</v>
       </c>
       <c r="S4" s="24">
         <v>3</v>
       </c>
       <c r="T4" s="25">
         <v>1321045</v>
       </c>
       <c r="U4" s="24">
         <v>3</v>
       </c>
       <c r="V4" s="24">
         <v>3</v>
       </c>
       <c r="W4" s="25">
         <v>579833</v>
       </c>
     </row>
-    <row r="5" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="29">
         <v>2015</v>
       </c>
       <c r="B5" s="23" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C5" s="24">
         <v>67</v>
       </c>
       <c r="D5" s="24">
         <v>3507</v>
       </c>
       <c r="E5" s="25">
         <v>1808149358</v>
       </c>
       <c r="F5" s="24">
         <v>67</v>
       </c>
       <c r="G5" s="24">
         <v>3264</v>
       </c>
       <c r="H5" s="25">
         <v>1726860930</v>
       </c>
       <c r="I5" s="24">
         <v>12</v>
       </c>
       <c r="J5" s="24">
         <v>28</v>
       </c>
@@ -7799,56 +7835,56 @@
       <c r="P5" s="24">
         <v>106</v>
       </c>
       <c r="Q5" s="25">
         <v>35924725</v>
       </c>
       <c r="R5" s="24">
         <v>0</v>
       </c>
       <c r="S5" s="24">
         <v>0</v>
       </c>
       <c r="T5" s="25">
         <v>0</v>
       </c>
       <c r="U5" s="24">
         <v>6</v>
       </c>
       <c r="V5" s="24">
         <v>7</v>
       </c>
       <c r="W5" s="25">
         <v>1613674</v>
       </c>
     </row>
-    <row r="6" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="29">
         <v>2015</v>
       </c>
       <c r="B6" s="23" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C6" s="24">
         <v>220</v>
       </c>
       <c r="D6" s="24">
         <v>1083</v>
       </c>
       <c r="E6" s="25">
         <v>535794482</v>
       </c>
       <c r="F6" s="24">
         <v>208</v>
       </c>
       <c r="G6" s="24">
         <v>994</v>
       </c>
       <c r="H6" s="25">
         <v>506188629</v>
       </c>
       <c r="I6" s="24">
         <v>15</v>
       </c>
       <c r="J6" s="24">
         <v>44</v>
       </c>
@@ -7870,56 +7906,56 @@
       <c r="P6" s="24">
         <v>25</v>
       </c>
       <c r="Q6" s="25">
         <v>8776768</v>
       </c>
       <c r="R6" s="24">
         <v>0</v>
       </c>
       <c r="S6" s="24">
         <v>0</v>
       </c>
       <c r="T6" s="25">
         <v>0</v>
       </c>
       <c r="U6" s="24">
         <v>1</v>
       </c>
       <c r="V6" s="24">
         <v>1</v>
       </c>
       <c r="W6" s="25">
         <v>93750</v>
       </c>
     </row>
-    <row r="7" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="29">
         <v>2015</v>
       </c>
       <c r="B7" s="23" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C7" s="24">
         <v>1296</v>
       </c>
       <c r="D7" s="24">
         <v>2152</v>
       </c>
       <c r="E7" s="25">
         <v>1730846292</v>
       </c>
       <c r="F7" s="24">
         <v>1187</v>
       </c>
       <c r="G7" s="24">
         <v>1736</v>
       </c>
       <c r="H7" s="25">
         <v>863146635</v>
       </c>
       <c r="I7" s="24">
         <v>164</v>
       </c>
       <c r="J7" s="24">
         <v>416</v>
       </c>
@@ -7941,56 +7977,56 @@
       <c r="P7" s="24">
         <v>0</v>
       </c>
       <c r="Q7" s="25">
         <v>0</v>
       </c>
       <c r="R7" s="24">
         <v>0</v>
       </c>
       <c r="S7" s="24">
         <v>0</v>
       </c>
       <c r="T7" s="25">
         <v>0</v>
       </c>
       <c r="U7" s="24">
         <v>0</v>
       </c>
       <c r="V7" s="24">
         <v>0</v>
       </c>
       <c r="W7" s="25">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="29">
         <v>2015</v>
       </c>
       <c r="B8" s="23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C8" s="24">
         <v>183</v>
       </c>
       <c r="D8" s="24">
         <v>427</v>
       </c>
       <c r="E8" s="25">
         <v>242135403</v>
       </c>
       <c r="F8" s="24">
         <v>164</v>
       </c>
       <c r="G8" s="24">
         <v>374</v>
       </c>
       <c r="H8" s="25">
         <v>178988816</v>
       </c>
       <c r="I8" s="24">
         <v>9</v>
       </c>
       <c r="J8" s="24">
         <v>14</v>
       </c>
@@ -8012,56 +8048,56 @@
       <c r="P8" s="24">
         <v>0</v>
       </c>
       <c r="Q8" s="25">
         <v>0</v>
       </c>
       <c r="R8" s="24">
         <v>0</v>
       </c>
       <c r="S8" s="24">
         <v>0</v>
       </c>
       <c r="T8" s="25">
         <v>0</v>
       </c>
       <c r="U8" s="24">
         <v>20</v>
       </c>
       <c r="V8" s="24">
         <v>30</v>
       </c>
       <c r="W8" s="25">
         <v>10203070</v>
       </c>
     </row>
-    <row r="9" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="30">
         <v>2015</v>
       </c>
       <c r="B9" s="26" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C9" s="27">
         <v>2418</v>
       </c>
       <c r="D9" s="27">
         <v>48452</v>
       </c>
       <c r="E9" s="28">
         <v>23488164224</v>
       </c>
       <c r="F9" s="27">
         <v>2256</v>
       </c>
       <c r="G9" s="27">
         <v>42166</v>
       </c>
       <c r="H9" s="28">
         <v>21174344957</v>
       </c>
       <c r="I9" s="27">
         <v>322</v>
       </c>
       <c r="J9" s="27">
         <v>1003</v>
       </c>
@@ -8083,56 +8119,56 @@
       <c r="P9" s="27">
         <v>1899</v>
       </c>
       <c r="Q9" s="28">
         <v>623122581</v>
       </c>
       <c r="R9" s="27">
         <v>18</v>
       </c>
       <c r="S9" s="27">
         <v>18</v>
       </c>
       <c r="T9" s="28">
         <v>8009492</v>
       </c>
       <c r="U9" s="27">
         <v>104</v>
       </c>
       <c r="V9" s="27">
         <v>194</v>
       </c>
       <c r="W9" s="28">
         <v>48414937</v>
       </c>
     </row>
-    <row r="10" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="29">
         <v>2016</v>
       </c>
       <c r="B10" s="23" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C10" s="24">
         <v>476</v>
       </c>
       <c r="D10" s="24">
         <v>38839</v>
       </c>
       <c r="E10" s="25">
         <v>18061093860</v>
       </c>
       <c r="F10" s="24">
         <v>456</v>
       </c>
       <c r="G10" s="24">
         <v>33512</v>
       </c>
       <c r="H10" s="25">
         <v>16926451849</v>
       </c>
       <c r="I10" s="24">
         <v>86</v>
       </c>
       <c r="J10" s="24">
         <v>380</v>
       </c>
@@ -8154,56 +8190,56 @@
       <c r="P10" s="24">
         <v>1734</v>
       </c>
       <c r="Q10" s="25">
         <v>599620036</v>
       </c>
       <c r="R10" s="24">
         <v>12</v>
       </c>
       <c r="S10" s="24">
         <v>12</v>
       </c>
       <c r="T10" s="25">
         <v>5394192</v>
       </c>
       <c r="U10" s="24">
         <v>71</v>
       </c>
       <c r="V10" s="24">
         <v>154</v>
       </c>
       <c r="W10" s="25">
         <v>51355067</v>
       </c>
     </row>
-    <row r="11" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="29">
         <v>2016</v>
       </c>
       <c r="B11" s="23" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="C11" s="24">
         <v>168</v>
       </c>
       <c r="D11" s="24">
         <v>3248</v>
       </c>
       <c r="E11" s="25">
         <v>2250727854</v>
       </c>
       <c r="F11" s="24">
         <v>162</v>
       </c>
       <c r="G11" s="24">
         <v>2941</v>
       </c>
       <c r="H11" s="25">
         <v>2047980853</v>
       </c>
       <c r="I11" s="24">
         <v>36</v>
       </c>
       <c r="J11" s="24">
         <v>152</v>
       </c>
@@ -8225,56 +8261,56 @@
       <c r="P11" s="24">
         <v>42</v>
       </c>
       <c r="Q11" s="25">
         <v>10407354</v>
       </c>
       <c r="R11" s="24">
         <v>0</v>
       </c>
       <c r="S11" s="24">
         <v>0</v>
       </c>
       <c r="T11" s="25">
         <v>0</v>
       </c>
       <c r="U11" s="24">
         <v>4</v>
       </c>
       <c r="V11" s="24">
         <v>4</v>
       </c>
       <c r="W11" s="25">
         <v>2839916</v>
       </c>
     </row>
-    <row r="12" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="29">
         <v>2016</v>
       </c>
       <c r="B12" s="23" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C12" s="24">
         <v>67</v>
       </c>
       <c r="D12" s="24">
         <v>4067</v>
       </c>
       <c r="E12" s="25">
         <v>2144416544</v>
       </c>
       <c r="F12" s="24">
         <v>67</v>
       </c>
       <c r="G12" s="24">
         <v>3762</v>
       </c>
       <c r="H12" s="25">
         <v>2053707229</v>
       </c>
       <c r="I12" s="24">
         <v>12</v>
       </c>
       <c r="J12" s="24">
         <v>25</v>
       </c>
@@ -8296,56 +8332,56 @@
       <c r="P12" s="24">
         <v>126</v>
       </c>
       <c r="Q12" s="25">
         <v>40304329</v>
       </c>
       <c r="R12" s="24">
         <v>1</v>
       </c>
       <c r="S12" s="24">
         <v>1</v>
       </c>
       <c r="T12" s="25">
         <v>500000</v>
       </c>
       <c r="U12" s="24">
         <v>8</v>
       </c>
       <c r="V12" s="24">
         <v>15</v>
       </c>
       <c r="W12" s="25">
         <v>9799110</v>
       </c>
     </row>
-    <row r="13" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="29">
         <v>2016</v>
       </c>
       <c r="B13" s="23" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C13" s="24">
         <v>281</v>
       </c>
       <c r="D13" s="24">
         <v>1314</v>
       </c>
       <c r="E13" s="25">
         <v>732722753</v>
       </c>
       <c r="F13" s="24">
         <v>202</v>
       </c>
       <c r="G13" s="24">
         <v>1006</v>
       </c>
       <c r="H13" s="25">
         <v>509164945</v>
       </c>
       <c r="I13" s="24">
         <v>83</v>
       </c>
       <c r="J13" s="24">
         <v>264</v>
       </c>
@@ -8367,56 +8403,56 @@
       <c r="P13" s="24">
         <v>21</v>
       </c>
       <c r="Q13" s="25">
         <v>6164985</v>
       </c>
       <c r="R13" s="24">
         <v>0</v>
       </c>
       <c r="S13" s="24">
         <v>0</v>
       </c>
       <c r="T13" s="25">
         <v>0</v>
       </c>
       <c r="U13" s="24">
         <v>1</v>
       </c>
       <c r="V13" s="24">
         <v>1</v>
       </c>
       <c r="W13" s="25">
         <v>93750</v>
       </c>
     </row>
-    <row r="14" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="29">
         <v>2016</v>
       </c>
       <c r="B14" s="23" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C14" s="24">
         <v>1404</v>
       </c>
       <c r="D14" s="24">
         <v>2233</v>
       </c>
       <c r="E14" s="25">
         <v>1847505278</v>
       </c>
       <c r="F14" s="24">
         <v>1302</v>
       </c>
       <c r="G14" s="24">
         <v>1830</v>
       </c>
       <c r="H14" s="25">
         <v>953181680</v>
       </c>
       <c r="I14" s="24">
         <v>152</v>
       </c>
       <c r="J14" s="24">
         <v>401</v>
       </c>
@@ -8438,56 +8474,56 @@
       <c r="P14" s="24">
         <v>0</v>
       </c>
       <c r="Q14" s="25">
         <v>0</v>
       </c>
       <c r="R14" s="24">
         <v>0</v>
       </c>
       <c r="S14" s="24">
         <v>0</v>
       </c>
       <c r="T14" s="25">
         <v>0</v>
       </c>
       <c r="U14" s="24">
         <v>2</v>
       </c>
       <c r="V14" s="24">
         <v>2</v>
       </c>
       <c r="W14" s="25">
         <v>6074396</v>
       </c>
     </row>
-    <row r="15" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="29">
         <v>2016</v>
       </c>
       <c r="B15" s="23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C15" s="24">
         <v>191</v>
       </c>
       <c r="D15" s="24">
         <v>436</v>
       </c>
       <c r="E15" s="25">
         <v>189380450</v>
       </c>
       <c r="F15" s="24">
         <v>166</v>
       </c>
       <c r="G15" s="24">
         <v>380</v>
       </c>
       <c r="H15" s="25">
         <v>159265734</v>
       </c>
       <c r="I15" s="24">
         <v>9</v>
       </c>
       <c r="J15" s="24">
         <v>9</v>
       </c>
@@ -8509,56 +8545,56 @@
       <c r="P15" s="24">
         <v>0</v>
       </c>
       <c r="Q15" s="25">
         <v>0</v>
       </c>
       <c r="R15" s="24">
         <v>0</v>
       </c>
       <c r="S15" s="24">
         <v>0</v>
       </c>
       <c r="T15" s="25">
         <v>0</v>
       </c>
       <c r="U15" s="24">
         <v>26</v>
       </c>
       <c r="V15" s="24">
         <v>33</v>
       </c>
       <c r="W15" s="25">
         <v>11409054</v>
       </c>
     </row>
-    <row r="16" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="30">
         <v>2016</v>
       </c>
       <c r="B16" s="26" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C16" s="27">
         <v>2587</v>
       </c>
       <c r="D16" s="27">
         <v>50137</v>
       </c>
       <c r="E16" s="28">
         <v>25225846739</v>
       </c>
       <c r="F16" s="27">
         <v>2355</v>
       </c>
       <c r="G16" s="27">
         <v>43431</v>
       </c>
       <c r="H16" s="28">
         <v>22649752290</v>
       </c>
       <c r="I16" s="27">
         <v>378</v>
       </c>
       <c r="J16" s="27">
         <v>1231</v>
       </c>
@@ -8580,56 +8616,56 @@
       <c r="P16" s="27">
         <v>1923</v>
       </c>
       <c r="Q16" s="28">
         <v>656496704</v>
       </c>
       <c r="R16" s="27">
         <v>13</v>
       </c>
       <c r="S16" s="27">
         <v>13</v>
       </c>
       <c r="T16" s="28">
         <v>5894192</v>
       </c>
       <c r="U16" s="27">
         <v>112</v>
       </c>
       <c r="V16" s="27">
         <v>209</v>
       </c>
       <c r="W16" s="28">
         <v>81571293</v>
       </c>
     </row>
-    <row r="17" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="29">
         <v>2017</v>
       </c>
       <c r="B17" s="23" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C17" s="24">
         <v>467</v>
       </c>
       <c r="D17" s="24">
         <v>39441</v>
       </c>
       <c r="E17" s="25">
         <v>18806844775</v>
       </c>
       <c r="F17" s="24">
         <v>451</v>
       </c>
       <c r="G17" s="24">
         <v>33988</v>
       </c>
       <c r="H17" s="25">
         <v>17639569173</v>
       </c>
       <c r="I17" s="24">
         <v>86</v>
       </c>
       <c r="J17" s="24">
         <v>355</v>
       </c>
@@ -8651,56 +8687,56 @@
       <c r="P17" s="24">
         <v>1720</v>
       </c>
       <c r="Q17" s="25">
         <v>600518831</v>
       </c>
       <c r="R17" s="24">
         <v>1</v>
       </c>
       <c r="S17" s="24">
         <v>1</v>
       </c>
       <c r="T17" s="25">
         <v>4900000</v>
       </c>
       <c r="U17" s="24">
         <v>78</v>
       </c>
       <c r="V17" s="24">
         <v>165</v>
       </c>
       <c r="W17" s="25">
         <v>92269416</v>
       </c>
     </row>
-    <row r="18" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="29">
         <v>2017</v>
       </c>
       <c r="B18" s="23" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="C18" s="24">
         <v>169</v>
       </c>
       <c r="D18" s="24">
         <v>3283</v>
       </c>
       <c r="E18" s="25">
         <v>2395796607</v>
       </c>
       <c r="F18" s="24">
         <v>162</v>
       </c>
       <c r="G18" s="24">
         <v>2978</v>
       </c>
       <c r="H18" s="25">
         <v>2190274489</v>
       </c>
       <c r="I18" s="24">
         <v>34</v>
       </c>
       <c r="J18" s="24">
         <v>158</v>
       </c>
@@ -8722,56 +8758,56 @@
       <c r="P18" s="24">
         <v>38</v>
       </c>
       <c r="Q18" s="25">
         <v>11557217</v>
       </c>
       <c r="R18" s="24">
         <v>0</v>
       </c>
       <c r="S18" s="24">
         <v>0</v>
       </c>
       <c r="T18" s="25">
         <v>0</v>
       </c>
       <c r="U18" s="24">
         <v>5</v>
       </c>
       <c r="V18" s="24">
         <v>3</v>
       </c>
       <c r="W18" s="25">
         <v>7972861</v>
       </c>
     </row>
-    <row r="19" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="29">
         <v>2017</v>
       </c>
       <c r="B19" s="23" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C19" s="24">
         <v>67</v>
       </c>
       <c r="D19" s="24">
         <v>4116</v>
       </c>
       <c r="E19" s="25">
         <v>2317882017</v>
       </c>
       <c r="F19" s="24">
         <v>66</v>
       </c>
       <c r="G19" s="24">
         <v>3818</v>
       </c>
       <c r="H19" s="25">
         <v>2205049529</v>
       </c>
       <c r="I19" s="24">
         <v>13</v>
       </c>
       <c r="J19" s="24">
         <v>27</v>
       </c>
@@ -8793,56 +8829,56 @@
       <c r="P19" s="24">
         <v>126</v>
       </c>
       <c r="Q19" s="25">
         <v>40957542</v>
       </c>
       <c r="R19" s="24">
         <v>0</v>
       </c>
       <c r="S19" s="24">
         <v>0</v>
       </c>
       <c r="T19" s="25">
         <v>0</v>
       </c>
       <c r="U19" s="24">
         <v>9</v>
       </c>
       <c r="V19" s="24">
         <v>10</v>
       </c>
       <c r="W19" s="25">
         <v>12602762</v>
       </c>
     </row>
-    <row r="20" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="29">
         <v>2017</v>
       </c>
       <c r="B20" s="23" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C20" s="24">
         <v>329</v>
       </c>
       <c r="D20" s="24">
         <v>1699</v>
       </c>
       <c r="E20" s="25">
         <v>1026085723</v>
       </c>
       <c r="F20" s="24">
         <v>216</v>
       </c>
       <c r="G20" s="24">
         <v>1335</v>
       </c>
       <c r="H20" s="25">
         <v>763400912</v>
       </c>
       <c r="I20" s="24">
         <v>113</v>
       </c>
       <c r="J20" s="24">
         <v>285</v>
       </c>
@@ -8864,56 +8900,56 @@
       <c r="P20" s="24">
         <v>29</v>
       </c>
       <c r="Q20" s="25">
         <v>10590027</v>
       </c>
       <c r="R20" s="24">
         <v>0</v>
       </c>
       <c r="S20" s="24">
         <v>0</v>
       </c>
       <c r="T20" s="25">
         <v>0</v>
       </c>
       <c r="U20" s="24">
         <v>5</v>
       </c>
       <c r="V20" s="24">
         <v>5</v>
       </c>
       <c r="W20" s="25">
         <v>1346560</v>
       </c>
     </row>
-    <row r="21" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="29">
         <v>2017</v>
       </c>
       <c r="B21" s="23" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C21" s="24">
         <v>1487</v>
       </c>
       <c r="D21" s="24">
         <v>2336</v>
       </c>
       <c r="E21" s="25">
         <v>2213444055</v>
       </c>
       <c r="F21" s="24">
         <v>1382</v>
       </c>
       <c r="G21" s="24">
         <v>1936</v>
       </c>
       <c r="H21" s="25">
         <v>1063335971</v>
       </c>
       <c r="I21" s="24">
         <v>153</v>
       </c>
       <c r="J21" s="24">
         <v>395</v>
       </c>
@@ -8935,56 +8971,56 @@
       <c r="P21" s="24">
         <v>0</v>
       </c>
       <c r="Q21" s="25">
         <v>0</v>
       </c>
       <c r="R21" s="24">
         <v>0</v>
       </c>
       <c r="S21" s="24">
         <v>0</v>
       </c>
       <c r="T21" s="25">
         <v>0</v>
       </c>
       <c r="U21" s="24">
         <v>6</v>
       </c>
       <c r="V21" s="24">
         <v>5</v>
       </c>
       <c r="W21" s="25">
         <v>25315863</v>
       </c>
     </row>
-    <row r="22" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="29">
         <v>2017</v>
       </c>
       <c r="B22" s="23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C22" s="24">
         <v>196</v>
       </c>
       <c r="D22" s="24">
         <v>462</v>
       </c>
       <c r="E22" s="25">
         <v>212006895</v>
       </c>
       <c r="F22" s="24">
         <v>169</v>
       </c>
       <c r="G22" s="24">
         <v>390</v>
       </c>
       <c r="H22" s="25">
         <v>170040690</v>
       </c>
       <c r="I22" s="24">
         <v>10</v>
       </c>
       <c r="J22" s="24">
         <v>14</v>
       </c>
@@ -9006,56 +9042,56 @@
       <c r="P22" s="24">
         <v>0</v>
       </c>
       <c r="Q22" s="25">
         <v>0</v>
       </c>
       <c r="R22" s="24">
         <v>0</v>
       </c>
       <c r="S22" s="24">
         <v>0</v>
       </c>
       <c r="T22" s="25">
         <v>0</v>
       </c>
       <c r="U22" s="24">
         <v>34</v>
       </c>
       <c r="V22" s="24">
         <v>45</v>
       </c>
       <c r="W22" s="25">
         <v>15273799</v>
       </c>
     </row>
-    <row r="23" spans="1:23" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:23" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="30">
         <v>2017</v>
       </c>
       <c r="B23" s="26" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C23" s="27">
         <v>2715</v>
       </c>
       <c r="D23" s="27">
         <v>51337</v>
       </c>
       <c r="E23" s="28">
         <v>26972060072</v>
       </c>
       <c r="F23" s="27">
         <v>2446</v>
       </c>
       <c r="G23" s="27">
         <v>44445</v>
       </c>
       <c r="H23" s="28">
         <v>24031670764</v>
       </c>
       <c r="I23" s="27">
         <v>409</v>
       </c>
       <c r="J23" s="27">
         <v>1234</v>
       </c>
@@ -9077,56 +9113,56 @@
       <c r="P23" s="27">
         <v>1913</v>
       </c>
       <c r="Q23" s="28">
         <v>663623617</v>
       </c>
       <c r="R23" s="27">
         <v>1</v>
       </c>
       <c r="S23" s="27">
         <v>1</v>
       </c>
       <c r="T23" s="28">
         <v>4900000</v>
       </c>
       <c r="U23" s="27">
         <v>137</v>
       </c>
       <c r="V23" s="27">
         <v>233</v>
       </c>
       <c r="W23" s="28">
         <v>154781261</v>
       </c>
     </row>
-    <row r="24" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="29">
         <v>2018</v>
       </c>
       <c r="B24" s="23" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C24" s="24">
         <v>470</v>
       </c>
       <c r="D24" s="24">
         <v>41424</v>
       </c>
       <c r="E24" s="25">
         <v>20356490114</v>
       </c>
       <c r="F24" s="24">
         <v>456</v>
       </c>
       <c r="G24" s="24">
         <v>35909</v>
       </c>
       <c r="H24" s="25">
         <v>19030767374</v>
       </c>
       <c r="I24" s="24">
         <v>87</v>
       </c>
       <c r="J24" s="24">
         <v>352</v>
       </c>
@@ -9148,56 +9184,56 @@
       <c r="P24" s="24">
         <v>1745</v>
       </c>
       <c r="Q24" s="25">
         <v>626297466</v>
       </c>
       <c r="R24" s="24">
         <v>1</v>
       </c>
       <c r="S24" s="24">
         <v>2</v>
       </c>
       <c r="T24" s="25">
         <v>7800000</v>
       </c>
       <c r="U24" s="24">
         <v>78</v>
       </c>
       <c r="V24" s="24">
         <v>138</v>
       </c>
       <c r="W24" s="25">
         <v>197373813</v>
       </c>
     </row>
-    <row r="25" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="29">
         <v>2018</v>
       </c>
       <c r="B25" s="23" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="C25" s="24">
         <v>168</v>
       </c>
       <c r="D25" s="24">
         <v>3378</v>
       </c>
       <c r="E25" s="25">
         <v>2580089793</v>
       </c>
       <c r="F25" s="24">
         <v>161</v>
       </c>
       <c r="G25" s="24">
         <v>3065</v>
       </c>
       <c r="H25" s="25">
         <v>2346325815</v>
       </c>
       <c r="I25" s="24">
         <v>30</v>
       </c>
       <c r="J25" s="24">
         <v>136</v>
       </c>
@@ -9219,56 +9255,56 @@
       <c r="P25" s="24">
         <v>42</v>
       </c>
       <c r="Q25" s="25">
         <v>11885214</v>
       </c>
       <c r="R25" s="24">
         <v>0</v>
       </c>
       <c r="S25" s="24">
         <v>0</v>
       </c>
       <c r="T25" s="25">
         <v>0</v>
       </c>
       <c r="U25" s="24">
         <v>7</v>
       </c>
       <c r="V25" s="24">
         <v>7</v>
       </c>
       <c r="W25" s="25">
         <v>31000560</v>
       </c>
     </row>
-    <row r="26" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="29">
         <v>2018</v>
       </c>
       <c r="B26" s="23" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C26" s="24">
         <v>69</v>
       </c>
       <c r="D26" s="24">
         <v>4331</v>
       </c>
       <c r="E26" s="25">
         <v>2576817557</v>
       </c>
       <c r="F26" s="24">
         <v>67</v>
       </c>
       <c r="G26" s="24">
         <v>4059</v>
       </c>
       <c r="H26" s="25">
         <v>2452569911</v>
       </c>
       <c r="I26" s="24">
         <v>11</v>
       </c>
       <c r="J26" s="24">
         <v>21</v>
       </c>
@@ -9290,56 +9326,56 @@
       <c r="P26" s="24">
         <v>126</v>
       </c>
       <c r="Q26" s="25">
         <v>44052668</v>
       </c>
       <c r="R26" s="24">
         <v>0</v>
       </c>
       <c r="S26" s="24">
         <v>0</v>
       </c>
       <c r="T26" s="25">
         <v>0</v>
       </c>
       <c r="U26" s="24">
         <v>8</v>
       </c>
       <c r="V26" s="24">
         <v>12</v>
       </c>
       <c r="W26" s="25">
         <v>34024830</v>
       </c>
     </row>
-    <row r="27" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="29">
         <v>2018</v>
       </c>
       <c r="B27" s="23" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C27" s="24">
         <v>355</v>
       </c>
       <c r="D27" s="24">
         <v>1729</v>
       </c>
       <c r="E27" s="25">
         <v>940736129</v>
       </c>
       <c r="F27" s="24">
         <v>218</v>
       </c>
       <c r="G27" s="24">
         <v>1333</v>
       </c>
       <c r="H27" s="25">
         <v>752765534</v>
       </c>
       <c r="I27" s="24">
         <v>139</v>
       </c>
       <c r="J27" s="24">
         <v>324</v>
       </c>
@@ -9361,56 +9397,56 @@
       <c r="P27" s="24">
         <v>27</v>
       </c>
       <c r="Q27" s="25">
         <v>9088312</v>
       </c>
       <c r="R27" s="24">
         <v>0</v>
       </c>
       <c r="S27" s="24">
         <v>0</v>
       </c>
       <c r="T27" s="25">
         <v>0</v>
       </c>
       <c r="U27" s="24">
         <v>5</v>
       </c>
       <c r="V27" s="24">
         <v>2</v>
       </c>
       <c r="W27" s="25">
         <v>1857905</v>
       </c>
     </row>
-    <row r="28" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="29">
         <v>2018</v>
       </c>
       <c r="B28" s="23" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C28" s="24">
         <v>1647</v>
       </c>
       <c r="D28" s="24">
         <v>2623</v>
       </c>
       <c r="E28" s="25">
         <v>2306706027</v>
       </c>
       <c r="F28" s="24">
         <v>1537</v>
       </c>
       <c r="G28" s="24">
         <v>2153</v>
       </c>
       <c r="H28" s="25">
         <v>1145430362</v>
       </c>
       <c r="I28" s="24">
         <v>160</v>
       </c>
       <c r="J28" s="24">
         <v>466</v>
       </c>
@@ -9432,56 +9468,56 @@
       <c r="P28" s="24">
         <v>0</v>
       </c>
       <c r="Q28" s="25">
         <v>0</v>
       </c>
       <c r="R28" s="24">
         <v>0</v>
       </c>
       <c r="S28" s="24">
         <v>0</v>
       </c>
       <c r="T28" s="25">
         <v>0</v>
       </c>
       <c r="U28" s="24">
         <v>8</v>
       </c>
       <c r="V28" s="24">
         <v>4</v>
       </c>
       <c r="W28" s="25">
         <v>58725928</v>
       </c>
     </row>
-    <row r="29" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="29">
         <v>2018</v>
       </c>
       <c r="B29" s="23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C29" s="24">
         <v>204</v>
       </c>
       <c r="D29" s="24">
         <v>474</v>
       </c>
       <c r="E29" s="25">
         <v>215103658</v>
       </c>
       <c r="F29" s="24">
         <v>179</v>
       </c>
       <c r="G29" s="24">
         <v>411</v>
       </c>
       <c r="H29" s="25">
         <v>178929739</v>
       </c>
       <c r="I29" s="24">
         <v>12</v>
       </c>
       <c r="J29" s="24">
         <v>17</v>
       </c>
@@ -9503,56 +9539,56 @@
       <c r="P29" s="24">
         <v>0</v>
       </c>
       <c r="Q29" s="25">
         <v>0</v>
       </c>
       <c r="R29" s="24">
         <v>0</v>
       </c>
       <c r="S29" s="24">
         <v>0</v>
       </c>
       <c r="T29" s="25">
         <v>0</v>
       </c>
       <c r="U29" s="24">
         <v>33</v>
       </c>
       <c r="V29" s="24">
         <v>37</v>
       </c>
       <c r="W29" s="25">
         <v>18869876</v>
       </c>
     </row>
-    <row r="30" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="30">
         <v>2018</v>
       </c>
       <c r="B30" s="26" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C30" s="27">
         <v>2913</v>
       </c>
       <c r="D30" s="27">
         <v>53959</v>
       </c>
       <c r="E30" s="28">
         <v>28975943278</v>
       </c>
       <c r="F30" s="27">
         <v>2618</v>
       </c>
       <c r="G30" s="27">
         <v>46930</v>
       </c>
       <c r="H30" s="28">
         <v>25906788735</v>
       </c>
       <c r="I30" s="27">
         <v>439</v>
       </c>
       <c r="J30" s="27">
         <v>1316</v>
       </c>
@@ -9574,56 +9610,56 @@
       <c r="P30" s="27">
         <v>1940</v>
       </c>
       <c r="Q30" s="28">
         <v>691323660</v>
       </c>
       <c r="R30" s="27">
         <v>1</v>
       </c>
       <c r="S30" s="27">
         <v>2</v>
       </c>
       <c r="T30" s="28">
         <v>7800000</v>
       </c>
       <c r="U30" s="27">
         <v>139</v>
       </c>
       <c r="V30" s="27">
         <v>200</v>
       </c>
       <c r="W30" s="28">
         <v>341852912</v>
       </c>
     </row>
-    <row r="31" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="29">
         <v>2019</v>
       </c>
       <c r="B31" s="23" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C31" s="24">
         <v>479</v>
       </c>
       <c r="D31" s="24">
         <v>43655</v>
       </c>
       <c r="E31" s="25">
         <v>22286282774</v>
       </c>
       <c r="F31" s="24">
         <v>466</v>
       </c>
       <c r="G31" s="24">
         <v>37924</v>
       </c>
       <c r="H31" s="25">
         <v>20838574004</v>
       </c>
       <c r="I31" s="24">
         <v>75</v>
       </c>
       <c r="J31" s="24">
         <v>353</v>
       </c>
@@ -9645,56 +9681,56 @@
       <c r="P31" s="24">
         <v>1718</v>
       </c>
       <c r="Q31" s="25">
         <v>622620337</v>
       </c>
       <c r="R31" s="24">
         <v>13</v>
       </c>
       <c r="S31" s="24">
         <v>14</v>
       </c>
       <c r="T31" s="25">
         <v>69467663</v>
       </c>
       <c r="U31" s="24">
         <v>75</v>
       </c>
       <c r="V31" s="24">
         <v>167</v>
       </c>
       <c r="W31" s="25">
         <v>210919969</v>
       </c>
     </row>
-    <row r="32" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="29">
         <v>2019</v>
       </c>
       <c r="B32" s="23" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="C32" s="24">
         <v>167</v>
       </c>
       <c r="D32" s="24">
         <v>3413</v>
       </c>
       <c r="E32" s="25">
         <v>2737689536</v>
       </c>
       <c r="F32" s="24">
         <v>158</v>
       </c>
       <c r="G32" s="24">
         <v>3081</v>
       </c>
       <c r="H32" s="25">
         <v>2504733350</v>
       </c>
       <c r="I32" s="24">
         <v>32</v>
       </c>
       <c r="J32" s="24">
         <v>158</v>
       </c>
@@ -9716,56 +9752,56 @@
       <c r="P32" s="24">
         <v>46</v>
       </c>
       <c r="Q32" s="25">
         <v>12777077</v>
       </c>
       <c r="R32" s="24">
         <v>0</v>
       </c>
       <c r="S32" s="24">
         <v>0</v>
       </c>
       <c r="T32" s="25">
         <v>0</v>
       </c>
       <c r="U32" s="24">
         <v>10</v>
       </c>
       <c r="V32" s="24">
         <v>13</v>
       </c>
       <c r="W32" s="25">
         <v>54217416</v>
       </c>
     </row>
-    <row r="33" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="29">
         <v>2019</v>
       </c>
       <c r="B33" s="23" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C33" s="24">
         <v>64</v>
       </c>
       <c r="D33" s="24">
         <v>4627</v>
       </c>
       <c r="E33" s="25">
         <v>2784176919</v>
       </c>
       <c r="F33" s="24">
         <v>64</v>
       </c>
       <c r="G33" s="24">
         <v>4348</v>
       </c>
       <c r="H33" s="25">
         <v>2637038284</v>
       </c>
       <c r="I33" s="24">
         <v>11</v>
       </c>
       <c r="J33" s="24">
         <v>26</v>
       </c>
@@ -9787,56 +9823,56 @@
       <c r="P33" s="24">
         <v>129</v>
       </c>
       <c r="Q33" s="25">
         <v>46950831</v>
       </c>
       <c r="R33" s="24">
         <v>0</v>
       </c>
       <c r="S33" s="24">
         <v>0</v>
       </c>
       <c r="T33" s="25">
         <v>0</v>
       </c>
       <c r="U33" s="24">
         <v>5</v>
       </c>
       <c r="V33" s="24">
         <v>15</v>
       </c>
       <c r="W33" s="25">
         <v>27566916</v>
       </c>
     </row>
-    <row r="34" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="29">
         <v>2019</v>
       </c>
       <c r="B34" s="23" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C34" s="24">
         <v>320</v>
       </c>
       <c r="D34" s="24">
         <v>1416</v>
       </c>
       <c r="E34" s="25">
         <v>764967130</v>
       </c>
       <c r="F34" s="24">
         <v>220</v>
       </c>
       <c r="G34" s="24">
         <v>1144</v>
       </c>
       <c r="H34" s="25">
         <v>630519238</v>
       </c>
       <c r="I34" s="24">
         <v>99</v>
       </c>
       <c r="J34" s="24">
         <v>228</v>
       </c>
@@ -9858,56 +9894,56 @@
       <c r="P34" s="24">
         <v>20</v>
       </c>
       <c r="Q34" s="25">
         <v>5953025</v>
       </c>
       <c r="R34" s="24">
         <v>0</v>
       </c>
       <c r="S34" s="24">
         <v>0</v>
       </c>
       <c r="T34" s="25">
         <v>0</v>
       </c>
       <c r="U34" s="24">
         <v>5</v>
       </c>
       <c r="V34" s="24">
         <v>5</v>
       </c>
       <c r="W34" s="25">
         <v>2538434</v>
       </c>
     </row>
-    <row r="35" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="29">
         <v>2019</v>
       </c>
       <c r="B35" s="23" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C35" s="24">
         <v>1689</v>
       </c>
       <c r="D35" s="24">
         <v>2595</v>
       </c>
       <c r="E35" s="25">
         <v>2381189583</v>
       </c>
       <c r="F35" s="24">
         <v>1565</v>
       </c>
       <c r="G35" s="24">
         <v>2167</v>
       </c>
       <c r="H35" s="25">
         <v>1324180490</v>
       </c>
       <c r="I35" s="24">
         <v>167</v>
       </c>
       <c r="J35" s="24">
         <v>414</v>
       </c>
@@ -9929,56 +9965,56 @@
       <c r="P35" s="24">
         <v>0</v>
       </c>
       <c r="Q35" s="25">
         <v>0</v>
       </c>
       <c r="R35" s="24">
         <v>0</v>
       </c>
       <c r="S35" s="24">
         <v>0</v>
       </c>
       <c r="T35" s="25">
         <v>0</v>
       </c>
       <c r="U35" s="24">
         <v>11</v>
       </c>
       <c r="V35" s="24">
         <v>14</v>
       </c>
       <c r="W35" s="25">
         <v>76072695</v>
       </c>
     </row>
-    <row r="36" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="29">
         <v>2019</v>
       </c>
       <c r="B36" s="23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C36" s="24">
         <v>211</v>
       </c>
       <c r="D36" s="24">
         <v>494</v>
       </c>
       <c r="E36" s="25">
         <v>238037521</v>
       </c>
       <c r="F36" s="24">
         <v>191</v>
       </c>
       <c r="G36" s="24">
         <v>428</v>
       </c>
       <c r="H36" s="25">
         <v>208207113</v>
       </c>
       <c r="I36" s="24">
         <v>7</v>
       </c>
       <c r="J36" s="24">
         <v>9</v>
       </c>
@@ -10000,56 +10036,56 @@
       <c r="P36" s="24">
         <v>0</v>
       </c>
       <c r="Q36" s="25">
         <v>0</v>
       </c>
       <c r="R36" s="24">
         <v>0</v>
       </c>
       <c r="S36" s="24">
         <v>0</v>
       </c>
       <c r="T36" s="25">
         <v>0</v>
       </c>
       <c r="U36" s="24">
         <v>33</v>
       </c>
       <c r="V36" s="24">
         <v>47</v>
       </c>
       <c r="W36" s="25">
         <v>20619858</v>
       </c>
     </row>
-    <row r="37" spans="1:23" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:23" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="30">
         <v>2019</v>
       </c>
       <c r="B37" s="26" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C37" s="27">
         <v>2930</v>
       </c>
       <c r="D37" s="27">
         <v>56200</v>
       </c>
       <c r="E37" s="28">
         <v>31192343463</v>
       </c>
       <c r="F37" s="27">
         <v>2664</v>
       </c>
       <c r="G37" s="27">
         <v>49092</v>
       </c>
       <c r="H37" s="28">
         <v>28143252479</v>
       </c>
       <c r="I37" s="27">
         <v>391</v>
       </c>
       <c r="J37" s="27">
         <v>1188</v>
       </c>
@@ -10071,56 +10107,56 @@
       <c r="P37" s="27">
         <v>1913</v>
       </c>
       <c r="Q37" s="28">
         <v>688301270</v>
       </c>
       <c r="R37" s="27">
         <v>13</v>
       </c>
       <c r="S37" s="27">
         <v>14</v>
       </c>
       <c r="T37" s="28">
         <v>69467663</v>
       </c>
       <c r="U37" s="27">
         <v>139</v>
       </c>
       <c r="V37" s="27">
         <v>261</v>
       </c>
       <c r="W37" s="28">
         <v>391935288</v>
       </c>
     </row>
-    <row r="38" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="29">
         <v>2020</v>
       </c>
       <c r="B38" s="23" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C38" s="24">
         <v>476</v>
       </c>
       <c r="D38" s="24">
         <v>44872</v>
       </c>
       <c r="E38" s="25">
         <v>23262768511</v>
       </c>
       <c r="F38" s="24">
         <v>462</v>
       </c>
       <c r="G38" s="24">
         <v>38975</v>
       </c>
       <c r="H38" s="25">
         <v>21779429650</v>
       </c>
       <c r="I38" s="24">
         <v>70</v>
       </c>
       <c r="J38" s="24">
         <v>303</v>
       </c>
@@ -10142,56 +10178,56 @@
       <c r="P38" s="24">
         <v>1757</v>
       </c>
       <c r="Q38" s="25">
         <v>651418905</v>
       </c>
       <c r="R38" s="24">
         <v>10</v>
       </c>
       <c r="S38" s="24">
         <v>10</v>
       </c>
       <c r="T38" s="25">
         <v>55043091</v>
       </c>
       <c r="U38" s="24">
         <v>71</v>
       </c>
       <c r="V38" s="24">
         <v>123</v>
       </c>
       <c r="W38" s="25">
         <v>272227264</v>
       </c>
     </row>
-    <row r="39" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="29">
         <v>2020</v>
       </c>
       <c r="B39" s="23" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="C39" s="24">
         <v>162</v>
       </c>
       <c r="D39" s="24">
         <v>3377</v>
       </c>
       <c r="E39" s="25">
         <v>2727135665</v>
       </c>
       <c r="F39" s="24">
         <v>151</v>
       </c>
       <c r="G39" s="24">
         <v>3057</v>
       </c>
       <c r="H39" s="25">
         <v>2428491572</v>
       </c>
       <c r="I39" s="24">
         <v>30</v>
       </c>
       <c r="J39" s="24">
         <v>143</v>
       </c>
@@ -10213,56 +10249,56 @@
       <c r="P39" s="24">
         <v>43</v>
       </c>
       <c r="Q39" s="25">
         <v>13218942</v>
       </c>
       <c r="R39" s="24">
         <v>0</v>
       </c>
       <c r="S39" s="24">
         <v>0</v>
       </c>
       <c r="T39" s="25">
         <v>0</v>
       </c>
       <c r="U39" s="24">
         <v>9</v>
       </c>
       <c r="V39" s="24">
         <v>11</v>
       </c>
       <c r="W39" s="25">
         <v>94921601</v>
       </c>
     </row>
-    <row r="40" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="29">
         <v>2020</v>
       </c>
       <c r="B40" s="23" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C40" s="24">
         <v>68</v>
       </c>
       <c r="D40" s="24">
         <v>4786</v>
       </c>
       <c r="E40" s="25">
         <v>2876629579</v>
       </c>
       <c r="F40" s="24">
         <v>68</v>
       </c>
       <c r="G40" s="24">
         <v>4523</v>
       </c>
       <c r="H40" s="25">
         <v>2778053082</v>
       </c>
       <c r="I40" s="24">
         <v>5</v>
       </c>
       <c r="J40" s="24">
         <v>7</v>
       </c>
@@ -10284,56 +10320,56 @@
       <c r="P40" s="24">
         <v>123</v>
       </c>
       <c r="Q40" s="25">
         <v>45739826</v>
       </c>
       <c r="R40" s="24">
         <v>0</v>
       </c>
       <c r="S40" s="24">
         <v>0</v>
       </c>
       <c r="T40" s="25">
         <v>0</v>
       </c>
       <c r="U40" s="24">
         <v>8</v>
       </c>
       <c r="V40" s="24">
         <v>13</v>
       </c>
       <c r="W40" s="25">
         <v>34460041</v>
       </c>
     </row>
-    <row r="41" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="29">
         <v>2020</v>
       </c>
       <c r="B41" s="23" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C41" s="24">
         <v>249</v>
       </c>
       <c r="D41" s="24">
         <v>1195</v>
       </c>
       <c r="E41" s="25">
         <v>745661959</v>
       </c>
       <c r="F41" s="24">
         <v>211</v>
       </c>
       <c r="G41" s="24">
         <v>1065</v>
       </c>
       <c r="H41" s="25">
         <v>687713182</v>
       </c>
       <c r="I41" s="24">
         <v>38</v>
       </c>
       <c r="J41" s="24">
         <v>85</v>
       </c>
@@ -10355,56 +10391,56 @@
       <c r="P41" s="24">
         <v>21</v>
       </c>
       <c r="Q41" s="25">
         <v>6467340</v>
       </c>
       <c r="R41" s="24">
         <v>0</v>
       </c>
       <c r="S41" s="24">
         <v>0</v>
       </c>
       <c r="T41" s="25">
         <v>0</v>
       </c>
       <c r="U41" s="24">
         <v>5</v>
       </c>
       <c r="V41" s="24">
         <v>1</v>
       </c>
       <c r="W41" s="25">
         <v>3449373</v>
       </c>
     </row>
-    <row r="42" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:23" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="29">
         <v>2020</v>
       </c>
       <c r="B42" s="23" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C42" s="24">
         <v>1598</v>
       </c>
       <c r="D42" s="24">
         <v>2372</v>
       </c>
       <c r="E42" s="25">
         <v>2022246114</v>
       </c>
       <c r="F42" s="24">
         <v>1477</v>
       </c>
       <c r="G42" s="24">
         <v>1978</v>
       </c>
       <c r="H42" s="25">
         <v>1358010711</v>
       </c>
       <c r="I42" s="24">
         <v>156</v>
       </c>
       <c r="J42" s="24">
         <v>391</v>
       </c>
@@ -10426,56 +10462,56 @@
       <c r="P42" s="24">
         <v>0</v>
       </c>
       <c r="Q42" s="25">
         <v>0</v>
       </c>
       <c r="R42" s="24">
         <v>0</v>
       </c>
       <c r="S42" s="24">
         <v>0</v>
       </c>
       <c r="T42" s="25">
         <v>0</v>
       </c>
       <c r="U42" s="24">
         <v>11</v>
       </c>
       <c r="V42" s="24">
         <v>3</v>
       </c>
       <c r="W42" s="25">
         <v>121931031</v>
       </c>
     </row>
-    <row r="43" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="29">
         <v>2020</v>
       </c>
       <c r="B43" s="23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C43" s="24">
         <v>213</v>
       </c>
       <c r="D43" s="24">
         <v>510</v>
       </c>
       <c r="E43" s="25">
         <v>253941714</v>
       </c>
       <c r="F43" s="24">
         <v>196</v>
       </c>
       <c r="G43" s="24">
         <v>448</v>
       </c>
       <c r="H43" s="25">
         <v>224735724</v>
       </c>
       <c r="I43" s="24">
         <v>10</v>
       </c>
       <c r="J43" s="24">
         <v>14</v>
       </c>
@@ -10497,56 +10533,56 @@
       <c r="P43" s="24">
         <v>0</v>
       </c>
       <c r="Q43" s="25">
         <v>0</v>
       </c>
       <c r="R43" s="24">
         <v>0</v>
       </c>
       <c r="S43" s="24">
         <v>0</v>
       </c>
       <c r="T43" s="25">
         <v>0</v>
       </c>
       <c r="U43" s="24">
         <v>29</v>
       </c>
       <c r="V43" s="24">
         <v>38</v>
       </c>
       <c r="W43" s="25">
         <v>15929935</v>
       </c>
     </row>
-    <row r="44" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="30">
         <v>2020</v>
       </c>
       <c r="B44" s="26" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C44" s="27">
         <v>2766</v>
       </c>
       <c r="D44" s="27">
         <v>57112</v>
       </c>
       <c r="E44" s="28">
         <v>31888383542</v>
       </c>
       <c r="F44" s="27">
         <v>2565</v>
       </c>
       <c r="G44" s="27">
         <v>50046</v>
       </c>
       <c r="H44" s="28">
         <v>29256433921</v>
       </c>
       <c r="I44" s="27">
         <v>309</v>
       </c>
       <c r="J44" s="27">
         <v>943</v>
       </c>
@@ -10568,56 +10604,56 @@
       <c r="P44" s="27">
         <v>1944</v>
       </c>
       <c r="Q44" s="28">
         <v>716845013</v>
       </c>
       <c r="R44" s="27">
         <v>10</v>
       </c>
       <c r="S44" s="27">
         <v>10</v>
       </c>
       <c r="T44" s="28">
         <v>55043091</v>
       </c>
       <c r="U44" s="27">
         <v>133</v>
       </c>
       <c r="V44" s="27">
         <v>189</v>
       </c>
       <c r="W44" s="28">
         <v>542919245</v>
       </c>
     </row>
-    <row r="45" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="29">
         <v>2021</v>
       </c>
       <c r="B45" s="23" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C45" s="24">
         <v>476</v>
       </c>
       <c r="D45" s="24">
         <v>45413</v>
       </c>
       <c r="E45" s="25">
         <v>24496416146</v>
       </c>
       <c r="F45" s="24">
         <v>463</v>
       </c>
       <c r="G45" s="24">
         <v>39266</v>
       </c>
       <c r="H45" s="25">
         <v>22525846564</v>
       </c>
       <c r="I45" s="24">
         <v>80</v>
       </c>
       <c r="J45" s="24">
         <v>286</v>
       </c>
@@ -10639,56 +10675,56 @@
       <c r="P45" s="24">
         <v>1750</v>
       </c>
       <c r="Q45" s="25">
         <v>656971945</v>
       </c>
       <c r="R45" s="24">
         <v>10</v>
       </c>
       <c r="S45" s="24">
         <v>10</v>
       </c>
       <c r="T45" s="25">
         <v>48754139</v>
       </c>
       <c r="U45" s="24">
         <v>85</v>
       </c>
       <c r="V45" s="24">
         <v>147</v>
       </c>
       <c r="W45" s="25">
         <v>795470603</v>
       </c>
     </row>
-    <row r="46" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="29">
         <v>2021</v>
       </c>
       <c r="B46" s="23" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="C46" s="24">
         <v>160</v>
       </c>
       <c r="D46" s="24">
         <v>3333</v>
       </c>
       <c r="E46" s="25">
         <v>2830205688</v>
       </c>
       <c r="F46" s="24">
         <v>152</v>
       </c>
       <c r="G46" s="24">
         <v>3060</v>
       </c>
       <c r="H46" s="25">
         <v>2557949941</v>
       </c>
       <c r="I46" s="24">
         <v>30</v>
       </c>
       <c r="J46" s="24">
         <v>123</v>
       </c>
@@ -10710,56 +10746,56 @@
       <c r="P46" s="24">
         <v>38</v>
       </c>
       <c r="Q46" s="25">
         <v>13102528</v>
       </c>
       <c r="R46" s="24">
         <v>2</v>
       </c>
       <c r="S46" s="24">
         <v>2</v>
       </c>
       <c r="T46" s="25">
         <v>8745861</v>
       </c>
       <c r="U46" s="24">
         <v>9</v>
       </c>
       <c r="V46" s="24">
         <v>2</v>
       </c>
       <c r="W46" s="25">
         <v>97975969</v>
       </c>
     </row>
-    <row r="47" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="29">
         <v>2021</v>
       </c>
       <c r="B47" s="23" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C47" s="24">
         <v>65</v>
       </c>
       <c r="D47" s="24">
         <v>4821</v>
       </c>
       <c r="E47" s="25">
         <v>2927552709</v>
       </c>
       <c r="F47" s="24">
         <v>65</v>
       </c>
       <c r="G47" s="24">
         <v>4541</v>
       </c>
       <c r="H47" s="25">
         <v>2760073343</v>
       </c>
       <c r="I47" s="24">
         <v>7</v>
       </c>
       <c r="J47" s="24">
         <v>12</v>
       </c>
@@ -10781,56 +10817,56 @@
       <c r="P47" s="24">
         <v>123</v>
       </c>
       <c r="Q47" s="25">
         <v>45521432</v>
       </c>
       <c r="R47" s="24">
         <v>0</v>
       </c>
       <c r="S47" s="24">
         <v>0</v>
       </c>
       <c r="T47" s="25">
         <v>0</v>
       </c>
       <c r="U47" s="24">
         <v>9</v>
       </c>
       <c r="V47" s="24">
         <v>13</v>
       </c>
       <c r="W47" s="25">
         <v>90763899</v>
       </c>
     </row>
-    <row r="48" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="29">
         <v>2021</v>
       </c>
       <c r="B48" s="23" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C48" s="24">
         <v>288</v>
       </c>
       <c r="D48" s="24">
         <v>1233</v>
       </c>
       <c r="E48" s="25">
         <v>762080050</v>
       </c>
       <c r="F48" s="24">
         <v>225</v>
       </c>
       <c r="G48" s="24">
         <v>1069</v>
       </c>
       <c r="H48" s="25">
         <v>664148310</v>
       </c>
       <c r="I48" s="24">
         <v>59</v>
       </c>
       <c r="J48" s="24">
         <v>115</v>
       </c>
@@ -10852,56 +10888,56 @@
       <c r="P48" s="24">
         <v>20</v>
       </c>
       <c r="Q48" s="25">
         <v>6545965</v>
       </c>
       <c r="R48" s="24">
         <v>0</v>
       </c>
       <c r="S48" s="24">
         <v>0</v>
       </c>
       <c r="T48" s="25">
         <v>0</v>
       </c>
       <c r="U48" s="24">
         <v>9</v>
       </c>
       <c r="V48" s="24">
         <v>7</v>
       </c>
       <c r="W48" s="25">
         <v>13262659</v>
       </c>
     </row>
-    <row r="49" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="29">
         <v>2021</v>
       </c>
       <c r="B49" s="23" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C49" s="24">
         <v>1629</v>
       </c>
       <c r="D49" s="24">
         <v>2402</v>
       </c>
       <c r="E49" s="25">
         <v>2057846272</v>
       </c>
       <c r="F49" s="24">
         <v>1512</v>
       </c>
       <c r="G49" s="24">
         <v>2019</v>
       </c>
       <c r="H49" s="25">
         <v>1436588880</v>
       </c>
       <c r="I49" s="24">
         <v>149</v>
       </c>
       <c r="J49" s="24">
         <v>381</v>
       </c>
@@ -10923,56 +10959,56 @@
       <c r="P49" s="24">
         <v>0</v>
       </c>
       <c r="Q49" s="25">
         <v>0</v>
       </c>
       <c r="R49" s="24">
         <v>0</v>
       </c>
       <c r="S49" s="24">
         <v>0</v>
       </c>
       <c r="T49" s="25">
         <v>0</v>
       </c>
       <c r="U49" s="24">
         <v>10</v>
       </c>
       <c r="V49" s="24">
         <v>2</v>
       </c>
       <c r="W49" s="25">
         <v>148623827</v>
       </c>
     </row>
-    <row r="50" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="29">
         <v>2021</v>
       </c>
       <c r="B50" s="23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C50" s="24">
         <v>216</v>
       </c>
       <c r="D50" s="24">
         <v>522</v>
       </c>
       <c r="E50" s="25">
         <v>267097136</v>
       </c>
       <c r="F50" s="24">
         <v>195</v>
       </c>
       <c r="G50" s="24">
         <v>455</v>
       </c>
       <c r="H50" s="25">
         <v>227780164</v>
       </c>
       <c r="I50" s="24">
         <v>9</v>
       </c>
       <c r="J50" s="24">
         <v>13</v>
       </c>
@@ -10994,56 +11030,56 @@
       <c r="P50" s="24">
         <v>0</v>
       </c>
       <c r="Q50" s="25">
         <v>0</v>
       </c>
       <c r="R50" s="24">
         <v>0</v>
       </c>
       <c r="S50" s="24">
         <v>0</v>
       </c>
       <c r="T50" s="25">
         <v>0</v>
       </c>
       <c r="U50" s="24">
         <v>33</v>
       </c>
       <c r="V50" s="24">
         <v>46</v>
       </c>
       <c r="W50" s="25">
         <v>20363478</v>
       </c>
     </row>
-    <row r="51" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="30">
         <v>2021</v>
       </c>
       <c r="B51" s="26" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C51" s="27">
         <v>2834</v>
       </c>
       <c r="D51" s="27">
         <v>57724</v>
       </c>
       <c r="E51" s="28">
         <v>33341198001</v>
       </c>
       <c r="F51" s="27">
         <v>2612</v>
       </c>
       <c r="G51" s="27">
         <v>50410</v>
       </c>
       <c r="H51" s="28">
         <v>30172387202</v>
       </c>
       <c r="I51" s="27">
         <v>334</v>
       </c>
       <c r="J51" s="27">
         <v>930</v>
       </c>
@@ -11065,56 +11101,56 @@
       <c r="P51" s="27">
         <v>1931</v>
       </c>
       <c r="Q51" s="28">
         <v>722141870</v>
       </c>
       <c r="R51" s="27">
         <v>12</v>
       </c>
       <c r="S51" s="27">
         <v>12</v>
       </c>
       <c r="T51" s="28">
         <v>57500000</v>
       </c>
       <c r="U51" s="27">
         <v>155</v>
       </c>
       <c r="V51" s="27">
         <v>217</v>
       </c>
       <c r="W51" s="28">
         <v>1166460435</v>
       </c>
     </row>
-    <row r="52" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="29">
         <v>2022</v>
       </c>
       <c r="B52" s="23" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C52" s="24">
         <v>494</v>
       </c>
       <c r="D52" s="24">
         <v>46734</v>
       </c>
       <c r="E52" s="25">
         <v>25346035266</v>
       </c>
       <c r="F52" s="24">
         <v>484</v>
       </c>
       <c r="G52" s="24">
         <v>40598</v>
       </c>
       <c r="H52" s="25">
         <v>23659806058</v>
       </c>
       <c r="I52" s="24">
         <v>75</v>
       </c>
       <c r="J52" s="24">
         <v>265</v>
       </c>
@@ -11136,56 +11172,56 @@
       <c r="P52" s="24">
         <v>1792</v>
       </c>
       <c r="Q52" s="25">
         <v>697556924</v>
       </c>
       <c r="R52" s="24">
         <v>11</v>
       </c>
       <c r="S52" s="24">
         <v>11</v>
       </c>
       <c r="T52" s="25">
         <v>68025000</v>
       </c>
       <c r="U52" s="24">
         <v>82</v>
       </c>
       <c r="V52" s="24">
         <v>136</v>
       </c>
       <c r="W52" s="25">
         <v>348952320</v>
       </c>
     </row>
-    <row r="53" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="29">
         <v>2022</v>
       </c>
       <c r="B53" s="23" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="C53" s="24">
         <v>162</v>
       </c>
       <c r="D53" s="24">
         <v>2929</v>
       </c>
       <c r="E53" s="25">
         <v>2477865333</v>
       </c>
       <c r="F53" s="24">
         <v>154</v>
       </c>
       <c r="G53" s="24">
         <v>2678</v>
       </c>
       <c r="H53" s="25">
         <v>2134847419</v>
       </c>
       <c r="I53" s="24">
         <v>30</v>
       </c>
       <c r="J53" s="24">
         <v>116</v>
       </c>
@@ -11207,56 +11243,56 @@
       <c r="P53" s="24">
         <v>33</v>
       </c>
       <c r="Q53" s="25">
         <v>10781722</v>
       </c>
       <c r="R53" s="24">
         <v>0</v>
       </c>
       <c r="S53" s="24">
         <v>0</v>
       </c>
       <c r="T53" s="25">
         <v>0</v>
       </c>
       <c r="U53" s="24">
         <v>14</v>
       </c>
       <c r="V53" s="24">
         <v>11</v>
       </c>
       <c r="W53" s="25">
         <v>151504630</v>
       </c>
     </row>
-    <row r="54" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="29">
         <v>2022</v>
       </c>
       <c r="B54" s="23" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C54" s="24">
         <v>68</v>
       </c>
       <c r="D54" s="24">
         <v>5020</v>
       </c>
       <c r="E54" s="25">
         <v>3044811419</v>
       </c>
       <c r="F54" s="24">
         <v>68</v>
       </c>
       <c r="G54" s="24">
         <v>4753</v>
       </c>
       <c r="H54" s="25">
         <v>2895380719</v>
       </c>
       <c r="I54" s="24">
         <v>9</v>
       </c>
       <c r="J54" s="24">
         <v>18</v>
       </c>
@@ -11278,56 +11314,56 @@
       <c r="P54" s="24">
         <v>120</v>
       </c>
       <c r="Q54" s="25">
         <v>46405599</v>
       </c>
       <c r="R54" s="24">
         <v>1</v>
       </c>
       <c r="S54" s="24">
         <v>1</v>
       </c>
       <c r="T54" s="25">
         <v>7975000</v>
       </c>
       <c r="U54" s="24">
         <v>8</v>
       </c>
       <c r="V54" s="24">
         <v>13</v>
       </c>
       <c r="W54" s="25">
         <v>34372948</v>
       </c>
     </row>
-    <row r="55" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="29">
         <v>2022</v>
       </c>
       <c r="B55" s="23" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C55" s="24">
         <v>281</v>
       </c>
       <c r="D55" s="24">
         <v>1764</v>
       </c>
       <c r="E55" s="25">
         <v>1327489515</v>
       </c>
       <c r="F55" s="24">
         <v>208</v>
       </c>
       <c r="G55" s="24">
         <v>1535</v>
       </c>
       <c r="H55" s="25">
         <v>1196940033</v>
       </c>
       <c r="I55" s="24">
         <v>68</v>
       </c>
       <c r="J55" s="24">
         <v>151</v>
       </c>
@@ -11349,56 +11385,56 @@
       <c r="P55" s="24">
         <v>26</v>
       </c>
       <c r="Q55" s="25">
         <v>9228089</v>
       </c>
       <c r="R55" s="24">
         <v>1</v>
       </c>
       <c r="S55" s="24">
         <v>1</v>
       </c>
       <c r="T55" s="25">
         <v>2000000</v>
       </c>
       <c r="U55" s="24">
         <v>13</v>
       </c>
       <c r="V55" s="24">
         <v>8</v>
       </c>
       <c r="W55" s="25">
         <v>12141939</v>
       </c>
     </row>
-    <row r="56" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="29">
         <v>2022</v>
       </c>
       <c r="B56" s="23" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C56" s="24">
         <v>1630</v>
       </c>
       <c r="D56" s="24">
         <v>2653</v>
       </c>
       <c r="E56" s="25">
         <v>2358392305</v>
       </c>
       <c r="F56" s="24">
         <v>1506</v>
       </c>
       <c r="G56" s="24">
         <v>1982</v>
       </c>
       <c r="H56" s="25">
         <v>1415422535</v>
       </c>
       <c r="I56" s="24">
         <v>157</v>
       </c>
       <c r="J56" s="24">
         <v>669</v>
       </c>
@@ -11420,56 +11456,56 @@
       <c r="P56" s="24">
         <v>0</v>
       </c>
       <c r="Q56" s="25">
         <v>0</v>
       </c>
       <c r="R56" s="24">
         <v>0</v>
       </c>
       <c r="S56" s="24">
         <v>0</v>
       </c>
       <c r="T56" s="25">
         <v>0</v>
       </c>
       <c r="U56" s="24">
         <v>13</v>
       </c>
       <c r="V56" s="24">
         <v>2</v>
       </c>
       <c r="W56" s="25">
         <v>219756672</v>
       </c>
     </row>
-    <row r="57" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="29">
         <v>2022</v>
       </c>
       <c r="B57" s="23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C57" s="24">
         <v>229</v>
       </c>
       <c r="D57" s="24">
         <v>511</v>
       </c>
       <c r="E57" s="25">
         <v>258805871</v>
       </c>
       <c r="F57" s="24">
         <v>203</v>
       </c>
       <c r="G57" s="24">
         <v>430</v>
       </c>
       <c r="H57" s="25">
         <v>217243100</v>
       </c>
       <c r="I57" s="24">
         <v>11</v>
       </c>
       <c r="J57" s="24">
         <v>17</v>
       </c>
@@ -11491,56 +11527,56 @@
       <c r="P57" s="24">
         <v>0</v>
       </c>
       <c r="Q57" s="25">
         <v>0</v>
       </c>
       <c r="R57" s="24">
         <v>0</v>
       </c>
       <c r="S57" s="24">
         <v>0</v>
       </c>
       <c r="T57" s="25">
         <v>0</v>
       </c>
       <c r="U57" s="24">
         <v>44</v>
       </c>
       <c r="V57" s="24">
         <v>58</v>
       </c>
       <c r="W57" s="25">
         <v>19928948</v>
       </c>
     </row>
-    <row r="58" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="30">
         <v>2022</v>
       </c>
       <c r="B58" s="26" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="C58" s="27">
         <v>2864</v>
       </c>
       <c r="D58" s="27">
         <v>59611</v>
       </c>
       <c r="E58" s="28">
         <v>34813399709</v>
       </c>
       <c r="F58" s="27">
         <v>2623</v>
       </c>
       <c r="G58" s="27">
         <v>51976</v>
       </c>
       <c r="H58" s="28">
         <v>31519639864</v>
       </c>
       <c r="I58" s="27">
         <v>350</v>
       </c>
       <c r="J58" s="27">
         <v>1236</v>
       </c>
@@ -11562,127 +11598,127 @@
       <c r="P58" s="27">
         <v>1971</v>
       </c>
       <c r="Q58" s="28">
         <v>763972334</v>
       </c>
       <c r="R58" s="27">
         <v>13</v>
       </c>
       <c r="S58" s="27">
         <v>13</v>
       </c>
       <c r="T58" s="28">
         <v>78000000</v>
       </c>
       <c r="U58" s="27">
         <v>174</v>
       </c>
       <c r="V58" s="27">
         <v>228</v>
       </c>
       <c r="W58" s="28">
         <v>786657457</v>
       </c>
     </row>
-    <row r="59" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="29">
         <v>2023</v>
       </c>
       <c r="B59" s="23" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C59" s="24">
         <v>477</v>
       </c>
       <c r="D59" s="24">
-        <v>47209</v>
+        <v>47208</v>
       </c>
       <c r="E59" s="25">
-        <v>26523546084</v>
+        <v>26514084654</v>
       </c>
       <c r="F59" s="24">
         <v>461</v>
       </c>
       <c r="G59" s="24">
         <v>41154</v>
       </c>
       <c r="H59" s="25">
         <v>24710933515</v>
       </c>
       <c r="I59" s="24">
         <v>75</v>
       </c>
       <c r="J59" s="24">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="K59" s="24">
-        <v>386545545</v>
+        <v>377084115</v>
       </c>
       <c r="L59" s="24">
         <v>177</v>
       </c>
       <c r="M59" s="24">
         <v>3845</v>
       </c>
       <c r="N59" s="25">
         <v>184275021</v>
       </c>
       <c r="O59" s="24">
         <v>225</v>
       </c>
       <c r="P59" s="24">
         <v>1831</v>
       </c>
       <c r="Q59" s="25">
         <v>719036831</v>
       </c>
       <c r="R59" s="24">
         <v>9</v>
       </c>
       <c r="S59" s="24">
         <v>9</v>
       </c>
       <c r="T59" s="25">
         <v>71201714</v>
       </c>
       <c r="U59" s="24">
         <v>69</v>
       </c>
       <c r="V59" s="24">
         <v>124</v>
       </c>
       <c r="W59" s="25">
         <v>451553458</v>
       </c>
     </row>
-    <row r="60" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="29">
         <v>2023</v>
       </c>
       <c r="B60" s="23" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="C60" s="24">
         <v>151</v>
       </c>
       <c r="D60" s="24">
         <v>2871</v>
       </c>
       <c r="E60" s="25">
         <v>2356013317</v>
       </c>
       <c r="F60" s="24">
         <v>144</v>
       </c>
       <c r="G60" s="24">
         <v>2628</v>
       </c>
       <c r="H60" s="25">
         <v>2095649720</v>
       </c>
       <c r="I60" s="24">
         <v>27</v>
       </c>
       <c r="J60" s="24">
         <v>126</v>
       </c>
@@ -11704,56 +11740,56 @@
       <c r="P60" s="24">
         <v>32</v>
       </c>
       <c r="Q60" s="25">
         <v>11107879</v>
       </c>
       <c r="R60" s="24">
         <v>2</v>
       </c>
       <c r="S60" s="24">
         <v>2</v>
       </c>
       <c r="T60" s="25">
         <v>12798286</v>
       </c>
       <c r="U60" s="24">
         <v>14</v>
       </c>
       <c r="V60" s="24">
         <v>5</v>
       </c>
       <c r="W60" s="25">
         <v>76890883</v>
       </c>
     </row>
-    <row r="61" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="29">
         <v>2023</v>
       </c>
       <c r="B61" s="23" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C61" s="24">
         <v>68</v>
       </c>
       <c r="D61" s="24">
         <v>5007</v>
       </c>
       <c r="E61" s="25">
         <v>3258287579</v>
       </c>
       <c r="F61" s="24">
         <v>68</v>
       </c>
       <c r="G61" s="24">
         <v>4753</v>
       </c>
       <c r="H61" s="25">
         <v>3002336705</v>
       </c>
       <c r="I61" s="24">
         <v>10</v>
       </c>
       <c r="J61" s="24">
         <v>18</v>
       </c>
@@ -11775,198 +11811,198 @@
       <c r="P61" s="24">
         <v>124</v>
       </c>
       <c r="Q61" s="25">
         <v>48360996</v>
       </c>
       <c r="R61" s="24">
         <v>0</v>
       </c>
       <c r="S61" s="24">
         <v>0</v>
       </c>
       <c r="T61" s="25">
         <v>0</v>
       </c>
       <c r="U61" s="24">
         <v>9</v>
       </c>
       <c r="V61" s="24">
         <v>16</v>
       </c>
       <c r="W61" s="25">
         <v>153227706</v>
       </c>
     </row>
-    <row r="62" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="29">
         <v>2023</v>
       </c>
       <c r="B62" s="23" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C62" s="24">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="D62" s="24">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="E62" s="25">
-        <v>1423897740</v>
+        <v>1416916760</v>
       </c>
       <c r="F62" s="24">
         <v>217</v>
       </c>
       <c r="G62" s="24">
         <v>1588</v>
       </c>
       <c r="H62" s="25">
         <v>1197669838</v>
       </c>
       <c r="I62" s="24">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="J62" s="24">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="K62" s="24">
-        <v>111936339</v>
+        <v>104955359</v>
       </c>
       <c r="L62" s="24">
         <v>6</v>
       </c>
       <c r="M62" s="24">
         <v>44</v>
       </c>
       <c r="N62" s="25">
         <v>2189854</v>
       </c>
       <c r="O62" s="24">
         <v>8</v>
       </c>
       <c r="P62" s="24">
         <v>22</v>
       </c>
       <c r="Q62" s="25">
         <v>8629545</v>
       </c>
       <c r="R62" s="24">
         <v>1</v>
       </c>
       <c r="S62" s="24">
         <v>1</v>
       </c>
       <c r="T62" s="25">
         <v>3999070</v>
       </c>
       <c r="U62" s="24">
         <v>39</v>
       </c>
       <c r="V62" s="24">
         <v>35</v>
       </c>
       <c r="W62" s="25">
         <v>99473094</v>
       </c>
     </row>
-    <row r="63" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="29">
         <v>2023</v>
       </c>
       <c r="B63" s="23" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C63" s="24">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="D63" s="24">
-        <v>2494</v>
+        <v>2486</v>
       </c>
       <c r="E63" s="25">
-        <v>3194878143</v>
+        <v>3171286009</v>
       </c>
       <c r="F63" s="24">
         <v>1523</v>
       </c>
       <c r="G63" s="24">
         <v>2040</v>
       </c>
       <c r="H63" s="25">
         <v>1501175904</v>
       </c>
       <c r="I63" s="24">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="J63" s="24">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="K63" s="24">
-        <v>1385412432</v>
+        <v>1361820298</v>
       </c>
       <c r="L63" s="24">
         <v>0</v>
       </c>
       <c r="M63" s="24">
         <v>0</v>
       </c>
       <c r="N63" s="25">
         <v>0</v>
       </c>
       <c r="O63" s="24">
         <v>0</v>
       </c>
       <c r="P63" s="24">
         <v>0</v>
       </c>
       <c r="Q63" s="25">
         <v>0</v>
       </c>
       <c r="R63" s="24">
         <v>0</v>
       </c>
       <c r="S63" s="24">
         <v>0</v>
       </c>
       <c r="T63" s="25">
         <v>0</v>
       </c>
       <c r="U63" s="24">
         <v>11</v>
       </c>
       <c r="V63" s="24">
         <v>2</v>
       </c>
       <c r="W63" s="25">
         <v>308289807</v>
       </c>
     </row>
-    <row r="64" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="29">
         <v>2023</v>
       </c>
       <c r="B64" s="23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C64" s="24">
         <v>236</v>
       </c>
       <c r="D64" s="24">
         <v>536</v>
       </c>
       <c r="E64" s="25">
         <v>270308177</v>
       </c>
       <c r="F64" s="24">
         <v>212</v>
       </c>
       <c r="G64" s="24">
         <v>465</v>
       </c>
       <c r="H64" s="25">
         <v>227154409</v>
       </c>
       <c r="I64" s="24">
         <v>9</v>
       </c>
       <c r="J64" s="24">
         <v>14</v>
       </c>
@@ -11988,1034 +12024,1488 @@
       <c r="P64" s="24">
         <v>0</v>
       </c>
       <c r="Q64" s="25">
         <v>0</v>
       </c>
       <c r="R64" s="24">
         <v>0</v>
       </c>
       <c r="S64" s="24">
         <v>0</v>
       </c>
       <c r="T64" s="25">
         <v>0</v>
       </c>
       <c r="U64" s="24">
         <v>46</v>
       </c>
       <c r="V64" s="24">
         <v>53</v>
       </c>
       <c r="W64" s="25">
         <v>21545602</v>
       </c>
     </row>
-    <row r="65" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="30">
         <v>2023</v>
       </c>
       <c r="B65" s="26" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="C65" s="27">
-        <v>2881</v>
+        <v>2877</v>
       </c>
       <c r="D65" s="27">
-        <v>59942</v>
+        <v>59931</v>
       </c>
       <c r="E65" s="28">
-        <v>37026931040</v>
+        <v>36986896496</v>
       </c>
       <c r="F65" s="27">
         <v>2625</v>
       </c>
       <c r="G65" s="27">
         <v>52628</v>
       </c>
       <c r="H65" s="28">
         <v>32734920091</v>
       </c>
       <c r="I65" s="27">
-        <v>333</v>
+        <v>325</v>
       </c>
       <c r="J65" s="27">
-        <v>991</v>
+        <v>980</v>
       </c>
       <c r="K65" s="28">
-        <v>2109347108</v>
+        <v>2069312564</v>
       </c>
       <c r="L65" s="27">
         <v>235</v>
       </c>
       <c r="M65" s="27">
         <v>4067</v>
       </c>
       <c r="N65" s="28">
         <v>196548970</v>
       </c>
       <c r="O65" s="27">
         <v>277</v>
       </c>
       <c r="P65" s="27">
         <v>2009</v>
       </c>
       <c r="Q65" s="28">
         <v>787135251</v>
       </c>
       <c r="R65" s="27">
         <v>12</v>
       </c>
       <c r="S65" s="27">
         <v>12</v>
       </c>
       <c r="T65" s="28">
         <v>87999070</v>
       </c>
       <c r="U65" s="27">
         <v>188</v>
       </c>
       <c r="V65" s="27">
         <v>235</v>
       </c>
       <c r="W65" s="28">
         <v>1110980550</v>
       </c>
     </row>
-    <row r="66" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="29">
         <v>2024</v>
       </c>
       <c r="B66" s="23" t="s">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C66" s="32">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="D66" s="32">
-        <v>47135</v>
+        <v>47415</v>
       </c>
       <c r="E66" s="33">
-        <v>26332407369</v>
+        <v>26635038348</v>
       </c>
       <c r="F66" s="32">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="G66" s="32">
         <v>41235</v>
       </c>
       <c r="H66" s="33">
         <v>25005935726</v>
       </c>
       <c r="I66" s="32">
-        <v>0</v>
+        <v>81</v>
       </c>
       <c r="J66" s="32">
-        <v>0</v>
+        <v>280</v>
       </c>
       <c r="K66" s="33">
-        <v>0</v>
+        <v>302630979</v>
       </c>
       <c r="L66" s="32">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="M66" s="32">
         <v>3923</v>
       </c>
       <c r="N66" s="33">
         <v>195002810</v>
       </c>
       <c r="O66" s="32">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="P66" s="32">
         <v>1808</v>
       </c>
       <c r="Q66" s="33">
         <v>721455355</v>
       </c>
       <c r="R66" s="32">
         <v>12</v>
       </c>
       <c r="S66" s="32">
         <v>12</v>
       </c>
       <c r="T66" s="33">
         <v>79100095</v>
       </c>
       <c r="U66" s="32">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="V66" s="32">
         <v>157</v>
       </c>
       <c r="W66" s="33">
         <v>330913383</v>
       </c>
     </row>
-    <row r="67" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="29">
         <v>2024</v>
       </c>
       <c r="B67" s="23" t="s">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="C67" s="32">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="D67" s="32">
-        <v>2681</v>
+        <v>2799</v>
       </c>
       <c r="E67" s="33">
-        <v>2368048638</v>
+        <v>2515282139</v>
       </c>
       <c r="F67" s="32">
         <v>141</v>
       </c>
       <c r="G67" s="32">
         <v>2564</v>
       </c>
       <c r="H67" s="33">
         <v>1997632219</v>
       </c>
       <c r="I67" s="32">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="J67" s="32">
-        <v>0</v>
+        <v>118</v>
       </c>
       <c r="K67" s="33">
-        <v>0</v>
+        <v>147233501</v>
       </c>
       <c r="L67" s="32">
         <v>23</v>
       </c>
       <c r="M67" s="32">
         <v>72</v>
       </c>
       <c r="N67" s="33">
         <v>4143267</v>
       </c>
       <c r="O67" s="32">
         <v>23</v>
       </c>
       <c r="P67" s="32">
         <v>34</v>
       </c>
       <c r="Q67" s="33">
         <v>11294083</v>
       </c>
       <c r="R67" s="32">
         <v>0</v>
       </c>
       <c r="S67" s="32">
         <v>0</v>
       </c>
       <c r="T67" s="33">
         <v>0</v>
       </c>
       <c r="U67" s="32">
         <v>17</v>
       </c>
       <c r="V67" s="32">
         <v>11</v>
       </c>
       <c r="W67" s="33">
         <v>354979069</v>
       </c>
     </row>
-    <row r="68" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="29">
         <v>2024</v>
       </c>
       <c r="B68" s="23" t="s">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="C68" s="32">
         <v>66</v>
       </c>
       <c r="D68" s="32">
-        <v>4896</v>
+        <v>4914</v>
       </c>
       <c r="E68" s="33">
-        <v>3195392202</v>
+        <v>3250815767</v>
       </c>
       <c r="F68" s="32">
         <v>66</v>
       </c>
       <c r="G68" s="32">
         <v>4663</v>
       </c>
       <c r="H68" s="33">
         <v>3003328372</v>
       </c>
       <c r="I68" s="32">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="J68" s="32">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="K68" s="33">
-        <v>0</v>
+        <v>55423565</v>
       </c>
       <c r="L68" s="32">
         <v>17</v>
       </c>
       <c r="M68" s="32">
         <v>93</v>
       </c>
       <c r="N68" s="33">
         <v>6352908</v>
       </c>
       <c r="O68" s="32">
         <v>22</v>
       </c>
       <c r="P68" s="32">
         <v>119</v>
       </c>
       <c r="Q68" s="33">
         <v>51590179</v>
       </c>
       <c r="R68" s="32">
         <v>1</v>
       </c>
       <c r="S68" s="32">
         <v>1</v>
       </c>
       <c r="T68" s="33">
         <v>7731872</v>
       </c>
       <c r="U68" s="32">
         <v>8</v>
       </c>
       <c r="V68" s="32">
         <v>20</v>
       </c>
       <c r="W68" s="33">
         <v>126388871</v>
       </c>
     </row>
-    <row r="69" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="29">
         <v>2024</v>
       </c>
       <c r="B69" s="23" t="s">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="C69" s="32">
-        <v>260</v>
+        <v>309</v>
       </c>
       <c r="D69" s="32">
-        <v>1730</v>
+        <v>1829</v>
       </c>
       <c r="E69" s="33">
-        <v>1298393531</v>
+        <v>1405280487</v>
       </c>
       <c r="F69" s="32">
         <v>220</v>
       </c>
       <c r="G69" s="32">
         <v>1652</v>
       </c>
       <c r="H69" s="33">
         <v>1209604056</v>
       </c>
       <c r="I69" s="32">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="J69" s="32">
-        <v>0</v>
+        <v>99</v>
       </c>
       <c r="K69" s="33">
-        <v>0</v>
+        <v>106886956</v>
       </c>
       <c r="L69" s="32">
         <v>7</v>
       </c>
       <c r="M69" s="32">
         <v>36</v>
       </c>
       <c r="N69" s="33">
         <v>1902735</v>
       </c>
       <c r="O69" s="32">
         <v>8</v>
       </c>
       <c r="P69" s="32">
         <v>23</v>
       </c>
       <c r="Q69" s="33">
         <v>8696742</v>
       </c>
       <c r="R69" s="32">
         <v>0</v>
       </c>
       <c r="S69" s="32">
         <v>0</v>
       </c>
       <c r="T69" s="33">
         <v>0</v>
       </c>
       <c r="U69" s="32">
         <v>48</v>
       </c>
       <c r="V69" s="32">
         <v>19</v>
       </c>
       <c r="W69" s="33">
         <v>78189998</v>
       </c>
     </row>
-    <row r="70" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="29">
         <v>2024</v>
       </c>
       <c r="B70" s="23" t="s">
-        <v>5</v>
+        <v>27</v>
       </c>
       <c r="C70" s="32">
-        <v>1457</v>
+        <v>1572</v>
       </c>
       <c r="D70" s="32">
-        <v>1893</v>
+        <v>2384</v>
       </c>
       <c r="E70" s="33">
-        <v>1699653826</v>
+        <v>2811814291</v>
       </c>
       <c r="F70" s="32">
         <v>1447</v>
       </c>
       <c r="G70" s="32">
         <v>1889</v>
       </c>
       <c r="H70" s="33">
         <v>1448365327</v>
       </c>
       <c r="I70" s="32">
-        <v>0</v>
+        <v>158</v>
       </c>
       <c r="J70" s="32">
-        <v>0</v>
+        <v>491</v>
       </c>
       <c r="K70" s="33">
-        <v>0</v>
+        <v>1112160465</v>
       </c>
       <c r="L70" s="32">
         <v>0</v>
       </c>
       <c r="M70" s="32">
         <v>0</v>
       </c>
       <c r="N70" s="33">
         <v>0</v>
       </c>
       <c r="O70" s="32">
         <v>0</v>
       </c>
       <c r="P70" s="32">
         <v>0</v>
       </c>
       <c r="Q70" s="33">
         <v>0</v>
       </c>
       <c r="R70" s="32">
         <v>0</v>
       </c>
       <c r="S70" s="32">
         <v>0</v>
       </c>
       <c r="T70" s="33">
         <v>0</v>
       </c>
       <c r="U70" s="32">
         <v>12</v>
       </c>
       <c r="V70" s="32">
         <v>4</v>
       </c>
       <c r="W70" s="33">
         <v>251288499</v>
       </c>
     </row>
-    <row r="71" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="29">
         <v>2024</v>
       </c>
       <c r="B71" s="23" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C71" s="32">
-        <v>236</v>
+        <v>245</v>
       </c>
       <c r="D71" s="32">
-        <v>547</v>
+        <v>571</v>
       </c>
       <c r="E71" s="33">
-        <v>251149219</v>
+        <v>266306220</v>
       </c>
       <c r="F71" s="32">
         <v>209</v>
       </c>
       <c r="G71" s="32">
         <v>472</v>
       </c>
       <c r="H71" s="33">
         <v>227468380</v>
       </c>
       <c r="I71" s="32">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="J71" s="32">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="K71" s="33">
-        <v>0</v>
+        <v>15157001</v>
       </c>
       <c r="L71" s="32">
         <v>0</v>
       </c>
       <c r="M71" s="32">
         <v>0</v>
       </c>
       <c r="N71" s="33">
         <v>0</v>
       </c>
       <c r="O71" s="32">
         <v>0</v>
       </c>
       <c r="P71" s="32">
         <v>0</v>
       </c>
       <c r="Q71" s="33">
         <v>0</v>
       </c>
       <c r="R71" s="32">
         <v>0</v>
       </c>
       <c r="S71" s="32">
         <v>0</v>
       </c>
       <c r="T71" s="33">
         <v>0</v>
       </c>
       <c r="U71" s="32">
         <v>60</v>
       </c>
       <c r="V71" s="32">
         <v>75</v>
       </c>
       <c r="W71" s="33">
         <v>23680839</v>
       </c>
     </row>
-    <row r="72" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A72" s="30">
+    <row r="72" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="45">
         <v>2024</v>
       </c>
-      <c r="B72" s="26" t="s">
-[...14 lines deleted...]
-      <c r="G72" s="34">
+      <c r="B72" s="46" t="s">
+        <v>31</v>
+      </c>
+      <c r="C72" s="47">
+        <v>2824</v>
+      </c>
+      <c r="D72" s="47">
+        <v>59912</v>
+      </c>
+      <c r="E72" s="48">
+        <v>36884537252</v>
+      </c>
+      <c r="F72" s="47">
+        <v>2540</v>
+      </c>
+      <c r="G72" s="47">
         <v>52475</v>
       </c>
-      <c r="H72" s="35">
+      <c r="H72" s="48">
         <v>32892334080</v>
       </c>
-      <c r="I72" s="34">
-[...11 lines deleted...]
-      <c r="M72" s="34">
+      <c r="I72" s="47">
+        <v>340</v>
+      </c>
+      <c r="J72" s="47">
+        <v>1030</v>
+      </c>
+      <c r="K72" s="48">
+        <v>1739492467</v>
+      </c>
+      <c r="L72" s="47">
+        <v>221</v>
+      </c>
+      <c r="M72" s="47">
         <v>4124</v>
       </c>
-      <c r="N72" s="35">
+      <c r="N72" s="48">
         <v>207401720</v>
       </c>
-      <c r="O72" s="34">
+      <c r="O72" s="47">
+        <v>283</v>
+      </c>
+      <c r="P72" s="47">
+        <v>1984</v>
+      </c>
+      <c r="Q72" s="48">
+        <v>793036359</v>
+      </c>
+      <c r="R72" s="47">
+        <v>13</v>
+      </c>
+      <c r="S72" s="47">
+        <v>13</v>
+      </c>
+      <c r="T72" s="48">
+        <v>86831967</v>
+      </c>
+      <c r="U72" s="47">
+        <v>225</v>
+      </c>
+      <c r="V72" s="47">
         <v>286</v>
       </c>
-      <c r="P72" s="34">
-[...20 lines deleted...]
-      <c r="W72" s="35">
+      <c r="W72" s="48">
         <v>1165440659</v>
+      </c>
+    </row>
+    <row r="73" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="49">
+        <v>2025</v>
+      </c>
+      <c r="B73" s="41" t="s">
+        <v>23</v>
+      </c>
+      <c r="C73" s="42">
+        <v>466</v>
+      </c>
+      <c r="D73" s="42">
+        <v>44237</v>
+      </c>
+      <c r="E73" s="43">
+        <v>26492084409</v>
+      </c>
+      <c r="F73" s="42">
+        <v>459</v>
+      </c>
+      <c r="G73" s="42">
+        <v>38766</v>
+      </c>
+      <c r="H73" s="43">
+        <v>25286021517</v>
+      </c>
+      <c r="I73" s="42">
+        <v>0</v>
+      </c>
+      <c r="J73" s="42">
+        <v>0</v>
+      </c>
+      <c r="K73" s="43">
+        <v>0</v>
+      </c>
+      <c r="L73" s="42">
+        <v>167</v>
+      </c>
+      <c r="M73" s="42">
+        <v>3539</v>
+      </c>
+      <c r="N73" s="43">
+        <v>178356798</v>
+      </c>
+      <c r="O73" s="42">
+        <v>199</v>
+      </c>
+      <c r="P73" s="42">
+        <v>1707</v>
+      </c>
+      <c r="Q73" s="43">
+        <v>700085962</v>
+      </c>
+      <c r="R73" s="42">
+        <v>10</v>
+      </c>
+      <c r="S73" s="42">
+        <v>10</v>
+      </c>
+      <c r="T73" s="43">
+        <v>57701564</v>
+      </c>
+      <c r="U73" s="42">
+        <v>78</v>
+      </c>
+      <c r="V73" s="42">
+        <v>215</v>
+      </c>
+      <c r="W73" s="43">
+        <v>269918568</v>
+      </c>
+    </row>
+    <row r="74" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="44">
+        <v>2025</v>
+      </c>
+      <c r="B74" s="41" t="s">
+        <v>24</v>
+      </c>
+      <c r="C74" s="42">
+        <v>137</v>
+      </c>
+      <c r="D74" s="42">
+        <v>2525</v>
+      </c>
+      <c r="E74" s="43">
+        <v>2189382876</v>
+      </c>
+      <c r="F74" s="42">
+        <v>136</v>
+      </c>
+      <c r="G74" s="42">
+        <v>2411</v>
+      </c>
+      <c r="H74" s="43">
+        <v>2124252710</v>
+      </c>
+      <c r="I74" s="42">
+        <v>0</v>
+      </c>
+      <c r="J74" s="42">
+        <v>0</v>
+      </c>
+      <c r="K74" s="43">
+        <v>0</v>
+      </c>
+      <c r="L74" s="42">
+        <v>24</v>
+      </c>
+      <c r="M74" s="42">
+        <v>61</v>
+      </c>
+      <c r="N74" s="43">
+        <v>3398310</v>
+      </c>
+      <c r="O74" s="42">
+        <v>21</v>
+      </c>
+      <c r="P74" s="42">
+        <v>32</v>
+      </c>
+      <c r="Q74" s="43">
+        <v>10555632</v>
+      </c>
+      <c r="R74" s="42">
+        <v>1</v>
+      </c>
+      <c r="S74" s="42">
+        <v>1</v>
+      </c>
+      <c r="T74" s="43">
+        <v>4969509</v>
+      </c>
+      <c r="U74" s="42">
+        <v>11</v>
+      </c>
+      <c r="V74" s="42">
+        <v>20</v>
+      </c>
+      <c r="W74" s="43">
+        <v>46206715</v>
+      </c>
+    </row>
+    <row r="75" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="44">
+        <v>2025</v>
+      </c>
+      <c r="B75" s="41" t="s">
+        <v>25</v>
+      </c>
+      <c r="C75" s="42">
+        <v>66</v>
+      </c>
+      <c r="D75" s="42">
+        <v>4743</v>
+      </c>
+      <c r="E75" s="43">
+        <v>3376664054</v>
+      </c>
+      <c r="F75" s="42">
+        <v>66</v>
+      </c>
+      <c r="G75" s="42">
+        <v>4488</v>
+      </c>
+      <c r="H75" s="43">
+        <v>3136399929</v>
+      </c>
+      <c r="I75" s="42">
+        <v>0</v>
+      </c>
+      <c r="J75" s="42">
+        <v>0</v>
+      </c>
+      <c r="K75" s="43">
+        <v>0</v>
+      </c>
+      <c r="L75" s="42">
+        <v>18</v>
+      </c>
+      <c r="M75" s="42">
+        <v>94</v>
+      </c>
+      <c r="N75" s="43">
+        <v>6122290</v>
+      </c>
+      <c r="O75" s="42">
+        <v>22</v>
+      </c>
+      <c r="P75" s="42">
+        <v>121</v>
+      </c>
+      <c r="Q75" s="43">
+        <v>52453872</v>
+      </c>
+      <c r="R75" s="42">
+        <v>2</v>
+      </c>
+      <c r="S75" s="42">
+        <v>2</v>
+      </c>
+      <c r="T75" s="43">
+        <v>15940905</v>
+      </c>
+      <c r="U75" s="42">
+        <v>9</v>
+      </c>
+      <c r="V75" s="42">
+        <v>38</v>
+      </c>
+      <c r="W75" s="43">
+        <v>165747058</v>
+      </c>
+    </row>
+    <row r="76" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="44">
+        <v>2025</v>
+      </c>
+      <c r="B76" s="41" t="s">
+        <v>26</v>
+      </c>
+      <c r="C76" s="42">
+        <v>234</v>
+      </c>
+      <c r="D76" s="42">
+        <v>1581</v>
+      </c>
+      <c r="E76" s="43">
+        <v>1385174238</v>
+      </c>
+      <c r="F76" s="42">
+        <v>206</v>
+      </c>
+      <c r="G76" s="42">
+        <v>1466</v>
+      </c>
+      <c r="H76" s="43">
+        <v>1261932613</v>
+      </c>
+      <c r="I76" s="42">
+        <v>0</v>
+      </c>
+      <c r="J76" s="42">
+        <v>0</v>
+      </c>
+      <c r="K76" s="43">
+        <v>0</v>
+      </c>
+      <c r="L76" s="42">
+        <v>8</v>
+      </c>
+      <c r="M76" s="42">
+        <v>39</v>
+      </c>
+      <c r="N76" s="43">
+        <v>2145676</v>
+      </c>
+      <c r="O76" s="42">
+        <v>7</v>
+      </c>
+      <c r="P76" s="42">
+        <v>25</v>
+      </c>
+      <c r="Q76" s="43">
+        <v>10845919</v>
+      </c>
+      <c r="R76" s="42">
+        <v>1</v>
+      </c>
+      <c r="S76" s="42">
+        <v>1</v>
+      </c>
+      <c r="T76" s="43">
+        <v>7947160</v>
+      </c>
+      <c r="U76" s="42">
+        <v>38</v>
+      </c>
+      <c r="V76" s="42">
+        <v>50</v>
+      </c>
+      <c r="W76" s="43">
+        <v>102302870</v>
+      </c>
+    </row>
+    <row r="77" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="44">
+        <v>2025</v>
+      </c>
+      <c r="B77" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="C77" s="42">
+        <v>1438</v>
+      </c>
+      <c r="D77" s="42">
+        <v>1826</v>
+      </c>
+      <c r="E77" s="43">
+        <v>1634884797</v>
+      </c>
+      <c r="F77" s="42">
+        <v>1428</v>
+      </c>
+      <c r="G77" s="42">
+        <v>1801</v>
+      </c>
+      <c r="H77" s="43">
+        <v>1463253197</v>
+      </c>
+      <c r="I77" s="42">
+        <v>0</v>
+      </c>
+      <c r="J77" s="42">
+        <v>0</v>
+      </c>
+      <c r="K77" s="43">
+        <v>0</v>
+      </c>
+      <c r="L77" s="42">
+        <v>0</v>
+      </c>
+      <c r="M77" s="42">
+        <v>0</v>
+      </c>
+      <c r="N77" s="43">
+        <v>0</v>
+      </c>
+      <c r="O77" s="42">
+        <v>0</v>
+      </c>
+      <c r="P77" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q77" s="43">
+        <v>0</v>
+      </c>
+      <c r="R77" s="42">
+        <v>0</v>
+      </c>
+      <c r="S77" s="42">
+        <v>0</v>
+      </c>
+      <c r="T77" s="43">
+        <v>0</v>
+      </c>
+      <c r="U77" s="42">
+        <v>11</v>
+      </c>
+      <c r="V77" s="42">
+        <v>25</v>
+      </c>
+      <c r="W77" s="43">
+        <v>171631600</v>
+      </c>
+    </row>
+    <row r="78" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="44">
+        <v>2025</v>
+      </c>
+      <c r="B78" s="44" t="s">
+        <v>30</v>
+      </c>
+      <c r="C78" s="42">
+        <v>217</v>
+      </c>
+      <c r="D78" s="42">
+        <v>482</v>
+      </c>
+      <c r="E78" s="43">
+        <v>223505339</v>
+      </c>
+      <c r="F78" s="42">
+        <v>205</v>
+      </c>
+      <c r="G78" s="42">
+        <v>421</v>
+      </c>
+      <c r="H78" s="43">
+        <v>207054483</v>
+      </c>
+      <c r="I78" s="42">
+        <v>0</v>
+      </c>
+      <c r="J78" s="42">
+        <v>0</v>
+      </c>
+      <c r="K78" s="43">
+        <v>0</v>
+      </c>
+      <c r="L78" s="42">
+        <v>1</v>
+      </c>
+      <c r="M78" s="42">
+        <v>1</v>
+      </c>
+      <c r="N78" s="43">
+        <v>34020</v>
+      </c>
+      <c r="O78" s="42">
+        <v>0</v>
+      </c>
+      <c r="P78" s="42">
+        <v>0</v>
+      </c>
+      <c r="Q78" s="43">
+        <v>0</v>
+      </c>
+      <c r="R78" s="42">
+        <v>0</v>
+      </c>
+      <c r="S78" s="42">
+        <v>0</v>
+      </c>
+      <c r="T78" s="43">
+        <v>0</v>
+      </c>
+      <c r="U78" s="42">
+        <v>37</v>
+      </c>
+      <c r="V78" s="42">
+        <v>60</v>
+      </c>
+      <c r="W78" s="43">
+        <v>16416836</v>
+      </c>
+    </row>
+    <row r="79" spans="1:23" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B79" s="50" t="s">
+        <v>31</v>
+      </c>
+      <c r="C79" s="51">
+        <v>2558</v>
+      </c>
+      <c r="D79" s="51">
+        <v>55394</v>
+      </c>
+      <c r="E79" s="52">
+        <v>35301695713</v>
+      </c>
+      <c r="F79" s="51">
+        <v>2500</v>
+      </c>
+      <c r="G79" s="51">
+        <v>49353</v>
+      </c>
+      <c r="H79" s="52">
+        <v>33478914449</v>
+      </c>
+      <c r="I79" s="51">
+        <v>0</v>
+      </c>
+      <c r="J79" s="51">
+        <v>0</v>
+      </c>
+      <c r="K79" s="52">
+        <v>0</v>
+      </c>
+      <c r="L79" s="51">
+        <v>218</v>
+      </c>
+      <c r="M79" s="51">
+        <v>3734</v>
+      </c>
+      <c r="N79" s="52">
+        <v>190057094</v>
+      </c>
+      <c r="O79" s="51">
+        <v>249</v>
+      </c>
+      <c r="P79" s="51">
+        <v>1885</v>
+      </c>
+      <c r="Q79" s="52">
+        <v>773941385</v>
+      </c>
+      <c r="R79" s="51">
+        <v>14</v>
+      </c>
+      <c r="S79" s="51">
+        <v>14</v>
+      </c>
+      <c r="T79" s="52">
+        <v>86559138</v>
+      </c>
+      <c r="U79" s="51">
+        <v>184</v>
+      </c>
+      <c r="V79" s="51">
+        <v>408</v>
+      </c>
+      <c r="W79" s="52">
+        <v>772223647</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
+  <autoFilter ref="A2:Y72" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="5" scale="60" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="2" max="22" man="1"/>
     <brk id="37" max="22" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B717CD9-468E-41D9-988D-EBE52728682E}">
   <dimension ref="A1:T14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="45.6640625" style="5" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.88671875" style="5"/>
+    <col min="1" max="1" width="45.7109375" style="5" customWidth="1"/>
+    <col min="2" max="2" width="125.7109375" style="5" customWidth="1"/>
+    <col min="3" max="16384" width="8.85546875" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="50.1" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>13</v>
+    <row r="1" spans="1:20" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="36" t="s">
+        <v>32</v>
       </c>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
       <c r="I1" s="19"/>
       <c r="J1" s="19"/>
       <c r="K1" s="19"/>
       <c r="L1" s="19"/>
       <c r="M1" s="19"/>
       <c r="N1" s="19"/>
       <c r="O1" s="19"/>
     </row>
-    <row r="2" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="41" t="s">
+    <row r="2" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="38" t="s">
         <v>33</v>
       </c>
       <c r="B2" s="7" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="C2" s="9"/>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="9"/>
       <c r="H2" s="9"/>
       <c r="I2" s="9"/>
       <c r="J2" s="9"/>
       <c r="K2" s="9"/>
       <c r="L2" s="9"/>
       <c r="M2" s="9"/>
       <c r="N2" s="9"/>
       <c r="P2" s="6"/>
       <c r="Q2" s="6"/>
       <c r="R2" s="6"/>
       <c r="S2" s="6"/>
       <c r="T2" s="6"/>
     </row>
-    <row r="3" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B3" s="7" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
       <c r="E3" s="10"/>
       <c r="F3" s="10"/>
       <c r="G3" s="10"/>
       <c r="H3" s="10"/>
       <c r="I3" s="10"/>
       <c r="J3" s="10"/>
       <c r="K3" s="10"/>
       <c r="L3" s="10"/>
       <c r="M3" s="10"/>
       <c r="N3" s="10"/>
       <c r="P3" s="6"/>
       <c r="Q3" s="6"/>
       <c r="R3" s="6"/>
       <c r="S3" s="6"/>
       <c r="T3" s="6"/>
     </row>
-    <row r="4" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>35</v>
+    <row r="4" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="39" t="s">
+        <v>37</v>
       </c>
       <c r="B4" s="17" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="D4" s="7"/>
       <c r="E4" s="7"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="7"/>
       <c r="I4" s="7"/>
       <c r="J4" s="7"/>
       <c r="K4" s="7"/>
       <c r="L4" s="7"/>
       <c r="M4" s="7"/>
       <c r="N4" s="7"/>
       <c r="O4" s="7"/>
       <c r="P4" s="7"/>
       <c r="Q4" s="7"/>
       <c r="R4" s="7"/>
       <c r="S4" s="7"/>
       <c r="T4" s="7"/>
     </row>
-    <row r="5" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:20" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="11"/>
       <c r="K5" s="11"/>
       <c r="L5" s="11"/>
       <c r="M5" s="11"/>
       <c r="N5" s="11"/>
       <c r="O5" s="8"/>
       <c r="P5" s="8"/>
       <c r="Q5" s="8"/>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>
       <c r="T5" s="8"/>
     </row>
-    <row r="6" spans="1:20" ht="62.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:20" ht="62.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D6" s="11"/>
       <c r="E6" s="11"/>
       <c r="F6" s="11"/>
       <c r="G6" s="11"/>
       <c r="H6" s="11"/>
       <c r="I6" s="11"/>
       <c r="J6" s="11"/>
       <c r="K6" s="11"/>
       <c r="L6" s="11"/>
       <c r="M6" s="11"/>
       <c r="N6" s="11"/>
       <c r="O6" s="11"/>
       <c r="P6" s="11"/>
       <c r="Q6" s="11"/>
       <c r="R6" s="11"/>
       <c r="S6" s="11"/>
       <c r="T6" s="11"/>
     </row>
-    <row r="7" spans="1:20" ht="105" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:20" ht="105" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="14" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B7" s="18" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="D7" s="11"/>
       <c r="E7" s="11"/>
       <c r="F7" s="11"/>
       <c r="G7" s="11"/>
       <c r="H7" s="11"/>
       <c r="I7" s="11"/>
       <c r="J7" s="11"/>
       <c r="K7" s="11"/>
       <c r="L7" s="11"/>
       <c r="M7" s="11"/>
       <c r="N7" s="11"/>
       <c r="O7" s="11"/>
       <c r="P7" s="11"/>
       <c r="Q7" s="11"/>
       <c r="R7" s="11"/>
       <c r="S7" s="11"/>
       <c r="T7" s="11"/>
     </row>
-    <row r="8" spans="1:20" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:20" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="14" t="s">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="B8" s="18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="11"/>
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11"/>
       <c r="J8" s="11"/>
       <c r="K8" s="11"/>
       <c r="L8" s="11"/>
       <c r="M8" s="11"/>
       <c r="N8" s="11"/>
       <c r="O8" s="11"/>
       <c r="P8" s="11"/>
       <c r="Q8" s="11"/>
       <c r="R8" s="11"/>
       <c r="S8" s="11"/>
       <c r="T8" s="11"/>
     </row>
-    <row r="9" spans="1:20" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:20" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="14" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="D9" s="15"/>
       <c r="E9" s="15"/>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15"/>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15"/>
       <c r="L9" s="15"/>
       <c r="M9" s="15"/>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9" s="15"/>
       <c r="S9" s="15"/>
       <c r="T9" s="15"/>
     </row>
-    <row r="10" spans="1:20" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="T10" s="36"/>
+    <row r="10" spans="1:20" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" s="34"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
+      <c r="E10" s="34"/>
+      <c r="F10" s="34"/>
+      <c r="G10" s="34"/>
+      <c r="H10" s="34"/>
+      <c r="I10" s="34"/>
+      <c r="J10" s="34"/>
+      <c r="K10" s="34"/>
+      <c r="L10" s="34"/>
+      <c r="M10" s="34"/>
+      <c r="N10" s="34"/>
+      <c r="O10" s="34"/>
+      <c r="P10" s="34"/>
+      <c r="Q10" s="34"/>
+      <c r="R10" s="34"/>
+      <c r="S10" s="34"/>
+      <c r="T10" s="34"/>
     </row>
-    <row r="11" spans="1:20" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="40" t="s">
+    <row r="11" spans="1:20" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="37" t="s">
         <v>48</v>
       </c>
-      <c r="B11" s="36"/>
+      <c r="B11" s="34"/>
     </row>
-    <row r="12" spans="1:20" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="40" t="s">
+    <row r="12" spans="1:20" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="B12" s="36"/>
+      <c r="B12" s="34"/>
     </row>
-    <row r="13" spans="1:20" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:20" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="B13" s="34"/>
+    </row>
+    <row r="14" spans="1:20" s="20" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="35" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>7</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A10" r:id="rId1" display="Source: NIH PUB File" xr:uid="{E48F41B2-3415-45C3-8A1A-DBA722B80F01}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A11" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{5DE2E418-6564-46D3-845E-DC7EB85D24FB}"/>
+    <hyperlink ref="A12" r:id="rId1" xr:uid="{B2DB427B-0944-4339-BCB5-7B5C1511E885}"/>
+    <hyperlink ref="A11" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{5DE2E418-6564-46D3-845E-DC7EB85D24FB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...44 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -13175,50 +13665,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -13314,162 +13809,214 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">111-23</Password>
+    <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
+    <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">574</RePORT_x0023_>
+    <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst1>
+    <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">111</Table_x0023_>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">Yes</Contracts>
+    <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Url>https://report.nih.gov/reportweb/web/displayreport?rId=569</Url>
+      <Description>Grants, Contracts, and Other Mechanisms: Awards, average funding, and total funding by Institute/Center</Description>
+    </RePORTTitleandLink>
+    <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Liang, Shuwen (NIH/OD) [E]</DisplayName>
+        <AccountId>32</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst2>
+    <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3570F121-8DB3-42A8-A98C-254EBBB275C8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B92AE6AD-FFA7-4106-B9F0-3ECE73108FD8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EC892A8-474D-4F0A-8C0E-36AF3C764DB3}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F83917EE-DD7D-4C46-B924-EDCA597D7230}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF1BEBD3-EA01-4CBC-8320-1DB6DD8D96C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EC892A8-474D-4F0A-8C0E-36AF3C764DB3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B92AE6AD-FFA7-4106-B9F0-3ECE73108FD8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3570F121-8DB3-42A8-A98C-254EBBB275C8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Table #111</vt:lpstr>
       <vt:lpstr>Notes</vt:lpstr>
       <vt:lpstr>'Table #111'!Print_Area</vt:lpstr>
       <vt:lpstr>'Table #111'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>OD</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>T111 ALL AWARDS- by Inst Type.xls</dc:title>
+  <dc:subject/>
   <dc:creator>grahamn</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Primary">
     <vt:lpwstr>Bob</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>5600</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Table #">
     <vt:lpwstr>111</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Source File">
     <vt:lpwstr>PUB</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Secondary">
     <vt:lpwstr>Rediet</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="blank">
     <vt:lpwstr>http://report.nih.gov/FileLink.aspx?rid=574, All extramural awards: Number of awards and organizations funded, by organization type, 1999-2008</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentType">
     <vt:lpwstr>Document</vt:lpwstr>