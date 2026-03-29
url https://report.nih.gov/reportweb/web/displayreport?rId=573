--- v0 (2025-10-17)
+++ v1 (2026-03-29)
@@ -1,180 +1,143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{08CCA694-BAFC-4907-AD7B-65B442F829EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{611E7B7B-F1D0-41E5-9880-E5F46769F145}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #214" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
     <sheet name="Success Rate Definition" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Notes!#REF!</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #214'!$A$2:$J$2</definedName>
     <definedName name="OLE_LINK1" localSheetId="1">Notes!#REF!</definedName>
     <definedName name="OLE_LINK1" localSheetId="0">'Table #214'!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Notes!#REF!</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #214'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="27">
   <si>
     <t>FY</t>
   </si>
   <si>
     <t>First (Original) Submission (A0)</t>
   </si>
   <si>
     <t>First Resubmission (A1)</t>
-  </si>
-[...1 lines deleted...]
-    <t>TOTAL</t>
   </si>
   <si>
     <t>First (Original)
 Submission (A0)</t>
   </si>
   <si>
     <t>First Resubmission
 (A1)</t>
   </si>
   <si>
     <t xml:space="preserve">First (Original) Submission (A0) </t>
   </si>
   <si>
     <t>Research Project Grants</t>
   </si>
   <si>
     <t>R01-Equivalent Grants</t>
   </si>
   <si>
     <t>return to table</t>
   </si>
   <si>
     <t>Research Project Grants - Number of Applications Reviewed</t>
   </si>
   <si>
     <t>Research Project Grants - Number of Applications Awarded</t>
   </si>
   <si>
     <t>Research Project Grants - Success Rate</t>
   </si>
   <si>
-    <t>Research Project Grants - Total Funding</t>
-[...13 lines deleted...]
-  <si>
     <t>New Aplications by Submission Number</t>
   </si>
   <si>
     <t>NOTES</t>
-  </si>
-[...19 lines deleted...]
-    </r>
   </si>
   <si>
     <t xml:space="preserve">Defined as activity codes DP1, DP2, DP3, DP4, DP5, P01, PN1, PM1, R00, R01, R03, R15, R16, R21, R22, R23, R29, R33, R34, R35, R36, R37, R61, R50, R55, R56, RC1, RC2, RC3, RC4, RF1, RL1, RL2, RL9, RM1, SI2, UA5, UC1, UC2, UC3, UC4, UC7, UF1, UG3, UH2, UH3, UH5, UM1, UM2, U01, U19, U34, and U3R. Research projects were first coded to NLM in fiscal year 2007. Not all of these activities may be in use by NIH every year.
 </t>
   </si>
   <si>
     <t xml:space="preserve"> Defined as activity codes DP1, DP2, DP5, R01, R37, R56, RF1, RL1, U01, and R35 from select NIGMS and NHGRI program announcements (PAs).  Not all of these activities may be in use by NIH every year.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Source and Brief Methods:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
@@ -256,70 +219,93 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 11/19/2024</t>
+    <t>Data last updated 02/18/2026</t>
+  </si>
+  <si>
+    <t>Table #214: NIH Research Project Grants and R01-Equivalent Grants - New Competing Applications, Awards, Success Rates, andFY Total Funding by Submission Number, Fiscal Years 2015 - 2025</t>
+  </si>
+  <si>
+    <t>FY Total</t>
+  </si>
+  <si>
+    <t>R01-Equivalent Grants -       Number of Applications Reviewed</t>
+  </si>
+  <si>
+    <t>R01-Equivalent Grants -     Number of Applications Awarded</t>
+  </si>
+  <si>
+    <t>R01-Equivalent Grants -     Success Rate</t>
+  </si>
+  <si>
+    <t>Research Project Grants -           Total Funding</t>
+  </si>
+  <si>
+    <t>R01 Equivalent Grants -             Total Funding</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="12">
+  <numFmts count="14">
+    <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
     <numFmt numFmtId="166" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="168" formatCode="#0.0%"/>
     <numFmt numFmtId="169" formatCode="####0"/>
     <numFmt numFmtId="170" formatCode="##,##0"/>
     <numFmt numFmtId="171" formatCode="##0.0%"/>
     <numFmt numFmtId="172" formatCode="\$##,###,###,##0"/>
+    <numFmt numFmtId="173" formatCode="0.0\%"/>
   </numFmts>
   <fonts count="43" x14ac:knownFonts="1">
     <font>
       <sz val="9"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="9"/>
       <color indexed="12"/>
@@ -558,51 +544,51 @@
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="29">
+  <fills count="30">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -705,52 +691,58 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="14">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -876,50 +868,87 @@
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC1C1C1"/>
       </left>
       <right style="thin">
         <color rgb="FFC1C1C1"/>
       </right>
       <top style="thin">
         <color rgb="FFC1C1C1"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC1C1C1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="medium">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1780">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -2707,84 +2736,66 @@
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="83">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="42" fontId="30" fillId="24" borderId="0" xfId="1027" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="30" fillId="24" borderId="0" xfId="1027" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="29" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="30" fillId="24" borderId="0" xfId="1027" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="31" fillId="24" borderId="0" xfId="1027" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="31" fillId="24" borderId="0" xfId="1027" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="31" fillId="24" borderId="0" xfId="1060" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="24" borderId="0" xfId="1773" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="24" borderId="0" xfId="1773" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="1773" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="36" fillId="25" borderId="0" xfId="1305" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
@@ -2941,52 +2952,107 @@
     </xf>
     <xf numFmtId="169" fontId="39" fillId="26" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="26" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="170" fontId="39" fillId="26" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="171" fontId="39" fillId="26" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="172" fontId="39" fillId="26" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="25" borderId="0" xfId="1773" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="1779" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="1779" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="27" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="38" fillId="27" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="173" fontId="38" fillId="27" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="5" fontId="38" fillId="27" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="38" fillId="27" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="5" fontId="38" fillId="27" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="39" fillId="26" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="173" fontId="39" fillId="26" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="5" fontId="39" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="37" fontId="39" fillId="26" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="5" fontId="39" fillId="26" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="29" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="34" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="28" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="28" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="1305" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1780">
     <cellStyle name="20% - Accent1 10" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 15" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 16" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 17" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 18" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 19" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 2 10" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 2 11" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 2 12" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 2 13" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 2 14" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 2 15" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 2 16" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent1 2 17" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
@@ -4730,51 +4796,142 @@
     <cellStyle name="Warning Text 2 13" xfId="1748" xr:uid="{00000000-0005-0000-0000-0000D6060000}"/>
     <cellStyle name="Warning Text 2 14" xfId="1749" xr:uid="{00000000-0005-0000-0000-0000D7060000}"/>
     <cellStyle name="Warning Text 2 15" xfId="1750" xr:uid="{00000000-0005-0000-0000-0000D8060000}"/>
     <cellStyle name="Warning Text 2 16" xfId="1751" xr:uid="{00000000-0005-0000-0000-0000D9060000}"/>
     <cellStyle name="Warning Text 2 17" xfId="1752" xr:uid="{00000000-0005-0000-0000-0000DA060000}"/>
     <cellStyle name="Warning Text 2 18" xfId="1753" xr:uid="{00000000-0005-0000-0000-0000DB060000}"/>
     <cellStyle name="Warning Text 2 19" xfId="1754" xr:uid="{00000000-0005-0000-0000-0000DC060000}"/>
     <cellStyle name="Warning Text 2 2" xfId="1755" xr:uid="{00000000-0005-0000-0000-0000DD060000}"/>
     <cellStyle name="Warning Text 2 20" xfId="1756" xr:uid="{00000000-0005-0000-0000-0000DE060000}"/>
     <cellStyle name="Warning Text 2 3" xfId="1757" xr:uid="{00000000-0005-0000-0000-0000DF060000}"/>
     <cellStyle name="Warning Text 2 4" xfId="1758" xr:uid="{00000000-0005-0000-0000-0000E0060000}"/>
     <cellStyle name="Warning Text 2 5" xfId="1759" xr:uid="{00000000-0005-0000-0000-0000E1060000}"/>
     <cellStyle name="Warning Text 2 6" xfId="1760" xr:uid="{00000000-0005-0000-0000-0000E2060000}"/>
     <cellStyle name="Warning Text 2 7" xfId="1761" xr:uid="{00000000-0005-0000-0000-0000E3060000}"/>
     <cellStyle name="Warning Text 2 8" xfId="1762" xr:uid="{00000000-0005-0000-0000-0000E4060000}"/>
     <cellStyle name="Warning Text 2 9" xfId="1763" xr:uid="{00000000-0005-0000-0000-0000E5060000}"/>
     <cellStyle name="Warning Text 20" xfId="1764" xr:uid="{00000000-0005-0000-0000-0000E6060000}"/>
     <cellStyle name="Warning Text 3" xfId="1765" xr:uid="{00000000-0005-0000-0000-0000E7060000}"/>
     <cellStyle name="Warning Text 4" xfId="1766" xr:uid="{00000000-0005-0000-0000-0000E8060000}"/>
     <cellStyle name="Warning Text 5" xfId="1767" xr:uid="{00000000-0005-0000-0000-0000E9060000}"/>
     <cellStyle name="Warning Text 6" xfId="1768" xr:uid="{00000000-0005-0000-0000-0000EA060000}"/>
     <cellStyle name="Warning Text 7" xfId="1769" xr:uid="{00000000-0005-0000-0000-0000EB060000}"/>
     <cellStyle name="Warning Text 8" xfId="1770" xr:uid="{00000000-0005-0000-0000-0000EC060000}"/>
     <cellStyle name="Warning Text 9" xfId="1771" xr:uid="{00000000-0005-0000-0000-0000ED060000}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="4">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC1C1C1"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top style="thin">
+          <color rgb="FFC1C1C1"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4" tint="-0.249977111117893"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
@@ -5276,50 +5433,69 @@
             <a:t>Budget Authority: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="900">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> NIH receives a majority of its budget authority through multiple appropriations provided annually under the jurisdiction of the Labor/HHS/Education Appropriations Subcommittee.  NIH also receives resources from the Superfund Research account under the jurisdiction of the Interior Appropriations Subcommittee as well as the Special Type 1 Diabetes mandatory appropriation and reimbursements from other federal agencies.  Beginning in Fiscal Year 2008, success rates for grants funded from the Superfund Research appropriation have been reported separately from success rates calculated for grants funded from Labor/HHS/Education appropriations.   Prior to Fiscal Year 2008, the success rates for the “Other Research” budget mechanism category included grants funded from reimbursable agreements.  This treatment is no longer used beginning in Fiscal Year 2008.  The NIH Research Project Grant success rate provided annually to Congress is based on activities funded from Labor/HHS/Education appropriations and the Special Type 1 Diabetes mandatory account.  Success rates for other budget mechanisms and by type of funding source (e.g..,  Direct Budget Authority from Labor/HHS/Education and Special Type1 Diabetes mandatory account; Superfund; and non-Direct Budget Authority (reimbursables/Gift Fund/Cancer Stamp Fund/Inter-Departmental Delegation of Authority)) are available in some reports. </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="900"/>
         </a:p>
         <a:p>
           <a:endParaRPr lang="en-US" sz="1000"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{B4A71570-11D8-423A-9B7E-C821A60598E1}" name="Table1" displayName="Table1" ref="A2:J35" totalsRowShown="0" headerRowDxfId="3" headerRowBorderDxfId="2" tableBorderDxfId="1">
+  <autoFilter ref="A2:J35" xr:uid="{B4A71570-11D8-423A-9B7E-C821A60598E1}"/>
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{BFEE529E-FB9B-4E91-A047-405EDC6DDB27}" name="FY"/>
+    <tableColumn id="2" xr3:uid="{7013E4E4-A3C2-4D42-AFD8-C7046467A5D3}" name="New Aplications by Submission Number" dataDxfId="0"/>
+    <tableColumn id="3" xr3:uid="{113C85A7-9EEF-47E7-BB68-05520E88EE11}" name="Research Project Grants - Number of Applications Reviewed"/>
+    <tableColumn id="4" xr3:uid="{B99685FF-3CD9-4649-B04E-8D4972FAD5A8}" name="Research Project Grants - Number of Applications Awarded"/>
+    <tableColumn id="5" xr3:uid="{5A663830-6576-4C30-9E65-5D56C15BC912}" name="Research Project Grants - Success Rate"/>
+    <tableColumn id="6" xr3:uid="{EE7C1051-F9F2-48A8-A8C7-09E86768D638}" name="Research Project Grants -           Total Funding"/>
+    <tableColumn id="7" xr3:uid="{91F2F907-1635-416F-A284-21ECA321A233}" name="R01-Equivalent Grants -       Number of Applications Reviewed"/>
+    <tableColumn id="8" xr3:uid="{B06ABF6B-DCA4-4D90-AF11-9F9CABBA3904}" name="R01-Equivalent Grants -     Number of Applications Awarded"/>
+    <tableColumn id="9" xr3:uid="{81832060-CA00-4560-9118-E9CFE0A83822}" name="R01-Equivalent Grants -     Success Rate"/>
+    <tableColumn id="10" xr3:uid="{BE0FC290-79E5-48BB-8FB7-94B16A3B3730}" name="R01 Equivalent Grants -             Total Funding"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -5562,1281 +5738,1382 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J32"/>
+  <dimension ref="A1:J35"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.75" style="12" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="11" max="16384" width="9.125" style="2"/>
+    <col min="1" max="1" width="15.75" style="7" customWidth="1"/>
+    <col min="2" max="2" width="42.125" style="7" customWidth="1"/>
+    <col min="3" max="4" width="32.75" style="8" customWidth="1"/>
+    <col min="5" max="5" width="32.75" style="3" customWidth="1"/>
+    <col min="6" max="6" width="32.75" style="4" customWidth="1"/>
+    <col min="7" max="8" width="32.75" style="9" customWidth="1"/>
+    <col min="9" max="9" width="32.75" style="10" customWidth="1"/>
+    <col min="10" max="10" width="32.75" style="11" customWidth="1"/>
+    <col min="11" max="16384" width="9.125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="11" t="s">
+    <row r="1" spans="1:10" s="90" customFormat="1" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="91" t="s">
         <v>20</v>
       </c>
-      <c r="C1" s="13"/>
-[...6 lines deleted...]
-      <c r="J1" s="1"/>
+      <c r="B1" s="87"/>
+      <c r="C1" s="88"/>
+      <c r="D1" s="88"/>
+      <c r="E1" s="89"/>
+      <c r="F1" s="89"/>
+      <c r="G1" s="88"/>
+      <c r="H1" s="88"/>
+      <c r="I1" s="89"/>
+      <c r="J1" s="89"/>
     </row>
-    <row r="2" spans="1:10" s="18" customFormat="1" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="8" t="s">
+    <row r="2" spans="1:10" s="12" customFormat="1" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="92" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="8" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="8" t="s">
+      <c r="B2" s="92" t="s">
+        <v>12</v>
+      </c>
+      <c r="C2" s="92" t="s">
+        <v>9</v>
+      </c>
+      <c r="D2" s="92" t="s">
         <v>10</v>
       </c>
-      <c r="D2" s="8" t="s">
+      <c r="E2" s="92" t="s">
         <v>11</v>
       </c>
-      <c r="E2" s="8" t="s">
-[...15 lines deleted...]
-        <v>17</v>
+      <c r="F2" s="93" t="s">
+        <v>25</v>
+      </c>
+      <c r="G2" s="94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" s="92" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" s="92" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" s="92" t="s">
+        <v>26</v>
       </c>
     </row>
-    <row r="3" spans="1:10" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="27">
+    <row r="3" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="21">
         <v>2015</v>
       </c>
-      <c r="B3" s="28" t="s">
+      <c r="B3" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="29">
+      <c r="C3" s="23">
         <v>36164</v>
       </c>
-      <c r="D3" s="29">
+      <c r="D3" s="23">
         <v>4168</v>
       </c>
-      <c r="E3" s="40">
+      <c r="E3" s="34">
         <v>0.115</v>
       </c>
-      <c r="F3" s="30">
+      <c r="F3" s="24">
         <v>2008377267</v>
       </c>
-      <c r="G3" s="31">
+      <c r="G3" s="25">
         <v>18171</v>
       </c>
-      <c r="H3" s="29">
+      <c r="H3" s="23">
         <v>1924</v>
       </c>
-      <c r="I3" s="40">
+      <c r="I3" s="34">
         <v>0.106</v>
       </c>
-      <c r="J3" s="32">
+      <c r="J3" s="26">
         <v>874232152</v>
       </c>
     </row>
-    <row r="4" spans="1:10" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="27">
+    <row r="4" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="21">
         <v>2015</v>
       </c>
-      <c r="B4" s="28" t="s">
+      <c r="B4" s="22" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="29">
+      <c r="C4" s="23">
         <v>11174</v>
       </c>
-      <c r="D4" s="29">
+      <c r="D4" s="23">
         <v>3567</v>
       </c>
-      <c r="E4" s="40">
+      <c r="E4" s="34">
         <v>0.31900000000000001</v>
       </c>
-      <c r="F4" s="30">
+      <c r="F4" s="24">
         <v>1348175311</v>
       </c>
-      <c r="G4" s="31">
+      <c r="G4" s="25">
         <v>6420</v>
       </c>
-      <c r="H4" s="29">
+      <c r="H4" s="23">
         <v>2014</v>
       </c>
-      <c r="I4" s="40">
+      <c r="I4" s="34">
         <v>0.314</v>
       </c>
-      <c r="J4" s="32">
+      <c r="J4" s="26">
         <v>912379257</v>
       </c>
     </row>
-    <row r="5" spans="1:10" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="33">
+    <row r="5" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="27">
         <v>2015</v>
       </c>
-      <c r="B5" s="33" t="s">
+      <c r="B5" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" s="28">
+        <v>47338</v>
+      </c>
+      <c r="D5" s="28">
+        <v>7735</v>
+      </c>
+      <c r="E5" s="29">
+        <v>0.16300000000000001</v>
+      </c>
+      <c r="F5" s="30">
+        <v>3356552578</v>
+      </c>
+      <c r="G5" s="31">
+        <v>24591</v>
+      </c>
+      <c r="H5" s="28">
+        <v>3938</v>
+      </c>
+      <c r="I5" s="32">
+        <v>0.16</v>
+      </c>
+      <c r="J5" s="33">
+        <v>1786611409</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="21">
+        <v>2016</v>
+      </c>
+      <c r="B6" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="C6" s="23">
+        <v>37497</v>
+      </c>
+      <c r="D6" s="23">
+        <v>4848</v>
+      </c>
+      <c r="E6" s="34">
+        <v>0.129</v>
+      </c>
+      <c r="F6" s="24">
+        <v>2507601928</v>
+      </c>
+      <c r="G6" s="25">
+        <v>18691</v>
+      </c>
+      <c r="H6" s="23">
+        <v>2248</v>
+      </c>
+      <c r="I6" s="34">
+        <v>0.12</v>
+      </c>
+      <c r="J6" s="26">
+        <v>1248669338</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="21">
+        <v>2016</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C7" s="23">
+        <v>12465</v>
+      </c>
+      <c r="D7" s="23">
+        <v>3854</v>
+      </c>
+      <c r="E7" s="34">
+        <v>0.309</v>
+      </c>
+      <c r="F7" s="24">
+        <v>1582262681</v>
+      </c>
+      <c r="G7" s="25">
+        <v>7555</v>
+      </c>
+      <c r="H7" s="23">
+        <v>2342</v>
+      </c>
+      <c r="I7" s="34">
+        <v>0.31</v>
+      </c>
+      <c r="J7" s="26">
+        <v>1128744694</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="27">
+        <v>2016</v>
+      </c>
+      <c r="B8" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="28">
+        <v>49962</v>
+      </c>
+      <c r="D8" s="28">
+        <v>8702</v>
+      </c>
+      <c r="E8" s="29">
+        <v>0.17399999999999999</v>
+      </c>
+      <c r="F8" s="30">
+        <v>4089864609</v>
+      </c>
+      <c r="G8" s="31">
+        <v>26246</v>
+      </c>
+      <c r="H8" s="28">
+        <v>4590</v>
+      </c>
+      <c r="I8" s="32">
+        <v>0.17499999999999999</v>
+      </c>
+      <c r="J8" s="33">
+        <v>2377414032</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="21">
+        <v>2017</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="C9" s="23">
+        <v>38167</v>
+      </c>
+      <c r="D9" s="23">
+        <v>4966</v>
+      </c>
+      <c r="E9" s="34">
+        <v>0.13011240076506</v>
+      </c>
+      <c r="F9" s="24">
+        <v>2811046534</v>
+      </c>
+      <c r="G9" s="25">
+        <v>20131</v>
+      </c>
+      <c r="H9" s="23">
+        <v>2442</v>
+      </c>
+      <c r="I9" s="34">
+        <v>0.12130544930704</v>
+      </c>
+      <c r="J9" s="26">
+        <v>1624534972</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="21">
+        <v>2017</v>
+      </c>
+      <c r="B10" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="C10" s="23">
+        <v>12009</v>
+      </c>
+      <c r="D10" s="23">
+        <v>3610</v>
+      </c>
+      <c r="E10" s="34">
+        <v>0.30060787742526002</v>
+      </c>
+      <c r="F10" s="24">
+        <v>1571031821</v>
+      </c>
+      <c r="G10" s="25">
+        <v>7658</v>
+      </c>
+      <c r="H10" s="23">
+        <v>2296</v>
+      </c>
+      <c r="I10" s="34">
+        <v>0.29981718464350998</v>
+      </c>
+      <c r="J10" s="26">
+        <v>1165217451</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="27">
+        <v>2017</v>
+      </c>
+      <c r="B11" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" s="28">
+        <v>50176</v>
+      </c>
+      <c r="D11" s="28">
+        <v>8576</v>
+      </c>
+      <c r="E11" s="29">
+        <v>0.17091836734693999</v>
+      </c>
+      <c r="F11" s="30">
+        <v>4382078355</v>
+      </c>
+      <c r="G11" s="31">
+        <v>27789</v>
+      </c>
+      <c r="H11" s="28">
+        <v>4738</v>
+      </c>
+      <c r="I11" s="32">
+        <v>0.17049911835618001</v>
+      </c>
+      <c r="J11" s="33">
+        <v>2789752423</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="35">
+        <v>2018</v>
+      </c>
+      <c r="B12" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="34">
-[...21 lines deleted...]
-        <v>1786611409</v>
+      <c r="C12" s="37">
+        <v>38856</v>
+      </c>
+      <c r="D12" s="37">
+        <v>5561</v>
+      </c>
+      <c r="E12" s="38">
+        <v>0.14311817994647</v>
+      </c>
+      <c r="F12" s="39">
+        <v>2934022587</v>
+      </c>
+      <c r="G12" s="40">
+        <v>23326</v>
+      </c>
+      <c r="H12" s="37">
+        <v>3516</v>
+      </c>
+      <c r="I12" s="38">
+        <v>0.15073308754180001</v>
+      </c>
+      <c r="J12" s="41">
+        <v>2236194239</v>
       </c>
     </row>
-    <row r="6" spans="1:10" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B6" s="28" t="s">
+    <row r="13" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="36">
+        <v>2018</v>
+      </c>
+      <c r="B13" s="36" t="s">
+        <v>4</v>
+      </c>
+      <c r="C13" s="42">
+        <v>12630</v>
+      </c>
+      <c r="D13" s="42">
+        <v>4067</v>
+      </c>
+      <c r="E13" s="43">
+        <v>0.32201108471891998</v>
+      </c>
+      <c r="F13" s="44">
+        <v>1817858717</v>
+      </c>
+      <c r="G13" s="45">
+        <v>8099</v>
+      </c>
+      <c r="H13" s="42">
+        <v>2632</v>
+      </c>
+      <c r="I13" s="46">
+        <v>0.32497839239412002</v>
+      </c>
+      <c r="J13" s="47">
+        <v>1449684312</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="27">
+        <v>2018</v>
+      </c>
+      <c r="B14" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="28">
+        <v>51486</v>
+      </c>
+      <c r="D14" s="28">
+        <v>9628</v>
+      </c>
+      <c r="E14" s="29">
+        <v>0.18700229188517001</v>
+      </c>
+      <c r="F14" s="30">
+        <v>4751881304</v>
+      </c>
+      <c r="G14" s="31">
+        <v>31425</v>
+      </c>
+      <c r="H14" s="28">
+        <v>6148</v>
+      </c>
+      <c r="I14" s="32">
+        <v>0.19564041368337001</v>
+      </c>
+      <c r="J14" s="33">
+        <v>3685878551</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="35">
+        <v>2019</v>
+      </c>
+      <c r="B15" s="36" t="s">
+        <v>5</v>
+      </c>
+      <c r="C15" s="37">
+        <v>39180</v>
+      </c>
+      <c r="D15" s="37">
+        <v>5825</v>
+      </c>
+      <c r="E15" s="38">
+        <v>0.14867279224093999</v>
+      </c>
+      <c r="F15" s="39">
+        <v>3738206863</v>
+      </c>
+      <c r="G15" s="40">
+        <v>23807</v>
+      </c>
+      <c r="H15" s="37">
+        <v>3516</v>
+      </c>
+      <c r="I15" s="38">
+        <v>0.14768765489141999</v>
+      </c>
+      <c r="J15" s="41">
+        <v>2500173383</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="36">
+        <v>2019</v>
+      </c>
+      <c r="B16" s="36" t="s">
+        <v>2</v>
+      </c>
+      <c r="C16" s="42">
+        <v>12515</v>
+      </c>
+      <c r="D16" s="42">
+        <v>3822</v>
+      </c>
+      <c r="E16" s="43">
+        <v>0.30539352776668</v>
+      </c>
+      <c r="F16" s="44">
+        <v>1853036924</v>
+      </c>
+      <c r="G16" s="45">
+        <v>8291</v>
+      </c>
+      <c r="H16" s="42">
+        <v>2579</v>
+      </c>
+      <c r="I16" s="46">
+        <v>0.31106018574358002</v>
+      </c>
+      <c r="J16" s="47">
+        <v>1482820699</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="27">
+        <v>2019</v>
+      </c>
+      <c r="B17" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="28">
+        <v>51695</v>
+      </c>
+      <c r="D17" s="28">
+        <v>9647</v>
+      </c>
+      <c r="E17" s="29">
+        <v>0.18661379243640999</v>
+      </c>
+      <c r="F17" s="30">
+        <v>5591243787</v>
+      </c>
+      <c r="G17" s="31">
+        <v>32098</v>
+      </c>
+      <c r="H17" s="28">
+        <v>6095</v>
+      </c>
+      <c r="I17" s="32">
+        <v>0.18988722038756001</v>
+      </c>
+      <c r="J17" s="33">
+        <v>3982994082</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="35">
+        <v>2020</v>
+      </c>
+      <c r="B18" s="36" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="29">
-[...21 lines deleted...]
-        <v>1248669338</v>
+      <c r="C18" s="37">
+        <v>39424</v>
+      </c>
+      <c r="D18" s="37">
+        <v>5939</v>
+      </c>
+      <c r="E18" s="38">
+        <v>0.15064427759740001</v>
+      </c>
+      <c r="F18" s="39">
+        <v>3367004415</v>
+      </c>
+      <c r="G18" s="40">
+        <v>24948</v>
+      </c>
+      <c r="H18" s="37">
+        <v>3789</v>
+      </c>
+      <c r="I18" s="38">
+        <v>0.1518759018759</v>
+      </c>
+      <c r="J18" s="41">
+        <v>2571229221</v>
       </c>
     </row>
-    <row r="7" spans="1:10" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B7" s="28" t="s">
+    <row r="19" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="36">
+        <v>2020</v>
+      </c>
+      <c r="B19" s="36" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="29">
-[...21 lines deleted...]
-        <v>1128744694</v>
+      <c r="C19" s="42">
+        <v>12337</v>
+      </c>
+      <c r="D19" s="42">
+        <v>3935</v>
+      </c>
+      <c r="E19" s="43">
+        <v>0.31895922833752</v>
+      </c>
+      <c r="F19" s="44">
+        <v>2013564454</v>
+      </c>
+      <c r="G19" s="45">
+        <v>8222</v>
+      </c>
+      <c r="H19" s="42">
+        <v>2636</v>
+      </c>
+      <c r="I19" s="46">
+        <v>0.32060325954756003</v>
+      </c>
+      <c r="J19" s="47">
+        <v>1556646621</v>
       </c>
     </row>
-    <row r="8" spans="1:10" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B8" s="33" t="s">
+    <row r="20" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="27">
+        <v>2020</v>
+      </c>
+      <c r="B20" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C20" s="28">
+        <v>51761</v>
+      </c>
+      <c r="D20" s="28">
+        <v>9874</v>
+      </c>
+      <c r="E20" s="29">
+        <v>0.19076138405363</v>
+      </c>
+      <c r="F20" s="30">
+        <v>5380568869</v>
+      </c>
+      <c r="G20" s="31">
+        <v>33170</v>
+      </c>
+      <c r="H20" s="28">
+        <v>6425</v>
+      </c>
+      <c r="I20" s="32">
+        <v>0.19369912571601</v>
+      </c>
+      <c r="J20" s="33">
+        <v>4127875842</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="35">
+        <v>2021</v>
+      </c>
+      <c r="B21" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="C8" s="34">
-[...21 lines deleted...]
-        <v>2377414032</v>
+      <c r="C21" s="37">
+        <v>42908</v>
+      </c>
+      <c r="D21" s="37">
+        <v>5873</v>
+      </c>
+      <c r="E21" s="38">
+        <v>0.13687424256549</v>
+      </c>
+      <c r="F21" s="39">
+        <v>3411881753</v>
+      </c>
+      <c r="G21" s="40">
+        <v>26352</v>
+      </c>
+      <c r="H21" s="37">
+        <v>3704</v>
+      </c>
+      <c r="I21" s="38">
+        <v>0.14055859137825999</v>
+      </c>
+      <c r="J21" s="41">
+        <v>2541143257</v>
       </c>
     </row>
-    <row r="9" spans="1:10" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B9" s="28" t="s">
+    <row r="22" spans="1:10" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="36">
+        <v>2021</v>
+      </c>
+      <c r="B22" s="36" t="s">
+        <v>4</v>
+      </c>
+      <c r="C22" s="42">
+        <v>12510</v>
+      </c>
+      <c r="D22" s="42">
+        <v>3855</v>
+      </c>
+      <c r="E22" s="43">
+        <v>0.30815347721823</v>
+      </c>
+      <c r="F22" s="44">
+        <v>1968313440</v>
+      </c>
+      <c r="G22" s="45">
+        <v>8422</v>
+      </c>
+      <c r="H22" s="42">
+        <v>2559</v>
+      </c>
+      <c r="I22" s="46">
+        <v>0.30384706720493998</v>
+      </c>
+      <c r="J22" s="47">
+        <v>1512299217</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="27">
+        <v>2021</v>
+      </c>
+      <c r="B23" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C23" s="28">
+        <v>55418</v>
+      </c>
+      <c r="D23" s="28">
+        <v>9728</v>
+      </c>
+      <c r="E23" s="29">
+        <v>0.17553863365693001</v>
+      </c>
+      <c r="F23" s="30">
+        <v>5380195193</v>
+      </c>
+      <c r="G23" s="31">
+        <v>34774</v>
+      </c>
+      <c r="H23" s="28">
+        <v>6263</v>
+      </c>
+      <c r="I23" s="32">
+        <v>0.18010582619198001</v>
+      </c>
+      <c r="J23" s="33">
+        <v>4053442474</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="35">
+        <v>2022</v>
+      </c>
+      <c r="B24" s="36" t="s">
+        <v>3</v>
+      </c>
+      <c r="C24" s="37">
+        <v>37726</v>
+      </c>
+      <c r="D24" s="37">
+        <v>5683</v>
+      </c>
+      <c r="E24" s="38">
+        <v>0.15063881673116999</v>
+      </c>
+      <c r="F24" s="39">
+        <v>3531883449</v>
+      </c>
+      <c r="G24" s="40">
+        <v>24101</v>
+      </c>
+      <c r="H24" s="37">
+        <v>3713</v>
+      </c>
+      <c r="I24" s="38">
+        <v>0.15405999751048</v>
+      </c>
+      <c r="J24" s="41">
+        <v>2589470199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="36">
+        <v>2022</v>
+      </c>
+      <c r="B25" s="36" t="s">
+        <v>4</v>
+      </c>
+      <c r="C25" s="42">
+        <v>13592</v>
+      </c>
+      <c r="D25" s="42">
+        <v>4178</v>
+      </c>
+      <c r="E25" s="43">
+        <v>0.30738669805767999</v>
+      </c>
+      <c r="F25" s="44">
+        <v>2116081321</v>
+      </c>
+      <c r="G25" s="45">
+        <v>9092</v>
+      </c>
+      <c r="H25" s="42">
+        <v>2798</v>
+      </c>
+      <c r="I25" s="46">
+        <v>0.30774307083149999</v>
+      </c>
+      <c r="J25" s="47">
+        <v>1692906298</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="27">
+        <v>2022</v>
+      </c>
+      <c r="B26" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="C26" s="28">
+        <v>51318</v>
+      </c>
+      <c r="D26" s="28">
+        <v>9861</v>
+      </c>
+      <c r="E26" s="29">
+        <v>0.19215479948556</v>
+      </c>
+      <c r="F26" s="30">
+        <v>5647964770</v>
+      </c>
+      <c r="G26" s="31">
+        <v>33193</v>
+      </c>
+      <c r="H26" s="28">
+        <v>6511</v>
+      </c>
+      <c r="I26" s="32">
+        <v>0.19615581598529999</v>
+      </c>
+      <c r="J26" s="33">
+        <v>4282376497</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="48">
+        <v>2023</v>
+      </c>
+      <c r="B27" s="49" t="s">
         <v>1</v>
       </c>
-      <c r="C9" s="29">
-[...21 lines deleted...]
-        <v>1624534972</v>
+      <c r="C27" s="50">
+        <v>36204</v>
+      </c>
+      <c r="D27" s="50">
+        <v>5737</v>
+      </c>
+      <c r="E27" s="51">
+        <v>0.15846315324273999</v>
+      </c>
+      <c r="F27" s="52">
+        <v>3471816319</v>
+      </c>
+      <c r="G27" s="53">
+        <v>23479</v>
+      </c>
+      <c r="H27" s="50">
+        <v>3661</v>
+      </c>
+      <c r="I27" s="51">
+        <v>0.15592657268196999</v>
+      </c>
+      <c r="J27" s="54">
+        <v>2501762735</v>
       </c>
     </row>
-    <row r="10" spans="1:10" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B10" s="28" t="s">
+    <row r="28" spans="1:10" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A28" s="48">
+        <v>2023</v>
+      </c>
+      <c r="B28" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="C10" s="29">
-[...21 lines deleted...]
-        <v>1165217451</v>
+      <c r="C28" s="50">
+        <v>12456</v>
+      </c>
+      <c r="D28" s="50">
+        <v>3895</v>
+      </c>
+      <c r="E28" s="51">
+        <v>0.31270070648683002</v>
+      </c>
+      <c r="F28" s="52">
+        <v>2242644299</v>
+      </c>
+      <c r="G28" s="53">
+        <v>8559</v>
+      </c>
+      <c r="H28" s="50">
+        <v>2623</v>
+      </c>
+      <c r="I28" s="51">
+        <v>0.30646103516765999</v>
+      </c>
+      <c r="J28" s="54">
+        <v>1744544011</v>
       </c>
     </row>
-    <row r="11" spans="1:10" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...512 lines deleted...]
-      <c r="A27" s="54">
+    <row r="29" spans="1:10" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="55">
         <v>2023</v>
       </c>
-      <c r="B27" s="55" t="s">
-[...66 lines deleted...]
-      <c r="C29" s="63">
+      <c r="B29" s="56" t="s">
+        <v>21</v>
+      </c>
+      <c r="C29" s="57">
         <v>48660</v>
       </c>
-      <c r="D29" s="63">
+      <c r="D29" s="57">
         <v>9632</v>
       </c>
-      <c r="E29" s="64">
+      <c r="E29" s="58">
         <v>0.19794492396218999</v>
       </c>
-      <c r="F29" s="65">
+      <c r="F29" s="59">
         <v>5714460618</v>
       </c>
-      <c r="G29" s="66">
+      <c r="G29" s="60">
         <v>32038</v>
       </c>
-      <c r="H29" s="63">
+      <c r="H29" s="57">
         <v>6284</v>
       </c>
-      <c r="I29" s="64">
+      <c r="I29" s="58">
         <v>0.19614208127848001</v>
       </c>
-      <c r="J29" s="67">
+      <c r="J29" s="61">
         <v>4246306746</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="68">
+      <c r="A30" s="62">
         <v>2024</v>
       </c>
-      <c r="B30" s="72" t="s">
+      <c r="B30" s="66" t="s">
         <v>1</v>
       </c>
-      <c r="C30" s="69">
+      <c r="C30" s="63">
         <v>39065</v>
       </c>
-      <c r="D30" s="69">
+      <c r="D30" s="63">
         <v>5323</v>
       </c>
-      <c r="E30" s="70">
+      <c r="E30" s="64">
         <v>0.13626007935491999</v>
       </c>
-      <c r="F30" s="58">
+      <c r="F30" s="52">
         <v>3082602867</v>
       </c>
-      <c r="G30" s="69">
+      <c r="G30" s="63">
         <v>25312</v>
       </c>
-      <c r="H30" s="69">
+      <c r="H30" s="63">
         <v>3350</v>
       </c>
-      <c r="I30" s="70">
+      <c r="I30" s="64">
         <v>0.13234829329962</v>
       </c>
-      <c r="J30" s="71">
+      <c r="J30" s="65">
         <v>2277740390</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="68">
+      <c r="A31" s="62">
         <v>2024</v>
       </c>
-      <c r="B31" s="72" t="s">
+      <c r="B31" s="66" t="s">
         <v>2</v>
       </c>
-      <c r="C31" s="69">
+      <c r="C31" s="63">
         <v>12905</v>
       </c>
-      <c r="D31" s="69">
+      <c r="D31" s="63">
         <v>3546</v>
       </c>
-      <c r="E31" s="70">
+      <c r="E31" s="64">
         <v>0.27477721813250999</v>
       </c>
-      <c r="F31" s="58">
+      <c r="F31" s="52">
         <v>1964119557</v>
       </c>
-      <c r="G31" s="69">
+      <c r="G31" s="63">
         <v>8955</v>
       </c>
-      <c r="H31" s="69">
+      <c r="H31" s="63">
         <v>2379</v>
       </c>
-      <c r="I31" s="70">
+      <c r="I31" s="64">
         <v>0.26566164154103999</v>
       </c>
-      <c r="J31" s="71">
+      <c r="J31" s="65">
         <v>1540297317</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="73">
+      <c r="A32" s="67">
         <v>2024</v>
       </c>
-      <c r="B32" s="74" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="75">
+      <c r="B32" s="68" t="s">
+        <v>21</v>
+      </c>
+      <c r="C32" s="69">
         <v>51970</v>
       </c>
-      <c r="D32" s="75">
+      <c r="D32" s="69">
         <v>8869</v>
       </c>
-      <c r="E32" s="76">
+      <c r="E32" s="70">
         <v>0.17065614777756</v>
       </c>
-      <c r="F32" s="65">
+      <c r="F32" s="59">
         <v>5046722424</v>
       </c>
-      <c r="G32" s="75">
+      <c r="G32" s="69">
         <v>34267</v>
       </c>
-      <c r="H32" s="75">
+      <c r="H32" s="69">
         <v>5729</v>
       </c>
-      <c r="I32" s="76">
+      <c r="I32" s="70">
         <v>0.16718708961975001</v>
       </c>
-      <c r="J32" s="77">
+      <c r="J32" s="71">
         <v>3818037707</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="75">
+        <v>2025</v>
+      </c>
+      <c r="B33" s="66" t="s">
+        <v>1</v>
+      </c>
+      <c r="C33" s="76">
+        <v>44114</v>
+      </c>
+      <c r="D33" s="76">
+        <v>4201</v>
+      </c>
+      <c r="E33" s="77">
+        <v>9.5</v>
+      </c>
+      <c r="F33" s="78">
+        <v>3088959587</v>
+      </c>
+      <c r="G33" s="79">
+        <v>28316</v>
+      </c>
+      <c r="H33" s="79">
+        <v>2571</v>
+      </c>
+      <c r="I33" s="77">
+        <v>9.1</v>
+      </c>
+      <c r="J33" s="80">
+        <v>2186579296</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="75">
+        <v>2025</v>
+      </c>
+      <c r="B34" s="66" t="s">
+        <v>2</v>
+      </c>
+      <c r="C34" s="76">
+        <v>14790</v>
+      </c>
+      <c r="D34" s="76">
+        <v>2795</v>
+      </c>
+      <c r="E34" s="77">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="F34" s="78">
+        <v>2092344357</v>
+      </c>
+      <c r="G34" s="79">
+        <v>10241</v>
+      </c>
+      <c r="H34" s="79">
+        <v>1828</v>
+      </c>
+      <c r="I34" s="77">
+        <v>17.8</v>
+      </c>
+      <c r="J34" s="80">
+        <v>1643610771</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="68">
+        <v>2025</v>
+      </c>
+      <c r="B35" s="68" t="s">
+        <v>21</v>
+      </c>
+      <c r="C35" s="81">
+        <v>58904</v>
+      </c>
+      <c r="D35" s="81">
+        <v>6996</v>
+      </c>
+      <c r="E35" s="82">
+        <v>11.9</v>
+      </c>
+      <c r="F35" s="83">
+        <v>5181303944</v>
+      </c>
+      <c r="G35" s="84">
+        <v>38557</v>
+      </c>
+      <c r="H35" s="84">
+        <v>4399</v>
+      </c>
+      <c r="I35" s="82">
+        <v>11.4</v>
+      </c>
+      <c r="J35" s="85">
+        <v>3830190067</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="90" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{038D49FC-8A49-4D54-B815-129A8E7E87A2}">
   <dimension ref="A1:J9"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="41.625" style="26" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="9.125" style="21"/>
+    <col min="1" max="1" width="41.625" style="20" customWidth="1"/>
+    <col min="2" max="2" width="125.75" style="20" customWidth="1"/>
+    <col min="3" max="4" width="25.75" style="4" customWidth="1"/>
+    <col min="5" max="5" width="25.75" style="3" customWidth="1"/>
+    <col min="6" max="6" width="25.75" style="4" customWidth="1"/>
+    <col min="7" max="9" width="25.75" style="10" customWidth="1"/>
+    <col min="10" max="10" width="25.75" style="11" customWidth="1"/>
+    <col min="11" max="16384" width="9.125" style="15"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="19"/>
-[...1 lines deleted...]
-        <v>19</v>
+      <c r="A1" s="13"/>
+      <c r="B1" s="14" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="78" t="s">
-[...11 lines deleted...]
-      <c r="I2" s="23"/>
+      <c r="A2" s="72" t="s">
+        <v>6</v>
+      </c>
+      <c r="B2" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="C2" s="17"/>
+      <c r="D2" s="17"/>
+      <c r="E2" s="17"/>
+      <c r="F2" s="17"/>
+      <c r="G2" s="17"/>
+      <c r="H2" s="17"/>
+      <c r="I2" s="17"/>
     </row>
     <row r="3" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="78" t="s">
-[...11 lines deleted...]
-      <c r="I3" s="25"/>
+      <c r="A3" s="72" t="s">
+        <v>7</v>
+      </c>
+      <c r="B3" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" s="19"/>
+      <c r="D3" s="19"/>
+      <c r="E3" s="19"/>
+      <c r="F3" s="19"/>
+      <c r="G3" s="19"/>
+      <c r="H3" s="19"/>
+      <c r="I3" s="19"/>
     </row>
     <row r="5" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="79" t="s">
-        <v>23</v>
+      <c r="A5" s="73" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="80" t="s">
-        <v>24</v>
+      <c r="A6" s="74" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="80" t="s">
-        <v>25</v>
+      <c r="A7" s="74" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="81" t="s">
-        <v>26</v>
+      <c r="A8" s="86" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1" display="Source: NIH PUB File" xr:uid="{64E041AC-A684-460B-88AF-5E49B08922F2}"/>
     <hyperlink ref="A7" r:id="rId2" xr:uid="{5870961E-ADE0-4519-8B7B-C8E30CF6E4E3}"/>
     <hyperlink ref="A6" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{AC704748-3A77-4E8A-B305-FFCD0C26A3A0}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="5" orientation="landscape" r:id="rId4"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
   <dimension ref="A46:B46"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="11.4" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="46" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A46" s="82" t="s">
-[...2 lines deleted...]
-      <c r="B46" s="82"/>
+      <c r="A46" s="95" t="s">
+        <v>8</v>
+      </c>
+      <c r="B46" s="95"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A46:B46"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A46:B46" location="'Table #214'!A6" display="return to table" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.42" right="0.44" top="0.37" bottom="0.17" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307233afc278fc503943648cbe4c01eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="643250b946235c332f643571124ea32d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4234e76b0cb473625794601bc3d0e1d" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -6996,50 +7273,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -7180,103 +7462,104 @@
       <Description>Research Project and R01-Equivalent Grants: New competing applications, awards, success rates, and funding, by submission number (~175KB)</Description>
     </RePORTTitleandLink>
     <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
     <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst1>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Wang, Joy (NIH/OD) [E]</DisplayName>
         <AccountId>23</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst2>
     <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3ED787A7-BCF7-4E4C-8C89-4B354BE2B79B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75478F96-F447-4356-969B-08DD77243523}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FA40908-773A-47E5-855A-866C1DB48856}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D216AE6F-FE65-4B77-A117-0BF0E81E2592}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FAA47B2-6C8E-4A0E-9638-6F0623924A47}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">