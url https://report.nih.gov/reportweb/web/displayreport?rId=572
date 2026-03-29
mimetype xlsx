--- v0 (2025-10-17)
+++ v1 (2026-03-29)
@@ -1,5617 +1,777 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EEAFA808-9813-444E-8756-27CE2932F5B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{47101811-8ED3-475E-8AE4-6F66E4802972}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #213" sheetId="1" r:id="rId1"/>
-    <sheet name="Notes" sheetId="3" r:id="rId2"/>
-    <sheet name="Success Rate Definition" sheetId="2" state="hidden" r:id="rId3"/>
+    <sheet name="Notes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Notes!#REF!</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #213'!#REF!</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #213'!$A$2:$J$35</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="25">
+  <si>
+    <t>Fiscal Year</t>
+  </si>
+  <si>
+    <t>Competing Continuations by Submission Number</t>
+  </si>
+  <si>
+    <t>Number of RPG Applications Reviewed</t>
+  </si>
+  <si>
+    <t>Number of RPG Applications Awarded</t>
+  </si>
+  <si>
+    <t>RPG Success Rate</t>
+  </si>
+  <si>
+    <t>RPG Total Funding</t>
+  </si>
+  <si>
+    <t>Number of R01 Applications Reviewed</t>
+  </si>
+  <si>
+    <t>Number of R01 Applications Awarded</t>
+  </si>
+  <si>
+    <t>R01 Success
+Rate</t>
+  </si>
+  <si>
+    <t>R01 Total Funding</t>
+  </si>
   <si>
     <t>First (Original) Submission (A0)</t>
   </si>
   <si>
     <t>First Resubmission (A1)</t>
   </si>
   <si>
-    <t>TOTAL</t>
+    <t>NOTES</t>
   </si>
   <si>
     <t>Research Project Grants</t>
   </si>
   <si>
+    <t>Defined as activity codes DP1, DP2, DP3, DP4, DP5, P01, PN1, PM1, R00, R01, R03, R15, R16, R21, R22, R23, R29, R33, R34, R35, R36, R37, R61, R50, R55, R56, RC1, RC2, RC3, RC4, RF1, RL1, RL2, RL9, RM1, SI2, UA5, UC1, UC2, UC3, UC4, UC7, UF1, UG3, UH2, UH3, UH5, UM1, UM2, U01, U19, U34, and U3R. Research projects were first coded to NLM in fiscal year 2007. Not all of these activities may be in use by NIH every year.</t>
+  </si>
+  <si>
     <t>R01-Equivalent Grants</t>
   </si>
   <si>
-    <t>return to table</t>
+    <t>Defined as activity codes DP1, DP2, DP5, R01, R37, R56, RF1, RL1, U01 and R35 from select NIGMS and NHGRI program announcements (PAs).  Not all of these activities may be in use by NIH every year.</t>
   </si>
   <si>
-    <t>FY</t>
+    <t>Submission Number</t>
   </si>
   <si>
-    <t>Research Project Grants - Number of Applications Reviewed</t>
+    <t>The first or original application submitted is referred to as an A0.  Previously submitted applications that were not funded may be resubmitted for funding consideration.  The applicant must make significant changes to the application and can only resubmit once the peer review summary statement is available. The first resubmission is referred to as an A1 application; the second resubmission is referred to as an A2 application, and so forth. A resubmission has a suffix in its application identification number, e.g., A1.</t>
   </si>
   <si>
-    <t>Research Project Grants - Number of Applications Awarded</t>
+    <t>Source and Brief Methods: See NIH Success Rate File document</t>
   </si>
   <si>
-    <t>Research Project Grants - Success Rate</t>
+    <t>Additional Information: NIH Grants and Funding Glossary</t>
   </si>
   <si>
-    <t>Research Project Grants - Total Funding</t>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Data produced by</t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> the Division of Statistical Analysis and Reporting </t>
+    </r>
   </si>
   <si>
-    <t>R01-Equivalent Grants - Number of Applications Reviewed</t>
+    <t>Data last updated 02/18/2026</t>
   </si>
   <si>
-    <t>R01-Equivalent Grants - Number of Applications Awarded</t>
-[...15 lines deleted...]
-    <t>Renewals by Submission Number</t>
+    <t>FY Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Table #213: NIH Research Project Grants and R01-Equivalent Grants </t>
+      <t>Table 213: NIH RESEARCH PROJECT AND R01-EQUIVALENT GRANTS</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>- Renewal Applications, Awards, Success Rates, and Total Funding by Submission Number, Fiscal Years  2015 - 2024</t>
+      <t xml:space="preserve"> - Competing Continuation by Submission Number, Fiscal Years 2015-2025</t>
     </r>
-  </si>
-[...120 lines deleted...]
-    <t>Data last updated 11/19/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="13">
-[...1 lines deleted...]
-    <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+  <numFmts count="5">
+    <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0"/>
-[...7 lines deleted...]
-    <numFmt numFmtId="173" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="0.0\%"/>
   </numFmts>
-  <fonts count="46" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
-      <sz val="9"/>
-      <name val="Arial"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...199 lines deleted...]
-      <color indexed="18"/>
+      <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <color theme="0"/>
-[...14 lines deleted...]
-      <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-[...13 lines deleted...]
-      <sz val="12"/>
+      <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
-      <color indexed="12"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <b/>
+      <sz val="12"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color indexed="12"/>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="29">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="31"/>
-[...109 lines deleted...]
-        <fgColor indexed="9"/>
+        <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
-      </patternFill>
-[...16 lines deleted...]
-        <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="14">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="23"/>
+        <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right style="thin">
-        <color indexed="23"/>
+        <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top style="thin">
-        <color indexed="23"/>
+        <color theme="0" tint="-0.14996795556505021"/>
       </top>
       <bottom style="thin">
-        <color indexed="23"/>
-[...50 lines deleted...]
-        <color indexed="52"/>
+        <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="22"/>
+        <color theme="0" tint="-0.14993743705557422"/>
       </left>
       <right style="thin">
-        <color indexed="22"/>
+        <color theme="0" tint="-0.14993743705557422"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color indexed="22"/>
+        <color theme="0" tint="-0.14996795556505021"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="63"/>
+        <color theme="0" tint="-0.14996795556505021"/>
       </left>
       <right style="thin">
-        <color indexed="63"/>
+        <color theme="0" tint="-0.14996795556505021"/>
       </right>
       <top style="thin">
-        <color indexed="63"/>
+        <color theme="0" tint="-0.14996795556505021"/>
       </top>
-      <bottom style="thin">
-[...70 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1879">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1078 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...843 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="100">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="30" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="30" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="42" fontId="32" fillId="24" borderId="0" xfId="1081" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="right" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="32" fillId="24" borderId="0" xfId="1081" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="right" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="33" fillId="24" borderId="0" xfId="1081" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="33" fillId="24" borderId="0" xfId="1081" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="165" fontId="33" fillId="24" borderId="0" xfId="1116" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="165" fontId="28" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="27" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="5" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="5" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="27" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...46 lines deleted...]
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...190 lines deleted...]
-    </xf>
+    <xf numFmtId="164" fontId="1" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="5" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1879">
-[...1507 lines deleted...]
-    <cellStyle name="Neutral 9" xfId="1505" xr:uid="{00000000-0005-0000-0000-0000E0050000}"/>
+  <cellStyles count="3">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 10" xfId="1506" xr:uid="{00000000-0005-0000-0000-0000E2050000}"/>
-[...368 lines deleted...]
-    <cellStyle name="Warning Text 9" xfId="1871" xr:uid="{00000000-0005-0000-0000-000050070000}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="14">
+    <dxf>
+      <numFmt numFmtId="9" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="166" formatCode="0.0\%"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="3" formatCode="#,##0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="9" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="0.0%"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color theme="0" tint="-0.14993743705557422"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color theme="0" tint="-0.14996795556505021"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="-0.249977111117893"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.14993743705557422"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.14993743705557422"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-[...558 lines deleted...]
-</xdr:wsDr>
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{422E170B-A5FF-4C96-9915-54991CCB6D8E}" name="Table1" displayName="Table1" ref="A2:J35" totalsRowShown="0" headerRowDxfId="13" headerRowBorderDxfId="12" tableBorderDxfId="11" totalsRowBorderDxfId="10">
+  <autoFilter ref="A2:J35" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <tableColumns count="10">
+    <tableColumn id="1" xr3:uid="{0B062228-A6DE-497C-BB85-6C23B516C004}" name="Fiscal Year" dataDxfId="9"/>
+    <tableColumn id="2" xr3:uid="{CC507641-44D1-41D2-9C36-45910E0AB045}" name="Competing Continuations by Submission Number" dataDxfId="8"/>
+    <tableColumn id="3" xr3:uid="{3286B596-1B77-48B7-9011-733C14F21F89}" name="Number of RPG Applications Reviewed" dataDxfId="7" dataCellStyle="Comma"/>
+    <tableColumn id="4" xr3:uid="{009E6BEC-875B-489C-9C89-6C01A4C35AF1}" name="Number of RPG Applications Awarded" dataDxfId="6" dataCellStyle="Comma"/>
+    <tableColumn id="5" xr3:uid="{A9A34F7E-A981-4AD7-9892-75798421A11F}" name="RPG Success Rate" dataDxfId="5"/>
+    <tableColumn id="6" xr3:uid="{C6D46CB5-F3D2-4441-BF51-77C5340EFBBA}" name="RPG Total Funding" dataDxfId="4"/>
+    <tableColumn id="7" xr3:uid="{F15E8AF2-BA86-4982-A594-9B0570510708}" name="Number of R01 Applications Reviewed" dataDxfId="3"/>
+    <tableColumn id="8" xr3:uid="{7A36DC9C-B734-4DD2-B5B0-A6C1AB8F1268}" name="Number of R01 Applications Awarded" dataDxfId="2"/>
+    <tableColumn id="9" xr3:uid="{8938FDE0-AE45-4C90-B389-2F2ACFDD2042}" name="R01 Success_x000a_Rate" dataDxfId="1"/>
+    <tableColumn id="10" xr3:uid="{282B60FB-DF52-4AB8-9906-2DD3129016D6}" name="R01 Total Funding" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5856,1347 +1016,1308 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:J32"/>
+  <dimension ref="A1:J35"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="15.625" style="21" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="11" max="16384" width="9.125" style="1"/>
+    <col min="1" max="1" width="13.6640625" customWidth="1"/>
+    <col min="2" max="10" width="30.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
-[...14 lines deleted...]
-      <c r="A2" s="17" t="s">
+    <row r="1" spans="1:10" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="23" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" s="1" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="24" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="24" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="24" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="24" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="24" t="s">
+        <v>4</v>
+      </c>
+      <c r="F2" s="24" t="s">
+        <v>5</v>
+      </c>
+      <c r="G2" s="24" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="17" t="s">
+      <c r="H2" s="24" t="s">
         <v>7</v>
       </c>
-      <c r="D2" s="17" t="s">
+      <c r="I2" s="24" t="s">
         <v>8</v>
       </c>
-      <c r="E2" s="17" t="s">
+      <c r="J2" s="24" t="s">
         <v>9</v>
       </c>
-      <c r="F2" s="18" t="s">
+    </row>
+    <row r="3" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11">
+        <v>2015</v>
+      </c>
+      <c r="B3" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="G2" s="19" t="s">
+      <c r="C3" s="12">
+        <v>2845</v>
+      </c>
+      <c r="D3" s="12">
+        <v>944</v>
+      </c>
+      <c r="E3" s="13">
+        <v>0.33200000000000002</v>
+      </c>
+      <c r="F3" s="14">
+        <v>500195575</v>
+      </c>
+      <c r="G3" s="15">
+        <v>2584</v>
+      </c>
+      <c r="H3" s="15">
+        <v>779</v>
+      </c>
+      <c r="I3" s="16">
+        <v>30.1</v>
+      </c>
+      <c r="J3" s="14">
+        <v>356162385</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="11">
+        <v>2015</v>
+      </c>
+      <c r="B4" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="H2" s="17" t="s">
-[...10 lines deleted...]
-      <c r="A3" s="36">
+      <c r="C4" s="12">
+        <v>1892</v>
+      </c>
+      <c r="D4" s="12">
+        <v>829</v>
+      </c>
+      <c r="E4" s="13">
+        <v>0.438</v>
+      </c>
+      <c r="F4" s="14">
+        <v>420476609</v>
+      </c>
+      <c r="G4" s="15">
+        <v>1793</v>
+      </c>
+      <c r="H4" s="15">
+        <v>723</v>
+      </c>
+      <c r="I4" s="16">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="J4" s="14">
+        <v>312440389</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="17">
         <v>2015</v>
       </c>
-      <c r="B3" s="36" t="s">
-[...8 lines deleted...]
-      <c r="E3" s="44">
+      <c r="B5" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" s="18">
+        <v>4737</v>
+      </c>
+      <c r="D5" s="18">
+        <v>1773</v>
+      </c>
+      <c r="E5" s="19">
+        <v>0.374</v>
+      </c>
+      <c r="F5" s="20">
+        <v>920672184</v>
+      </c>
+      <c r="G5" s="21">
+        <v>4377</v>
+      </c>
+      <c r="H5" s="21">
+        <v>1502</v>
+      </c>
+      <c r="I5" s="22">
+        <v>34.299999999999997</v>
+      </c>
+      <c r="J5" s="20">
+        <v>668602774</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="11">
+        <v>2016</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" s="12">
+        <v>2400</v>
+      </c>
+      <c r="D6" s="12">
+        <v>920</v>
+      </c>
+      <c r="E6" s="13">
+        <v>0.38300000000000001</v>
+      </c>
+      <c r="F6" s="14">
+        <v>566679335</v>
+      </c>
+      <c r="G6" s="15">
+        <v>2169</v>
+      </c>
+      <c r="H6" s="15">
+        <v>751</v>
+      </c>
+      <c r="I6" s="16">
+        <v>34.6</v>
+      </c>
+      <c r="J6" s="14">
+        <v>369845997</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="11">
+        <v>2016</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="12">
+        <v>1754</v>
+      </c>
+      <c r="D7" s="12">
+        <v>716</v>
+      </c>
+      <c r="E7" s="13">
+        <v>0.40799999999999997</v>
+      </c>
+      <c r="F7" s="14">
+        <v>354121313</v>
+      </c>
+      <c r="G7" s="15">
+        <v>1678</v>
+      </c>
+      <c r="H7" s="15">
+        <v>645</v>
+      </c>
+      <c r="I7" s="16">
+        <v>38.4</v>
+      </c>
+      <c r="J7" s="14">
+        <v>288385175</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="17">
+        <v>2016</v>
+      </c>
+      <c r="B8" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" s="18">
+        <v>4154</v>
+      </c>
+      <c r="D8" s="18">
+        <v>1636</v>
+      </c>
+      <c r="E8" s="19">
+        <v>0.39400000000000002</v>
+      </c>
+      <c r="F8" s="20">
+        <v>920800648</v>
+      </c>
+      <c r="G8" s="21">
+        <v>3847</v>
+      </c>
+      <c r="H8" s="21">
+        <v>1396</v>
+      </c>
+      <c r="I8" s="22">
+        <v>36.299999999999997</v>
+      </c>
+      <c r="J8" s="20">
+        <v>658231172</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="11">
+        <v>2017</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" s="12">
+        <v>2265</v>
+      </c>
+      <c r="D9" s="12">
+        <v>875</v>
+      </c>
+      <c r="E9" s="13">
+        <v>0.38600000000000001</v>
+      </c>
+      <c r="F9" s="14">
+        <v>560903211</v>
+      </c>
+      <c r="G9" s="15">
+        <v>2035</v>
+      </c>
+      <c r="H9" s="15">
+        <v>703</v>
+      </c>
+      <c r="I9" s="16">
+        <v>34.5</v>
+      </c>
+      <c r="J9" s="14">
+        <v>340315993</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="11">
+        <v>2017</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" s="12">
+        <v>1484</v>
+      </c>
+      <c r="D10" s="12">
+        <v>646</v>
+      </c>
+      <c r="E10" s="13">
+        <v>0.435</v>
+      </c>
+      <c r="F10" s="14">
+        <v>328736033</v>
+      </c>
+      <c r="G10" s="15">
+        <v>1416</v>
+      </c>
+      <c r="H10" s="15">
+        <v>577</v>
+      </c>
+      <c r="I10" s="16">
+        <v>40.700000000000003</v>
+      </c>
+      <c r="J10" s="14">
+        <v>272835600</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="17">
+        <v>2017</v>
+      </c>
+      <c r="B11" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C11" s="18">
+        <v>3749</v>
+      </c>
+      <c r="D11" s="18">
+        <v>1521</v>
+      </c>
+      <c r="E11" s="19">
+        <v>0.40600000000000003</v>
+      </c>
+      <c r="F11" s="20">
+        <v>889639244</v>
+      </c>
+      <c r="G11" s="21">
+        <v>3451</v>
+      </c>
+      <c r="H11" s="21">
+        <v>1280</v>
+      </c>
+      <c r="I11" s="22">
+        <v>37.1</v>
+      </c>
+      <c r="J11" s="20">
+        <v>613151593</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="11">
+        <v>2018</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C12" s="12">
+        <v>1957</v>
+      </c>
+      <c r="D12" s="12">
+        <v>812</v>
+      </c>
+      <c r="E12" s="13">
+        <v>0.41499999999999998</v>
+      </c>
+      <c r="F12" s="14">
+        <v>485827747</v>
+      </c>
+      <c r="G12" s="15">
+        <v>1841</v>
+      </c>
+      <c r="H12" s="15">
+        <v>768</v>
+      </c>
+      <c r="I12" s="16">
+        <v>41.7</v>
+      </c>
+      <c r="J12" s="14">
+        <v>443483489</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="11">
+        <v>2018</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" s="12">
+        <v>1305</v>
+      </c>
+      <c r="D13" s="12">
+        <v>609</v>
+      </c>
+      <c r="E13" s="13">
+        <v>0.46700000000000003</v>
+      </c>
+      <c r="F13" s="14">
+        <v>360546141</v>
+      </c>
+      <c r="G13" s="15">
+        <v>1241</v>
+      </c>
+      <c r="H13" s="15">
+        <v>582</v>
+      </c>
+      <c r="I13" s="16">
+        <v>46.9</v>
+      </c>
+      <c r="J13" s="14">
+        <v>303402673</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="17">
+        <v>2018</v>
+      </c>
+      <c r="B14" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C14" s="18">
+        <v>3262</v>
+      </c>
+      <c r="D14" s="18">
+        <v>1421</v>
+      </c>
+      <c r="E14" s="19">
+        <v>0.436</v>
+      </c>
+      <c r="F14" s="20">
+        <v>846373888</v>
+      </c>
+      <c r="G14" s="21">
+        <v>3082</v>
+      </c>
+      <c r="H14" s="21">
+        <v>1350</v>
+      </c>
+      <c r="I14" s="22">
+        <v>43.8</v>
+      </c>
+      <c r="J14" s="20">
+        <v>746886162</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="11">
+        <v>2019</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C15" s="12">
+        <v>1996</v>
+      </c>
+      <c r="D15" s="12">
+        <v>850</v>
+      </c>
+      <c r="E15" s="13">
+        <v>0.42599999999999999</v>
+      </c>
+      <c r="F15" s="14">
+        <v>584960081</v>
+      </c>
+      <c r="G15" s="15">
+        <v>1843</v>
+      </c>
+      <c r="H15" s="15">
+        <v>769</v>
+      </c>
+      <c r="I15" s="16">
+        <v>41.7</v>
+      </c>
+      <c r="J15" s="14">
+        <v>476293780</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="11">
+        <v>2019</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C16" s="12">
+        <v>1128</v>
+      </c>
+      <c r="D16" s="12">
+        <v>506</v>
+      </c>
+      <c r="E16" s="13">
+        <v>0.44900000000000001</v>
+      </c>
+      <c r="F16" s="14">
+        <v>284397790</v>
+      </c>
+      <c r="G16" s="15">
+        <v>1076</v>
+      </c>
+      <c r="H16" s="15">
+        <v>481</v>
+      </c>
+      <c r="I16" s="16">
+        <v>44.7</v>
+      </c>
+      <c r="J16" s="14">
+        <v>245394501</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="17">
+        <v>2019</v>
+      </c>
+      <c r="B17" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C17" s="18">
+        <v>3124</v>
+      </c>
+      <c r="D17" s="18">
+        <v>1356</v>
+      </c>
+      <c r="E17" s="19">
+        <v>0.434</v>
+      </c>
+      <c r="F17" s="20">
+        <v>869357871</v>
+      </c>
+      <c r="G17" s="21">
+        <v>2919</v>
+      </c>
+      <c r="H17" s="21">
+        <v>1250</v>
+      </c>
+      <c r="I17" s="22">
+        <v>42.8</v>
+      </c>
+      <c r="J17" s="20">
+        <v>721688281</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="11">
+        <v>2020</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="12">
+        <v>2040</v>
+      </c>
+      <c r="D18" s="12">
+        <v>869</v>
+      </c>
+      <c r="E18" s="13">
+        <v>0.42599999999999999</v>
+      </c>
+      <c r="F18" s="14">
+        <v>634257975</v>
+      </c>
+      <c r="G18" s="15">
+        <v>1905</v>
+      </c>
+      <c r="H18" s="15">
+        <v>788</v>
+      </c>
+      <c r="I18" s="16">
+        <v>41.4</v>
+      </c>
+      <c r="J18" s="14">
+        <v>465791723</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="11">
+        <v>2020</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" s="12">
+        <v>1129</v>
+      </c>
+      <c r="D19" s="12">
+        <v>525</v>
+      </c>
+      <c r="E19" s="13">
+        <v>0.46500000000000002</v>
+      </c>
+      <c r="F19" s="14">
+        <v>291611954</v>
+      </c>
+      <c r="G19" s="15">
+        <v>1085</v>
+      </c>
+      <c r="H19" s="15">
+        <v>505</v>
+      </c>
+      <c r="I19" s="16">
+        <v>46.5</v>
+      </c>
+      <c r="J19" s="14">
+        <v>268639045</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="17">
+        <v>2020</v>
+      </c>
+      <c r="B20" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="18">
+        <v>3169</v>
+      </c>
+      <c r="D20" s="18">
+        <v>1394</v>
+      </c>
+      <c r="E20" s="19">
+        <v>0.44</v>
+      </c>
+      <c r="F20" s="20">
+        <v>925869929</v>
+      </c>
+      <c r="G20" s="21">
+        <v>2990</v>
+      </c>
+      <c r="H20" s="21">
+        <v>1293</v>
+      </c>
+      <c r="I20" s="22">
+        <v>43.2</v>
+      </c>
+      <c r="J20" s="20">
+        <v>734430768</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="11">
+        <v>2021</v>
+      </c>
+      <c r="B21" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C21" s="12">
+        <v>2177</v>
+      </c>
+      <c r="D21" s="12">
+        <v>981</v>
+      </c>
+      <c r="E21" s="13">
+        <v>0.45100000000000001</v>
+      </c>
+      <c r="F21" s="14">
+        <v>1034359027</v>
+      </c>
+      <c r="G21" s="15">
+        <v>2001</v>
+      </c>
+      <c r="H21" s="15">
+        <v>858</v>
+      </c>
+      <c r="I21" s="16">
+        <v>42.9</v>
+      </c>
+      <c r="J21" s="14">
+        <v>509860668</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="11">
+        <v>2021</v>
+      </c>
+      <c r="B22" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C22" s="12">
+        <v>1120</v>
+      </c>
+      <c r="D22" s="12">
+        <v>499</v>
+      </c>
+      <c r="E22" s="13">
+        <v>0.44600000000000001</v>
+      </c>
+      <c r="F22" s="14">
+        <v>295133436</v>
+      </c>
+      <c r="G22" s="15">
+        <v>1086</v>
+      </c>
+      <c r="H22" s="15">
+        <v>487</v>
+      </c>
+      <c r="I22" s="16">
+        <v>44.8</v>
+      </c>
+      <c r="J22" s="14">
+        <v>281445853</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="17">
+        <v>2021</v>
+      </c>
+      <c r="B23" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C23" s="18">
+        <v>3297</v>
+      </c>
+      <c r="D23" s="18">
+        <v>1480</v>
+      </c>
+      <c r="E23" s="19">
+        <v>0.44900000000000001</v>
+      </c>
+      <c r="F23" s="20">
+        <v>1329492463</v>
+      </c>
+      <c r="G23" s="21">
+        <v>3087</v>
+      </c>
+      <c r="H23" s="21">
+        <v>1345</v>
+      </c>
+      <c r="I23" s="22">
+        <v>43.6</v>
+      </c>
+      <c r="J23" s="20">
+        <v>791306521</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="11">
+        <v>2022</v>
+      </c>
+      <c r="B24" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C24" s="12">
+        <v>2049</v>
+      </c>
+      <c r="D24" s="12">
+        <v>930</v>
+      </c>
+      <c r="E24" s="13">
+        <v>0.45400000000000001</v>
+      </c>
+      <c r="F24" s="14">
+        <v>670837755</v>
+      </c>
+      <c r="G24" s="15">
+        <v>1859</v>
+      </c>
+      <c r="H24" s="15">
+        <v>813</v>
+      </c>
+      <c r="I24" s="16">
+        <v>43.7</v>
+      </c>
+      <c r="J24" s="14">
+        <v>499133438</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="11">
+        <v>2022</v>
+      </c>
+      <c r="B25" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C25" s="12">
+        <v>1158</v>
+      </c>
+      <c r="D25" s="12">
+        <v>503</v>
+      </c>
+      <c r="E25" s="13">
+        <v>0.434</v>
+      </c>
+      <c r="F25" s="14">
+        <v>310425830</v>
+      </c>
+      <c r="G25" s="15">
+        <v>1104</v>
+      </c>
+      <c r="H25" s="15">
+        <v>476</v>
+      </c>
+      <c r="I25" s="16">
+        <v>43.1</v>
+      </c>
+      <c r="J25" s="14">
+        <v>272937290</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="17">
+        <v>2022</v>
+      </c>
+      <c r="B26" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="18">
+        <v>3207</v>
+      </c>
+      <c r="D26" s="18">
+        <v>1433</v>
+      </c>
+      <c r="E26" s="19">
+        <v>0.44700000000000001</v>
+      </c>
+      <c r="F26" s="20">
+        <v>981263585</v>
+      </c>
+      <c r="G26" s="21">
+        <v>2963</v>
+      </c>
+      <c r="H26" s="21">
+        <v>1289</v>
+      </c>
+      <c r="I26" s="22">
+        <v>43.5</v>
+      </c>
+      <c r="J26" s="20">
+        <v>772070728</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="11">
+        <v>2023</v>
+      </c>
+      <c r="B27" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C27" s="12">
+        <v>2187</v>
+      </c>
+      <c r="D27" s="12">
+        <v>953</v>
+      </c>
+      <c r="E27" s="13">
+        <v>0.436</v>
+      </c>
+      <c r="F27" s="14">
+        <v>655146086</v>
+      </c>
+      <c r="G27" s="15">
+        <v>2046</v>
+      </c>
+      <c r="H27" s="15">
+        <v>872</v>
+      </c>
+      <c r="I27" s="16">
+        <v>42.6</v>
+      </c>
+      <c r="J27" s="14">
+        <v>564897636</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="11">
+        <v>2023</v>
+      </c>
+      <c r="B28" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C28" s="12">
+        <v>1024</v>
+      </c>
+      <c r="D28" s="12">
+        <v>462</v>
+      </c>
+      <c r="E28" s="13">
+        <v>0.45100000000000001</v>
+      </c>
+      <c r="F28" s="14">
+        <v>292486449</v>
+      </c>
+      <c r="G28" s="15">
+        <v>977</v>
+      </c>
+      <c r="H28" s="15">
+        <v>432</v>
+      </c>
+      <c r="I28" s="16">
+        <v>44.2</v>
+      </c>
+      <c r="J28" s="14">
+        <v>248896329</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="17">
+        <v>2023</v>
+      </c>
+      <c r="B29" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C29" s="18">
+        <v>3211</v>
+      </c>
+      <c r="D29" s="18">
+        <v>1415</v>
+      </c>
+      <c r="E29" s="19">
+        <v>0.441</v>
+      </c>
+      <c r="F29" s="20">
+        <v>947632535</v>
+      </c>
+      <c r="G29" s="21">
+        <v>3023</v>
+      </c>
+      <c r="H29" s="21">
+        <v>1304</v>
+      </c>
+      <c r="I29" s="22">
+        <v>43.1</v>
+      </c>
+      <c r="J29" s="20">
+        <v>813793965</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="11">
+        <v>2024</v>
+      </c>
+      <c r="B30" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C30" s="12">
+        <v>2281</v>
+      </c>
+      <c r="D30" s="12">
+        <v>937</v>
+      </c>
+      <c r="E30" s="13">
+        <v>0.41099999999999998</v>
+      </c>
+      <c r="F30" s="14">
+        <v>694270416</v>
+      </c>
+      <c r="G30" s="15">
+        <v>2087</v>
+      </c>
+      <c r="H30" s="15">
+        <v>831</v>
+      </c>
+      <c r="I30" s="16">
+        <v>39.799999999999997</v>
+      </c>
+      <c r="J30" s="14">
+        <v>549445933</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="11">
+        <v>2024</v>
+      </c>
+      <c r="B31" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="12">
+        <v>1146</v>
+      </c>
+      <c r="D31" s="12">
+        <v>450</v>
+      </c>
+      <c r="E31" s="13">
+        <v>0.39300000000000002</v>
+      </c>
+      <c r="F31" s="14">
+        <v>319438474</v>
+      </c>
+      <c r="G31" s="15">
+        <v>1105</v>
+      </c>
+      <c r="H31" s="15">
+        <v>432</v>
+      </c>
+      <c r="I31" s="16">
+        <v>39.1</v>
+      </c>
+      <c r="J31" s="14">
+        <v>293218476</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="17">
+        <v>2024</v>
+      </c>
+      <c r="B32" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32" s="18">
+        <v>3427</v>
+      </c>
+      <c r="D32" s="18">
+        <v>1387</v>
+      </c>
+      <c r="E32" s="19">
+        <v>0.40500000000000003</v>
+      </c>
+      <c r="F32" s="20">
+        <v>1013708890</v>
+      </c>
+      <c r="G32" s="21">
+        <v>3192</v>
+      </c>
+      <c r="H32" s="21">
+        <v>1263</v>
+      </c>
+      <c r="I32" s="22">
+        <v>39.6</v>
+      </c>
+      <c r="J32" s="20">
+        <v>842664409</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="11">
+        <v>2025</v>
+      </c>
+      <c r="B33" s="11" t="s">
+        <v>10</v>
+      </c>
+      <c r="C33" s="12">
+        <v>2429</v>
+      </c>
+      <c r="D33" s="12">
+        <v>806</v>
+      </c>
+      <c r="E33" s="13">
         <v>0.33200000000000002</v>
       </c>
-      <c r="F3" s="45">
-[...940 lines deleted...]
-        <v>842664409</v>
+      <c r="F33" s="14">
+        <v>733467191</v>
+      </c>
+      <c r="G33" s="15">
+        <v>2280</v>
+      </c>
+      <c r="H33" s="15">
+        <v>744</v>
+      </c>
+      <c r="I33" s="16">
+        <v>32.6</v>
+      </c>
+      <c r="J33" s="14">
+        <v>615277923</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="11">
+        <v>2025</v>
+      </c>
+      <c r="B34" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" s="12">
+        <v>1217</v>
+      </c>
+      <c r="D34" s="12">
+        <v>348</v>
+      </c>
+      <c r="E34" s="13">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="F34" s="14">
+        <v>287122359</v>
+      </c>
+      <c r="G34" s="15">
+        <v>1148</v>
+      </c>
+      <c r="H34" s="15">
+        <v>319</v>
+      </c>
+      <c r="I34" s="16">
+        <v>27.8</v>
+      </c>
+      <c r="J34" s="14">
+        <v>239454383</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="25">
+        <v>2025</v>
+      </c>
+      <c r="B35" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="C35" s="26">
+        <v>3646</v>
+      </c>
+      <c r="D35" s="26">
+        <v>1154</v>
+      </c>
+      <c r="E35" s="27">
+        <v>0.317</v>
+      </c>
+      <c r="F35" s="28">
+        <v>1020589550</v>
+      </c>
+      <c r="G35" s="29">
+        <v>3428</v>
+      </c>
+      <c r="H35" s="29">
+        <v>1063</v>
+      </c>
+      <c r="I35" s="30">
+        <v>31</v>
+      </c>
+      <c r="J35" s="28">
+        <v>854732306</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sort="0" autoFilter="0"/>
-[...8 lines deleted...]
-  </rowBreaks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="1">
+    <tablePart r:id="rId1"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{200804D0-D20D-411D-86D1-54EF71F59163}">
-  <dimension ref="A1:J8"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A565E314-3BC9-443D-BB4A-0A4C6D16ABF0}">
+  <dimension ref="A1:B9"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.125" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="41.125" style="34" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="11" max="16384" width="9.125" style="27"/>
+    <col min="1" max="1" width="32.6640625" customWidth="1"/>
+    <col min="2" max="2" width="112.109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="50.1" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B1" s="23" t="s">
+    <row r="1" spans="1:2" ht="46.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="2"/>
+      <c r="B1" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="67.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="4" t="s">
         <v>15</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B2" s="28" t="s">
+      <c r="B3" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="C2" s="29"/>
-[...11 lines deleted...]
-      <c r="B3" s="30" t="s">
+    </row>
+    <row r="4" spans="1:2" ht="83.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A5" s="6"/>
+      <c r="B5" s="7"/>
+    </row>
+    <row r="6" spans="1:2" ht="22.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="C3" s="31"/>
-[...12 lines deleted...]
-      <c r="A5" s="97" t="s">
+      <c r="B6" s="9"/>
+    </row>
+    <row r="7" spans="1:2" ht="25.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="9"/>
+    </row>
+    <row r="8" spans="1:2" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" s="9"/>
+    </row>
+    <row r="9" spans="1:2" ht="26.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="10" t="s">
         <v>22</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      </c>
+      <c r="B9" s="9"/>
     </row>
   </sheetData>
-  <sheetProtection sort="0" autoFilter="0"/>
   <hyperlinks>
-    <hyperlink ref="A5" r:id="rId1" display="Source: NIH PUB File" xr:uid="{2531B6F5-D1FD-4FC7-A843-C3414BDAC6E5}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A6" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{8F4BAC45-95D9-461F-A764-9A1F7A19C917}"/>
+    <hyperlink ref="A6" r:id="rId1" display="https://report.nih.gov/reportweb/web/displayreport?rId=558" xr:uid="{0298BDD7-CF7D-4DB8-928F-3FAF5C991AC9}"/>
+    <hyperlink ref="A7" r:id="rId2" display="https://grants.nih.gov/grants/glossary.htm" xr:uid="{4456A482-1ECA-48BC-8BA3-B00DAFB793D3}"/>
+    <hyperlink ref="A8" r:id="rId3" display="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" xr:uid="{3D0B1C89-74E3-469D-8C30-0B88CB7FA50A}"/>
   </hyperlinks>
-  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-[...38 lines deleted...]
-  <drawing r:id="rId2"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...58 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="643250b946235c332f643571124ea32d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4234e76b0cb473625794601bc3d0e1d" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -7354,50 +2475,55 @@
     <xsd:element name="Date_x002d_Analyst3" ma:index="32" nillable="true" ma:displayName="Date-Analyst 3" ma:format="DateTime" ma:internalName="Date_x002d_Analyst3">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -7495,238 +2621,178 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Analyst1>
+    <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
+    <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </RePORTTitleandLink>
+    <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Analyst2>
+    <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F612E8A-1BF2-43EE-9EF1-3D1CC9710BBF}">
-[...24 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F51D7AE0-3C4E-4D26-B489-09602FBA8E16}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{498A857F-F173-4932-98DD-D713F316D839}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C230C40A-1ADB-438D-916B-CB0A890A46C1}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2936848-E46F-45B5-9460-81DAD1581AE7}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</clbl:labelList>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0FD8015-178E-40FF-B09D-71D8F57DA279}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Table #213</vt:lpstr>
       <vt:lpstr>Notes</vt:lpstr>
-      <vt:lpstr>Success Rate Definition</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
-  <Company>OD/NIH</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>T213 Succ Rates CONTIN RPG and R01 Eq by Num of Amends.xls</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Robert Moore</dc:creator>
+  <dc:creator>Saparakpanya, Angkana (NIH/OD) [E]</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Primary">
-[...38 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FE21F07BE801C647B12E3BEDDA10D61D</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Code Included">
-[...53 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Analyst3">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>