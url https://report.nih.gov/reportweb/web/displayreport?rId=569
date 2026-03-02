--- v0 (2025-11-04)
+++ v1 (2026-03-02)
@@ -6,86 +6,86 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr showInkAnnotation="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{50ADB3BE-38EE-443F-9E77-9FF4760B53B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{1441359F-E409-40BB-A1D8-A68A807E391C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #106" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #106'!$A$2:$B$263</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #106'!$A$2:$B$289</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #106'!$A$1:$U$254</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #106'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="329" uniqueCount="69">
   <si>
     <t>FIC</t>
   </si>
   <si>
     <t>NCI</t>
   </si>
   <si>
     <t>NEI</t>
   </si>
   <si>
     <t>NHGRI</t>
   </si>
   <si>
     <t>NHLBI</t>
   </si>
   <si>
     <t>NIA</t>
   </si>
   <si>
     <t>NIAAA</t>
   </si>
   <si>
     <t>NIAID</t>
   </si>
   <si>
@@ -134,56 +134,50 @@
     <t>Institute/Center</t>
   </si>
   <si>
     <t>Fiscal Year</t>
   </si>
   <si>
     <t>ORWH</t>
   </si>
   <si>
     <t>NIMHD</t>
   </si>
   <si>
     <t>N/A = Not Available.</t>
   </si>
   <si>
     <t>NCCIH</t>
   </si>
   <si>
     <t>Defined as activity codes N01, N43, and N44.   Not all of these activities may be in use by NIH every year.</t>
   </si>
   <si>
     <t>Defined as activity codes F05, F30, F31, F32, F33, F34, F37, F38 and F99. Not all of these activities may be in use by NIH every year.</t>
   </si>
   <si>
     <t>Defined as activity codes T01, T02, T09, T14, T15, T32, T34, T35, T36, T37, T42, T90, TL1, TL4 and TU2. Not all of these activities may be in use by NIH every year.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Defined as activity codes D43, D71, G07, G08, G11, G13, OT2 and OT3. Not all of these activities may be in use by NIH every year.</t>
   </si>
   <si>
     <t xml:space="preserve">The total number of awards is intended to show the number of unique projects funded.  The number of awards for noncompeting supplements is excluded from the total number of awards because these supplements support existing projects, without expanding the scope of work with exception for Other Transaction Authority (OTA) awards which are included. However, the number of awards for competing supplements is included in the total number of awards because these supplements represent expanded scope of work on existing projects. Similarly, for contracts, the number of noncompeting modifications is not included in the total number of awards because these modifications support existing projects, without expanding the scope of work.  </t>
   </si>
   <si>
     <t>NCATS</t>
   </si>
   <si>
     <t>FY Total</t>
   </si>
   <si>
     <t>NOTES</t>
   </si>
   <si>
     <t>Research Grants - Total Number</t>
   </si>
   <si>
     <t xml:space="preserve">Construction Grants - Total Number </t>
   </si>
   <si>
     <t>Construction Grants -Average Funding</t>
   </si>
   <si>
     <t xml:space="preserve"> Research Grants - 
 Total Funding</t>
@@ -250,147 +244,50 @@
     <t>Total Number of Awards</t>
   </si>
   <si>
     <t>Other Awards</t>
   </si>
   <si>
     <t>Fellowships - 
 Total Number</t>
   </si>
   <si>
     <t>R&amp;D Contracts - 
 Total Number</t>
   </si>
   <si>
     <t xml:space="preserve">R&amp;D Contracts - 
 Total Funding </t>
   </si>
   <si>
     <t>R&amp;D Contracts - 
 Average Funding</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
-        <sz val="12"/>
-[...95 lines deleted...]
-        <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -399,68 +296,139 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
+    <t>Extramural awards made for Research Centers, Research Projects, Small Business Innovation Research/Small Business Technology Transfer (SBIR/STTR) Grants, and Other Research Grants.</t>
   </si>
   <si>
-    <t>Extramural awards made for Research Centers, Research Projects, Small Business Innovation Research/Small Business Technology Transfer (SBIR/STTR) Grants, and Other Research Grants.</t>
+    <t>Defined as activity codes C06 and UC6.  Not all of these activities may be in use by NIH every year.</t>
+  </si>
+  <si>
+    <t>Defined as activity codes D43, D71, G07, G08, G11, G13, G20, OT2 and OT3. Not all of these activities may be in use by NIH every year.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Source: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NIH PUB File</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Table #106: NIH Research Grants and Other Awards Including R&amp;D Contracts </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>-</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>Total Number of Awards and Total and Average Funding by NIH Institutes/Centers and Grant Mechanism, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="5">
+  <numFmts count="6">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
+    <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="####0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;###,###,###,###,##0"/>
     <numFmt numFmtId="167" formatCode="###,##0"/>
   </numFmts>
-  <fonts count="61" x14ac:knownFonts="1">
+  <fonts count="64" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -818,61 +786,78 @@
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color indexed="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="59">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
@@ -1480,51 +1465,51 @@
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1791">
+  <cellStyleXfs count="1794">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -3281,64 +3266,67 @@
     <xf numFmtId="0" fontId="2" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="55" borderId="16" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="60" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="44" fontId="60" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="79">
+  <cellXfs count="88">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="43" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="3" fontId="43" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="43" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="44" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="44" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="43" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="56" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="1480" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
@@ -3351,199 +3339,226 @@
     <xf numFmtId="0" fontId="54" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="49" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="57" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="56" fillId="57" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="55" fillId="57" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="57" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="57" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="54" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="6" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="46" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="46" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="58" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="45" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="45" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="45" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="45" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="58" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="45" fillId="58" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="6" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="45" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="51" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="51" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="51" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="51" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="51" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="51" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="52" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="52" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="52" fillId="58" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="45" fillId="58" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="45" fillId="58" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="45" fillId="58" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="45" fillId="58" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="58" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="45" fillId="58" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="6" fontId="45" fillId="58" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="49" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="0" borderId="23" xfId="1487" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="23" xfId="1487" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="58" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="51" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="51" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="52" fillId="58" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="58" borderId="23" xfId="1487" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="58" borderId="25" xfId="1487" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="46" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="46" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="58" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="45" fillId="58" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="45" fillId="58" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="56" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="56" borderId="0" xfId="1354" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="56" borderId="0" xfId="1481" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="58" fillId="56" borderId="0" xfId="1355" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="58" fillId="56" borderId="0" xfId="1355" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="61" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="23" xfId="1487" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="46" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="46" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="46" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="46" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="46" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="1791">
+  <cellStyles count="1794">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 10" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 10 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 10 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 11 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 11 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="1750" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="1764" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="1778" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 2" xfId="8" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 2 10" xfId="9" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 2 11" xfId="10" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 2 12" xfId="11" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 2 13" xfId="12" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 2 3" xfId="14" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 2 4" xfId="15" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent1 2 5" xfId="16" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - Accent1 2 6" xfId="17" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - Accent1 2 7" xfId="18" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="20% - Accent1 2 8" xfId="19" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
     <cellStyle name="20% - Accent1 2 9" xfId="20" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="21" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
     <cellStyle name="20% - Accent1 3 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
@@ -4643,50 +4658,51 @@
     <cellStyle name="Check Cell 2 6" xfId="1083" xr:uid="{00000000-0005-0000-0000-00005E040000}"/>
     <cellStyle name="Check Cell 2 7" xfId="1084" xr:uid="{00000000-0005-0000-0000-00005F040000}"/>
     <cellStyle name="Check Cell 2 8" xfId="1085" xr:uid="{00000000-0005-0000-0000-000060040000}"/>
     <cellStyle name="Check Cell 2 9" xfId="1086" xr:uid="{00000000-0005-0000-0000-000061040000}"/>
     <cellStyle name="Check Cell 3" xfId="1087" xr:uid="{00000000-0005-0000-0000-000062040000}"/>
     <cellStyle name="Check Cell 3 2" xfId="1088" xr:uid="{00000000-0005-0000-0000-000063040000}"/>
     <cellStyle name="Check Cell 3 3" xfId="1089" xr:uid="{00000000-0005-0000-0000-000064040000}"/>
     <cellStyle name="Check Cell 4" xfId="1090" xr:uid="{00000000-0005-0000-0000-000065040000}"/>
     <cellStyle name="Check Cell 4 2" xfId="1091" xr:uid="{00000000-0005-0000-0000-000066040000}"/>
     <cellStyle name="Check Cell 4 3" xfId="1092" xr:uid="{00000000-0005-0000-0000-000067040000}"/>
     <cellStyle name="Check Cell 5" xfId="1093" xr:uid="{00000000-0005-0000-0000-000068040000}"/>
     <cellStyle name="Check Cell 5 2" xfId="1094" xr:uid="{00000000-0005-0000-0000-000069040000}"/>
     <cellStyle name="Check Cell 5 3" xfId="1095" xr:uid="{00000000-0005-0000-0000-00006A040000}"/>
     <cellStyle name="Check Cell 6" xfId="1096" xr:uid="{00000000-0005-0000-0000-00006B040000}"/>
     <cellStyle name="Check Cell 6 2" xfId="1097" xr:uid="{00000000-0005-0000-0000-00006C040000}"/>
     <cellStyle name="Check Cell 6 3" xfId="1098" xr:uid="{00000000-0005-0000-0000-00006D040000}"/>
     <cellStyle name="Check Cell 7" xfId="1099" xr:uid="{00000000-0005-0000-0000-00006E040000}"/>
     <cellStyle name="Check Cell 7 2" xfId="1100" xr:uid="{00000000-0005-0000-0000-00006F040000}"/>
     <cellStyle name="Check Cell 7 3" xfId="1101" xr:uid="{00000000-0005-0000-0000-000070040000}"/>
     <cellStyle name="Check Cell 8" xfId="1102" xr:uid="{00000000-0005-0000-0000-000071040000}"/>
     <cellStyle name="Check Cell 8 2" xfId="1103" xr:uid="{00000000-0005-0000-0000-000072040000}"/>
     <cellStyle name="Check Cell 8 3" xfId="1104" xr:uid="{00000000-0005-0000-0000-000073040000}"/>
     <cellStyle name="Check Cell 9" xfId="1105" xr:uid="{00000000-0005-0000-0000-000074040000}"/>
     <cellStyle name="Check Cell 9 2" xfId="1106" xr:uid="{00000000-0005-0000-0000-000075040000}"/>
     <cellStyle name="Check Cell 9 3" xfId="1107" xr:uid="{00000000-0005-0000-0000-000076040000}"/>
+    <cellStyle name="Currency 2" xfId="1793" xr:uid="{EFA893DA-8C54-46D7-ABF5-3B8D33D438D6}"/>
     <cellStyle name="Explanatory Text" xfId="1108" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Explanatory Text 10" xfId="1109" xr:uid="{00000000-0005-0000-0000-000078040000}"/>
     <cellStyle name="Explanatory Text 10 2" xfId="1110" xr:uid="{00000000-0005-0000-0000-000079040000}"/>
     <cellStyle name="Explanatory Text 10 3" xfId="1111" xr:uid="{00000000-0005-0000-0000-00007A040000}"/>
     <cellStyle name="Explanatory Text 11" xfId="1112" xr:uid="{00000000-0005-0000-0000-00007B040000}"/>
     <cellStyle name="Explanatory Text 11 2" xfId="1113" xr:uid="{00000000-0005-0000-0000-00007C040000}"/>
     <cellStyle name="Explanatory Text 11 3" xfId="1114" xr:uid="{00000000-0005-0000-0000-00007D040000}"/>
     <cellStyle name="Explanatory Text 2" xfId="1115" xr:uid="{00000000-0005-0000-0000-00007E040000}"/>
     <cellStyle name="Explanatory Text 2 10" xfId="1116" xr:uid="{00000000-0005-0000-0000-00007F040000}"/>
     <cellStyle name="Explanatory Text 2 11" xfId="1117" xr:uid="{00000000-0005-0000-0000-000080040000}"/>
     <cellStyle name="Explanatory Text 2 12" xfId="1118" xr:uid="{00000000-0005-0000-0000-000081040000}"/>
     <cellStyle name="Explanatory Text 2 13" xfId="1119" xr:uid="{00000000-0005-0000-0000-000082040000}"/>
     <cellStyle name="Explanatory Text 2 2" xfId="1120" xr:uid="{00000000-0005-0000-0000-000083040000}"/>
     <cellStyle name="Explanatory Text 2 3" xfId="1121" xr:uid="{00000000-0005-0000-0000-000084040000}"/>
     <cellStyle name="Explanatory Text 2 4" xfId="1122" xr:uid="{00000000-0005-0000-0000-000085040000}"/>
     <cellStyle name="Explanatory Text 2 5" xfId="1123" xr:uid="{00000000-0005-0000-0000-000086040000}"/>
     <cellStyle name="Explanatory Text 2 6" xfId="1124" xr:uid="{00000000-0005-0000-0000-000087040000}"/>
     <cellStyle name="Explanatory Text 2 7" xfId="1125" xr:uid="{00000000-0005-0000-0000-000088040000}"/>
     <cellStyle name="Explanatory Text 2 8" xfId="1126" xr:uid="{00000000-0005-0000-0000-000089040000}"/>
     <cellStyle name="Explanatory Text 2 9" xfId="1127" xr:uid="{00000000-0005-0000-0000-00008A040000}"/>
     <cellStyle name="Explanatory Text 3" xfId="1128" xr:uid="{00000000-0005-0000-0000-00008B040000}"/>
     <cellStyle name="Explanatory Text 3 2" xfId="1129" xr:uid="{00000000-0005-0000-0000-00008C040000}"/>
     <cellStyle name="Explanatory Text 3 3" xfId="1130" xr:uid="{00000000-0005-0000-0000-00008D040000}"/>
     <cellStyle name="Explanatory Text 4" xfId="1131" xr:uid="{00000000-0005-0000-0000-00008E040000}"/>
     <cellStyle name="Explanatory Text 4 2" xfId="1132" xr:uid="{00000000-0005-0000-0000-00008F040000}"/>
@@ -5019,50 +5035,51 @@
     <cellStyle name="Neutral 2 9" xfId="1458" xr:uid="{00000000-0005-0000-0000-0000D6050000}"/>
     <cellStyle name="Neutral 3" xfId="1459" xr:uid="{00000000-0005-0000-0000-0000D7050000}"/>
     <cellStyle name="Neutral 3 2" xfId="1460" xr:uid="{00000000-0005-0000-0000-0000D8050000}"/>
     <cellStyle name="Neutral 3 3" xfId="1461" xr:uid="{00000000-0005-0000-0000-0000D9050000}"/>
     <cellStyle name="Neutral 4" xfId="1462" xr:uid="{00000000-0005-0000-0000-0000DA050000}"/>
     <cellStyle name="Neutral 4 2" xfId="1463" xr:uid="{00000000-0005-0000-0000-0000DB050000}"/>
     <cellStyle name="Neutral 4 3" xfId="1464" xr:uid="{00000000-0005-0000-0000-0000DC050000}"/>
     <cellStyle name="Neutral 5" xfId="1465" xr:uid="{00000000-0005-0000-0000-0000DD050000}"/>
     <cellStyle name="Neutral 5 2" xfId="1466" xr:uid="{00000000-0005-0000-0000-0000DE050000}"/>
     <cellStyle name="Neutral 5 3" xfId="1467" xr:uid="{00000000-0005-0000-0000-0000DF050000}"/>
     <cellStyle name="Neutral 6" xfId="1468" xr:uid="{00000000-0005-0000-0000-0000E0050000}"/>
     <cellStyle name="Neutral 6 2" xfId="1469" xr:uid="{00000000-0005-0000-0000-0000E1050000}"/>
     <cellStyle name="Neutral 6 3" xfId="1470" xr:uid="{00000000-0005-0000-0000-0000E2050000}"/>
     <cellStyle name="Neutral 7" xfId="1471" xr:uid="{00000000-0005-0000-0000-0000E3050000}"/>
     <cellStyle name="Neutral 7 2" xfId="1472" xr:uid="{00000000-0005-0000-0000-0000E4050000}"/>
     <cellStyle name="Neutral 7 3" xfId="1473" xr:uid="{00000000-0005-0000-0000-0000E5050000}"/>
     <cellStyle name="Neutral 8" xfId="1474" xr:uid="{00000000-0005-0000-0000-0000E6050000}"/>
     <cellStyle name="Neutral 8 2" xfId="1475" xr:uid="{00000000-0005-0000-0000-0000E7050000}"/>
     <cellStyle name="Neutral 8 3" xfId="1476" xr:uid="{00000000-0005-0000-0000-0000E8050000}"/>
     <cellStyle name="Neutral 9" xfId="1477" xr:uid="{00000000-0005-0000-0000-0000E9050000}"/>
     <cellStyle name="Neutral 9 2" xfId="1478" xr:uid="{00000000-0005-0000-0000-0000EA050000}"/>
     <cellStyle name="Neutral 9 3" xfId="1479" xr:uid="{00000000-0005-0000-0000-0000EB050000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="1776" xr:uid="{00000000-0005-0000-0000-0000ED050000}"/>
     <cellStyle name="Normal 11" xfId="1480" xr:uid="{00000000-0005-0000-0000-0000EE050000}"/>
+    <cellStyle name="Normal 12" xfId="1791" xr:uid="{C8C7452B-4EFA-428D-9B67-E5839EE8EF08}"/>
     <cellStyle name="Normal 13" xfId="1481" xr:uid="{00000000-0005-0000-0000-0000EF050000}"/>
     <cellStyle name="Normal 13 2" xfId="1482" xr:uid="{00000000-0005-0000-0000-0000F0050000}"/>
     <cellStyle name="Normal 13 3" xfId="1483" xr:uid="{00000000-0005-0000-0000-0000F1050000}"/>
     <cellStyle name="Normal 15" xfId="1484" xr:uid="{00000000-0005-0000-0000-0000F2050000}"/>
     <cellStyle name="Normal 15 2" xfId="1485" xr:uid="{00000000-0005-0000-0000-0000F3050000}"/>
     <cellStyle name="Normal 15 3" xfId="1486" xr:uid="{00000000-0005-0000-0000-0000F4050000}"/>
     <cellStyle name="Normal 16" xfId="1487" xr:uid="{00000000-0005-0000-0000-0000F5050000}"/>
     <cellStyle name="Normal 16 2" xfId="1488" xr:uid="{00000000-0005-0000-0000-0000F6050000}"/>
     <cellStyle name="Normal 16 3" xfId="1489" xr:uid="{00000000-0005-0000-0000-0000F7050000}"/>
     <cellStyle name="Normal 2" xfId="1490" xr:uid="{00000000-0005-0000-0000-0000F8050000}"/>
     <cellStyle name="Normal 2 10" xfId="1491" xr:uid="{00000000-0005-0000-0000-0000F9050000}"/>
     <cellStyle name="Normal 2 11" xfId="1492" xr:uid="{00000000-0005-0000-0000-0000FA050000}"/>
     <cellStyle name="Normal 2 12" xfId="1493" xr:uid="{00000000-0005-0000-0000-0000FB050000}"/>
     <cellStyle name="Normal 2 13" xfId="1494" xr:uid="{00000000-0005-0000-0000-0000FC050000}"/>
     <cellStyle name="Normal 2 14" xfId="1495" xr:uid="{00000000-0005-0000-0000-0000FD050000}"/>
     <cellStyle name="Normal 2 15" xfId="1496" xr:uid="{00000000-0005-0000-0000-0000FE050000}"/>
     <cellStyle name="Normal 2 16" xfId="1497" xr:uid="{00000000-0005-0000-0000-0000FF050000}"/>
     <cellStyle name="Normal 2 2" xfId="1498" xr:uid="{00000000-0005-0000-0000-000000060000}"/>
     <cellStyle name="Normal 2 2 10" xfId="1499" xr:uid="{00000000-0005-0000-0000-000001060000}"/>
     <cellStyle name="Normal 2 2 11" xfId="1500" xr:uid="{00000000-0005-0000-0000-000002060000}"/>
     <cellStyle name="Normal 2 2 12" xfId="1501" xr:uid="{00000000-0005-0000-0000-000003060000}"/>
     <cellStyle name="Normal 2 2 2" xfId="1502" xr:uid="{00000000-0005-0000-0000-000004060000}"/>
     <cellStyle name="Normal 2 2 2 10" xfId="1503" xr:uid="{00000000-0005-0000-0000-000005060000}"/>
     <cellStyle name="Normal 2 2 2 11" xfId="1504" xr:uid="{00000000-0005-0000-0000-000006060000}"/>
     <cellStyle name="Normal 2 2 2 12" xfId="1505" xr:uid="{00000000-0005-0000-0000-000007060000}"/>
@@ -5168,50 +5185,51 @@
     <cellStyle name="Output 2 6" xfId="1600" xr:uid="{00000000-0005-0000-0000-00006B060000}"/>
     <cellStyle name="Output 2 7" xfId="1601" xr:uid="{00000000-0005-0000-0000-00006C060000}"/>
     <cellStyle name="Output 2 8" xfId="1602" xr:uid="{00000000-0005-0000-0000-00006D060000}"/>
     <cellStyle name="Output 2 9" xfId="1603" xr:uid="{00000000-0005-0000-0000-00006E060000}"/>
     <cellStyle name="Output 3" xfId="1604" xr:uid="{00000000-0005-0000-0000-00006F060000}"/>
     <cellStyle name="Output 3 2" xfId="1605" xr:uid="{00000000-0005-0000-0000-000070060000}"/>
     <cellStyle name="Output 3 3" xfId="1606" xr:uid="{00000000-0005-0000-0000-000071060000}"/>
     <cellStyle name="Output 4" xfId="1607" xr:uid="{00000000-0005-0000-0000-000072060000}"/>
     <cellStyle name="Output 4 2" xfId="1608" xr:uid="{00000000-0005-0000-0000-000073060000}"/>
     <cellStyle name="Output 4 3" xfId="1609" xr:uid="{00000000-0005-0000-0000-000074060000}"/>
     <cellStyle name="Output 5" xfId="1610" xr:uid="{00000000-0005-0000-0000-000075060000}"/>
     <cellStyle name="Output 5 2" xfId="1611" xr:uid="{00000000-0005-0000-0000-000076060000}"/>
     <cellStyle name="Output 5 3" xfId="1612" xr:uid="{00000000-0005-0000-0000-000077060000}"/>
     <cellStyle name="Output 6" xfId="1613" xr:uid="{00000000-0005-0000-0000-000078060000}"/>
     <cellStyle name="Output 6 2" xfId="1614" xr:uid="{00000000-0005-0000-0000-000079060000}"/>
     <cellStyle name="Output 6 3" xfId="1615" xr:uid="{00000000-0005-0000-0000-00007A060000}"/>
     <cellStyle name="Output 7" xfId="1616" xr:uid="{00000000-0005-0000-0000-00007B060000}"/>
     <cellStyle name="Output 7 2" xfId="1617" xr:uid="{00000000-0005-0000-0000-00007C060000}"/>
     <cellStyle name="Output 7 3" xfId="1618" xr:uid="{00000000-0005-0000-0000-00007D060000}"/>
     <cellStyle name="Output 8" xfId="1619" xr:uid="{00000000-0005-0000-0000-00007E060000}"/>
     <cellStyle name="Output 8 2" xfId="1620" xr:uid="{00000000-0005-0000-0000-00007F060000}"/>
     <cellStyle name="Output 8 3" xfId="1621" xr:uid="{00000000-0005-0000-0000-000080060000}"/>
     <cellStyle name="Output 9" xfId="1622" xr:uid="{00000000-0005-0000-0000-000081060000}"/>
     <cellStyle name="Output 9 2" xfId="1623" xr:uid="{00000000-0005-0000-0000-000082060000}"/>
     <cellStyle name="Output 9 3" xfId="1624" xr:uid="{00000000-0005-0000-0000-000083060000}"/>
+    <cellStyle name="Percent 2" xfId="1792" xr:uid="{E547AF40-525D-40EA-A997-C82D001E3137}"/>
     <cellStyle name="Title" xfId="1625" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Title 10" xfId="1626" xr:uid="{00000000-0005-0000-0000-000085060000}"/>
     <cellStyle name="Title 10 2" xfId="1627" xr:uid="{00000000-0005-0000-0000-000086060000}"/>
     <cellStyle name="Title 10 3" xfId="1628" xr:uid="{00000000-0005-0000-0000-000087060000}"/>
     <cellStyle name="Title 11" xfId="1629" xr:uid="{00000000-0005-0000-0000-000088060000}"/>
     <cellStyle name="Title 11 2" xfId="1630" xr:uid="{00000000-0005-0000-0000-000089060000}"/>
     <cellStyle name="Title 11 3" xfId="1631" xr:uid="{00000000-0005-0000-0000-00008A060000}"/>
     <cellStyle name="Title 2" xfId="1632" xr:uid="{00000000-0005-0000-0000-00008B060000}"/>
     <cellStyle name="Title 2 10" xfId="1633" xr:uid="{00000000-0005-0000-0000-00008C060000}"/>
     <cellStyle name="Title 2 11" xfId="1634" xr:uid="{00000000-0005-0000-0000-00008D060000}"/>
     <cellStyle name="Title 2 12" xfId="1635" xr:uid="{00000000-0005-0000-0000-00008E060000}"/>
     <cellStyle name="Title 2 13" xfId="1636" xr:uid="{00000000-0005-0000-0000-00008F060000}"/>
     <cellStyle name="Title 2 2" xfId="1637" xr:uid="{00000000-0005-0000-0000-000090060000}"/>
     <cellStyle name="Title 2 3" xfId="1638" xr:uid="{00000000-0005-0000-0000-000091060000}"/>
     <cellStyle name="Title 2 4" xfId="1639" xr:uid="{00000000-0005-0000-0000-000092060000}"/>
     <cellStyle name="Title 2 5" xfId="1640" xr:uid="{00000000-0005-0000-0000-000093060000}"/>
     <cellStyle name="Title 2 6" xfId="1641" xr:uid="{00000000-0005-0000-0000-000094060000}"/>
     <cellStyle name="Title 2 7" xfId="1642" xr:uid="{00000000-0005-0000-0000-000095060000}"/>
     <cellStyle name="Title 2 8" xfId="1643" xr:uid="{00000000-0005-0000-0000-000096060000}"/>
     <cellStyle name="Title 2 9" xfId="1644" xr:uid="{00000000-0005-0000-0000-000097060000}"/>
     <cellStyle name="Title 3" xfId="1645" xr:uid="{00000000-0005-0000-0000-000098060000}"/>
     <cellStyle name="Title 3 2" xfId="1646" xr:uid="{00000000-0005-0000-0000-000099060000}"/>
     <cellStyle name="Title 3 3" xfId="1647" xr:uid="{00000000-0005-0000-0000-00009A060000}"/>
     <cellStyle name="Title 4" xfId="1648" xr:uid="{00000000-0005-0000-0000-00009B060000}"/>
     <cellStyle name="Title 4 2" xfId="1649" xr:uid="{00000000-0005-0000-0000-00009C060000}"/>
@@ -6228,51 +6246,51 @@
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{3E9EBD17-4F2B-452E-89FD-4B640E7EB9C7}" name="Table1" displayName="Table1" ref="A2:U263" totalsRowShown="0" headerRowDxfId="25" dataDxfId="23" headerRowBorderDxfId="24" tableBorderDxfId="22" totalsRowBorderDxfId="21">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{3E9EBD17-4F2B-452E-89FD-4B640E7EB9C7}" name="Table1" displayName="Table1" ref="A2:U289" totalsRowShown="0" headerRowDxfId="25" dataDxfId="23" headerRowBorderDxfId="24" tableBorderDxfId="22" totalsRowBorderDxfId="21">
   <tableColumns count="21">
     <tableColumn id="1" xr3:uid="{07DCD8A3-0C0B-4D38-BCB2-E3154E77E12D}" name="Fiscal Year" dataDxfId="20" dataCellStyle="Normal 16"/>
     <tableColumn id="2" xr3:uid="{4E0FDA89-16D5-4BEB-9492-BBFD44A73428}" name="Institute/Center" dataDxfId="19"/>
     <tableColumn id="3" xr3:uid="{1B2F7A22-6403-453C-BEAA-428D4E7E67C2}" name="Total Funding" dataDxfId="18"/>
     <tableColumn id="4" xr3:uid="{030645E9-1414-443F-8692-A98D855BED12}" name="Research Grants - Total Number" dataDxfId="17"/>
     <tableColumn id="5" xr3:uid="{8FFAF402-90F0-4365-980A-9D695A7DB054}" name=" Research Grants - _x000a_Total Funding" dataDxfId="16"/>
     <tableColumn id="6" xr3:uid="{8198C4D4-F06F-4635-BB8A-91FECA5280ED}" name="Research Grants  - _x000a_Average Funding " dataDxfId="15"/>
     <tableColumn id="7" xr3:uid="{30D29517-795A-40D7-89E1-75A3B711A5BA}" name="R&amp;D Contracts - _x000a_Total Number" dataDxfId="14"/>
     <tableColumn id="8" xr3:uid="{BCBB7943-E62B-4990-82CB-4D4B1F09EC14}" name="R&amp;D Contracts - _x000a_Total Funding " dataDxfId="13"/>
     <tableColumn id="9" xr3:uid="{5FE11E14-50A4-4BC2-B320-525979369452}" name="R&amp;D Contracts - _x000a_Average Funding" dataDxfId="12"/>
     <tableColumn id="10" xr3:uid="{A6A9BC7E-08A7-4401-9F1D-46C296850A30}" name="Fellowships - _x000a_Total Number" dataDxfId="11"/>
     <tableColumn id="11" xr3:uid="{1DDB8BF1-DE44-4CE3-ABAA-6C0216533CC5}" name="Fellowships - _x000a_Total Funding " dataDxfId="10"/>
     <tableColumn id="12" xr3:uid="{B2AAD4E2-D7FA-44D5-A705-8C86C51DCA7D}" name="Fellowships - _x000a_Average Funding" dataDxfId="9"/>
     <tableColumn id="13" xr3:uid="{F37F35BA-0FA3-43F0-9A90-C5944939AEA2}" name="Training Grants - _x000a_Total Number" dataDxfId="8"/>
     <tableColumn id="14" xr3:uid="{478BA8AB-29F6-47DA-8EAC-DDFDDB0E184C}" name="Training Grants -_x000a_Total Funding" dataDxfId="7"/>
     <tableColumn id="15" xr3:uid="{FD9C21E2-4646-4AA4-A140-BA4848589771}" name="Training Grants -_x000a_Average Funding" dataDxfId="6"/>
     <tableColumn id="16" xr3:uid="{3B32A6C0-1985-41E3-BBBD-189EB6EB1E23}" name="Construction Grants - Total Number " dataDxfId="5"/>
     <tableColumn id="17" xr3:uid="{5430357C-49D4-4AEB-8CDC-62B933171ADD}" name="Construction Grants -_x000a_Total Funding" dataDxfId="4"/>
     <tableColumn id="18" xr3:uid="{B5B1587D-2135-4E04-BD89-DE2FADE1CC3F}" name="Construction Grants -Average Funding" dataDxfId="3"/>
     <tableColumn id="19" xr3:uid="{88F47A90-07E4-490F-B269-6F56F999E41D}" name="Other Awards - _x000a_Total Number " dataDxfId="2"/>
     <tableColumn id="20" xr3:uid="{BB6F501B-46B2-422B-B1A5-AFC2526DCEA7}" name="Other Awards - _x000a_Total Funding" dataDxfId="1"/>
     <tableColumn id="21" xr3:uid="{E64FFF97-571A-473D-B4E2-93DB2B6F98B1}" name="Other Awards - _x000a_Average Funding" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="0" showColumnStripes="0"/>
 </table>
@@ -6546,170 +6564,168 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:U263"/>
+  <dimension ref="A1:U289"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="29" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="22" max="16384" width="9.109375" style="3"/>
+    <col min="1" max="1" width="15.7109375" style="29" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" style="29" customWidth="1"/>
+    <col min="3" max="3" width="25.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="20.7109375" style="2" customWidth="1"/>
+    <col min="5" max="6" width="25.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="20.7109375" style="2" customWidth="1"/>
+    <col min="8" max="9" width="25.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="20.7109375" style="2" customWidth="1"/>
+    <col min="11" max="12" width="25.7109375" style="1" customWidth="1"/>
+    <col min="13" max="13" width="20.7109375" style="2" customWidth="1"/>
+    <col min="14" max="15" width="25.7109375" style="1" customWidth="1"/>
+    <col min="16" max="16" width="20.7109375" style="2" customWidth="1"/>
+    <col min="17" max="18" width="25.7109375" style="1" customWidth="1"/>
+    <col min="19" max="19" width="20.7109375" style="2" customWidth="1"/>
+    <col min="20" max="21" width="25.7109375" style="1" customWidth="1"/>
+    <col min="22" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" s="21" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:21" s="21" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="60" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B1" s="28"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
       <c r="G1" s="19"/>
       <c r="H1" s="20"/>
       <c r="I1" s="20"/>
       <c r="J1" s="19"/>
       <c r="K1" s="20"/>
       <c r="L1" s="20"/>
       <c r="M1" s="19"/>
       <c r="N1" s="20"/>
       <c r="O1" s="20"/>
       <c r="P1" s="19"/>
       <c r="Q1" s="20"/>
       <c r="R1" s="20"/>
       <c r="U1" s="20"/>
     </row>
-    <row r="2" spans="1:21" s="22" customFormat="1" ht="73.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:21" s="22" customFormat="1" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="23" t="s">
         <v>23</v>
       </c>
       <c r="B2" s="24" t="s">
         <v>22</v>
       </c>
       <c r="C2" s="25" t="s">
+        <v>41</v>
+      </c>
+      <c r="D2" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="E2" s="26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="G2" s="24" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" s="26" t="s">
+        <v>59</v>
+      </c>
+      <c r="I2" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="J2" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="K2" s="26" t="s">
+        <v>40</v>
+      </c>
+      <c r="L2" s="26" t="s">
+        <v>42</v>
+      </c>
+      <c r="M2" s="24" t="s">
         <v>43</v>
       </c>
-      <c r="D2" s="24" t="s">
+      <c r="N2" s="26" t="s">
+        <v>44</v>
+      </c>
+      <c r="O2" s="26" t="s">
+        <v>45</v>
+      </c>
+      <c r="P2" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q2" s="26" t="s">
+        <v>46</v>
+      </c>
+      <c r="R2" s="26" t="s">
         <v>37</v>
       </c>
-      <c r="E2" s="26" t="s">
-[...29 lines deleted...]
-      <c r="O2" s="26" t="s">
+      <c r="S2" s="24" t="s">
         <v>47</v>
       </c>
-      <c r="P2" s="24" t="s">
-[...2 lines deleted...]
-      <c r="Q2" s="26" t="s">
+      <c r="T2" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="U2" s="27" t="s">
         <v>48</v>
       </c>
-      <c r="R2" s="26" t="s">
-[...12 lines deleted...]
-    <row r="3" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="3" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="61">
         <v>2015</v>
       </c>
       <c r="B3" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="31">
         <v>77474918</v>
       </c>
       <c r="D3" s="32">
         <v>122</v>
       </c>
       <c r="E3" s="31">
         <v>39101803</v>
       </c>
       <c r="F3" s="31">
         <v>320506.58196721313</v>
       </c>
       <c r="G3" s="32">
         <v>0</v>
       </c>
       <c r="H3" s="31">
         <v>0</v>
       </c>
       <c r="I3" s="31">
@@ -6730,56 +6746,56 @@
       <c r="N3" s="31">
         <v>0</v>
       </c>
       <c r="O3" s="31">
         <v>0</v>
       </c>
       <c r="P3" s="33">
         <v>0</v>
       </c>
       <c r="Q3" s="31">
         <v>0</v>
       </c>
       <c r="R3" s="31">
         <v>0</v>
       </c>
       <c r="S3" s="33">
         <v>134</v>
       </c>
       <c r="T3" s="31">
         <v>38373115</v>
       </c>
       <c r="U3" s="34">
         <v>286366.52985074627</v>
       </c>
     </row>
-    <row r="4" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="61">
         <v>2015</v>
       </c>
       <c r="B4" s="30" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C4" s="31">
         <v>523924649</v>
       </c>
       <c r="D4" s="32">
         <v>189</v>
       </c>
       <c r="E4" s="31">
         <v>510742940</v>
       </c>
       <c r="F4" s="31">
         <v>2702343.5978835979</v>
       </c>
       <c r="G4" s="32">
         <v>0</v>
       </c>
       <c r="H4" s="31">
         <v>0</v>
       </c>
       <c r="I4" s="31">
         <v>0</v>
       </c>
       <c r="J4" s="33">
         <v>0</v>
       </c>
@@ -6795,51 +6811,51 @@
       <c r="N4" s="31">
         <v>13181709</v>
       </c>
       <c r="O4" s="31">
         <v>258464.88235294117</v>
       </c>
       <c r="P4" s="33">
         <v>0</v>
       </c>
       <c r="Q4" s="31">
         <v>0</v>
       </c>
       <c r="R4" s="31">
         <v>0</v>
       </c>
       <c r="S4" s="33">
         <v>0</v>
       </c>
       <c r="T4" s="31">
         <v>0</v>
       </c>
       <c r="U4" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="61">
         <v>2015</v>
       </c>
       <c r="B5" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="31">
         <v>100799842</v>
       </c>
       <c r="D5" s="32">
         <v>215</v>
       </c>
       <c r="E5" s="31">
         <v>96959987</v>
       </c>
       <c r="F5" s="31">
         <v>450976.68372093025</v>
       </c>
       <c r="G5" s="32">
         <v>0</v>
       </c>
       <c r="H5" s="31">
         <v>0</v>
       </c>
       <c r="I5" s="31">
@@ -6860,51 +6876,51 @@
       <c r="N5" s="31">
         <v>3359559</v>
       </c>
       <c r="O5" s="31">
         <v>419944.875</v>
       </c>
       <c r="P5" s="33">
         <v>0</v>
       </c>
       <c r="Q5" s="31">
         <v>0</v>
       </c>
       <c r="R5" s="31">
         <v>0</v>
       </c>
       <c r="S5" s="33">
         <v>0</v>
       </c>
       <c r="T5" s="31">
         <v>0</v>
       </c>
       <c r="U5" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="61">
         <v>2015</v>
       </c>
       <c r="B6" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="31">
         <v>3596326259</v>
       </c>
       <c r="D6" s="32">
         <v>5772</v>
       </c>
       <c r="E6" s="31">
         <v>2998555930</v>
       </c>
       <c r="F6" s="31">
         <v>519500.33437283436</v>
       </c>
       <c r="G6" s="32">
         <v>167</v>
       </c>
       <c r="H6" s="31">
         <v>528696857</v>
       </c>
       <c r="I6" s="31">
@@ -6925,51 +6941,51 @@
       <c r="N6" s="31">
         <v>47359073</v>
       </c>
       <c r="O6" s="31">
         <v>338279.09285714285</v>
       </c>
       <c r="P6" s="33">
         <v>0</v>
       </c>
       <c r="Q6" s="31">
         <v>0</v>
       </c>
       <c r="R6" s="31">
         <v>0</v>
       </c>
       <c r="S6" s="33">
         <v>0</v>
       </c>
       <c r="T6" s="31">
         <v>0</v>
       </c>
       <c r="U6" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="61">
         <v>2015</v>
       </c>
       <c r="B7" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="31">
         <v>551444245</v>
       </c>
       <c r="D7" s="32">
         <v>1284</v>
       </c>
       <c r="E7" s="31">
         <v>533718313</v>
       </c>
       <c r="F7" s="31">
         <v>415668.46806853585</v>
       </c>
       <c r="G7" s="32">
         <v>2</v>
       </c>
       <c r="H7" s="31">
         <v>6253883</v>
       </c>
       <c r="I7" s="31">
@@ -6990,51 +7006,51 @@
       <c r="N7" s="31">
         <v>7697525</v>
       </c>
       <c r="O7" s="31">
         <v>192438.125</v>
       </c>
       <c r="P7" s="33">
         <v>0</v>
       </c>
       <c r="Q7" s="31">
         <v>0</v>
       </c>
       <c r="R7" s="31">
         <v>0</v>
       </c>
       <c r="S7" s="33">
         <v>0</v>
       </c>
       <c r="T7" s="31">
         <v>0</v>
       </c>
       <c r="U7" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="61">
         <v>2015</v>
       </c>
       <c r="B8" s="30" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="31">
         <v>453713618</v>
       </c>
       <c r="D8" s="32">
         <v>378</v>
       </c>
       <c r="E8" s="31">
         <v>447281846</v>
       </c>
       <c r="F8" s="31">
         <v>1183285.3068783069</v>
       </c>
       <c r="G8" s="32">
         <v>0</v>
       </c>
       <c r="H8" s="31">
         <v>0</v>
       </c>
       <c r="I8" s="31">
@@ -7055,51 +7071,51 @@
       <c r="N8" s="31">
         <v>6209071</v>
       </c>
       <c r="O8" s="31">
         <v>564461</v>
       </c>
       <c r="P8" s="33">
         <v>0</v>
       </c>
       <c r="Q8" s="31">
         <v>0</v>
       </c>
       <c r="R8" s="31">
         <v>0</v>
       </c>
       <c r="S8" s="33">
         <v>0</v>
       </c>
       <c r="T8" s="31">
         <v>0</v>
       </c>
       <c r="U8" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="61">
         <v>2015</v>
       </c>
       <c r="B9" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="31">
         <v>2463722175</v>
       </c>
       <c r="D9" s="32">
         <v>4066</v>
       </c>
       <c r="E9" s="31">
         <v>2184685135</v>
       </c>
       <c r="F9" s="31">
         <v>537305.7390555829</v>
       </c>
       <c r="G9" s="32">
         <v>162</v>
       </c>
       <c r="H9" s="31">
         <v>183478580</v>
       </c>
       <c r="I9" s="31">
@@ -7120,51 +7136,51 @@
       <c r="N9" s="31">
         <v>83070767</v>
       </c>
       <c r="O9" s="31">
         <v>365950.51541850221</v>
       </c>
       <c r="P9" s="33">
         <v>0</v>
       </c>
       <c r="Q9" s="31">
         <v>0</v>
       </c>
       <c r="R9" s="31">
         <v>0</v>
       </c>
       <c r="S9" s="33">
         <v>0</v>
       </c>
       <c r="T9" s="31">
         <v>0</v>
       </c>
       <c r="U9" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="61">
         <v>2015</v>
       </c>
       <c r="B10" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="31">
         <v>1006584697</v>
       </c>
       <c r="D10" s="32">
         <v>1821</v>
       </c>
       <c r="E10" s="31">
         <v>975568092</v>
       </c>
       <c r="F10" s="31">
         <v>535732.06589785835</v>
       </c>
       <c r="G10" s="32">
         <v>8</v>
       </c>
       <c r="H10" s="31">
         <v>6860604</v>
       </c>
       <c r="I10" s="31">
@@ -7185,51 +7201,51 @@
       <c r="N10" s="31">
         <v>18503033</v>
       </c>
       <c r="O10" s="31">
         <v>298436.01612903224</v>
       </c>
       <c r="P10" s="33">
         <v>0</v>
       </c>
       <c r="Q10" s="31">
         <v>0</v>
       </c>
       <c r="R10" s="31">
         <v>0</v>
       </c>
       <c r="S10" s="33">
         <v>0</v>
       </c>
       <c r="T10" s="31">
         <v>0</v>
       </c>
       <c r="U10" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="61">
         <v>2015</v>
       </c>
       <c r="B11" s="30" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="31">
         <v>329777404</v>
       </c>
       <c r="D11" s="32">
         <v>832</v>
       </c>
       <c r="E11" s="31">
         <v>317627370</v>
       </c>
       <c r="F11" s="31">
         <v>381763.66586538462</v>
       </c>
       <c r="G11" s="32">
         <v>0</v>
       </c>
       <c r="H11" s="31">
         <v>0</v>
       </c>
       <c r="I11" s="31">
@@ -7250,51 +7266,51 @@
       <c r="N11" s="31">
         <v>7916346</v>
       </c>
       <c r="O11" s="31">
         <v>329847.75</v>
       </c>
       <c r="P11" s="33">
         <v>0</v>
       </c>
       <c r="Q11" s="31">
         <v>0</v>
       </c>
       <c r="R11" s="31">
         <v>0</v>
       </c>
       <c r="S11" s="33">
         <v>0</v>
       </c>
       <c r="T11" s="31">
         <v>0</v>
       </c>
       <c r="U11" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="61">
         <v>2015</v>
       </c>
       <c r="B12" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="31">
         <v>3338512104</v>
       </c>
       <c r="D12" s="32">
         <v>4536</v>
       </c>
       <c r="E12" s="31">
         <v>2762604449</v>
       </c>
       <c r="F12" s="31">
         <v>609039.78152557323</v>
       </c>
       <c r="G12" s="32">
         <v>316</v>
       </c>
       <c r="H12" s="31">
         <v>522818769</v>
       </c>
       <c r="I12" s="31">
@@ -7315,51 +7331,51 @@
       <c r="N12" s="31">
         <v>44048053</v>
       </c>
       <c r="O12" s="31">
         <v>268585.68902439025</v>
       </c>
       <c r="P12" s="33">
         <v>0</v>
       </c>
       <c r="Q12" s="31">
         <v>0</v>
       </c>
       <c r="R12" s="31">
         <v>0</v>
       </c>
       <c r="S12" s="33">
         <v>0</v>
       </c>
       <c r="T12" s="31">
         <v>0</v>
       </c>
       <c r="U12" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="61">
         <v>2015</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="31">
         <v>448662290</v>
       </c>
       <c r="D13" s="32">
         <v>1212</v>
       </c>
       <c r="E13" s="31">
         <v>434283736</v>
       </c>
       <c r="F13" s="31">
         <v>358319.91419141914</v>
       </c>
       <c r="G13" s="32">
         <v>0</v>
       </c>
       <c r="H13" s="31">
         <v>0</v>
       </c>
       <c r="I13" s="31">
@@ -7380,51 +7396,51 @@
       <c r="N13" s="31">
         <v>11372536</v>
       </c>
       <c r="O13" s="31">
         <v>247229.04347826086</v>
       </c>
       <c r="P13" s="33">
         <v>0</v>
       </c>
       <c r="Q13" s="31">
         <v>0</v>
       </c>
       <c r="R13" s="31">
         <v>0</v>
       </c>
       <c r="S13" s="33">
         <v>0</v>
       </c>
       <c r="T13" s="31">
         <v>0</v>
       </c>
       <c r="U13" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="61">
         <v>2015</v>
       </c>
       <c r="B14" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C14" s="31">
         <v>338103730</v>
       </c>
       <c r="D14" s="32">
         <v>743</v>
       </c>
       <c r="E14" s="31">
         <v>328272723</v>
       </c>
       <c r="F14" s="31">
         <v>441820.62314939435</v>
       </c>
       <c r="G14" s="32">
         <v>0</v>
       </c>
       <c r="H14" s="31">
         <v>0</v>
       </c>
       <c r="I14" s="31">
@@ -7445,51 +7461,51 @@
       <c r="N14" s="31">
         <v>8974809</v>
       </c>
       <c r="O14" s="31">
         <v>218897.78048780488</v>
       </c>
       <c r="P14" s="33">
         <v>0</v>
       </c>
       <c r="Q14" s="31">
         <v>0</v>
       </c>
       <c r="R14" s="31">
         <v>0</v>
       </c>
       <c r="S14" s="33">
         <v>0</v>
       </c>
       <c r="T14" s="31">
         <v>0</v>
       </c>
       <c r="U14" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="61">
         <v>2015</v>
       </c>
       <c r="B15" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="31">
         <v>1048449416</v>
       </c>
       <c r="D15" s="32">
         <v>2047</v>
       </c>
       <c r="E15" s="31">
         <v>939619335</v>
       </c>
       <c r="F15" s="31">
         <v>459022.63556424034</v>
       </c>
       <c r="G15" s="32">
         <v>96</v>
       </c>
       <c r="H15" s="31">
         <v>76747837</v>
       </c>
       <c r="I15" s="31">
@@ -7510,51 +7526,51 @@
       <c r="N15" s="31">
         <v>26058964</v>
       </c>
       <c r="O15" s="31">
         <v>243541.71962616823</v>
       </c>
       <c r="P15" s="33">
         <v>0</v>
       </c>
       <c r="Q15" s="31">
         <v>0</v>
       </c>
       <c r="R15" s="31">
         <v>0</v>
       </c>
       <c r="S15" s="33">
         <v>23</v>
       </c>
       <c r="T15" s="31">
         <v>1861387</v>
       </c>
       <c r="U15" s="34">
         <v>80929.869565217392</v>
       </c>
     </row>
-    <row r="16" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="61">
         <v>2015</v>
       </c>
       <c r="B16" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="31">
         <v>883951093</v>
       </c>
       <c r="D16" s="32">
         <v>1685</v>
       </c>
       <c r="E16" s="31">
         <v>809008422</v>
       </c>
       <c r="F16" s="31">
         <v>480123.69258160237</v>
       </c>
       <c r="G16" s="32">
         <v>107</v>
       </c>
       <c r="H16" s="31">
         <v>51834013</v>
       </c>
       <c r="I16" s="31">
@@ -7575,51 +7591,51 @@
       <c r="N16" s="31">
         <v>17678590</v>
       </c>
       <c r="O16" s="31">
         <v>310150.70175438595</v>
       </c>
       <c r="P16" s="33">
         <v>0</v>
       </c>
       <c r="Q16" s="31">
         <v>0</v>
       </c>
       <c r="R16" s="31">
         <v>0</v>
       </c>
       <c r="S16" s="33">
         <v>0</v>
       </c>
       <c r="T16" s="31">
         <v>0</v>
       </c>
       <c r="U16" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="61">
         <v>2015</v>
       </c>
       <c r="B17" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="31">
         <v>324454228</v>
       </c>
       <c r="D17" s="32">
         <v>856</v>
       </c>
       <c r="E17" s="31">
         <v>312180832</v>
       </c>
       <c r="F17" s="31">
         <v>364697.23364485981</v>
       </c>
       <c r="G17" s="32">
         <v>0</v>
       </c>
       <c r="H17" s="31">
         <v>0</v>
       </c>
       <c r="I17" s="31">
@@ -7640,51 +7656,51 @@
       <c r="N17" s="31">
         <v>7379135</v>
       </c>
       <c r="O17" s="31">
         <v>223610.15151515152</v>
       </c>
       <c r="P17" s="33">
         <v>0</v>
       </c>
       <c r="Q17" s="31">
         <v>0</v>
       </c>
       <c r="R17" s="31">
         <v>0</v>
       </c>
       <c r="S17" s="33">
         <v>0</v>
       </c>
       <c r="T17" s="31">
         <v>0</v>
       </c>
       <c r="U17" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="61">
         <v>2015</v>
       </c>
       <c r="B18" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="31">
         <v>291073232</v>
       </c>
       <c r="D18" s="32">
         <v>655</v>
       </c>
       <c r="E18" s="31">
         <v>279605863</v>
       </c>
       <c r="F18" s="31">
         <v>426879.18015267176</v>
       </c>
       <c r="G18" s="32">
         <v>0</v>
       </c>
       <c r="H18" s="31">
         <v>0</v>
       </c>
       <c r="I18" s="31">
@@ -7705,51 +7721,51 @@
       <c r="N18" s="31">
         <v>7348387</v>
       </c>
       <c r="O18" s="31">
         <v>408243.72222222225</v>
       </c>
       <c r="P18" s="33">
         <v>0</v>
       </c>
       <c r="Q18" s="31">
         <v>0</v>
       </c>
       <c r="R18" s="31">
         <v>0</v>
       </c>
       <c r="S18" s="33">
         <v>0</v>
       </c>
       <c r="T18" s="31">
         <v>0</v>
       </c>
       <c r="U18" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="61">
         <v>2015</v>
       </c>
       <c r="B19" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="31">
         <v>1595508605</v>
       </c>
       <c r="D19" s="32">
         <v>3328</v>
       </c>
       <c r="E19" s="31">
         <v>1539069183</v>
       </c>
       <c r="F19" s="31">
         <v>462460.69200721156</v>
       </c>
       <c r="G19" s="32">
         <v>0</v>
       </c>
       <c r="H19" s="31">
         <v>0</v>
       </c>
       <c r="I19" s="31">
@@ -7770,51 +7786,51 @@
       <c r="N19" s="31">
         <v>44254903</v>
       </c>
       <c r="O19" s="31">
         <v>244502.22651933701</v>
       </c>
       <c r="P19" s="33">
         <v>0</v>
       </c>
       <c r="Q19" s="31">
         <v>0</v>
       </c>
       <c r="R19" s="31">
         <v>0</v>
       </c>
       <c r="S19" s="33">
         <v>0</v>
       </c>
       <c r="T19" s="31">
         <v>0</v>
       </c>
       <c r="U19" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="61">
         <v>2015</v>
       </c>
       <c r="B20" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="31">
         <v>534491047</v>
       </c>
       <c r="D20" s="32">
         <v>877</v>
       </c>
       <c r="E20" s="31">
         <v>450261797</v>
       </c>
       <c r="F20" s="31">
         <v>513411.39908779931</v>
       </c>
       <c r="G20" s="32">
         <v>31</v>
       </c>
       <c r="H20" s="31">
         <v>64870466</v>
       </c>
       <c r="I20" s="31">
@@ -7835,51 +7851,51 @@
       <c r="N20" s="31">
         <v>17585734</v>
       </c>
       <c r="O20" s="31">
         <v>399675.77272727271</v>
       </c>
       <c r="P20" s="33">
         <v>0</v>
       </c>
       <c r="Q20" s="31">
         <v>0</v>
       </c>
       <c r="R20" s="31">
         <v>0</v>
       </c>
       <c r="S20" s="33">
         <v>1</v>
       </c>
       <c r="T20" s="31">
         <v>237024</v>
       </c>
       <c r="U20" s="34">
         <v>237024</v>
       </c>
     </row>
-    <row r="21" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="61">
         <v>2015</v>
       </c>
       <c r="B21" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="31">
         <v>2305409126</v>
       </c>
       <c r="D21" s="32">
         <v>4663</v>
       </c>
       <c r="E21" s="31">
         <v>2105692381</v>
       </c>
       <c r="F21" s="31">
         <v>451574.60454642936</v>
       </c>
       <c r="G21" s="32">
         <v>0</v>
       </c>
       <c r="H21" s="31">
         <v>0</v>
       </c>
       <c r="I21" s="31">
@@ -7900,51 +7916,51 @@
       <c r="N21" s="31">
         <v>181963942</v>
       </c>
       <c r="O21" s="31">
         <v>464193.72959183675</v>
       </c>
       <c r="P21" s="33">
         <v>0</v>
       </c>
       <c r="Q21" s="31">
         <v>0</v>
       </c>
       <c r="R21" s="31">
         <v>0</v>
       </c>
       <c r="S21" s="33">
         <v>0</v>
       </c>
       <c r="T21" s="31">
         <v>0</v>
       </c>
       <c r="U21" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="61">
         <v>2015</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="31">
         <v>1178954580</v>
       </c>
       <c r="D22" s="32">
         <v>2467</v>
       </c>
       <c r="E22" s="31">
         <v>1126832094</v>
       </c>
       <c r="F22" s="31">
         <v>456762.09728415078</v>
       </c>
       <c r="G22" s="32">
         <v>60</v>
       </c>
       <c r="H22" s="31">
         <v>17268876</v>
       </c>
       <c r="I22" s="31">
@@ -7965,51 +7981,51 @@
       <c r="N22" s="31">
         <v>24929134</v>
       </c>
       <c r="O22" s="31">
         <v>259678.47916666666</v>
       </c>
       <c r="P22" s="33">
         <v>0</v>
       </c>
       <c r="Q22" s="31">
         <v>0</v>
       </c>
       <c r="R22" s="31">
         <v>0</v>
       </c>
       <c r="S22" s="33">
         <v>2</v>
       </c>
       <c r="T22" s="31">
         <v>549357</v>
       </c>
       <c r="U22" s="34">
         <v>274678.5</v>
       </c>
     </row>
-    <row r="23" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="61">
         <v>2015</v>
       </c>
       <c r="B23" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="31">
         <v>232048312</v>
       </c>
       <c r="D23" s="32">
         <v>284</v>
       </c>
       <c r="E23" s="31">
         <v>226856079</v>
       </c>
       <c r="F23" s="31">
         <v>798789.01056338032</v>
       </c>
       <c r="G23" s="32">
         <v>0</v>
       </c>
       <c r="H23" s="31">
         <v>0</v>
       </c>
       <c r="I23" s="31">
@@ -8030,51 +8046,51 @@
       <c r="N23" s="31">
         <v>5118793</v>
       </c>
       <c r="O23" s="31">
         <v>232672.40909090909</v>
       </c>
       <c r="P23" s="33">
         <v>0</v>
       </c>
       <c r="Q23" s="31">
         <v>0</v>
       </c>
       <c r="R23" s="31">
         <v>0</v>
       </c>
       <c r="S23" s="33">
         <v>0</v>
       </c>
       <c r="T23" s="31">
         <v>0</v>
       </c>
       <c r="U23" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="61">
         <v>2015</v>
       </c>
       <c r="B24" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C24" s="31">
         <v>1351006746</v>
       </c>
       <c r="D24" s="32">
         <v>3317</v>
       </c>
       <c r="E24" s="31">
         <v>1314642253</v>
       </c>
       <c r="F24" s="31">
         <v>396334.71600844135</v>
       </c>
       <c r="G24" s="32">
         <v>8</v>
       </c>
       <c r="H24" s="31">
         <v>9018468</v>
       </c>
       <c r="I24" s="31">
@@ -8095,51 +8111,51 @@
       <c r="N24" s="31">
         <v>12956287</v>
       </c>
       <c r="O24" s="31">
         <v>227303.28070175438</v>
       </c>
       <c r="P24" s="33">
         <v>0</v>
       </c>
       <c r="Q24" s="31">
         <v>0</v>
       </c>
       <c r="R24" s="31">
         <v>0</v>
       </c>
       <c r="S24" s="33">
         <v>1</v>
       </c>
       <c r="T24" s="31">
         <v>213319</v>
       </c>
       <c r="U24" s="34">
         <v>213319</v>
       </c>
     </row>
-    <row r="25" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="61">
         <v>2015</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="31">
         <v>113257378</v>
       </c>
       <c r="D25" s="32">
         <v>253</v>
       </c>
       <c r="E25" s="31">
         <v>104569789</v>
       </c>
       <c r="F25" s="31">
         <v>413319.32411067194</v>
       </c>
       <c r="G25" s="32">
         <v>0</v>
       </c>
       <c r="H25" s="31">
         <v>0</v>
       </c>
       <c r="I25" s="31">
@@ -8160,51 +8176,51 @@
       <c r="N25" s="31">
         <v>6915851</v>
       </c>
       <c r="O25" s="31">
         <v>314356.86363636365</v>
       </c>
       <c r="P25" s="33">
         <v>0</v>
       </c>
       <c r="Q25" s="31">
         <v>0</v>
       </c>
       <c r="R25" s="31">
         <v>0</v>
       </c>
       <c r="S25" s="33">
         <v>0</v>
       </c>
       <c r="T25" s="31">
         <v>0</v>
       </c>
       <c r="U25" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="61">
         <v>2015</v>
       </c>
       <c r="B26" s="30" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="31">
         <v>61154492</v>
       </c>
       <c r="D26" s="32">
         <v>111</v>
       </c>
       <c r="E26" s="31">
         <v>32569037</v>
       </c>
       <c r="F26" s="31">
         <v>293414.74774774775</v>
       </c>
       <c r="G26" s="32">
         <v>16</v>
       </c>
       <c r="H26" s="31">
         <v>14635073</v>
       </c>
       <c r="I26" s="31">
@@ -8225,51 +8241,51 @@
       <c r="N26" s="31">
         <v>12890162</v>
       </c>
       <c r="O26" s="31">
         <v>805635.125</v>
       </c>
       <c r="P26" s="33">
         <v>0</v>
       </c>
       <c r="Q26" s="31">
         <v>0</v>
       </c>
       <c r="R26" s="31">
         <v>0</v>
       </c>
       <c r="S26" s="33">
         <v>16</v>
       </c>
       <c r="T26" s="31">
         <v>1023607</v>
       </c>
       <c r="U26" s="34">
         <v>63975.4375</v>
       </c>
     </row>
-    <row r="27" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="61">
         <v>2015</v>
       </c>
       <c r="B27" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C27" s="31">
         <v>333875243</v>
       </c>
       <c r="D27" s="32">
         <v>453</v>
       </c>
       <c r="E27" s="31">
         <v>304035568</v>
       </c>
       <c r="F27" s="31">
         <v>671160.1942604857</v>
       </c>
       <c r="G27" s="32">
         <v>26</v>
       </c>
       <c r="H27" s="31">
         <v>9288875</v>
       </c>
       <c r="I27" s="31">
@@ -8290,51 +8306,51 @@
       <c r="N27" s="31">
         <v>6350218</v>
       </c>
       <c r="O27" s="31">
         <v>158755.45000000001</v>
       </c>
       <c r="P27" s="33">
         <v>18</v>
       </c>
       <c r="Q27" s="31">
         <v>8009492</v>
       </c>
       <c r="R27" s="31">
         <v>444971.77777777775</v>
       </c>
       <c r="S27" s="33">
         <v>17</v>
       </c>
       <c r="T27" s="31">
         <v>6157128</v>
       </c>
       <c r="U27" s="34">
         <v>362184</v>
       </c>
     </row>
-    <row r="28" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="61">
         <v>2015</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="31">
         <v>5484795</v>
       </c>
       <c r="D28" s="32">
         <v>0</v>
       </c>
       <c r="E28" s="31">
         <v>0</v>
       </c>
       <c r="F28" s="31">
         <v>0</v>
       </c>
       <c r="G28" s="32">
         <v>4</v>
       </c>
       <c r="H28" s="31">
         <v>5484795</v>
       </c>
       <c r="I28" s="31">
@@ -8355,56 +8371,56 @@
       <c r="N28" s="31">
         <v>0</v>
       </c>
       <c r="O28" s="31">
         <v>0</v>
       </c>
       <c r="P28" s="33">
         <v>0</v>
       </c>
       <c r="Q28" s="31">
         <v>0</v>
       </c>
       <c r="R28" s="31">
         <v>0</v>
       </c>
       <c r="S28" s="33">
         <v>0</v>
       </c>
       <c r="T28" s="31">
         <v>0</v>
       </c>
       <c r="U28" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="62">
         <v>2015</v>
       </c>
       <c r="B29" s="35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C29" s="36">
         <v>23488164224</v>
       </c>
       <c r="D29" s="37">
         <v>42166</v>
       </c>
       <c r="E29" s="36">
         <v>21174344957</v>
       </c>
       <c r="F29" s="36">
         <v>502166.31781530142</v>
       </c>
       <c r="G29" s="38">
         <v>1003</v>
       </c>
       <c r="H29" s="39">
         <v>1497257096</v>
       </c>
       <c r="I29" s="39">
         <v>1492778.7597208375</v>
       </c>
       <c r="J29" s="37">
         <v>3172</v>
       </c>
@@ -8420,51 +8436,51 @@
       <c r="N29" s="36">
         <v>623122581</v>
       </c>
       <c r="O29" s="36">
         <v>328131.9541864139</v>
       </c>
       <c r="P29" s="40">
         <v>18</v>
       </c>
       <c r="Q29" s="36">
         <v>8009492</v>
       </c>
       <c r="R29" s="36">
         <v>444971.77777777775</v>
       </c>
       <c r="S29" s="40">
         <v>194</v>
       </c>
       <c r="T29" s="36">
         <v>48414937</v>
       </c>
       <c r="U29" s="41">
         <v>249561.53092783506</v>
       </c>
     </row>
-    <row r="30" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="61">
         <v>2016</v>
       </c>
       <c r="B30" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C30" s="31">
         <v>68595980</v>
       </c>
       <c r="D30" s="32">
         <v>132</v>
       </c>
       <c r="E30" s="31">
         <v>32038753</v>
       </c>
       <c r="F30" s="31">
         <v>242717.82575757575</v>
       </c>
       <c r="G30" s="42">
         <v>0</v>
       </c>
       <c r="H30" s="43">
         <v>0</v>
       </c>
       <c r="I30" s="43">
@@ -8485,56 +8501,56 @@
       <c r="N30" s="31">
         <v>0</v>
       </c>
       <c r="O30" s="31">
         <v>0</v>
       </c>
       <c r="P30" s="33">
         <v>0</v>
       </c>
       <c r="Q30" s="31">
         <v>0</v>
       </c>
       <c r="R30" s="31">
         <v>0</v>
       </c>
       <c r="S30" s="33">
         <v>129</v>
       </c>
       <c r="T30" s="31">
         <v>36557227</v>
       </c>
       <c r="U30" s="34">
         <v>283389.3565891473</v>
       </c>
     </row>
-    <row r="31" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="61">
         <v>2016</v>
       </c>
       <c r="B31" s="30" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C31" s="31">
         <v>570085566</v>
       </c>
       <c r="D31" s="32">
         <v>215</v>
       </c>
       <c r="E31" s="31">
         <v>542296312</v>
       </c>
       <c r="F31" s="31">
         <v>2522308.4279069765</v>
       </c>
       <c r="G31" s="42">
         <v>0</v>
       </c>
       <c r="H31" s="43">
         <v>0</v>
       </c>
       <c r="I31" s="43">
         <v>0</v>
       </c>
       <c r="J31" s="33">
         <v>0</v>
       </c>
@@ -8550,51 +8566,51 @@
       <c r="N31" s="31">
         <v>22680718</v>
       </c>
       <c r="O31" s="31">
         <v>482568.4680851064</v>
       </c>
       <c r="P31" s="33">
         <v>0</v>
       </c>
       <c r="Q31" s="31">
         <v>0</v>
       </c>
       <c r="R31" s="31">
         <v>0</v>
       </c>
       <c r="S31" s="33">
         <v>5</v>
       </c>
       <c r="T31" s="31">
         <v>5108536</v>
       </c>
       <c r="U31" s="34">
         <v>1021707.2</v>
       </c>
     </row>
-    <row r="32" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="61">
         <v>2016</v>
       </c>
       <c r="B32" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C32" s="31">
         <v>111141228</v>
       </c>
       <c r="D32" s="32">
         <v>218</v>
       </c>
       <c r="E32" s="31">
         <v>107447348</v>
       </c>
       <c r="F32" s="31">
         <v>492877.74311926606</v>
       </c>
       <c r="G32" s="42">
         <v>0</v>
       </c>
       <c r="H32" s="43">
         <v>0</v>
       </c>
       <c r="I32" s="43">
@@ -8615,51 +8631,51 @@
       <c r="N32" s="31">
         <v>3214352</v>
       </c>
       <c r="O32" s="31">
         <v>401794</v>
       </c>
       <c r="P32" s="33">
         <v>0</v>
       </c>
       <c r="Q32" s="31">
         <v>0</v>
       </c>
       <c r="R32" s="31">
         <v>0</v>
       </c>
       <c r="S32" s="33">
         <v>0</v>
       </c>
       <c r="T32" s="31">
         <v>0</v>
       </c>
       <c r="U32" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="61">
         <v>2016</v>
       </c>
       <c r="B33" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C33" s="31">
         <v>3747047750</v>
       </c>
       <c r="D33" s="32">
         <v>5714</v>
       </c>
       <c r="E33" s="31">
         <v>3072897028</v>
       </c>
       <c r="F33" s="31">
         <v>537783.86909345468</v>
       </c>
       <c r="G33" s="42">
         <v>183</v>
       </c>
       <c r="H33" s="43">
         <v>602910847</v>
       </c>
       <c r="I33" s="43">
@@ -8680,51 +8696,51 @@
       <c r="N33" s="31">
         <v>48822483</v>
       </c>
       <c r="O33" s="31">
         <v>339045.02083333331</v>
       </c>
       <c r="P33" s="33">
         <v>0</v>
       </c>
       <c r="Q33" s="31">
         <v>0</v>
       </c>
       <c r="R33" s="31">
         <v>0</v>
       </c>
       <c r="S33" s="33">
         <v>0</v>
       </c>
       <c r="T33" s="31">
         <v>0</v>
       </c>
       <c r="U33" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="61">
         <v>2016</v>
       </c>
       <c r="B34" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="31">
         <v>578588532</v>
       </c>
       <c r="D34" s="32">
         <v>1339</v>
       </c>
       <c r="E34" s="31">
         <v>560993898</v>
       </c>
       <c r="F34" s="31">
         <v>418964.8230022405</v>
       </c>
       <c r="G34" s="42">
         <v>2</v>
       </c>
       <c r="H34" s="43">
         <v>6386746</v>
       </c>
       <c r="I34" s="43">
@@ -8745,51 +8761,51 @@
       <c r="N34" s="31">
         <v>6943260</v>
       </c>
       <c r="O34" s="31">
         <v>173581.5</v>
       </c>
       <c r="P34" s="33">
         <v>0</v>
       </c>
       <c r="Q34" s="31">
         <v>0</v>
       </c>
       <c r="R34" s="31">
         <v>0</v>
       </c>
       <c r="S34" s="33">
         <v>0</v>
       </c>
       <c r="T34" s="31">
         <v>0</v>
       </c>
       <c r="U34" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="61">
         <v>2016</v>
       </c>
       <c r="B35" s="30" t="s">
         <v>3</v>
       </c>
       <c r="C35" s="31">
         <v>432596611</v>
       </c>
       <c r="D35" s="32">
         <v>384</v>
       </c>
       <c r="E35" s="31">
         <v>425151618</v>
       </c>
       <c r="F35" s="31">
         <v>1107165.671875</v>
       </c>
       <c r="G35" s="42">
         <v>0</v>
       </c>
       <c r="H35" s="43">
         <v>0</v>
       </c>
       <c r="I35" s="43">
@@ -8810,51 +8826,51 @@
       <c r="N35" s="31">
         <v>7045435</v>
       </c>
       <c r="O35" s="31">
         <v>469695.66666666669</v>
       </c>
       <c r="P35" s="33">
         <v>0</v>
       </c>
       <c r="Q35" s="31">
         <v>0</v>
       </c>
       <c r="R35" s="31">
         <v>0</v>
       </c>
       <c r="S35" s="33">
         <v>0</v>
       </c>
       <c r="T35" s="31">
         <v>0</v>
       </c>
       <c r="U35" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="61">
         <v>2016</v>
       </c>
       <c r="B36" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C36" s="31">
         <v>2614429715</v>
       </c>
       <c r="D36" s="32">
         <v>4341</v>
       </c>
       <c r="E36" s="31">
         <v>2331574562</v>
       </c>
       <c r="F36" s="31">
         <v>537105.40474545036</v>
       </c>
       <c r="G36" s="42">
         <v>197</v>
       </c>
       <c r="H36" s="43">
         <v>180756039</v>
       </c>
       <c r="I36" s="43">
@@ -8875,51 +8891,51 @@
       <c r="N36" s="31">
         <v>86394878</v>
       </c>
       <c r="O36" s="31">
         <v>394497.15981735161</v>
       </c>
       <c r="P36" s="33">
         <v>0</v>
       </c>
       <c r="Q36" s="31">
         <v>0</v>
       </c>
       <c r="R36" s="31">
         <v>0</v>
       </c>
       <c r="S36" s="33">
         <v>0</v>
       </c>
       <c r="T36" s="31">
         <v>0</v>
       </c>
       <c r="U36" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="61">
         <v>2016</v>
       </c>
       <c r="B37" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C37" s="31">
         <v>1351646401</v>
       </c>
       <c r="D37" s="32">
         <v>2042</v>
       </c>
       <c r="E37" s="31">
         <v>1324501294</v>
       </c>
       <c r="F37" s="31">
         <v>648629.42899118515</v>
       </c>
       <c r="G37" s="42">
         <v>6</v>
       </c>
       <c r="H37" s="43">
         <v>2824720</v>
       </c>
       <c r="I37" s="43">
@@ -8940,51 +8956,51 @@
       <c r="N37" s="31">
         <v>18749768</v>
       </c>
       <c r="O37" s="31">
         <v>284087.39393939392</v>
       </c>
       <c r="P37" s="33">
         <v>0</v>
       </c>
       <c r="Q37" s="31">
         <v>0</v>
       </c>
       <c r="R37" s="31">
         <v>0</v>
       </c>
       <c r="S37" s="33">
         <v>0</v>
       </c>
       <c r="T37" s="31">
         <v>0</v>
       </c>
       <c r="U37" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="61">
         <v>2016</v>
       </c>
       <c r="B38" s="30" t="s">
         <v>6</v>
       </c>
       <c r="C38" s="31">
         <v>343638616</v>
       </c>
       <c r="D38" s="32">
         <v>835</v>
       </c>
       <c r="E38" s="31">
         <v>331097554</v>
       </c>
       <c r="F38" s="31">
         <v>396524.01676646707</v>
       </c>
       <c r="G38" s="42">
         <v>0</v>
       </c>
       <c r="H38" s="43">
         <v>0</v>
       </c>
       <c r="I38" s="43">
@@ -9005,51 +9021,51 @@
       <c r="N38" s="31">
         <v>7914540</v>
       </c>
       <c r="O38" s="31">
         <v>329772.5</v>
       </c>
       <c r="P38" s="33">
         <v>0</v>
       </c>
       <c r="Q38" s="31">
         <v>0</v>
       </c>
       <c r="R38" s="31">
         <v>0</v>
       </c>
       <c r="S38" s="33">
         <v>0</v>
       </c>
       <c r="T38" s="31">
         <v>0</v>
       </c>
       <c r="U38" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="61">
         <v>2016</v>
       </c>
       <c r="B39" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="31">
         <v>3625980719</v>
       </c>
       <c r="D39" s="32">
         <v>4883</v>
       </c>
       <c r="E39" s="31">
         <v>2983260567</v>
       </c>
       <c r="F39" s="31">
         <v>610948.3037067377</v>
       </c>
       <c r="G39" s="42">
         <v>396</v>
       </c>
       <c r="H39" s="43">
         <v>587333531</v>
       </c>
       <c r="I39" s="43">
@@ -9070,51 +9086,51 @@
       <c r="N39" s="31">
         <v>44677234</v>
       </c>
       <c r="O39" s="31">
         <v>244137.89071038252</v>
       </c>
       <c r="P39" s="33">
         <v>0</v>
       </c>
       <c r="Q39" s="31">
         <v>0</v>
       </c>
       <c r="R39" s="31">
         <v>0</v>
       </c>
       <c r="S39" s="33">
         <v>0</v>
       </c>
       <c r="T39" s="31">
         <v>0</v>
       </c>
       <c r="U39" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="61">
         <v>2016</v>
       </c>
       <c r="B40" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="31">
         <v>449701912</v>
       </c>
       <c r="D40" s="32">
         <v>1191</v>
       </c>
       <c r="E40" s="31">
         <v>434251376</v>
       </c>
       <c r="F40" s="31">
         <v>364610.72712006717</v>
       </c>
       <c r="G40" s="42">
         <v>0</v>
       </c>
       <c r="H40" s="43">
         <v>0</v>
       </c>
       <c r="I40" s="43">
@@ -9135,51 +9151,51 @@
       <c r="N40" s="31">
         <v>12310132</v>
       </c>
       <c r="O40" s="31">
         <v>246202.64</v>
       </c>
       <c r="P40" s="33">
         <v>0</v>
       </c>
       <c r="Q40" s="31">
         <v>0</v>
       </c>
       <c r="R40" s="31">
         <v>0</v>
       </c>
       <c r="S40" s="33">
         <v>0</v>
       </c>
       <c r="T40" s="31">
         <v>0</v>
       </c>
       <c r="U40" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="61">
         <v>2016</v>
       </c>
       <c r="B41" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="31">
         <v>339364908</v>
       </c>
       <c r="D41" s="32">
         <v>796</v>
       </c>
       <c r="E41" s="31">
         <v>327705539</v>
       </c>
       <c r="F41" s="31">
         <v>411690.3756281407</v>
       </c>
       <c r="G41" s="42">
         <v>0</v>
       </c>
       <c r="H41" s="43">
         <v>0</v>
       </c>
       <c r="I41" s="43">
@@ -9200,51 +9216,51 @@
       <c r="N41" s="31">
         <v>10561016</v>
       </c>
       <c r="O41" s="31">
         <v>229587.30434782608</v>
       </c>
       <c r="P41" s="33">
         <v>0</v>
       </c>
       <c r="Q41" s="31">
         <v>0</v>
       </c>
       <c r="R41" s="31">
         <v>0</v>
       </c>
       <c r="S41" s="33">
         <v>0</v>
       </c>
       <c r="T41" s="31">
         <v>0</v>
       </c>
       <c r="U41" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="61">
         <v>2016</v>
       </c>
       <c r="B42" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C42" s="31">
         <v>1154432652</v>
       </c>
       <c r="D42" s="32">
         <v>2100</v>
       </c>
       <c r="E42" s="31">
         <v>1021132045</v>
       </c>
       <c r="F42" s="31">
         <v>486253.35476190475</v>
       </c>
       <c r="G42" s="42">
         <v>110</v>
       </c>
       <c r="H42" s="43">
         <v>102267515</v>
       </c>
       <c r="I42" s="43">
@@ -9265,51 +9281,51 @@
       <c r="N42" s="31">
         <v>23922860</v>
       </c>
       <c r="O42" s="31">
         <v>249196.45833333334</v>
       </c>
       <c r="P42" s="33">
         <v>0</v>
       </c>
       <c r="Q42" s="31">
         <v>0</v>
       </c>
       <c r="R42" s="31">
         <v>0</v>
       </c>
       <c r="S42" s="33">
         <v>22</v>
       </c>
       <c r="T42" s="31">
         <v>1824188</v>
       </c>
       <c r="U42" s="34">
         <v>82917.636363636368</v>
       </c>
     </row>
-    <row r="43" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="61">
         <v>2016</v>
       </c>
       <c r="B43" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C43" s="31">
         <v>936625420</v>
       </c>
       <c r="D43" s="32">
         <v>1707</v>
       </c>
       <c r="E43" s="31">
         <v>828534997</v>
       </c>
       <c r="F43" s="31">
         <v>485374.92501464556</v>
       </c>
       <c r="G43" s="42">
         <v>164</v>
       </c>
       <c r="H43" s="43">
         <v>84330625</v>
       </c>
       <c r="I43" s="43">
@@ -9330,51 +9346,51 @@
       <c r="N43" s="31">
         <v>18745913</v>
       </c>
       <c r="O43" s="31">
         <v>374918.26</v>
       </c>
       <c r="P43" s="33">
         <v>0</v>
       </c>
       <c r="Q43" s="31">
         <v>0</v>
       </c>
       <c r="R43" s="31">
         <v>0</v>
       </c>
       <c r="S43" s="33">
         <v>0</v>
       </c>
       <c r="T43" s="31">
         <v>0</v>
       </c>
       <c r="U43" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="61">
         <v>2016</v>
       </c>
       <c r="B44" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="31">
         <v>344517595</v>
       </c>
       <c r="D44" s="32">
         <v>890</v>
       </c>
       <c r="E44" s="31">
         <v>331638780</v>
       </c>
       <c r="F44" s="31">
         <v>372627.84269662923</v>
       </c>
       <c r="G44" s="42">
         <v>0</v>
       </c>
       <c r="H44" s="43">
         <v>0</v>
       </c>
       <c r="I44" s="43">
@@ -9395,51 +9411,51 @@
       <c r="N44" s="31">
         <v>7203900</v>
       </c>
       <c r="O44" s="31">
         <v>211879.41176470587</v>
       </c>
       <c r="P44" s="33">
         <v>0</v>
       </c>
       <c r="Q44" s="31">
         <v>0</v>
       </c>
       <c r="R44" s="31">
         <v>0</v>
       </c>
       <c r="S44" s="33">
         <v>0</v>
       </c>
       <c r="T44" s="31">
         <v>0</v>
       </c>
       <c r="U44" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="61">
         <v>2016</v>
       </c>
       <c r="B45" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="31">
         <v>303100106</v>
       </c>
       <c r="D45" s="32">
         <v>674</v>
       </c>
       <c r="E45" s="31">
         <v>292486346</v>
       </c>
       <c r="F45" s="31">
         <v>433956.00296735903</v>
       </c>
       <c r="G45" s="42">
         <v>0</v>
       </c>
       <c r="H45" s="43">
         <v>0</v>
       </c>
       <c r="I45" s="43">
@@ -9460,51 +9476,51 @@
       <c r="N45" s="31">
         <v>6785436</v>
       </c>
       <c r="O45" s="31">
         <v>399143.29411764705</v>
       </c>
       <c r="P45" s="33">
         <v>0</v>
       </c>
       <c r="Q45" s="31">
         <v>0</v>
       </c>
       <c r="R45" s="31">
         <v>0</v>
       </c>
       <c r="S45" s="33">
         <v>0</v>
       </c>
       <c r="T45" s="31">
         <v>0</v>
       </c>
       <c r="U45" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="61">
         <v>2016</v>
       </c>
       <c r="B46" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="31">
         <v>1638694443</v>
       </c>
       <c r="D46" s="32">
         <v>3343</v>
       </c>
       <c r="E46" s="31">
         <v>1580485601</v>
       </c>
       <c r="F46" s="31">
         <v>472774.63386180077</v>
       </c>
       <c r="G46" s="42">
         <v>0</v>
       </c>
       <c r="H46" s="43">
         <v>0</v>
       </c>
       <c r="I46" s="43">
@@ -9525,51 +9541,51 @@
       <c r="N46" s="31">
         <v>44062937</v>
       </c>
       <c r="O46" s="31">
         <v>238178.03783783785</v>
       </c>
       <c r="P46" s="33">
         <v>0</v>
       </c>
       <c r="Q46" s="31">
         <v>0</v>
       </c>
       <c r="R46" s="31">
         <v>0</v>
       </c>
       <c r="S46" s="33">
         <v>0</v>
       </c>
       <c r="T46" s="31">
         <v>0</v>
       </c>
       <c r="U46" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="61">
         <v>2016</v>
       </c>
       <c r="B47" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C47" s="31">
         <v>503242083</v>
       </c>
       <c r="D47" s="32">
         <v>870</v>
       </c>
       <c r="E47" s="31">
         <v>407288463</v>
       </c>
       <c r="F47" s="31">
         <v>468147.65862068965</v>
       </c>
       <c r="G47" s="42">
         <v>67</v>
       </c>
       <c r="H47" s="43">
         <v>75844156</v>
       </c>
       <c r="I47" s="43">
@@ -9590,51 +9606,51 @@
       <c r="N47" s="31">
         <v>18303913</v>
       </c>
       <c r="O47" s="31">
         <v>425672.39534883719</v>
       </c>
       <c r="P47" s="33">
         <v>0</v>
       </c>
       <c r="Q47" s="31">
         <v>0</v>
       </c>
       <c r="R47" s="31">
         <v>0</v>
       </c>
       <c r="S47" s="33">
         <v>1</v>
       </c>
       <c r="T47" s="31">
         <v>237024</v>
       </c>
       <c r="U47" s="34">
         <v>237024</v>
       </c>
     </row>
-    <row r="48" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="61">
         <v>2016</v>
       </c>
       <c r="B48" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C48" s="31">
         <v>2440978884</v>
       </c>
       <c r="D48" s="32">
         <v>4763</v>
       </c>
       <c r="E48" s="31">
         <v>2231411724</v>
       </c>
       <c r="F48" s="31">
         <v>468488.70963678352</v>
       </c>
       <c r="G48" s="42">
         <v>0</v>
       </c>
       <c r="H48" s="43">
         <v>0</v>
       </c>
       <c r="I48" s="43">
@@ -9655,51 +9671,51 @@
       <c r="N48" s="31">
         <v>190639647</v>
       </c>
       <c r="O48" s="31">
         <v>483856.97208121826</v>
       </c>
       <c r="P48" s="33">
         <v>0</v>
       </c>
       <c r="Q48" s="31">
         <v>0</v>
       </c>
       <c r="R48" s="31">
         <v>0</v>
       </c>
       <c r="S48" s="33">
         <v>0</v>
       </c>
       <c r="T48" s="31">
         <v>0</v>
       </c>
       <c r="U48" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="61">
         <v>2016</v>
       </c>
       <c r="B49" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C49" s="31">
         <v>1256662532</v>
       </c>
       <c r="D49" s="32">
         <v>2532</v>
       </c>
       <c r="E49" s="31">
         <v>1203950812</v>
       </c>
       <c r="F49" s="31">
         <v>475494.00157977885</v>
       </c>
       <c r="G49" s="42">
         <v>48</v>
       </c>
       <c r="H49" s="43">
         <v>16365989</v>
       </c>
       <c r="I49" s="43">
@@ -9720,51 +9736,51 @@
       <c r="N49" s="31">
         <v>26743545</v>
       </c>
       <c r="O49" s="31">
         <v>278578.59375</v>
       </c>
       <c r="P49" s="33">
         <v>0</v>
       </c>
       <c r="Q49" s="31">
         <v>0</v>
       </c>
       <c r="R49" s="31">
         <v>0</v>
       </c>
       <c r="S49" s="33">
         <v>2</v>
       </c>
       <c r="T49" s="31">
         <v>548337</v>
       </c>
       <c r="U49" s="34">
         <v>274168.5</v>
       </c>
     </row>
-    <row r="50" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="61">
         <v>2016</v>
       </c>
       <c r="B50" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C50" s="31">
         <v>235944997</v>
       </c>
       <c r="D50" s="32">
         <v>246</v>
       </c>
       <c r="E50" s="31">
         <v>230242141</v>
       </c>
       <c r="F50" s="31">
         <v>935943.66260162601</v>
       </c>
       <c r="G50" s="42">
         <v>0</v>
       </c>
       <c r="H50" s="43">
         <v>0</v>
       </c>
       <c r="I50" s="43">
@@ -9785,51 +9801,51 @@
       <c r="N50" s="31">
         <v>5563140</v>
       </c>
       <c r="O50" s="31">
         <v>252870</v>
       </c>
       <c r="P50" s="33">
         <v>0</v>
       </c>
       <c r="Q50" s="31">
         <v>0</v>
       </c>
       <c r="R50" s="31">
         <v>0</v>
       </c>
       <c r="S50" s="33">
         <v>0</v>
       </c>
       <c r="T50" s="31">
         <v>0</v>
       </c>
       <c r="U50" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="61">
         <v>2016</v>
       </c>
       <c r="B51" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C51" s="31">
         <v>1438839334</v>
       </c>
       <c r="D51" s="32">
         <v>3364</v>
       </c>
       <c r="E51" s="31">
         <v>1406721851</v>
       </c>
       <c r="F51" s="31">
         <v>418169.3968489893</v>
       </c>
       <c r="G51" s="42">
         <v>15</v>
       </c>
       <c r="H51" s="43">
         <v>4635443</v>
       </c>
       <c r="I51" s="43">
@@ -9850,51 +9866,51 @@
       <c r="N51" s="31">
         <v>14115120</v>
       </c>
       <c r="O51" s="31">
         <v>247633.68421052632</v>
       </c>
       <c r="P51" s="33">
         <v>0</v>
       </c>
       <c r="Q51" s="31">
         <v>0</v>
       </c>
       <c r="R51" s="31">
         <v>0</v>
       </c>
       <c r="S51" s="33">
         <v>0</v>
       </c>
       <c r="T51" s="31">
         <v>0</v>
       </c>
       <c r="U51" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="61">
         <v>2016</v>
       </c>
       <c r="B52" s="30" t="s">
         <v>19</v>
       </c>
       <c r="C52" s="31">
         <v>116201349</v>
       </c>
       <c r="D52" s="32">
         <v>252</v>
       </c>
       <c r="E52" s="31">
         <v>108197436</v>
       </c>
       <c r="F52" s="31">
         <v>429354.90476190473</v>
       </c>
       <c r="G52" s="42">
         <v>0</v>
       </c>
       <c r="H52" s="43">
         <v>0</v>
       </c>
       <c r="I52" s="43">
@@ -9915,51 +9931,51 @@
       <c r="N52" s="31">
         <v>6235695</v>
       </c>
       <c r="O52" s="31">
         <v>283440.68181818182</v>
       </c>
       <c r="P52" s="33">
         <v>0</v>
       </c>
       <c r="Q52" s="31">
         <v>0</v>
       </c>
       <c r="R52" s="31">
         <v>0</v>
       </c>
       <c r="S52" s="33">
         <v>0</v>
       </c>
       <c r="T52" s="31">
         <v>0</v>
       </c>
       <c r="U52" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="61">
         <v>2016</v>
       </c>
       <c r="B53" s="30" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="31">
         <v>73483291</v>
       </c>
       <c r="D53" s="32">
         <v>104</v>
       </c>
       <c r="E53" s="31">
         <v>41471193</v>
       </c>
       <c r="F53" s="31">
         <v>398761.47115384613</v>
       </c>
       <c r="G53" s="42">
         <v>14</v>
       </c>
       <c r="H53" s="43">
         <v>13716650</v>
       </c>
       <c r="I53" s="43">
@@ -9980,51 +9996,51 @@
       <c r="N53" s="31">
         <v>17483812</v>
       </c>
       <c r="O53" s="31">
         <v>624421.85714285716</v>
       </c>
       <c r="P53" s="33">
         <v>0</v>
       </c>
       <c r="Q53" s="31">
         <v>0</v>
       </c>
       <c r="R53" s="31">
         <v>0</v>
       </c>
       <c r="S53" s="33">
         <v>12</v>
       </c>
       <c r="T53" s="31">
         <v>770846</v>
       </c>
       <c r="U53" s="34">
         <v>64237.166666666664</v>
       </c>
     </row>
-    <row r="54" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="61">
         <v>2016</v>
       </c>
       <c r="B54" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C54" s="31">
         <v>550306115</v>
       </c>
       <c r="D54" s="32">
         <v>496</v>
       </c>
       <c r="E54" s="31">
         <v>492975052</v>
       </c>
       <c r="F54" s="31">
         <v>993901.31451612909</v>
       </c>
       <c r="G54" s="42">
         <v>29</v>
       </c>
       <c r="H54" s="43">
         <v>7388263</v>
       </c>
       <c r="I54" s="43">
@@ -10045,56 +10061,56 @@
       <c r="N54" s="31">
         <v>7376970</v>
       </c>
       <c r="O54" s="31">
         <v>199377.56756756757</v>
       </c>
       <c r="P54" s="33">
         <v>13</v>
       </c>
       <c r="Q54" s="31">
         <v>5894192</v>
       </c>
       <c r="R54" s="31">
         <v>453399.38461538462</v>
       </c>
       <c r="S54" s="33">
         <v>38</v>
       </c>
       <c r="T54" s="31">
         <v>36525135</v>
       </c>
       <c r="U54" s="34">
         <v>961187.76315789472</v>
       </c>
     </row>
-    <row r="55" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="62">
         <v>2016</v>
       </c>
       <c r="B55" s="35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C55" s="36">
         <v>25225846739</v>
       </c>
       <c r="D55" s="37">
         <v>43431</v>
       </c>
       <c r="E55" s="36">
         <v>22649752290</v>
       </c>
       <c r="F55" s="36">
         <v>521511.18532845203</v>
       </c>
       <c r="G55" s="38">
         <v>1231</v>
       </c>
       <c r="H55" s="39">
         <v>1684760524</v>
       </c>
       <c r="I55" s="39">
         <v>1368611.3111291633</v>
       </c>
       <c r="J55" s="37">
         <v>3330</v>
       </c>
@@ -10110,51 +10126,51 @@
       <c r="N55" s="36">
         <v>656496704</v>
       </c>
       <c r="O55" s="36">
         <v>341391.94175767031</v>
       </c>
       <c r="P55" s="40">
         <v>13</v>
       </c>
       <c r="Q55" s="36">
         <v>5894192</v>
       </c>
       <c r="R55" s="36">
         <v>453399.38461538462</v>
       </c>
       <c r="S55" s="40">
         <v>209</v>
       </c>
       <c r="T55" s="36">
         <v>81571293</v>
       </c>
       <c r="U55" s="41">
         <v>390293.26794258371</v>
       </c>
     </row>
-    <row r="56" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="61">
         <v>2017</v>
       </c>
       <c r="B56" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C56" s="31">
         <v>71382502</v>
       </c>
       <c r="D56" s="32">
         <v>138</v>
       </c>
       <c r="E56" s="31">
         <v>28261440</v>
       </c>
       <c r="F56" s="31">
         <v>204793.04347826086</v>
       </c>
       <c r="G56" s="32">
         <v>0</v>
       </c>
       <c r="H56" s="31">
         <v>0</v>
       </c>
       <c r="I56" s="31">
@@ -10175,56 +10191,56 @@
       <c r="N56" s="31">
         <v>0</v>
       </c>
       <c r="O56" s="31">
         <v>0</v>
       </c>
       <c r="P56" s="33">
         <v>0</v>
       </c>
       <c r="Q56" s="31">
         <v>0</v>
       </c>
       <c r="R56" s="31">
         <v>0</v>
       </c>
       <c r="S56" s="33">
         <v>141</v>
       </c>
       <c r="T56" s="31">
         <v>43121062</v>
       </c>
       <c r="U56" s="34">
         <v>305823.13475177303</v>
       </c>
     </row>
-    <row r="57" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="61">
         <v>2017</v>
       </c>
       <c r="B57" s="30" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C57" s="31">
         <v>578421698</v>
       </c>
       <c r="D57" s="32">
         <v>242</v>
       </c>
       <c r="E57" s="31">
         <v>549330174</v>
       </c>
       <c r="F57" s="31">
         <v>2269959.396694215</v>
       </c>
       <c r="G57" s="42">
         <v>0</v>
       </c>
       <c r="H57" s="43">
         <v>0</v>
       </c>
       <c r="I57" s="43">
         <v>0</v>
       </c>
       <c r="J57" s="33">
         <v>0</v>
       </c>
@@ -10240,51 +10256,51 @@
       <c r="N57" s="31">
         <v>23936324</v>
       </c>
       <c r="O57" s="31">
         <v>498673.41666666669</v>
       </c>
       <c r="P57" s="33">
         <v>0</v>
       </c>
       <c r="Q57" s="31">
         <v>0</v>
       </c>
       <c r="R57" s="31">
         <v>0</v>
       </c>
       <c r="S57" s="33">
         <v>0</v>
       </c>
       <c r="T57" s="31">
         <v>5155200</v>
       </c>
       <c r="U57" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="61">
         <v>2017</v>
       </c>
       <c r="B58" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C58" s="31">
         <v>112218767</v>
       </c>
       <c r="D58" s="32">
         <v>212</v>
       </c>
       <c r="E58" s="31">
         <v>108381818</v>
       </c>
       <c r="F58" s="31">
         <v>511234.99056603771</v>
       </c>
       <c r="G58" s="42">
         <v>0</v>
       </c>
       <c r="H58" s="43">
         <v>0</v>
       </c>
       <c r="I58" s="43">
@@ -10305,51 +10321,51 @@
       <c r="N58" s="31">
         <v>3178245</v>
       </c>
       <c r="O58" s="31">
         <v>397280.625</v>
       </c>
       <c r="P58" s="33">
         <v>0</v>
       </c>
       <c r="Q58" s="31">
         <v>0</v>
       </c>
       <c r="R58" s="31">
         <v>0</v>
       </c>
       <c r="S58" s="33">
         <v>0</v>
       </c>
       <c r="T58" s="31">
         <v>0</v>
       </c>
       <c r="U58" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="59" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="61">
         <v>2017</v>
       </c>
       <c r="B59" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C59" s="31">
         <v>4198644571</v>
       </c>
       <c r="D59" s="32">
         <v>5739</v>
       </c>
       <c r="E59" s="31">
         <v>3302149548</v>
       </c>
       <c r="F59" s="31">
         <v>575387.61944589647</v>
       </c>
       <c r="G59" s="42">
         <v>176</v>
       </c>
       <c r="H59" s="43">
         <v>820515226</v>
       </c>
       <c r="I59" s="43">
@@ -10370,51 +10386,51 @@
       <c r="N59" s="31">
         <v>52199317</v>
       </c>
       <c r="O59" s="31">
         <v>347995.44666666666</v>
       </c>
       <c r="P59" s="33">
         <v>0</v>
       </c>
       <c r="Q59" s="31">
         <v>0</v>
       </c>
       <c r="R59" s="31">
         <v>0</v>
       </c>
       <c r="S59" s="33">
         <v>0</v>
       </c>
       <c r="T59" s="31">
         <v>0</v>
       </c>
       <c r="U59" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="60" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="61">
         <v>2017</v>
       </c>
       <c r="B60" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C60" s="31">
         <v>575927702</v>
       </c>
       <c r="D60" s="32">
         <v>1343</v>
       </c>
       <c r="E60" s="31">
         <v>564219670</v>
       </c>
       <c r="F60" s="31">
         <v>420118.89054355922</v>
       </c>
       <c r="G60" s="42">
         <v>8</v>
       </c>
       <c r="H60" s="43">
         <v>817695</v>
       </c>
       <c r="I60" s="43">
@@ -10435,51 +10451,51 @@
       <c r="N60" s="31">
         <v>6851554</v>
       </c>
       <c r="O60" s="31">
         <v>163132.23809523811</v>
       </c>
       <c r="P60" s="33">
         <v>0</v>
       </c>
       <c r="Q60" s="31">
         <v>0</v>
       </c>
       <c r="R60" s="31">
         <v>0</v>
       </c>
       <c r="S60" s="33">
         <v>0</v>
       </c>
       <c r="T60" s="31">
         <v>0</v>
       </c>
       <c r="U60" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="61" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="61">
         <v>2017</v>
       </c>
       <c r="B61" s="30" t="s">
         <v>3</v>
       </c>
       <c r="C61" s="31">
         <v>446918163</v>
       </c>
       <c r="D61" s="32">
         <v>408</v>
       </c>
       <c r="E61" s="31">
         <v>438561934</v>
       </c>
       <c r="F61" s="31">
         <v>1074906.7009803921</v>
       </c>
       <c r="G61" s="42">
         <v>0</v>
       </c>
       <c r="H61" s="43">
         <v>0</v>
       </c>
       <c r="I61" s="43">
@@ -10500,51 +10516,51 @@
       <c r="N61" s="31">
         <v>7890576</v>
       </c>
       <c r="O61" s="31">
         <v>438365.33333333331</v>
       </c>
       <c r="P61" s="33">
         <v>0</v>
       </c>
       <c r="Q61" s="31">
         <v>0</v>
       </c>
       <c r="R61" s="31">
         <v>0</v>
       </c>
       <c r="S61" s="33">
         <v>0</v>
       </c>
       <c r="T61" s="31">
         <v>0</v>
       </c>
       <c r="U61" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="62" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="61">
         <v>2017</v>
       </c>
       <c r="B62" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C62" s="31">
         <v>2743234578</v>
       </c>
       <c r="D62" s="32">
         <v>4554</v>
       </c>
       <c r="E62" s="31">
         <v>2463498743</v>
       </c>
       <c r="F62" s="31">
         <v>540952.73232323234</v>
       </c>
       <c r="G62" s="42">
         <v>178</v>
       </c>
       <c r="H62" s="43">
         <v>160316544</v>
       </c>
       <c r="I62" s="43">
@@ -10565,51 +10581,51 @@
       <c r="N62" s="31">
         <v>87732481</v>
       </c>
       <c r="O62" s="31">
         <v>371747.80084745761</v>
       </c>
       <c r="P62" s="33">
         <v>0</v>
       </c>
       <c r="Q62" s="31">
         <v>0</v>
       </c>
       <c r="R62" s="31">
         <v>0</v>
       </c>
       <c r="S62" s="33">
         <v>5</v>
       </c>
       <c r="T62" s="31">
         <v>15647455</v>
       </c>
       <c r="U62" s="34">
         <v>3129491</v>
       </c>
     </row>
-    <row r="63" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="61">
         <v>2017</v>
       </c>
       <c r="B63" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C63" s="31">
         <v>1735568749</v>
       </c>
       <c r="D63" s="32">
         <v>2399</v>
       </c>
       <c r="E63" s="31">
         <v>1708012380</v>
       </c>
       <c r="F63" s="31">
         <v>711968.47853272199</v>
       </c>
       <c r="G63" s="42">
         <v>6</v>
       </c>
       <c r="H63" s="43">
         <v>2052597</v>
       </c>
       <c r="I63" s="43">
@@ -10630,51 +10646,51 @@
       <c r="N63" s="31">
         <v>19690721</v>
       </c>
       <c r="O63" s="31">
         <v>277334.09859154932</v>
       </c>
       <c r="P63" s="33">
         <v>0</v>
       </c>
       <c r="Q63" s="31">
         <v>0</v>
       </c>
       <c r="R63" s="31">
         <v>0</v>
       </c>
       <c r="S63" s="33">
         <v>0</v>
       </c>
       <c r="T63" s="31">
         <v>0</v>
       </c>
       <c r="U63" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:21" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:21" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="61">
         <v>2017</v>
       </c>
       <c r="B64" s="30" t="s">
         <v>6</v>
       </c>
       <c r="C64" s="31">
         <v>355530470</v>
       </c>
       <c r="D64" s="32">
         <v>869</v>
       </c>
       <c r="E64" s="31">
         <v>342212488</v>
       </c>
       <c r="F64" s="31">
         <v>393800.33141542005</v>
       </c>
       <c r="G64" s="42">
         <v>1</v>
       </c>
       <c r="H64" s="43">
         <v>32894</v>
       </c>
       <c r="I64" s="43">
@@ -10695,51 +10711,51 @@
       <c r="N64" s="31">
         <v>8789111</v>
       </c>
       <c r="O64" s="31">
         <v>366212.95833333331</v>
       </c>
       <c r="P64" s="33">
         <v>0</v>
       </c>
       <c r="Q64" s="31">
         <v>0</v>
       </c>
       <c r="R64" s="31">
         <v>0</v>
       </c>
       <c r="S64" s="33">
         <v>0</v>
       </c>
       <c r="T64" s="31">
         <v>0</v>
       </c>
       <c r="U64" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="61">
         <v>2017</v>
       </c>
       <c r="B65" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C65" s="31">
         <v>3788816597</v>
       </c>
       <c r="D65" s="32">
         <v>4872</v>
       </c>
       <c r="E65" s="31">
         <v>3111996367</v>
       </c>
       <c r="F65" s="31">
         <v>638751.30685550079</v>
       </c>
       <c r="G65" s="42">
         <v>455</v>
       </c>
       <c r="H65" s="43">
         <v>620955327</v>
       </c>
       <c r="I65" s="43">
@@ -10760,51 +10776,51 @@
       <c r="N65" s="31">
         <v>46585986</v>
       </c>
       <c r="O65" s="31">
         <v>266205.6342857143</v>
       </c>
       <c r="P65" s="33">
         <v>0</v>
       </c>
       <c r="Q65" s="31">
         <v>0</v>
       </c>
       <c r="R65" s="31">
         <v>0</v>
       </c>
       <c r="S65" s="33">
         <v>2</v>
       </c>
       <c r="T65" s="31">
         <v>198130</v>
       </c>
       <c r="U65" s="34">
         <v>99065</v>
       </c>
     </row>
-    <row r="66" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="61">
         <v>2017</v>
       </c>
       <c r="B66" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C66" s="31">
         <v>465165152</v>
       </c>
       <c r="D66" s="32">
         <v>1195</v>
       </c>
       <c r="E66" s="31">
         <v>449293684</v>
       </c>
       <c r="F66" s="31">
         <v>375977.97824267781</v>
       </c>
       <c r="G66" s="42">
         <v>0</v>
       </c>
       <c r="H66" s="43">
         <v>0</v>
       </c>
       <c r="I66" s="43">
@@ -10825,51 +10841,51 @@
       <c r="N66" s="31">
         <v>12392033</v>
       </c>
       <c r="O66" s="31">
         <v>263660.27659574465</v>
       </c>
       <c r="P66" s="33">
         <v>0</v>
       </c>
       <c r="Q66" s="31">
         <v>0</v>
       </c>
       <c r="R66" s="31">
         <v>0</v>
       </c>
       <c r="S66" s="33">
         <v>0</v>
       </c>
       <c r="T66" s="31">
         <v>0</v>
       </c>
       <c r="U66" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="61">
         <v>2017</v>
       </c>
       <c r="B67" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C67" s="31">
         <v>348391567</v>
       </c>
       <c r="D67" s="32">
         <v>797</v>
       </c>
       <c r="E67" s="31">
         <v>337331695</v>
       </c>
       <c r="F67" s="31">
         <v>423251.81304893352</v>
       </c>
       <c r="G67" s="42">
         <v>0</v>
       </c>
       <c r="H67" s="43">
         <v>0</v>
       </c>
       <c r="I67" s="43">
@@ -10890,51 +10906,51 @@
       <c r="N67" s="31">
         <v>10182196</v>
       </c>
       <c r="O67" s="31">
         <v>221352.08695652173</v>
       </c>
       <c r="P67" s="33">
         <v>0</v>
       </c>
       <c r="Q67" s="31">
         <v>0</v>
       </c>
       <c r="R67" s="31">
         <v>0</v>
       </c>
       <c r="S67" s="33">
         <v>0</v>
       </c>
       <c r="T67" s="31">
         <v>0</v>
       </c>
       <c r="U67" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="68" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="61">
         <v>2017</v>
       </c>
       <c r="B68" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C68" s="31">
         <v>1088813282</v>
       </c>
       <c r="D68" s="32">
         <v>2130</v>
       </c>
       <c r="E68" s="31">
         <v>967265488</v>
       </c>
       <c r="F68" s="31">
         <v>454115.25258215965</v>
       </c>
       <c r="G68" s="42">
         <v>115</v>
       </c>
       <c r="H68" s="43">
         <v>91495396</v>
       </c>
       <c r="I68" s="43">
@@ -10955,51 +10971,51 @@
       <c r="N68" s="31">
         <v>22502606</v>
       </c>
       <c r="O68" s="31">
         <v>261658.20930232559</v>
       </c>
       <c r="P68" s="33">
         <v>0</v>
       </c>
       <c r="Q68" s="31">
         <v>0</v>
       </c>
       <c r="R68" s="31">
         <v>0</v>
       </c>
       <c r="S68" s="33">
         <v>17</v>
       </c>
       <c r="T68" s="31">
         <v>1389436</v>
       </c>
       <c r="U68" s="34">
         <v>81731.529411764699</v>
       </c>
     </row>
-    <row r="69" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="61">
         <v>2017</v>
       </c>
       <c r="B69" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C69" s="31">
         <v>965348668</v>
       </c>
       <c r="D69" s="32">
         <v>1741</v>
       </c>
       <c r="E69" s="31">
         <v>844440725</v>
       </c>
       <c r="F69" s="31">
         <v>485032.00746697298</v>
       </c>
       <c r="G69" s="42">
         <v>133</v>
       </c>
       <c r="H69" s="43">
         <v>96252055</v>
       </c>
       <c r="I69" s="43">
@@ -11020,51 +11036,51 @@
       <c r="N69" s="31">
         <v>19574033</v>
       </c>
       <c r="O69" s="31">
         <v>362482.09259259258</v>
       </c>
       <c r="P69" s="33">
         <v>0</v>
       </c>
       <c r="Q69" s="31">
         <v>0</v>
       </c>
       <c r="R69" s="31">
         <v>0</v>
       </c>
       <c r="S69" s="33">
         <v>0</v>
       </c>
       <c r="T69" s="31">
         <v>0</v>
       </c>
       <c r="U69" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="61">
         <v>2017</v>
       </c>
       <c r="B70" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C70" s="31">
         <v>351191578</v>
       </c>
       <c r="D70" s="32">
         <v>887</v>
       </c>
       <c r="E70" s="31">
         <v>338134705</v>
       </c>
       <c r="F70" s="31">
         <v>381211.61781285232</v>
       </c>
       <c r="G70" s="42">
         <v>0</v>
       </c>
       <c r="H70" s="43">
         <v>0</v>
       </c>
       <c r="I70" s="43">
@@ -11085,51 +11101,51 @@
       <c r="N70" s="31">
         <v>7656890</v>
       </c>
       <c r="O70" s="31">
         <v>232026.9696969697</v>
       </c>
       <c r="P70" s="33">
         <v>0</v>
       </c>
       <c r="Q70" s="31">
         <v>0</v>
       </c>
       <c r="R70" s="31">
         <v>0</v>
       </c>
       <c r="S70" s="33">
         <v>0</v>
       </c>
       <c r="T70" s="31">
         <v>0</v>
       </c>
       <c r="U70" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="61">
         <v>2017</v>
       </c>
       <c r="B71" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="31">
         <v>311102635</v>
       </c>
       <c r="D71" s="32">
         <v>672</v>
       </c>
       <c r="E71" s="31">
         <v>300418768</v>
       </c>
       <c r="F71" s="31">
         <v>447051.73809523811</v>
       </c>
       <c r="G71" s="42">
         <v>0</v>
       </c>
       <c r="H71" s="43">
         <v>0</v>
       </c>
       <c r="I71" s="43">
@@ -11150,51 +11166,51 @@
       <c r="N71" s="31">
         <v>6288267</v>
       </c>
       <c r="O71" s="31">
         <v>369898.0588235294</v>
       </c>
       <c r="P71" s="33">
         <v>0</v>
       </c>
       <c r="Q71" s="31">
         <v>0</v>
       </c>
       <c r="R71" s="31">
         <v>0</v>
       </c>
       <c r="S71" s="33">
         <v>0</v>
       </c>
       <c r="T71" s="31">
         <v>0</v>
       </c>
       <c r="U71" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="72" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="61">
         <v>2017</v>
       </c>
       <c r="B72" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="31">
         <v>1697207499</v>
       </c>
       <c r="D72" s="32">
         <v>3346</v>
       </c>
       <c r="E72" s="31">
         <v>1638513361</v>
       </c>
       <c r="F72" s="31">
         <v>489693.17423789599</v>
       </c>
       <c r="G72" s="42">
         <v>0</v>
       </c>
       <c r="H72" s="43">
         <v>0</v>
       </c>
       <c r="I72" s="43">
@@ -11215,51 +11231,51 @@
       <c r="N72" s="31">
         <v>45202922</v>
       </c>
       <c r="O72" s="31">
         <v>261288.56647398844</v>
       </c>
       <c r="P72" s="33">
         <v>0</v>
       </c>
       <c r="Q72" s="31">
         <v>0</v>
       </c>
       <c r="R72" s="31">
         <v>0</v>
       </c>
       <c r="S72" s="33">
         <v>0</v>
       </c>
       <c r="T72" s="31">
         <v>0</v>
       </c>
       <c r="U72" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="73" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="61">
         <v>2017</v>
       </c>
       <c r="B73" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C73" s="31">
         <v>531637558</v>
       </c>
       <c r="D73" s="32">
         <v>841</v>
       </c>
       <c r="E73" s="31">
         <v>411526579</v>
       </c>
       <c r="F73" s="31">
         <v>489330.05826397147</v>
       </c>
       <c r="G73" s="42">
         <v>70</v>
       </c>
       <c r="H73" s="43">
         <v>99535115</v>
       </c>
       <c r="I73" s="43">
@@ -11280,51 +11296,51 @@
       <c r="N73" s="31">
         <v>18378912</v>
       </c>
       <c r="O73" s="31">
         <v>448266.14634146343</v>
       </c>
       <c r="P73" s="33">
         <v>0</v>
       </c>
       <c r="Q73" s="31">
         <v>0</v>
       </c>
       <c r="R73" s="31">
         <v>0</v>
       </c>
       <c r="S73" s="33">
         <v>1</v>
       </c>
       <c r="T73" s="31">
         <v>237384</v>
       </c>
       <c r="U73" s="34">
         <v>237384</v>
       </c>
     </row>
-    <row r="74" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="63">
         <v>2017</v>
       </c>
       <c r="B74" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C74" s="31">
         <v>2544710433</v>
       </c>
       <c r="D74" s="32">
         <v>4944</v>
       </c>
       <c r="E74" s="31">
         <v>2332733161</v>
       </c>
       <c r="F74" s="31">
         <v>471831.14097896439</v>
       </c>
       <c r="G74" s="42">
         <v>0</v>
       </c>
       <c r="H74" s="43">
         <v>0</v>
       </c>
       <c r="I74" s="43">
@@ -11345,51 +11361,51 @@
       <c r="N74" s="31">
         <v>190143858</v>
       </c>
       <c r="O74" s="31">
         <v>491327.7984496124</v>
       </c>
       <c r="P74" s="33">
         <v>0</v>
       </c>
       <c r="Q74" s="31">
         <v>0</v>
       </c>
       <c r="R74" s="31">
         <v>0</v>
       </c>
       <c r="S74" s="33">
         <v>0</v>
       </c>
       <c r="T74" s="31">
         <v>0</v>
       </c>
       <c r="U74" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="75" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="61">
         <v>2017</v>
       </c>
       <c r="B75" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C75" s="31">
         <v>1369831678</v>
       </c>
       <c r="D75" s="32">
         <v>2544</v>
       </c>
       <c r="E75" s="31">
         <v>1320594869</v>
       </c>
       <c r="F75" s="31">
         <v>519101.75668238994</v>
       </c>
       <c r="G75" s="42">
         <v>20</v>
       </c>
       <c r="H75" s="43">
         <v>10763857</v>
       </c>
       <c r="I75" s="43">
@@ -11410,51 +11426,51 @@
       <c r="N75" s="31">
         <v>27407074</v>
       </c>
       <c r="O75" s="31">
         <v>297902.97826086957</v>
       </c>
       <c r="P75" s="33">
         <v>0</v>
       </c>
       <c r="Q75" s="31">
         <v>0</v>
       </c>
       <c r="R75" s="31">
         <v>0</v>
       </c>
       <c r="S75" s="33">
         <v>2</v>
       </c>
       <c r="T75" s="31">
         <v>546912</v>
       </c>
       <c r="U75" s="34">
         <v>273456</v>
       </c>
     </row>
-    <row r="76" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="61">
         <v>2017</v>
       </c>
       <c r="B76" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C76" s="31">
         <v>245071212</v>
       </c>
       <c r="D76" s="32">
         <v>309</v>
       </c>
       <c r="E76" s="31">
         <v>239179215</v>
       </c>
       <c r="F76" s="31">
         <v>774042.7669902913</v>
       </c>
       <c r="G76" s="42">
         <v>0</v>
       </c>
       <c r="H76" s="43">
         <v>0</v>
       </c>
       <c r="I76" s="43">
@@ -11475,51 +11491,51 @@
       <c r="N76" s="31">
         <v>5523375</v>
       </c>
       <c r="O76" s="31">
         <v>251062.5</v>
       </c>
       <c r="P76" s="33">
         <v>0</v>
       </c>
       <c r="Q76" s="31">
         <v>0</v>
       </c>
       <c r="R76" s="31">
         <v>0</v>
       </c>
       <c r="S76" s="33">
         <v>0</v>
       </c>
       <c r="T76" s="31">
         <v>0</v>
       </c>
       <c r="U76" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="61">
         <v>2017</v>
       </c>
       <c r="B77" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C77" s="31">
         <v>1526882823</v>
       </c>
       <c r="D77" s="32">
         <v>3403</v>
       </c>
       <c r="E77" s="31">
         <v>1490015530</v>
       </c>
       <c r="F77" s="31">
         <v>437853.52042315603</v>
       </c>
       <c r="G77" s="42">
         <v>13</v>
       </c>
       <c r="H77" s="43">
         <v>5150684</v>
       </c>
       <c r="I77" s="43">
@@ -11540,51 +11556,51 @@
       <c r="N77" s="31">
         <v>13693206</v>
       </c>
       <c r="O77" s="31">
         <v>248967.38181818181</v>
       </c>
       <c r="P77" s="33">
         <v>0</v>
       </c>
       <c r="Q77" s="31">
         <v>0</v>
       </c>
       <c r="R77" s="31">
         <v>0</v>
       </c>
       <c r="S77" s="33">
         <v>0</v>
       </c>
       <c r="T77" s="31">
         <v>0</v>
       </c>
       <c r="U77" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="61">
         <v>2017</v>
       </c>
       <c r="B78" s="30" t="s">
         <v>19</v>
       </c>
       <c r="C78" s="31">
         <v>119992629</v>
       </c>
       <c r="D78" s="32">
         <v>250</v>
       </c>
       <c r="E78" s="31">
         <v>112553744</v>
       </c>
       <c r="F78" s="31">
         <v>450214.97600000002</v>
       </c>
       <c r="G78" s="42">
         <v>0</v>
       </c>
       <c r="H78" s="43">
         <v>0</v>
       </c>
       <c r="I78" s="43">
@@ -11605,51 +11621,51 @@
       <c r="N78" s="31">
         <v>5598604</v>
       </c>
       <c r="O78" s="31">
         <v>279930.2</v>
       </c>
       <c r="P78" s="33">
         <v>0</v>
       </c>
       <c r="Q78" s="31">
         <v>0</v>
       </c>
       <c r="R78" s="31">
         <v>0</v>
       </c>
       <c r="S78" s="33">
         <v>0</v>
       </c>
       <c r="T78" s="31">
         <v>0</v>
       </c>
       <c r="U78" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="61">
         <v>2017</v>
       </c>
       <c r="B79" s="30" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="31">
         <v>79045533</v>
       </c>
       <c r="D79" s="32">
         <v>109</v>
       </c>
       <c r="E79" s="31">
         <v>54298970</v>
       </c>
       <c r="F79" s="31">
         <v>498155.68807339447</v>
       </c>
       <c r="G79" s="42">
         <v>9</v>
       </c>
       <c r="H79" s="43">
         <v>8277547</v>
       </c>
       <c r="I79" s="43">
@@ -11670,51 +11686,51 @@
       <c r="N79" s="31">
         <v>15126249</v>
       </c>
       <c r="O79" s="31">
         <v>504208.3</v>
       </c>
       <c r="P79" s="33">
         <v>0</v>
       </c>
       <c r="Q79" s="31">
         <v>0</v>
       </c>
       <c r="R79" s="31">
         <v>0</v>
       </c>
       <c r="S79" s="33">
         <v>16</v>
       </c>
       <c r="T79" s="31">
         <v>1142287</v>
       </c>
       <c r="U79" s="34">
         <v>71392.9375</v>
       </c>
     </row>
-    <row r="80" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="61">
         <v>2017</v>
       </c>
       <c r="B80" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C80" s="31">
         <v>721004028</v>
       </c>
       <c r="D80" s="32">
         <v>501</v>
       </c>
       <c r="E80" s="31">
         <v>578745708</v>
       </c>
       <c r="F80" s="31">
         <v>1155181.0538922155</v>
       </c>
       <c r="G80" s="42">
         <v>50</v>
       </c>
       <c r="H80" s="43">
         <v>42650131</v>
       </c>
       <c r="I80" s="43">
@@ -11735,56 +11751,56 @@
       <c r="N80" s="31">
         <v>7099077</v>
       </c>
       <c r="O80" s="31">
         <v>186817.81578947368</v>
       </c>
       <c r="P80" s="33">
         <v>1</v>
       </c>
       <c r="Q80" s="31">
         <v>4900000</v>
       </c>
       <c r="R80" s="31">
         <v>4900000</v>
       </c>
       <c r="S80" s="33">
         <v>49</v>
       </c>
       <c r="T80" s="31">
         <v>87343395</v>
       </c>
       <c r="U80" s="34">
         <v>1782518.2653061224</v>
       </c>
     </row>
-    <row r="81" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="62">
         <v>2017</v>
       </c>
       <c r="B81" s="35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C81" s="36">
         <v>26972060072</v>
       </c>
       <c r="D81" s="37">
         <v>44445</v>
       </c>
       <c r="E81" s="36">
         <v>24031670764</v>
       </c>
       <c r="F81" s="36">
         <v>540705.83336708287</v>
       </c>
       <c r="G81" s="38">
         <v>1234</v>
       </c>
       <c r="H81" s="39">
         <v>1958815068</v>
       </c>
       <c r="I81" s="39">
         <v>1587370.3954619125</v>
       </c>
       <c r="J81" s="37">
         <v>3511</v>
       </c>
@@ -11800,51 +11816,51 @@
       <c r="N81" s="36">
         <v>663623617</v>
       </c>
       <c r="O81" s="36">
         <v>346902.04756926291</v>
       </c>
       <c r="P81" s="40">
         <v>1</v>
       </c>
       <c r="Q81" s="36">
         <v>4900000</v>
       </c>
       <c r="R81" s="36">
         <v>4900000</v>
       </c>
       <c r="S81" s="40">
         <v>233</v>
       </c>
       <c r="T81" s="39">
         <v>154781261</v>
       </c>
       <c r="U81" s="41">
         <v>664297.2575107296</v>
       </c>
     </row>
-    <row r="82" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="61">
         <v>2018</v>
       </c>
       <c r="B82" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C82" s="31">
         <v>80666953</v>
       </c>
       <c r="D82" s="32">
         <v>166</v>
       </c>
       <c r="E82" s="31">
         <v>39240781</v>
       </c>
       <c r="F82" s="31">
         <v>236390.24698795201</v>
       </c>
       <c r="G82" s="42">
         <v>0</v>
       </c>
       <c r="H82" s="43">
         <v>0</v>
       </c>
       <c r="I82" s="43">
@@ -11865,56 +11881,56 @@
       <c r="N82" s="31">
         <v>0</v>
       </c>
       <c r="O82" s="31">
         <v>0</v>
       </c>
       <c r="P82" s="33">
         <v>0</v>
       </c>
       <c r="Q82" s="31">
         <v>0</v>
       </c>
       <c r="R82" s="31">
         <v>0</v>
       </c>
       <c r="S82" s="33">
         <v>122</v>
       </c>
       <c r="T82" s="31">
         <v>41426172</v>
       </c>
       <c r="U82" s="34">
         <v>339558.78688524599</v>
       </c>
     </row>
-    <row r="83" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="63">
         <v>2018</v>
       </c>
       <c r="B83" s="30" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C83" s="31">
         <v>596068934</v>
       </c>
       <c r="D83" s="32">
         <v>240</v>
       </c>
       <c r="E83" s="31">
         <v>562211477</v>
       </c>
       <c r="F83" s="31">
         <v>2342547.82083333</v>
       </c>
       <c r="G83" s="42">
         <v>0</v>
       </c>
       <c r="H83" s="43">
         <v>0</v>
       </c>
       <c r="I83" s="43">
         <v>0</v>
       </c>
       <c r="J83" s="32">
         <v>0</v>
       </c>
@@ -11930,51 +11946,51 @@
       <c r="N83" s="31">
         <v>28702657</v>
       </c>
       <c r="O83" s="31">
         <v>610694.82978723396</v>
       </c>
       <c r="P83" s="33">
         <v>0</v>
       </c>
       <c r="Q83" s="31">
         <v>0</v>
       </c>
       <c r="R83" s="31">
         <v>0</v>
       </c>
       <c r="S83" s="33">
         <v>5</v>
       </c>
       <c r="T83" s="31">
         <v>5154800</v>
       </c>
       <c r="U83" s="34">
         <v>1030960</v>
       </c>
     </row>
-    <row r="84" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="61">
         <v>2018</v>
       </c>
       <c r="B84" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C84" s="31">
         <v>126819616</v>
       </c>
       <c r="D84" s="32">
         <v>239</v>
       </c>
       <c r="E84" s="31">
         <v>123937589</v>
       </c>
       <c r="F84" s="31">
         <v>518567.31799163198</v>
       </c>
       <c r="G84" s="42">
         <v>0</v>
       </c>
       <c r="H84" s="43">
         <v>0</v>
       </c>
       <c r="I84" s="43">
@@ -11995,51 +12011,51 @@
       <c r="N84" s="31">
         <v>1961636</v>
       </c>
       <c r="O84" s="31">
         <v>280233.71428571403</v>
       </c>
       <c r="P84" s="33">
         <v>0</v>
       </c>
       <c r="Q84" s="31">
         <v>0</v>
       </c>
       <c r="R84" s="31">
         <v>0</v>
       </c>
       <c r="S84" s="33">
         <v>0</v>
       </c>
       <c r="T84" s="31">
         <v>0</v>
       </c>
       <c r="U84" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="61">
         <v>2018</v>
       </c>
       <c r="B85" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C85" s="31">
         <v>4401213816</v>
       </c>
       <c r="D85" s="32">
         <v>5847</v>
       </c>
       <c r="E85" s="31">
         <v>3578180191</v>
       </c>
       <c r="F85" s="31">
         <v>611968.56353685702</v>
       </c>
       <c r="G85" s="42">
         <v>224</v>
       </c>
       <c r="H85" s="43">
         <v>741161823</v>
       </c>
       <c r="I85" s="43">
@@ -12060,51 +12076,51 @@
       <c r="N85" s="31">
         <v>56953983</v>
       </c>
       <c r="O85" s="31">
         <v>345175.65454545501</v>
       </c>
       <c r="P85" s="33">
         <v>0</v>
       </c>
       <c r="Q85" s="31">
         <v>0</v>
       </c>
       <c r="R85" s="31">
         <v>0</v>
       </c>
       <c r="S85" s="33">
         <v>0</v>
       </c>
       <c r="T85" s="31">
         <v>0</v>
       </c>
       <c r="U85" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="86" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="61">
         <v>2018</v>
       </c>
       <c r="B86" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C86" s="31">
         <v>610056340</v>
       </c>
       <c r="D86" s="32">
         <v>1395</v>
       </c>
       <c r="E86" s="31">
         <v>598674829</v>
       </c>
       <c r="F86" s="31">
         <v>429157.58351254498</v>
       </c>
       <c r="G86" s="42">
         <v>0</v>
       </c>
       <c r="H86" s="43">
         <v>0</v>
       </c>
       <c r="I86" s="43">
@@ -12125,51 +12141,51 @@
       <c r="N86" s="31">
         <v>6830282</v>
       </c>
       <c r="O86" s="31">
         <v>155233.681818182</v>
       </c>
       <c r="P86" s="33">
         <v>0</v>
       </c>
       <c r="Q86" s="31">
         <v>0</v>
       </c>
       <c r="R86" s="31">
         <v>0</v>
       </c>
       <c r="S86" s="33">
         <v>0</v>
       </c>
       <c r="T86" s="31">
         <v>0</v>
       </c>
       <c r="U86" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="87" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="61">
         <v>2018</v>
       </c>
       <c r="B87" s="30" t="s">
         <v>3</v>
       </c>
       <c r="C87" s="31">
         <v>457249652</v>
       </c>
       <c r="D87" s="32">
         <v>434</v>
       </c>
       <c r="E87" s="31">
         <v>448125641</v>
       </c>
       <c r="F87" s="31">
         <v>1032547.55990783</v>
       </c>
       <c r="G87" s="42">
         <v>0</v>
       </c>
       <c r="H87" s="43">
         <v>0</v>
       </c>
       <c r="I87" s="43">
@@ -12190,51 +12206,51 @@
       <c r="N87" s="31">
         <v>8652280</v>
       </c>
       <c r="O87" s="31">
         <v>432614</v>
       </c>
       <c r="P87" s="33">
         <v>0</v>
       </c>
       <c r="Q87" s="31">
         <v>0</v>
       </c>
       <c r="R87" s="31">
         <v>0</v>
       </c>
       <c r="S87" s="33">
         <v>0</v>
       </c>
       <c r="T87" s="31">
         <v>0</v>
       </c>
       <c r="U87" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="88" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="61">
         <v>2018</v>
       </c>
       <c r="B88" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C88" s="31">
         <v>2933343264</v>
       </c>
       <c r="D88" s="32">
         <v>4803</v>
       </c>
       <c r="E88" s="31">
         <v>2608850512</v>
       </c>
       <c r="F88" s="31">
         <v>543171.04143243795</v>
       </c>
       <c r="G88" s="42">
         <v>192</v>
       </c>
       <c r="H88" s="43">
         <v>186172482</v>
       </c>
       <c r="I88" s="43">
@@ -12255,51 +12271,51 @@
       <c r="N88" s="31">
         <v>93551485</v>
       </c>
       <c r="O88" s="31">
         <v>391428.80753138103</v>
       </c>
       <c r="P88" s="33">
         <v>0</v>
       </c>
       <c r="Q88" s="31">
         <v>0</v>
       </c>
       <c r="R88" s="31">
         <v>0</v>
       </c>
       <c r="S88" s="33">
         <v>6</v>
       </c>
       <c r="T88" s="31">
         <v>25504193</v>
       </c>
       <c r="U88" s="34">
         <v>4250698.8333333302</v>
       </c>
     </row>
-    <row r="89" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="61">
         <v>2018</v>
       </c>
       <c r="B89" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C89" s="31">
         <v>2084031712</v>
       </c>
       <c r="D89" s="32">
         <v>2818</v>
       </c>
       <c r="E89" s="31">
         <v>2053235620</v>
       </c>
       <c r="F89" s="31">
         <v>728614.48545067396</v>
       </c>
       <c r="G89" s="42">
         <v>4</v>
       </c>
       <c r="H89" s="43">
         <v>1506719</v>
       </c>
       <c r="I89" s="43">
@@ -12320,51 +12336,51 @@
       <c r="N89" s="31">
         <v>23308515</v>
       </c>
       <c r="O89" s="31">
         <v>302707.98701298703</v>
       </c>
       <c r="P89" s="33">
         <v>0</v>
       </c>
       <c r="Q89" s="31">
         <v>0</v>
       </c>
       <c r="R89" s="31">
         <v>0</v>
       </c>
       <c r="S89" s="33">
         <v>0</v>
       </c>
       <c r="T89" s="31">
         <v>0</v>
       </c>
       <c r="U89" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="90" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="61">
         <v>2018</v>
       </c>
       <c r="B90" s="30" t="s">
         <v>6</v>
       </c>
       <c r="C90" s="31">
         <v>384117862</v>
       </c>
       <c r="D90" s="32">
         <v>962</v>
       </c>
       <c r="E90" s="31">
         <v>369745360</v>
       </c>
       <c r="F90" s="31">
         <v>384350.68607068597</v>
       </c>
       <c r="G90" s="42">
         <v>1</v>
       </c>
       <c r="H90" s="43">
         <v>149951</v>
       </c>
       <c r="I90" s="43">
@@ -12385,51 +12401,51 @@
       <c r="N90" s="31">
         <v>9264563</v>
       </c>
       <c r="O90" s="31">
         <v>343131.96296296298</v>
       </c>
       <c r="P90" s="33">
         <v>0</v>
       </c>
       <c r="Q90" s="31">
         <v>0</v>
       </c>
       <c r="R90" s="31">
         <v>0</v>
       </c>
       <c r="S90" s="33">
         <v>0</v>
       </c>
       <c r="T90" s="31">
         <v>0</v>
       </c>
       <c r="U90" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="91" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="61">
         <v>2018</v>
       </c>
       <c r="B91" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C91" s="31">
         <v>3946289499</v>
       </c>
       <c r="D91" s="32">
         <v>5145</v>
       </c>
       <c r="E91" s="31">
         <v>3339613240</v>
       </c>
       <c r="F91" s="31">
         <v>649098.78328474297</v>
       </c>
       <c r="G91" s="42">
         <v>424</v>
       </c>
       <c r="H91" s="43">
         <v>548335910</v>
       </c>
       <c r="I91" s="43">
@@ -12450,51 +12466,51 @@
       <c r="N91" s="31">
         <v>48831719</v>
       </c>
       <c r="O91" s="31">
         <v>274335.5</v>
       </c>
       <c r="P91" s="33">
         <v>0</v>
       </c>
       <c r="Q91" s="31">
         <v>0</v>
       </c>
       <c r="R91" s="31">
         <v>0</v>
       </c>
       <c r="S91" s="33">
         <v>1</v>
       </c>
       <c r="T91" s="31">
         <v>85968</v>
       </c>
       <c r="U91" s="34">
         <v>85968</v>
       </c>
     </row>
-    <row r="92" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="61">
         <v>2018</v>
       </c>
       <c r="B92" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C92" s="31">
         <v>501409156</v>
       </c>
       <c r="D92" s="32">
         <v>1269</v>
       </c>
       <c r="E92" s="31">
         <v>486819422</v>
       </c>
       <c r="F92" s="31">
         <v>383624.44602048898</v>
       </c>
       <c r="G92" s="42">
         <v>0</v>
       </c>
       <c r="H92" s="43">
         <v>0</v>
       </c>
       <c r="I92" s="43">
@@ -12515,51 +12531,51 @@
       <c r="N92" s="31">
         <v>11593987</v>
       </c>
       <c r="O92" s="31">
         <v>257644.155555556</v>
       </c>
       <c r="P92" s="33">
         <v>0</v>
       </c>
       <c r="Q92" s="31">
         <v>0</v>
       </c>
       <c r="R92" s="31">
         <v>0</v>
       </c>
       <c r="S92" s="33">
         <v>0</v>
       </c>
       <c r="T92" s="31">
         <v>0</v>
       </c>
       <c r="U92" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="93" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="61">
         <v>2018</v>
       </c>
       <c r="B93" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C93" s="31">
         <v>371512799</v>
       </c>
       <c r="D93" s="32">
         <v>813</v>
       </c>
       <c r="E93" s="31">
         <v>358435921</v>
       </c>
       <c r="F93" s="31">
         <v>440880.59163591597</v>
       </c>
       <c r="G93" s="42">
         <v>0</v>
       </c>
       <c r="H93" s="43">
         <v>0</v>
       </c>
       <c r="I93" s="43">
@@ -12580,51 +12596,51 @@
       <c r="N93" s="31">
         <v>11958711</v>
       </c>
       <c r="O93" s="31">
         <v>244055.32653061199</v>
       </c>
       <c r="P93" s="33">
         <v>0</v>
       </c>
       <c r="Q93" s="31">
         <v>0</v>
       </c>
       <c r="R93" s="31">
         <v>0</v>
       </c>
       <c r="S93" s="33">
         <v>0</v>
       </c>
       <c r="T93" s="31">
         <v>0</v>
       </c>
       <c r="U93" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="94" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="61">
         <v>2018</v>
       </c>
       <c r="B94" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C94" s="31">
         <v>1157454161</v>
       </c>
       <c r="D94" s="32">
         <v>2292</v>
       </c>
       <c r="E94" s="31">
         <v>1028491002</v>
       </c>
       <c r="F94" s="31">
         <v>448730.80366492202</v>
       </c>
       <c r="G94" s="42">
         <v>136</v>
       </c>
       <c r="H94" s="43">
         <v>99009811</v>
       </c>
       <c r="I94" s="43">
@@ -12645,51 +12661,51 @@
       <c r="N94" s="31">
         <v>20548338</v>
       </c>
       <c r="O94" s="31">
         <v>253683.18518518499</v>
       </c>
       <c r="P94" s="33">
         <v>0</v>
       </c>
       <c r="Q94" s="31">
         <v>0</v>
       </c>
       <c r="R94" s="31">
         <v>0</v>
       </c>
       <c r="S94" s="33">
         <v>14</v>
       </c>
       <c r="T94" s="31">
         <v>1113319</v>
       </c>
       <c r="U94" s="34">
         <v>79522.785714285696</v>
       </c>
     </row>
-    <row r="95" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="61">
         <v>2018</v>
       </c>
       <c r="B95" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C95" s="31">
         <v>1062623563</v>
       </c>
       <c r="D95" s="32">
         <v>1794</v>
       </c>
       <c r="E95" s="31">
         <v>918684514</v>
       </c>
       <c r="F95" s="31">
         <v>512087.24303233001</v>
       </c>
       <c r="G95" s="42">
         <v>173</v>
       </c>
       <c r="H95" s="43">
         <v>119360316</v>
       </c>
       <c r="I95" s="43">
@@ -12710,51 +12726,51 @@
       <c r="N95" s="31">
         <v>19620260</v>
       </c>
       <c r="O95" s="31">
         <v>363338.14814814797</v>
       </c>
       <c r="P95" s="33">
         <v>0</v>
       </c>
       <c r="Q95" s="31">
         <v>0</v>
       </c>
       <c r="R95" s="31">
         <v>0</v>
       </c>
       <c r="S95" s="33">
         <v>0</v>
       </c>
       <c r="T95" s="31">
         <v>0</v>
       </c>
       <c r="U95" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="96" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="61">
         <v>2018</v>
       </c>
       <c r="B96" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C96" s="31">
         <v>380070366</v>
       </c>
       <c r="D96" s="32">
         <v>933</v>
       </c>
       <c r="E96" s="31">
         <v>366463607</v>
       </c>
       <c r="F96" s="31">
         <v>392779.857449089</v>
       </c>
       <c r="G96" s="42">
         <v>0</v>
       </c>
       <c r="H96" s="43">
         <v>0</v>
       </c>
       <c r="I96" s="43">
@@ -12775,51 +12791,51 @@
       <c r="N96" s="31">
         <v>7712578</v>
       </c>
       <c r="O96" s="31">
         <v>233714.48484848501</v>
       </c>
       <c r="P96" s="33">
         <v>0</v>
       </c>
       <c r="Q96" s="31">
         <v>0</v>
       </c>
       <c r="R96" s="31">
         <v>0</v>
       </c>
       <c r="S96" s="33">
         <v>0</v>
       </c>
       <c r="T96" s="31">
         <v>0</v>
       </c>
       <c r="U96" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="97" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="61">
         <v>2018</v>
       </c>
       <c r="B97" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="31">
         <v>333455993</v>
       </c>
       <c r="D97" s="32">
         <v>720</v>
       </c>
       <c r="E97" s="31">
         <v>322010966</v>
       </c>
       <c r="F97" s="31">
         <v>447237.45277777797</v>
       </c>
       <c r="G97" s="42">
         <v>0</v>
       </c>
       <c r="H97" s="43">
         <v>0</v>
       </c>
       <c r="I97" s="43">
@@ -12840,51 +12856,51 @@
       <c r="N97" s="31">
         <v>6189240</v>
       </c>
       <c r="O97" s="31">
         <v>386827.5</v>
       </c>
       <c r="P97" s="33">
         <v>0</v>
       </c>
       <c r="Q97" s="31">
         <v>0</v>
       </c>
       <c r="R97" s="31">
         <v>0</v>
       </c>
       <c r="S97" s="33">
         <v>0</v>
       </c>
       <c r="T97" s="31">
         <v>0</v>
       </c>
       <c r="U97" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="98" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="61">
         <v>2018</v>
       </c>
       <c r="B98" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="31">
         <v>1674298120</v>
       </c>
       <c r="D98" s="32">
         <v>3420</v>
       </c>
       <c r="E98" s="31">
         <v>1613382619</v>
       </c>
       <c r="F98" s="31">
         <v>471749.30380117003</v>
       </c>
       <c r="G98" s="42">
         <v>0</v>
       </c>
       <c r="H98" s="43">
         <v>0</v>
       </c>
       <c r="I98" s="43">
@@ -12905,51 +12921,51 @@
       <c r="N98" s="31">
         <v>46403937</v>
       </c>
       <c r="O98" s="31">
         <v>262169.13559322001</v>
       </c>
       <c r="P98" s="33">
         <v>0</v>
       </c>
       <c r="Q98" s="31">
         <v>0</v>
       </c>
       <c r="R98" s="31">
         <v>0</v>
       </c>
       <c r="S98" s="33">
         <v>0</v>
       </c>
       <c r="T98" s="31">
         <v>0</v>
       </c>
       <c r="U98" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="99" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="61">
         <v>2018</v>
       </c>
       <c r="B99" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C99" s="31">
         <v>584361764</v>
       </c>
       <c r="D99" s="32">
         <v>900</v>
       </c>
       <c r="E99" s="31">
         <v>458275648</v>
       </c>
       <c r="F99" s="31">
         <v>509195.16444444499</v>
       </c>
       <c r="G99" s="42">
         <v>81</v>
       </c>
       <c r="H99" s="43">
         <v>106555633</v>
       </c>
       <c r="I99" s="43">
@@ -12970,51 +12986,51 @@
       <c r="N99" s="31">
         <v>17519757</v>
       </c>
       <c r="O99" s="31">
         <v>437993.92499999999</v>
       </c>
       <c r="P99" s="33">
         <v>0</v>
       </c>
       <c r="Q99" s="31">
         <v>0</v>
       </c>
       <c r="R99" s="31">
         <v>0</v>
       </c>
       <c r="S99" s="33">
         <v>0</v>
       </c>
       <c r="T99" s="31">
         <v>0</v>
       </c>
       <c r="U99" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="100" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="61">
         <v>2018</v>
       </c>
       <c r="B100" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C100" s="31">
         <v>2719507073</v>
       </c>
       <c r="D100" s="32">
         <v>5225</v>
       </c>
       <c r="E100" s="31">
         <v>2506055218</v>
       </c>
       <c r="F100" s="31">
         <v>479627.79291865998</v>
       </c>
       <c r="G100" s="42">
         <v>0</v>
       </c>
       <c r="H100" s="43">
         <v>0</v>
       </c>
       <c r="I100" s="43">
@@ -13035,51 +13051,51 @@
       <c r="N100" s="31">
         <v>195668298</v>
       </c>
       <c r="O100" s="31">
         <v>503003.336760926</v>
       </c>
       <c r="P100" s="33">
         <v>0</v>
       </c>
       <c r="Q100" s="31">
         <v>0</v>
       </c>
       <c r="R100" s="31">
         <v>0</v>
       </c>
       <c r="S100" s="33">
         <v>0</v>
       </c>
       <c r="T100" s="31">
         <v>0</v>
       </c>
       <c r="U100" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="101" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="61">
         <v>2018</v>
       </c>
       <c r="B101" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C101" s="31">
         <v>1461697003</v>
       </c>
       <c r="D101" s="32">
         <v>2640</v>
       </c>
       <c r="E101" s="31">
         <v>1417960100</v>
       </c>
       <c r="F101" s="31">
         <v>537106.09848484898</v>
       </c>
       <c r="G101" s="42">
         <v>5</v>
       </c>
       <c r="H101" s="43">
         <v>4725189</v>
       </c>
       <c r="I101" s="43">
@@ -13100,51 +13116,51 @@
       <c r="N101" s="31">
         <v>26598267</v>
       </c>
       <c r="O101" s="31">
         <v>295536.3</v>
       </c>
       <c r="P101" s="33">
         <v>0</v>
       </c>
       <c r="Q101" s="31">
         <v>0</v>
       </c>
       <c r="R101" s="31">
         <v>0</v>
       </c>
       <c r="S101" s="33">
         <v>2</v>
       </c>
       <c r="T101" s="31">
         <v>543924</v>
       </c>
       <c r="U101" s="34">
         <v>271962</v>
       </c>
     </row>
-    <row r="102" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="63">
         <v>2018</v>
       </c>
       <c r="B102" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C102" s="31">
         <v>263237403</v>
       </c>
       <c r="D102" s="32">
         <v>360</v>
       </c>
       <c r="E102" s="31">
         <v>257507677</v>
       </c>
       <c r="F102" s="31">
         <v>715299.10277777805</v>
       </c>
       <c r="G102" s="42">
         <v>0</v>
       </c>
       <c r="H102" s="43">
         <v>0</v>
       </c>
       <c r="I102" s="43">
@@ -13165,51 +13181,51 @@
       <c r="N102" s="31">
         <v>5289311</v>
       </c>
       <c r="O102" s="31">
         <v>240423.227272727</v>
       </c>
       <c r="P102" s="33">
         <v>0</v>
       </c>
       <c r="Q102" s="31">
         <v>0</v>
       </c>
       <c r="R102" s="31">
         <v>0</v>
       </c>
       <c r="S102" s="33">
         <v>0</v>
       </c>
       <c r="T102" s="31">
         <v>0</v>
       </c>
       <c r="U102" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="103" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="61">
         <v>2018</v>
       </c>
       <c r="B103" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C103" s="31">
         <v>1764232217</v>
       </c>
       <c r="D103" s="32">
         <v>3697</v>
       </c>
       <c r="E103" s="31">
         <v>1731223953</v>
       </c>
       <c r="F103" s="31">
         <v>468278.05058155302</v>
       </c>
       <c r="G103" s="42">
         <v>14</v>
       </c>
       <c r="H103" s="43">
         <v>1499172</v>
       </c>
       <c r="I103" s="43">
@@ -13230,51 +13246,51 @@
       <c r="N103" s="31">
         <v>14517176</v>
       </c>
       <c r="O103" s="31">
         <v>254687.29824561399</v>
       </c>
       <c r="P103" s="33">
         <v>0</v>
       </c>
       <c r="Q103" s="31">
         <v>0</v>
       </c>
       <c r="R103" s="31">
         <v>0</v>
       </c>
       <c r="S103" s="33">
         <v>0</v>
       </c>
       <c r="T103" s="31">
         <v>0</v>
       </c>
       <c r="U103" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="104" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="61">
         <v>2018</v>
       </c>
       <c r="B104" s="30" t="s">
         <v>19</v>
       </c>
       <c r="C104" s="31">
         <v>132081511</v>
       </c>
       <c r="D104" s="32">
         <v>277</v>
       </c>
       <c r="E104" s="31">
         <v>124787249</v>
       </c>
       <c r="F104" s="31">
         <v>450495.48375451303</v>
       </c>
       <c r="G104" s="42">
         <v>0</v>
       </c>
       <c r="H104" s="43">
         <v>0</v>
       </c>
       <c r="I104" s="43">
@@ -13295,51 +13311,51 @@
       <c r="N104" s="31">
         <v>5895868</v>
       </c>
       <c r="O104" s="31">
         <v>310308.84210526297</v>
       </c>
       <c r="P104" s="33">
         <v>0</v>
       </c>
       <c r="Q104" s="31">
         <v>0</v>
       </c>
       <c r="R104" s="31">
         <v>0</v>
       </c>
       <c r="S104" s="33">
         <v>0</v>
       </c>
       <c r="T104" s="31">
         <v>0</v>
       </c>
       <c r="U104" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="105" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="61">
         <v>2018</v>
       </c>
       <c r="B105" s="30" t="s">
         <v>20</v>
       </c>
       <c r="C105" s="31">
         <v>85073877</v>
       </c>
       <c r="D105" s="32">
         <v>120</v>
       </c>
       <c r="E105" s="31">
         <v>59329294</v>
       </c>
       <c r="F105" s="31">
         <v>494410.78333333298</v>
       </c>
       <c r="G105" s="42">
         <v>9</v>
       </c>
       <c r="H105" s="43">
         <v>7578432</v>
       </c>
       <c r="I105" s="43">
@@ -13360,51 +13376,51 @@
       <c r="N105" s="31">
         <v>17109921</v>
       </c>
       <c r="O105" s="31">
         <v>570330.69999999995</v>
       </c>
       <c r="P105" s="33">
         <v>0</v>
       </c>
       <c r="Q105" s="31">
         <v>0</v>
       </c>
       <c r="R105" s="31">
         <v>0</v>
       </c>
       <c r="S105" s="33">
         <v>13</v>
       </c>
       <c r="T105" s="31">
         <v>838523</v>
       </c>
       <c r="U105" s="34">
         <v>64501.769230769198</v>
       </c>
     </row>
-    <row r="106" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="61">
         <v>2018</v>
       </c>
       <c r="B106" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C106" s="31">
         <v>865070624</v>
       </c>
       <c r="D106" s="32">
         <v>421</v>
       </c>
       <c r="E106" s="31">
         <v>535546305</v>
       </c>
       <c r="F106" s="31">
         <v>1272081.48456057</v>
       </c>
       <c r="G106" s="42">
         <v>53</v>
       </c>
       <c r="H106" s="43">
         <v>47606768</v>
       </c>
       <c r="I106" s="43">
@@ -13425,56 +13441,56 @@
       <c r="N106" s="31">
         <v>6640891</v>
       </c>
       <c r="O106" s="31">
         <v>195320.32352941201</v>
       </c>
       <c r="P106" s="33">
         <v>2</v>
       </c>
       <c r="Q106" s="31">
         <v>7800000</v>
       </c>
       <c r="R106" s="31">
         <v>3900000</v>
       </c>
       <c r="S106" s="33">
         <v>37</v>
       </c>
       <c r="T106" s="31">
         <v>267186013</v>
       </c>
       <c r="U106" s="34">
         <v>7221243.5945945997</v>
       </c>
     </row>
-    <row r="107" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="62">
         <v>2018</v>
       </c>
       <c r="B107" s="35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C107" s="39">
         <v>28975943278</v>
       </c>
       <c r="D107" s="38">
         <v>46930</v>
       </c>
       <c r="E107" s="39">
         <v>25906788735</v>
       </c>
       <c r="F107" s="39">
         <v>552030.44395908795</v>
       </c>
       <c r="G107" s="38">
         <v>1316</v>
       </c>
       <c r="H107" s="39">
         <v>1863662206</v>
       </c>
       <c r="I107" s="39">
         <v>1416156.6914893601</v>
       </c>
       <c r="J107" s="38">
         <v>3571</v>
       </c>
@@ -13490,51 +13506,51 @@
       <c r="N107" s="39">
         <v>691323660</v>
       </c>
       <c r="O107" s="39">
         <v>356352.402061856</v>
       </c>
       <c r="P107" s="38">
         <v>2</v>
       </c>
       <c r="Q107" s="39">
         <v>7800000</v>
       </c>
       <c r="R107" s="39">
         <v>3900000</v>
       </c>
       <c r="S107" s="38">
         <v>200</v>
       </c>
       <c r="T107" s="39">
         <v>341852912</v>
       </c>
       <c r="U107" s="41">
         <v>1709264.56</v>
       </c>
     </row>
-    <row r="108" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="61">
         <v>2019</v>
       </c>
       <c r="B108" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C108" s="31">
         <v>81922565</v>
       </c>
       <c r="D108" s="32">
         <v>192</v>
       </c>
       <c r="E108" s="31">
         <v>41401676</v>
       </c>
       <c r="F108" s="31">
         <v>215633.72916666701</v>
       </c>
       <c r="G108" s="42">
         <v>0</v>
       </c>
       <c r="H108" s="43">
         <v>0</v>
       </c>
       <c r="I108" s="43">
@@ -13555,56 +13571,56 @@
       <c r="N108" s="31">
         <v>0</v>
       </c>
       <c r="O108" s="31">
         <v>0</v>
       </c>
       <c r="P108" s="33">
         <v>0</v>
       </c>
       <c r="Q108" s="31">
         <v>0</v>
       </c>
       <c r="R108" s="31">
         <v>0</v>
       </c>
       <c r="S108" s="33">
         <v>122</v>
       </c>
       <c r="T108" s="31">
         <v>40520889</v>
       </c>
       <c r="U108" s="34">
         <v>332138.43442622997</v>
       </c>
     </row>
-    <row r="109" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="63">
         <v>2019</v>
       </c>
       <c r="B109" s="30" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C109" s="31">
         <v>638972236</v>
       </c>
       <c r="D109" s="32">
         <v>269</v>
       </c>
       <c r="E109" s="31">
         <v>600765171</v>
       </c>
       <c r="F109" s="31">
         <v>2233327.7732342002</v>
       </c>
       <c r="G109" s="42">
         <v>0</v>
       </c>
       <c r="H109" s="43">
         <v>0</v>
       </c>
       <c r="I109" s="43">
         <v>0</v>
       </c>
       <c r="J109" s="33">
         <v>0</v>
       </c>
@@ -13620,51 +13636,51 @@
       <c r="N109" s="31">
         <v>30661060</v>
       </c>
       <c r="O109" s="31">
         <v>613221.19999999995</v>
       </c>
       <c r="P109" s="33">
         <v>0</v>
       </c>
       <c r="Q109" s="31">
         <v>0</v>
       </c>
       <c r="R109" s="31">
         <v>0</v>
       </c>
       <c r="S109" s="33">
         <v>9</v>
       </c>
       <c r="T109" s="31">
         <v>7546005</v>
       </c>
       <c r="U109" s="34">
         <v>838445</v>
       </c>
     </row>
-    <row r="110" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="63">
         <v>2019</v>
       </c>
       <c r="B110" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C110" s="31">
         <v>150422976</v>
       </c>
       <c r="D110" s="32">
         <v>266</v>
       </c>
       <c r="E110" s="31">
         <v>147039738</v>
       </c>
       <c r="F110" s="31">
         <v>552780.96992481197</v>
       </c>
       <c r="G110" s="42">
         <v>0</v>
       </c>
       <c r="H110" s="43">
         <v>0</v>
       </c>
       <c r="I110" s="43">
@@ -13685,51 +13701,51 @@
       <c r="N110" s="31">
         <v>2318218</v>
       </c>
       <c r="O110" s="31">
         <v>331174</v>
       </c>
       <c r="P110" s="33">
         <v>0</v>
       </c>
       <c r="Q110" s="31">
         <v>0</v>
       </c>
       <c r="R110" s="31">
         <v>0</v>
       </c>
       <c r="S110" s="33">
         <v>0</v>
       </c>
       <c r="T110" s="31">
         <v>0</v>
       </c>
       <c r="U110" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="111" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="63">
         <v>2019</v>
       </c>
       <c r="B111" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C111" s="31">
         <v>4377290916</v>
       </c>
       <c r="D111" s="32">
         <v>6120</v>
       </c>
       <c r="E111" s="31">
         <v>3680069114</v>
       </c>
       <c r="F111" s="31">
         <v>601318.48267973901</v>
       </c>
       <c r="G111" s="42">
         <v>189</v>
       </c>
       <c r="H111" s="43">
         <v>610950132</v>
       </c>
       <c r="I111" s="43">
@@ -13750,51 +13766,51 @@
       <c r="N111" s="31">
         <v>58854467</v>
       </c>
       <c r="O111" s="31">
         <v>342177.13372093003</v>
       </c>
       <c r="P111" s="33">
         <v>0</v>
       </c>
       <c r="Q111" s="31">
         <v>0</v>
       </c>
       <c r="R111" s="31">
         <v>0</v>
       </c>
       <c r="S111" s="33">
         <v>0</v>
       </c>
       <c r="T111" s="31">
         <v>0</v>
       </c>
       <c r="U111" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="112" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="63">
         <v>2019</v>
       </c>
       <c r="B112" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C112" s="31">
         <v>634695559</v>
       </c>
       <c r="D112" s="32">
         <v>1452</v>
       </c>
       <c r="E112" s="31">
         <v>623163635</v>
       </c>
       <c r="F112" s="31">
         <v>429176.05716253503</v>
       </c>
       <c r="G112" s="42">
         <v>0</v>
       </c>
       <c r="H112" s="43">
         <v>0</v>
       </c>
       <c r="I112" s="43">
@@ -13815,51 +13831,51 @@
       <c r="N112" s="31">
         <v>6698788</v>
       </c>
       <c r="O112" s="31">
         <v>155785.76744185999</v>
       </c>
       <c r="P112" s="33">
         <v>0</v>
       </c>
       <c r="Q112" s="31">
         <v>0</v>
       </c>
       <c r="R112" s="31">
         <v>0</v>
       </c>
       <c r="S112" s="33">
         <v>0</v>
       </c>
       <c r="T112" s="31">
         <v>0</v>
       </c>
       <c r="U112" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="113" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="63">
         <v>2019</v>
       </c>
       <c r="B113" s="30" t="s">
         <v>3</v>
       </c>
       <c r="C113" s="31">
         <v>468512300</v>
       </c>
       <c r="D113" s="32">
         <v>444</v>
       </c>
       <c r="E113" s="31">
         <v>459561306</v>
       </c>
       <c r="F113" s="31">
         <v>1035047.98648649</v>
       </c>
       <c r="G113" s="42">
         <v>3</v>
       </c>
       <c r="H113" s="43">
         <v>100530</v>
       </c>
       <c r="I113" s="43">
@@ -13880,51 +13896,51 @@
       <c r="N113" s="31">
         <v>8305419</v>
       </c>
       <c r="O113" s="31">
         <v>395496.14285714302</v>
       </c>
       <c r="P113" s="33">
         <v>0</v>
       </c>
       <c r="Q113" s="31">
         <v>0</v>
       </c>
       <c r="R113" s="31">
         <v>0</v>
       </c>
       <c r="S113" s="33">
         <v>0</v>
       </c>
       <c r="T113" s="31">
         <v>0</v>
       </c>
       <c r="U113" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="114" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="63">
         <v>2019</v>
       </c>
       <c r="B114" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C114" s="31">
         <v>3087005036</v>
       </c>
       <c r="D114" s="32">
         <v>4992</v>
       </c>
       <c r="E114" s="31">
         <v>2791281184</v>
       </c>
       <c r="F114" s="31">
         <v>559150.87820512801</v>
       </c>
       <c r="G114" s="42">
         <v>158</v>
       </c>
       <c r="H114" s="43">
         <v>138649484</v>
       </c>
       <c r="I114" s="43">
@@ -13945,51 +13961,51 @@
       <c r="N114" s="31">
         <v>92939872</v>
       </c>
       <c r="O114" s="31">
         <v>398883.57081545098</v>
       </c>
       <c r="P114" s="33">
         <v>0</v>
       </c>
       <c r="Q114" s="31">
         <v>0</v>
       </c>
       <c r="R114" s="31">
         <v>0</v>
       </c>
       <c r="S114" s="33">
         <v>25</v>
       </c>
       <c r="T114" s="31">
         <v>41940759</v>
       </c>
       <c r="U114" s="34">
         <v>1677630.36</v>
       </c>
     </row>
-    <row r="115" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="63">
         <v>2019</v>
       </c>
       <c r="B115" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C115" s="31">
         <v>2478692827</v>
       </c>
       <c r="D115" s="32">
         <v>3154</v>
       </c>
       <c r="E115" s="31">
         <v>2444364250</v>
       </c>
       <c r="F115" s="31">
         <v>775004.51807228895</v>
       </c>
       <c r="G115" s="42">
         <v>2</v>
       </c>
       <c r="H115" s="43">
         <v>1745459</v>
       </c>
       <c r="I115" s="43">
@@ -14010,51 +14026,51 @@
       <c r="N115" s="31">
         <v>24298229</v>
       </c>
       <c r="O115" s="31">
         <v>307572.51898734202</v>
       </c>
       <c r="P115" s="33">
         <v>0</v>
       </c>
       <c r="Q115" s="31">
         <v>0</v>
       </c>
       <c r="R115" s="31">
         <v>0</v>
       </c>
       <c r="S115" s="33">
         <v>0</v>
       </c>
       <c r="T115" s="31">
         <v>0</v>
       </c>
       <c r="U115" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="116" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="63">
         <v>2019</v>
       </c>
       <c r="B116" s="30" t="s">
         <v>6</v>
       </c>
       <c r="C116" s="31">
         <v>396988891</v>
       </c>
       <c r="D116" s="32">
         <v>972</v>
       </c>
       <c r="E116" s="31">
         <v>382485537</v>
       </c>
       <c r="F116" s="31">
         <v>393503.63888888899</v>
       </c>
       <c r="G116" s="42">
         <v>0</v>
       </c>
       <c r="H116" s="43">
         <v>0</v>
       </c>
       <c r="I116" s="43">
@@ -14075,51 +14091,51 @@
       <c r="N116" s="31">
         <v>9473544</v>
       </c>
       <c r="O116" s="31">
         <v>315784.8</v>
       </c>
       <c r="P116" s="33">
         <v>0</v>
       </c>
       <c r="Q116" s="31">
         <v>0</v>
       </c>
       <c r="R116" s="31">
         <v>0</v>
       </c>
       <c r="S116" s="33">
         <v>0</v>
       </c>
       <c r="T116" s="31">
         <v>0</v>
       </c>
       <c r="U116" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="117" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="63">
         <v>2019</v>
       </c>
       <c r="B117" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C117" s="31">
         <v>4195850058</v>
       </c>
       <c r="D117" s="32">
         <v>5541</v>
       </c>
       <c r="E117" s="31">
         <v>3496548418</v>
       </c>
       <c r="F117" s="31">
         <v>631032.01913012099</v>
       </c>
       <c r="G117" s="42">
         <v>449</v>
       </c>
       <c r="H117" s="43">
         <v>640574751</v>
       </c>
       <c r="I117" s="43">
@@ -14140,51 +14156,51 @@
       <c r="N117" s="31">
         <v>47594748</v>
       </c>
       <c r="O117" s="31">
         <v>288453.01818181801</v>
       </c>
       <c r="P117" s="33">
         <v>0</v>
       </c>
       <c r="Q117" s="31">
         <v>0</v>
       </c>
       <c r="R117" s="31">
         <v>0</v>
       </c>
       <c r="S117" s="33">
         <v>1</v>
       </c>
       <c r="T117" s="31">
         <v>83310</v>
       </c>
       <c r="U117" s="34">
         <v>83310</v>
       </c>
     </row>
-    <row r="118" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="63">
         <v>2019</v>
       </c>
       <c r="B118" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C118" s="31">
         <v>638036243</v>
       </c>
       <c r="D118" s="32">
         <v>1290</v>
       </c>
       <c r="E118" s="31">
         <v>622501191</v>
       </c>
       <c r="F118" s="31">
         <v>482559.06279069802</v>
       </c>
       <c r="G118" s="42">
         <v>0</v>
       </c>
       <c r="H118" s="43">
         <v>0</v>
       </c>
       <c r="I118" s="43">
@@ -14205,51 +14221,51 @@
       <c r="N118" s="31">
         <v>12427766</v>
       </c>
       <c r="O118" s="31">
         <v>295899.190476191</v>
       </c>
       <c r="P118" s="33">
         <v>0</v>
       </c>
       <c r="Q118" s="31">
         <v>0</v>
       </c>
       <c r="R118" s="31">
         <v>0</v>
       </c>
       <c r="S118" s="33">
         <v>0</v>
       </c>
       <c r="T118" s="31">
         <v>0</v>
       </c>
       <c r="U118" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="119" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="63">
         <v>2019</v>
       </c>
       <c r="B119" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C119" s="31">
         <v>392970376</v>
       </c>
       <c r="D119" s="32">
         <v>854</v>
       </c>
       <c r="E119" s="31">
         <v>381987928</v>
       </c>
       <c r="F119" s="31">
         <v>447292.655737705</v>
       </c>
       <c r="G119" s="42">
         <v>0</v>
       </c>
       <c r="H119" s="43">
         <v>0</v>
       </c>
       <c r="I119" s="43">
@@ -14270,51 +14286,51 @@
       <c r="N119" s="31">
         <v>10450651</v>
       </c>
       <c r="O119" s="31">
         <v>232236.68888888901</v>
       </c>
       <c r="P119" s="33">
         <v>0</v>
       </c>
       <c r="Q119" s="31">
         <v>0</v>
       </c>
       <c r="R119" s="31">
         <v>0</v>
       </c>
       <c r="S119" s="33">
         <v>0</v>
       </c>
       <c r="T119" s="31">
         <v>0</v>
       </c>
       <c r="U119" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="120" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="63">
         <v>2019</v>
       </c>
       <c r="B120" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C120" s="31">
         <v>1212922278</v>
       </c>
       <c r="D120" s="32">
         <v>2368</v>
       </c>
       <c r="E120" s="31">
         <v>1099202749</v>
       </c>
       <c r="F120" s="31">
         <v>464190.35008445999</v>
       </c>
       <c r="G120" s="42">
         <v>135</v>
       </c>
       <c r="H120" s="43">
         <v>80728412</v>
       </c>
       <c r="I120" s="43">
@@ -14335,51 +14351,51 @@
       <c r="N120" s="31">
         <v>21564126</v>
       </c>
       <c r="O120" s="31">
         <v>269551.57500000001</v>
       </c>
       <c r="P120" s="33">
         <v>0</v>
       </c>
       <c r="Q120" s="31">
         <v>0</v>
       </c>
       <c r="R120" s="31">
         <v>0</v>
       </c>
       <c r="S120" s="33">
         <v>11</v>
       </c>
       <c r="T120" s="31">
         <v>848239</v>
       </c>
       <c r="U120" s="34">
         <v>77112.636363636397</v>
       </c>
     </row>
-    <row r="121" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="63">
         <v>2019</v>
       </c>
       <c r="B121" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C121" s="31">
         <v>1507939232</v>
       </c>
       <c r="D121" s="32">
         <v>1908</v>
       </c>
       <c r="E121" s="31">
         <v>1367709244</v>
       </c>
       <c r="F121" s="31">
         <v>716828.74423480104</v>
       </c>
       <c r="G121" s="42">
         <v>120</v>
       </c>
       <c r="H121" s="43">
         <v>115533055</v>
       </c>
       <c r="I121" s="43">
@@ -14400,51 +14416,51 @@
       <c r="N121" s="31">
         <v>20018674</v>
       </c>
       <c r="O121" s="31">
         <v>370716.18518518499</v>
       </c>
       <c r="P121" s="33">
         <v>0</v>
       </c>
       <c r="Q121" s="31">
         <v>0</v>
       </c>
       <c r="R121" s="31">
         <v>0</v>
       </c>
       <c r="S121" s="33">
         <v>0</v>
       </c>
       <c r="T121" s="31">
         <v>0</v>
       </c>
       <c r="U121" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="122" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="63">
         <v>2019</v>
       </c>
       <c r="B122" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C122" s="31">
         <v>395691607</v>
       </c>
       <c r="D122" s="32">
         <v>937</v>
       </c>
       <c r="E122" s="31">
         <v>382248459</v>
       </c>
       <c r="F122" s="31">
         <v>407949.26254002098</v>
       </c>
       <c r="G122" s="42">
         <v>0</v>
       </c>
       <c r="H122" s="43">
         <v>0</v>
       </c>
       <c r="I122" s="43">
@@ -14465,51 +14481,51 @@
       <c r="N122" s="31">
         <v>7583389</v>
       </c>
       <c r="O122" s="31">
         <v>244625.45161290301</v>
       </c>
       <c r="P122" s="33">
         <v>0</v>
       </c>
       <c r="Q122" s="31">
         <v>0</v>
       </c>
       <c r="R122" s="31">
         <v>0</v>
       </c>
       <c r="S122" s="33">
         <v>0</v>
       </c>
       <c r="T122" s="31">
         <v>0</v>
       </c>
       <c r="U122" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="123" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="63">
         <v>2019</v>
       </c>
       <c r="B123" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="31">
         <v>352528597</v>
       </c>
       <c r="D123" s="32">
         <v>745</v>
       </c>
       <c r="E123" s="31">
         <v>340644378</v>
       </c>
       <c r="F123" s="31">
         <v>457240.77583892603</v>
       </c>
       <c r="G123" s="42">
         <v>0</v>
       </c>
       <c r="H123" s="43">
         <v>0</v>
       </c>
       <c r="I123" s="43">
@@ -14530,51 +14546,51 @@
       <c r="N123" s="31">
         <v>6894216</v>
       </c>
       <c r="O123" s="31">
         <v>430888.5</v>
       </c>
       <c r="P123" s="33">
         <v>0</v>
       </c>
       <c r="Q123" s="31">
         <v>0</v>
       </c>
       <c r="R123" s="31">
         <v>0</v>
       </c>
       <c r="S123" s="33">
         <v>0</v>
       </c>
       <c r="T123" s="31">
         <v>0</v>
       </c>
       <c r="U123" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="124" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="63">
         <v>2019</v>
       </c>
       <c r="B124" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="31">
         <v>1820423173</v>
       </c>
       <c r="D124" s="32">
         <v>3525</v>
       </c>
       <c r="E124" s="31">
         <v>1758290060</v>
       </c>
       <c r="F124" s="31">
         <v>498805.69078014197</v>
       </c>
       <c r="G124" s="42">
         <v>0</v>
       </c>
       <c r="H124" s="43">
         <v>0</v>
       </c>
       <c r="I124" s="43">
@@ -14595,51 +14611,51 @@
       <c r="N124" s="31">
         <v>48192665</v>
       </c>
       <c r="O124" s="31">
         <v>283486.264705882</v>
       </c>
       <c r="P124" s="33">
         <v>0</v>
       </c>
       <c r="Q124" s="31">
         <v>0</v>
       </c>
       <c r="R124" s="31">
         <v>0</v>
       </c>
       <c r="S124" s="33">
         <v>0</v>
       </c>
       <c r="T124" s="31">
         <v>0</v>
       </c>
       <c r="U124" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="125" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="63">
         <v>2019</v>
       </c>
       <c r="B125" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C125" s="31">
         <v>568438629</v>
       </c>
       <c r="D125" s="32">
         <v>898</v>
       </c>
       <c r="E125" s="31">
         <v>454787252</v>
       </c>
       <c r="F125" s="31">
         <v>506444.60133630299</v>
       </c>
       <c r="G125" s="42">
         <v>78</v>
       </c>
       <c r="H125" s="43">
         <v>97764150</v>
       </c>
       <c r="I125" s="43">
@@ -14660,51 +14676,51 @@
       <c r="N125" s="31">
         <v>13973659</v>
       </c>
       <c r="O125" s="31">
         <v>332706.16666666698</v>
       </c>
       <c r="P125" s="33">
         <v>0</v>
       </c>
       <c r="Q125" s="31">
         <v>0</v>
       </c>
       <c r="R125" s="31">
         <v>0</v>
       </c>
       <c r="S125" s="33">
         <v>1</v>
       </c>
       <c r="T125" s="31">
         <v>249145</v>
       </c>
       <c r="U125" s="34">
         <v>249145</v>
       </c>
     </row>
-    <row r="126" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="63">
         <v>2019</v>
       </c>
       <c r="B126" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C126" s="31">
         <v>2767425761</v>
       </c>
       <c r="D126" s="32">
         <v>5349</v>
       </c>
       <c r="E126" s="31">
         <v>2558317976</v>
       </c>
       <c r="F126" s="31">
         <v>478279.67395774898</v>
       </c>
       <c r="G126" s="42">
         <v>0</v>
       </c>
       <c r="H126" s="43">
         <v>0</v>
       </c>
       <c r="I126" s="43">
@@ -14725,51 +14741,51 @@
       <c r="N126" s="31">
         <v>192307773</v>
       </c>
       <c r="O126" s="31">
         <v>490581.05357142899</v>
       </c>
       <c r="P126" s="33">
         <v>0</v>
       </c>
       <c r="Q126" s="31">
         <v>0</v>
       </c>
       <c r="R126" s="31">
         <v>0</v>
       </c>
       <c r="S126" s="33">
         <v>0</v>
       </c>
       <c r="T126" s="31">
         <v>0</v>
       </c>
       <c r="U126" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="127" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="63">
         <v>2019</v>
       </c>
       <c r="B127" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C127" s="31">
         <v>1578001622</v>
       </c>
       <c r="D127" s="32">
         <v>2756</v>
       </c>
       <c r="E127" s="31">
         <v>1537595739</v>
       </c>
       <c r="F127" s="31">
         <v>557908.46843251097</v>
       </c>
       <c r="G127" s="42">
         <v>0</v>
       </c>
       <c r="H127" s="43">
         <v>0</v>
       </c>
       <c r="I127" s="43">
@@ -14790,51 +14806,51 @@
       <c r="N127" s="31">
         <v>27674283</v>
       </c>
       <c r="O127" s="31">
         <v>310947</v>
       </c>
       <c r="P127" s="33">
         <v>0</v>
       </c>
       <c r="Q127" s="31">
         <v>0</v>
       </c>
       <c r="R127" s="31">
         <v>0</v>
       </c>
       <c r="S127" s="33">
         <v>2</v>
       </c>
       <c r="T127" s="31">
         <v>545800</v>
       </c>
       <c r="U127" s="34">
         <v>272900</v>
       </c>
     </row>
-    <row r="128" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="63">
         <v>2019</v>
       </c>
       <c r="B128" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C128" s="31">
         <v>273822686</v>
       </c>
       <c r="D128" s="32">
         <v>363</v>
       </c>
       <c r="E128" s="31">
         <v>270164247</v>
       </c>
       <c r="F128" s="31">
         <v>744254.12396694196</v>
       </c>
       <c r="G128" s="42">
         <v>0</v>
       </c>
       <c r="H128" s="43">
         <v>0</v>
       </c>
       <c r="I128" s="43">
@@ -14855,51 +14871,51 @@
       <c r="N128" s="31">
         <v>3208672</v>
       </c>
       <c r="O128" s="31">
         <v>267389.33333333302</v>
       </c>
       <c r="P128" s="33">
         <v>0</v>
       </c>
       <c r="Q128" s="31">
         <v>0</v>
       </c>
       <c r="R128" s="31">
         <v>0</v>
       </c>
       <c r="S128" s="33">
         <v>0</v>
       </c>
       <c r="T128" s="31">
         <v>0</v>
       </c>
       <c r="U128" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="129" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="63">
         <v>2019</v>
       </c>
       <c r="B129" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C129" s="31">
         <v>1950473928</v>
       </c>
       <c r="D129" s="32">
         <v>3845</v>
       </c>
       <c r="E129" s="31">
         <v>1915580984</v>
       </c>
       <c r="F129" s="31">
         <v>498200.51599479897</v>
       </c>
       <c r="G129" s="42">
         <v>17</v>
       </c>
       <c r="H129" s="43">
         <v>3029964</v>
       </c>
       <c r="I129" s="43">
@@ -14920,51 +14936,51 @@
       <c r="N129" s="31">
         <v>15982629</v>
       </c>
       <c r="O129" s="31">
         <v>270892.01694915298</v>
       </c>
       <c r="P129" s="33">
         <v>0</v>
       </c>
       <c r="Q129" s="31">
         <v>0</v>
       </c>
       <c r="R129" s="31">
         <v>0</v>
       </c>
       <c r="S129" s="33">
         <v>0</v>
       </c>
       <c r="T129" s="31">
         <v>0</v>
       </c>
       <c r="U129" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="130" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="63">
         <v>2019</v>
       </c>
       <c r="B130" s="30" t="s">
         <v>19</v>
       </c>
       <c r="C130" s="31">
         <v>136986902</v>
       </c>
       <c r="D130" s="32">
         <v>284</v>
       </c>
       <c r="E130" s="31">
         <v>129862737</v>
       </c>
       <c r="F130" s="31">
         <v>457263.15845070401</v>
       </c>
       <c r="G130" s="42">
         <v>0</v>
       </c>
       <c r="H130" s="43">
         <v>0</v>
       </c>
       <c r="I130" s="43">
@@ -14985,51 +15001,51 @@
       <c r="N130" s="31">
         <v>5522165</v>
       </c>
       <c r="O130" s="31">
         <v>324833.235294118</v>
       </c>
       <c r="P130" s="33">
         <v>0</v>
       </c>
       <c r="Q130" s="31">
         <v>0</v>
       </c>
       <c r="R130" s="31">
         <v>0</v>
       </c>
       <c r="S130" s="33">
         <v>0</v>
       </c>
       <c r="T130" s="31">
         <v>0</v>
       </c>
       <c r="U130" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="131" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="63">
         <v>2019</v>
       </c>
       <c r="B131" s="30" t="s">
         <v>20</v>
       </c>
       <c r="C131" s="31">
         <v>82237291</v>
       </c>
       <c r="D131" s="32">
         <v>129</v>
       </c>
       <c r="E131" s="31">
         <v>63143755</v>
       </c>
       <c r="F131" s="31">
         <v>489486.47286821698</v>
       </c>
       <c r="G131" s="42">
         <v>4</v>
       </c>
       <c r="H131" s="43">
         <v>1765283</v>
       </c>
       <c r="I131" s="43">
@@ -15050,51 +15066,51 @@
       <c r="N131" s="31">
         <v>15151453</v>
       </c>
       <c r="O131" s="31">
         <v>505048.433333333</v>
       </c>
       <c r="P131" s="33">
         <v>0</v>
       </c>
       <c r="Q131" s="31">
         <v>0</v>
       </c>
       <c r="R131" s="31">
         <v>0</v>
       </c>
       <c r="S131" s="33">
         <v>19</v>
       </c>
       <c r="T131" s="31">
         <v>1834419</v>
       </c>
       <c r="U131" s="34">
         <v>96548.368421052597</v>
       </c>
     </row>
-    <row r="132" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="63">
         <v>2019</v>
       </c>
       <c r="B132" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C132" s="31">
         <v>1004091774</v>
       </c>
       <c r="D132" s="32">
         <v>439</v>
       </c>
       <c r="E132" s="31">
         <v>594535751</v>
       </c>
       <c r="F132" s="31">
         <v>1354295.5603644699</v>
       </c>
       <c r="G132" s="42">
         <v>33</v>
       </c>
       <c r="H132" s="43">
         <v>35232605</v>
       </c>
       <c r="I132" s="43">
@@ -15115,56 +15131,56 @@
       <c r="N132" s="31">
         <v>6204804</v>
       </c>
       <c r="O132" s="31">
         <v>182494.235294118</v>
       </c>
       <c r="P132" s="33">
         <v>14</v>
       </c>
       <c r="Q132" s="31">
         <v>69467663</v>
       </c>
       <c r="R132" s="31">
         <v>4961975.92857143</v>
       </c>
       <c r="S132" s="33">
         <v>71</v>
       </c>
       <c r="T132" s="31">
         <v>298366722</v>
       </c>
       <c r="U132" s="34">
         <v>4202348.1971830996</v>
       </c>
     </row>
-    <row r="133" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="62">
         <v>2019</v>
       </c>
       <c r="B133" s="35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C133" s="39">
         <v>31192343463</v>
       </c>
       <c r="D133" s="38">
         <v>49092</v>
       </c>
       <c r="E133" s="39">
         <v>28143252479</v>
       </c>
       <c r="F133" s="39">
         <v>573275.736963253</v>
       </c>
       <c r="G133" s="38">
         <v>1188</v>
       </c>
       <c r="H133" s="39">
         <v>1726073825</v>
       </c>
       <c r="I133" s="39">
         <v>1452924.09511785</v>
       </c>
       <c r="J133" s="38">
         <v>3732</v>
       </c>
@@ -15180,51 +15196,51 @@
       <c r="N133" s="39">
         <v>688301270</v>
       </c>
       <c r="O133" s="39">
         <v>359802.02300052298</v>
       </c>
       <c r="P133" s="38">
         <v>14</v>
       </c>
       <c r="Q133" s="39">
         <v>69467663</v>
       </c>
       <c r="R133" s="39">
         <v>4961975.92857143</v>
       </c>
       <c r="S133" s="38">
         <v>261</v>
       </c>
       <c r="T133" s="39">
         <v>391935288</v>
       </c>
       <c r="U133" s="41">
         <v>1501667.7701149399</v>
       </c>
     </row>
-    <row r="134" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="61">
         <v>2020</v>
       </c>
       <c r="B134" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C134" s="31">
         <v>78898695</v>
       </c>
       <c r="D134" s="32">
         <v>178</v>
       </c>
       <c r="E134" s="31">
         <v>38976119</v>
       </c>
       <c r="F134" s="31">
         <v>218966.96067415699</v>
       </c>
       <c r="G134" s="42">
         <v>0</v>
       </c>
       <c r="H134" s="43">
         <v>0</v>
       </c>
       <c r="I134" s="43">
@@ -15245,56 +15261,56 @@
       <c r="N134" s="31">
         <v>0</v>
       </c>
       <c r="O134" s="31">
         <v>0</v>
       </c>
       <c r="P134" s="33">
         <v>0</v>
       </c>
       <c r="Q134" s="31">
         <v>0</v>
       </c>
       <c r="R134" s="31">
         <v>0</v>
       </c>
       <c r="S134" s="33">
         <v>121</v>
       </c>
       <c r="T134" s="31">
         <v>39922576</v>
       </c>
       <c r="U134" s="34">
         <v>329938.64462809899</v>
       </c>
     </row>
-    <row r="135" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="61">
         <v>2020</v>
       </c>
       <c r="B135" s="30" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C135" s="31">
         <v>637599365</v>
       </c>
       <c r="D135" s="32">
         <v>283</v>
       </c>
       <c r="E135" s="31">
         <v>595765458</v>
       </c>
       <c r="F135" s="31">
         <v>2105178.2968197898</v>
       </c>
       <c r="G135" s="42">
         <v>0</v>
       </c>
       <c r="H135" s="43">
         <v>0</v>
       </c>
       <c r="I135" s="43">
         <v>0</v>
       </c>
       <c r="J135" s="33">
         <v>0</v>
       </c>
@@ -15310,51 +15326,51 @@
       <c r="N135" s="31">
         <v>29933910</v>
       </c>
       <c r="O135" s="31">
         <v>636891.70212766004</v>
       </c>
       <c r="P135" s="33">
         <v>0</v>
       </c>
       <c r="Q135" s="31">
         <v>0</v>
       </c>
       <c r="R135" s="31">
         <v>0</v>
       </c>
       <c r="S135" s="33">
         <v>18</v>
       </c>
       <c r="T135" s="31">
         <v>11899997</v>
       </c>
       <c r="U135" s="34">
         <v>661110.94444444496</v>
       </c>
     </row>
-    <row r="136" spans="1:21" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:21" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="61">
         <v>2020</v>
       </c>
       <c r="B136" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C136" s="44">
         <v>152522507</v>
       </c>
       <c r="D136" s="42">
         <v>255</v>
       </c>
       <c r="E136" s="44">
         <v>147733452</v>
       </c>
       <c r="F136" s="44">
         <v>579346.87058823498</v>
       </c>
       <c r="G136" s="42">
         <v>0</v>
       </c>
       <c r="H136" s="43">
         <v>0</v>
       </c>
       <c r="I136" s="43">
@@ -15375,51 +15391,51 @@
       <c r="N136" s="44">
         <v>3568910</v>
       </c>
       <c r="O136" s="44">
         <v>356891</v>
       </c>
       <c r="P136" s="42">
         <v>0</v>
       </c>
       <c r="Q136" s="31">
         <v>0</v>
       </c>
       <c r="R136" s="31">
         <v>0</v>
       </c>
       <c r="S136" s="42">
         <v>0</v>
       </c>
       <c r="T136" s="44">
         <v>0</v>
       </c>
       <c r="U136" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="137" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="61">
         <v>2020</v>
       </c>
       <c r="B137" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C137" s="31">
         <v>4220667565</v>
       </c>
       <c r="D137" s="32">
         <v>6203</v>
       </c>
       <c r="E137" s="31">
         <v>3881820817</v>
       </c>
       <c r="F137" s="31">
         <v>625797.32661615405</v>
       </c>
       <c r="G137" s="42">
         <v>143</v>
       </c>
       <c r="H137" s="43">
         <v>242729511</v>
       </c>
       <c r="I137" s="43">
@@ -15440,51 +15456,51 @@
       <c r="N137" s="31">
         <v>64971909</v>
       </c>
       <c r="O137" s="31">
         <v>356988.51098901097</v>
       </c>
       <c r="P137" s="33">
         <v>0</v>
       </c>
       <c r="Q137" s="31">
         <v>0</v>
       </c>
       <c r="R137" s="31">
         <v>0</v>
       </c>
       <c r="S137" s="33">
         <v>0</v>
       </c>
       <c r="T137" s="31">
         <v>0</v>
       </c>
       <c r="U137" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="138" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="61">
         <v>2020</v>
       </c>
       <c r="B138" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C138" s="31">
         <v>657059028</v>
       </c>
       <c r="D138" s="32">
         <v>1469</v>
       </c>
       <c r="E138" s="31">
         <v>646040633</v>
       </c>
       <c r="F138" s="31">
         <v>439782.59564329498</v>
       </c>
       <c r="G138" s="42">
         <v>0</v>
       </c>
       <c r="H138" s="43">
         <v>0</v>
       </c>
       <c r="I138" s="43">
@@ -15505,51 +15521,51 @@
       <c r="N138" s="31">
         <v>5747159</v>
       </c>
       <c r="O138" s="31">
         <v>136837.11904761899</v>
       </c>
       <c r="P138" s="33">
         <v>0</v>
       </c>
       <c r="Q138" s="31">
         <v>0</v>
       </c>
       <c r="R138" s="31">
         <v>0</v>
       </c>
       <c r="S138" s="33">
         <v>0</v>
       </c>
       <c r="T138" s="31">
         <v>0</v>
       </c>
       <c r="U138" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="139" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="61">
         <v>2020</v>
       </c>
       <c r="B139" s="30" t="s">
         <v>3</v>
       </c>
       <c r="C139" s="31">
         <v>473163053</v>
       </c>
       <c r="D139" s="32">
         <v>477</v>
       </c>
       <c r="E139" s="31">
         <v>461575112</v>
       </c>
       <c r="F139" s="31">
         <v>967662.70859538799</v>
       </c>
       <c r="G139" s="42">
         <v>0</v>
       </c>
       <c r="H139" s="43">
         <v>0</v>
       </c>
       <c r="I139" s="43">
@@ -15570,51 +15586,51 @@
       <c r="N139" s="31">
         <v>10377006</v>
       </c>
       <c r="O139" s="31">
         <v>494143.14285714302</v>
       </c>
       <c r="P139" s="33">
         <v>0</v>
       </c>
       <c r="Q139" s="31">
         <v>0</v>
       </c>
       <c r="R139" s="31">
         <v>0</v>
       </c>
       <c r="S139" s="33">
         <v>0</v>
       </c>
       <c r="T139" s="31">
         <v>0</v>
       </c>
       <c r="U139" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="140" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="61">
         <v>2020</v>
       </c>
       <c r="B140" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C140" s="31">
         <v>3156311964</v>
       </c>
       <c r="D140" s="32">
         <v>5019</v>
       </c>
       <c r="E140" s="31">
         <v>2835831980</v>
       </c>
       <c r="F140" s="31">
         <v>565019.32257421804</v>
       </c>
       <c r="G140" s="42">
         <v>133</v>
       </c>
       <c r="H140" s="43">
         <v>155989593</v>
       </c>
       <c r="I140" s="43">
@@ -15635,51 +15651,51 @@
       <c r="N140" s="31">
         <v>92260780</v>
       </c>
       <c r="O140" s="31">
         <v>402885.50218340597</v>
       </c>
       <c r="P140" s="33">
         <v>0</v>
       </c>
       <c r="Q140" s="31">
         <v>0</v>
       </c>
       <c r="R140" s="31">
         <v>0</v>
       </c>
       <c r="S140" s="33">
         <v>6</v>
       </c>
       <c r="T140" s="31">
         <v>47398157</v>
       </c>
       <c r="U140" s="34">
         <v>7899692.8333333302</v>
       </c>
     </row>
-    <row r="141" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="61">
         <v>2020</v>
       </c>
       <c r="B141" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C141" s="31">
         <v>2771003827</v>
       </c>
       <c r="D141" s="32">
         <v>3515</v>
       </c>
       <c r="E141" s="31">
         <v>2736244915</v>
       </c>
       <c r="F141" s="31">
         <v>778448.05547652906</v>
       </c>
       <c r="G141" s="42">
         <v>0</v>
       </c>
       <c r="H141" s="43">
         <v>0</v>
       </c>
       <c r="I141" s="43">
@@ -15700,51 +15716,51 @@
       <c r="N141" s="31">
         <v>25491139</v>
       </c>
       <c r="O141" s="31">
         <v>307122.15662650601</v>
       </c>
       <c r="P141" s="33">
         <v>0</v>
       </c>
       <c r="Q141" s="31">
         <v>0</v>
       </c>
       <c r="R141" s="31">
         <v>0</v>
       </c>
       <c r="S141" s="33">
         <v>0</v>
       </c>
       <c r="T141" s="31">
         <v>0</v>
       </c>
       <c r="U141" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="142" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="61">
         <v>2020</v>
       </c>
       <c r="B142" s="30" t="s">
         <v>6</v>
       </c>
       <c r="C142" s="31">
         <v>408201701</v>
       </c>
       <c r="D142" s="32">
         <v>952</v>
       </c>
       <c r="E142" s="31">
         <v>393113451</v>
       </c>
       <c r="F142" s="31">
         <v>412934.29726890801</v>
       </c>
       <c r="G142" s="42">
         <v>0</v>
       </c>
       <c r="H142" s="43">
         <v>0</v>
       </c>
       <c r="I142" s="43">
@@ -15765,51 +15781,51 @@
       <c r="N142" s="31">
         <v>10079485</v>
       </c>
       <c r="O142" s="31">
         <v>314983.90625</v>
       </c>
       <c r="P142" s="33">
         <v>0</v>
       </c>
       <c r="Q142" s="31">
         <v>0</v>
       </c>
       <c r="R142" s="31">
         <v>0</v>
       </c>
       <c r="S142" s="33">
         <v>0</v>
       </c>
       <c r="T142" s="31">
         <v>0</v>
       </c>
       <c r="U142" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="143" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="61">
         <v>2020</v>
       </c>
       <c r="B143" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C143" s="31">
         <v>4213344810</v>
       </c>
       <c r="D143" s="32">
         <v>5859</v>
       </c>
       <c r="E143" s="31">
         <v>3738968508</v>
       </c>
       <c r="F143" s="31">
         <v>638158.13415258599</v>
       </c>
       <c r="G143" s="42">
         <v>331</v>
       </c>
       <c r="H143" s="43">
         <v>412096464</v>
       </c>
       <c r="I143" s="43">
@@ -15830,51 +15846,51 @@
       <c r="N143" s="31">
         <v>50208264</v>
       </c>
       <c r="O143" s="31">
         <v>286904.36571428599</v>
       </c>
       <c r="P143" s="33">
         <v>0</v>
       </c>
       <c r="Q143" s="31">
         <v>0</v>
       </c>
       <c r="R143" s="31">
         <v>0</v>
       </c>
       <c r="S143" s="33">
         <v>3</v>
       </c>
       <c r="T143" s="31">
         <v>323883</v>
       </c>
       <c r="U143" s="34">
         <v>107961</v>
       </c>
     </row>
-    <row r="144" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="61">
         <v>2020</v>
       </c>
       <c r="B144" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C144" s="31">
         <v>555969926</v>
       </c>
       <c r="D144" s="32">
         <v>1267</v>
       </c>
       <c r="E144" s="31">
         <v>539173558</v>
       </c>
       <c r="F144" s="31">
         <v>425551.348066298</v>
       </c>
       <c r="G144" s="42">
         <v>0</v>
       </c>
       <c r="H144" s="43">
         <v>0</v>
       </c>
       <c r="I144" s="43">
@@ -15895,51 +15911,51 @@
       <c r="N144" s="31">
         <v>13223728</v>
       </c>
       <c r="O144" s="31">
         <v>314850.66666666698</v>
       </c>
       <c r="P144" s="33">
         <v>0</v>
       </c>
       <c r="Q144" s="31">
         <v>0</v>
       </c>
       <c r="R144" s="31">
         <v>0</v>
       </c>
       <c r="S144" s="33">
         <v>0</v>
       </c>
       <c r="T144" s="31">
         <v>0</v>
       </c>
       <c r="U144" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="145" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="61">
         <v>2020</v>
       </c>
       <c r="B145" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C145" s="31">
         <v>378649133</v>
       </c>
       <c r="D145" s="32">
         <v>821</v>
       </c>
       <c r="E145" s="31">
         <v>367560501</v>
       </c>
       <c r="F145" s="31">
         <v>447698.53958587098</v>
       </c>
       <c r="G145" s="42">
         <v>0</v>
       </c>
       <c r="H145" s="43">
         <v>0</v>
       </c>
       <c r="I145" s="43">
@@ -15960,51 +15976,51 @@
       <c r="N145" s="31">
         <v>10583786</v>
       </c>
       <c r="O145" s="31">
         <v>235195.24444444501</v>
       </c>
       <c r="P145" s="33">
         <v>0</v>
       </c>
       <c r="Q145" s="31">
         <v>0</v>
       </c>
       <c r="R145" s="31">
         <v>0</v>
       </c>
       <c r="S145" s="33">
         <v>0</v>
       </c>
       <c r="T145" s="31">
         <v>0</v>
       </c>
       <c r="U145" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="146" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="61">
         <v>2020</v>
       </c>
       <c r="B146" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C146" s="31">
         <v>1239596084</v>
       </c>
       <c r="D146" s="32">
         <v>2378</v>
       </c>
       <c r="E146" s="31">
         <v>1133572974</v>
       </c>
       <c r="F146" s="31">
         <v>476691.74684608902</v>
       </c>
       <c r="G146" s="42">
         <v>123</v>
       </c>
       <c r="H146" s="43">
         <v>69131505</v>
       </c>
       <c r="I146" s="43">
@@ -16025,51 +16041,51 @@
       <c r="N146" s="31">
         <v>23790128</v>
       </c>
       <c r="O146" s="31">
         <v>270342.363636364</v>
       </c>
       <c r="P146" s="33">
         <v>0</v>
       </c>
       <c r="Q146" s="31">
         <v>0</v>
       </c>
       <c r="R146" s="31">
         <v>0</v>
       </c>
       <c r="S146" s="33">
         <v>6</v>
       </c>
       <c r="T146" s="31">
         <v>439686</v>
       </c>
       <c r="U146" s="34">
         <v>73281</v>
       </c>
     </row>
-    <row r="147" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="61">
         <v>2020</v>
       </c>
       <c r="B147" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C147" s="31">
         <v>1363060034</v>
       </c>
       <c r="D147" s="32">
         <v>1844</v>
       </c>
       <c r="E147" s="31">
         <v>1218280915</v>
       </c>
       <c r="F147" s="31">
         <v>660672.94739696302</v>
       </c>
       <c r="G147" s="42">
         <v>120</v>
       </c>
       <c r="H147" s="43">
         <v>119379719</v>
       </c>
       <c r="I147" s="43">
@@ -16090,51 +16106,51 @@
       <c r="N147" s="31">
         <v>19784030</v>
       </c>
       <c r="O147" s="31">
         <v>353286.25</v>
       </c>
       <c r="P147" s="33">
         <v>0</v>
       </c>
       <c r="Q147" s="31">
         <v>0</v>
       </c>
       <c r="R147" s="31">
         <v>0</v>
       </c>
       <c r="S147" s="33">
         <v>0</v>
       </c>
       <c r="T147" s="31">
         <v>0</v>
       </c>
       <c r="U147" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="148" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="61">
         <v>2020</v>
       </c>
       <c r="B148" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C148" s="31">
         <v>402835552</v>
       </c>
       <c r="D148" s="32">
         <v>924</v>
       </c>
       <c r="E148" s="31">
         <v>388248606</v>
       </c>
       <c r="F148" s="31">
         <v>420182.47402597399</v>
       </c>
       <c r="G148" s="42">
         <v>0</v>
       </c>
       <c r="H148" s="43">
         <v>0</v>
       </c>
       <c r="I148" s="43">
@@ -16155,51 +16171,51 @@
       <c r="N148" s="31">
         <v>8092790</v>
       </c>
       <c r="O148" s="31">
         <v>261057.74193548399</v>
       </c>
       <c r="P148" s="33">
         <v>0</v>
       </c>
       <c r="Q148" s="31">
         <v>0</v>
       </c>
       <c r="R148" s="31">
         <v>0</v>
       </c>
       <c r="S148" s="33">
         <v>0</v>
       </c>
       <c r="T148" s="31">
         <v>0</v>
       </c>
       <c r="U148" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="149" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="61">
         <v>2020</v>
       </c>
       <c r="B149" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="31">
         <v>355857743</v>
       </c>
       <c r="D149" s="32">
         <v>746</v>
       </c>
       <c r="E149" s="31">
         <v>342801655</v>
       </c>
       <c r="F149" s="31">
         <v>459519.64477211802</v>
       </c>
       <c r="G149" s="42">
         <v>0</v>
       </c>
       <c r="H149" s="43">
         <v>0</v>
       </c>
       <c r="I149" s="43">
@@ -16220,51 +16236,51 @@
       <c r="N149" s="31">
         <v>7203471</v>
       </c>
       <c r="O149" s="31">
         <v>480231.4</v>
       </c>
       <c r="P149" s="33">
         <v>0</v>
       </c>
       <c r="Q149" s="31">
         <v>0</v>
       </c>
       <c r="R149" s="31">
         <v>0</v>
       </c>
       <c r="S149" s="33">
         <v>0</v>
       </c>
       <c r="T149" s="31">
         <v>0</v>
       </c>
       <c r="U149" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="150" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="61">
         <v>2020</v>
       </c>
       <c r="B150" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="31">
         <v>1883785445</v>
       </c>
       <c r="D150" s="32">
         <v>3590</v>
       </c>
       <c r="E150" s="31">
         <v>1825213000</v>
       </c>
       <c r="F150" s="31">
         <v>508415.87743732601</v>
       </c>
       <c r="G150" s="42">
         <v>0</v>
       </c>
       <c r="H150" s="43">
         <v>0</v>
       </c>
       <c r="I150" s="43">
@@ -16285,51 +16301,51 @@
       <c r="N150" s="31">
         <v>44417785</v>
       </c>
       <c r="O150" s="31">
         <v>272501.748466258</v>
       </c>
       <c r="P150" s="33">
         <v>0</v>
       </c>
       <c r="Q150" s="31">
         <v>0</v>
       </c>
       <c r="R150" s="31">
         <v>0</v>
       </c>
       <c r="S150" s="33">
         <v>0</v>
       </c>
       <c r="T150" s="31">
         <v>0</v>
       </c>
       <c r="U150" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="151" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="61">
         <v>2020</v>
       </c>
       <c r="B151" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C151" s="31">
         <v>582169995</v>
       </c>
       <c r="D151" s="32">
         <v>897</v>
       </c>
       <c r="E151" s="31">
         <v>466088243</v>
       </c>
       <c r="F151" s="31">
         <v>519607.85172798199</v>
       </c>
       <c r="G151" s="42">
         <v>62</v>
       </c>
       <c r="H151" s="43">
         <v>98573190</v>
       </c>
       <c r="I151" s="43">
@@ -16350,51 +16366,51 @@
       <c r="N151" s="31">
         <v>15422154</v>
       </c>
       <c r="O151" s="31">
         <v>416814.97297297302</v>
       </c>
       <c r="P151" s="33">
         <v>0</v>
       </c>
       <c r="Q151" s="31">
         <v>0</v>
       </c>
       <c r="R151" s="31">
         <v>0</v>
       </c>
       <c r="S151" s="33">
         <v>1</v>
       </c>
       <c r="T151" s="31">
         <v>241437</v>
       </c>
       <c r="U151" s="34">
         <v>241437</v>
       </c>
     </row>
-    <row r="152" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="61">
         <v>2020</v>
       </c>
       <c r="B152" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C152" s="31">
         <v>2906105782</v>
       </c>
       <c r="D152" s="32">
         <v>5481</v>
       </c>
       <c r="E152" s="31">
         <v>2689830370</v>
       </c>
       <c r="F152" s="31">
         <v>490755.40412333503</v>
       </c>
       <c r="G152" s="42">
         <v>0</v>
       </c>
       <c r="H152" s="43">
         <v>0</v>
       </c>
       <c r="I152" s="43">
@@ -16415,51 +16431,51 @@
       <c r="N152" s="31">
         <v>199074226</v>
       </c>
       <c r="O152" s="31">
         <v>501446.41309823701</v>
       </c>
       <c r="P152" s="33">
         <v>0</v>
       </c>
       <c r="Q152" s="31">
         <v>0</v>
       </c>
       <c r="R152" s="31">
         <v>0</v>
       </c>
       <c r="S152" s="33">
         <v>0</v>
       </c>
       <c r="T152" s="31">
         <v>0</v>
       </c>
       <c r="U152" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="153" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="61">
         <v>2020</v>
       </c>
       <c r="B153" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C153" s="31">
         <v>1673706784</v>
       </c>
       <c r="D153" s="32">
         <v>2818</v>
       </c>
       <c r="E153" s="31">
         <v>1627277187</v>
       </c>
       <c r="F153" s="31">
         <v>577458.19268985104</v>
       </c>
       <c r="G153" s="42">
         <v>0</v>
       </c>
       <c r="H153" s="43">
         <v>0</v>
       </c>
       <c r="I153" s="43">
@@ -16480,51 +16496,51 @@
       <c r="N153" s="31">
         <v>32625983</v>
       </c>
       <c r="O153" s="31">
         <v>354630.25</v>
       </c>
       <c r="P153" s="33">
         <v>0</v>
       </c>
       <c r="Q153" s="31">
         <v>0</v>
       </c>
       <c r="R153" s="31">
         <v>0</v>
       </c>
       <c r="S153" s="33">
         <v>0</v>
       </c>
       <c r="T153" s="31">
         <v>0</v>
       </c>
       <c r="U153" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="154" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="61">
         <v>2020</v>
       </c>
       <c r="B154" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C154" s="31">
         <v>288921740</v>
       </c>
       <c r="D154" s="32">
         <v>377</v>
       </c>
       <c r="E154" s="31">
         <v>284667493</v>
       </c>
       <c r="F154" s="31">
         <v>755086.18832891295</v>
       </c>
       <c r="G154" s="42">
         <v>0</v>
       </c>
       <c r="H154" s="43">
         <v>0</v>
       </c>
       <c r="I154" s="43">
@@ -16545,51 +16561,51 @@
       <c r="N154" s="31">
         <v>3493019</v>
       </c>
       <c r="O154" s="31">
         <v>249501.35714285701</v>
       </c>
       <c r="P154" s="33">
         <v>0</v>
       </c>
       <c r="Q154" s="31">
         <v>0</v>
       </c>
       <c r="R154" s="31">
         <v>0</v>
       </c>
       <c r="S154" s="33">
         <v>0</v>
       </c>
       <c r="T154" s="31">
         <v>0</v>
       </c>
       <c r="U154" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="155" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="61">
         <v>2020</v>
       </c>
       <c r="B155" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C155" s="31">
         <v>2131051162</v>
       </c>
       <c r="D155" s="32">
         <v>3806</v>
       </c>
       <c r="E155" s="31">
         <v>2096733386</v>
       </c>
       <c r="F155" s="31">
         <v>550902.09826589597</v>
       </c>
       <c r="G155" s="42">
         <v>0</v>
       </c>
       <c r="H155" s="43">
         <v>0</v>
       </c>
       <c r="I155" s="43">
@@ -16610,51 +16626,51 @@
       <c r="N155" s="31">
         <v>18935143</v>
       </c>
       <c r="O155" s="31">
         <v>286896.10606060602</v>
       </c>
       <c r="P155" s="33">
         <v>0</v>
       </c>
       <c r="Q155" s="31">
         <v>0</v>
       </c>
       <c r="R155" s="31">
         <v>0</v>
       </c>
       <c r="S155" s="33">
         <v>1</v>
       </c>
       <c r="T155" s="31">
         <v>229680</v>
       </c>
       <c r="U155" s="34">
         <v>229680</v>
       </c>
     </row>
-    <row r="156" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="61">
         <v>2020</v>
       </c>
       <c r="B156" s="30" t="s">
         <v>19</v>
       </c>
       <c r="C156" s="31">
         <v>148650656</v>
       </c>
       <c r="D156" s="32">
         <v>307</v>
       </c>
       <c r="E156" s="31">
         <v>140995315</v>
       </c>
       <c r="F156" s="31">
         <v>459268.12703583098</v>
       </c>
       <c r="G156" s="42">
         <v>0</v>
       </c>
       <c r="H156" s="43">
         <v>0</v>
       </c>
       <c r="I156" s="43">
@@ -16675,51 +16691,51 @@
       <c r="N156" s="31">
         <v>6218919</v>
       </c>
       <c r="O156" s="31">
         <v>345495.5</v>
       </c>
       <c r="P156" s="33">
         <v>0</v>
       </c>
       <c r="Q156" s="31">
         <v>0</v>
       </c>
       <c r="R156" s="31">
         <v>0</v>
       </c>
       <c r="S156" s="33">
         <v>0</v>
       </c>
       <c r="T156" s="31">
         <v>0</v>
       </c>
       <c r="U156" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="157" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="61">
         <v>2020</v>
       </c>
       <c r="B157" s="30" t="s">
         <v>20</v>
       </c>
       <c r="C157" s="31">
         <v>76645613</v>
       </c>
       <c r="D157" s="32">
         <v>136</v>
       </c>
       <c r="E157" s="31">
         <v>59812115</v>
       </c>
       <c r="F157" s="31">
         <v>439794.96323529398</v>
       </c>
       <c r="G157" s="42">
         <v>2</v>
       </c>
       <c r="H157" s="43">
         <v>11788</v>
       </c>
       <c r="I157" s="43">
@@ -16740,51 +16756,51 @@
       <c r="N157" s="31">
         <v>14995738</v>
       </c>
       <c r="O157" s="31">
         <v>576759.15384615399</v>
       </c>
       <c r="P157" s="33">
         <v>0</v>
       </c>
       <c r="Q157" s="31">
         <v>0</v>
       </c>
       <c r="R157" s="31">
         <v>0</v>
       </c>
       <c r="S157" s="33">
         <v>13</v>
       </c>
       <c r="T157" s="31">
         <v>1459091</v>
       </c>
       <c r="U157" s="34">
         <v>112237.769230769</v>
       </c>
     </row>
-    <row r="158" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="61">
         <v>2020</v>
       </c>
       <c r="B158" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C158" s="31">
         <v>1132605378</v>
       </c>
       <c r="D158" s="32">
         <v>444</v>
       </c>
       <c r="E158" s="31">
         <v>600108158</v>
       </c>
       <c r="F158" s="31">
         <v>1351594.9504504499</v>
       </c>
       <c r="G158" s="42">
         <v>29</v>
       </c>
       <c r="H158" s="43">
         <v>29802452</v>
       </c>
       <c r="I158" s="43">
@@ -16805,56 +16821,56 @@
       <c r="N158" s="31">
         <v>6345551</v>
       </c>
       <c r="O158" s="31">
         <v>192289.42424242399</v>
       </c>
       <c r="P158" s="33">
         <v>10</v>
       </c>
       <c r="Q158" s="31">
         <v>55043091</v>
       </c>
       <c r="R158" s="31">
         <v>5504309.0999999996</v>
       </c>
       <c r="S158" s="33">
         <v>20</v>
       </c>
       <c r="T158" s="31">
         <v>441004738</v>
       </c>
       <c r="U158" s="34">
         <v>22050236.899999999</v>
       </c>
     </row>
-    <row r="159" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="62">
         <v>2020</v>
       </c>
       <c r="B159" s="35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C159" s="39">
         <v>31888383542</v>
       </c>
       <c r="D159" s="38">
         <v>50046</v>
       </c>
       <c r="E159" s="39">
         <v>29256433921</v>
       </c>
       <c r="F159" s="39">
         <v>584590.85483355296</v>
       </c>
       <c r="G159" s="38">
         <v>943</v>
       </c>
       <c r="H159" s="45">
         <v>1127714222</v>
       </c>
       <c r="I159" s="45">
         <v>1195879.34464475</v>
       </c>
       <c r="J159" s="38">
         <v>3980</v>
       </c>
@@ -16870,51 +16886,51 @@
       <c r="N159" s="39">
         <v>716845013</v>
       </c>
       <c r="O159" s="39">
         <v>368747.43467078201</v>
       </c>
       <c r="P159" s="38">
         <v>10</v>
       </c>
       <c r="Q159" s="39">
         <v>55043091</v>
       </c>
       <c r="R159" s="39">
         <v>5504309.0999999996</v>
       </c>
       <c r="S159" s="38">
         <v>189</v>
       </c>
       <c r="T159" s="39">
         <v>542919245</v>
       </c>
       <c r="U159" s="41">
         <v>2872588.5978835998</v>
       </c>
     </row>
-    <row r="160" spans="1:21" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:21" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="64">
         <v>2021</v>
       </c>
       <c r="B160" s="46" t="s">
         <v>0</v>
       </c>
       <c r="C160" s="47">
         <v>93712604</v>
       </c>
       <c r="D160" s="48">
         <v>194</v>
       </c>
       <c r="E160" s="47">
         <v>49981953</v>
       </c>
       <c r="F160" s="47">
         <v>257638.93298969101</v>
       </c>
       <c r="G160" s="48">
         <v>0</v>
       </c>
       <c r="H160" s="47">
         <v>0</v>
       </c>
       <c r="I160" s="47">
@@ -16935,56 +16951,56 @@
       <c r="N160" s="47">
         <v>0</v>
       </c>
       <c r="O160" s="47">
         <v>0</v>
       </c>
       <c r="P160" s="48">
         <v>0</v>
       </c>
       <c r="Q160" s="47">
         <v>0</v>
       </c>
       <c r="R160" s="47">
         <v>0</v>
       </c>
       <c r="S160" s="48">
         <v>140</v>
       </c>
       <c r="T160" s="47">
         <v>43730651</v>
       </c>
       <c r="U160" s="49">
         <v>312361.79285714298</v>
       </c>
     </row>
-    <row r="161" spans="1:21" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:21" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="64">
         <v>2021</v>
       </c>
       <c r="B161" s="30" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C161" s="47">
         <v>648946868</v>
       </c>
       <c r="D161" s="48">
         <v>300</v>
       </c>
       <c r="E161" s="47">
         <v>611158886</v>
       </c>
       <c r="F161" s="47">
         <v>2037196.2866666701</v>
       </c>
       <c r="G161" s="48">
         <v>0</v>
       </c>
       <c r="H161" s="47">
         <v>0</v>
       </c>
       <c r="I161" s="47">
         <v>0</v>
       </c>
       <c r="J161" s="48">
         <v>0</v>
       </c>
@@ -17000,51 +17016,51 @@
       <c r="N161" s="47">
         <v>26597702</v>
       </c>
       <c r="O161" s="47">
         <v>542810.24489795906</v>
       </c>
       <c r="P161" s="48">
         <v>0</v>
       </c>
       <c r="Q161" s="47">
         <v>0</v>
       </c>
       <c r="R161" s="47">
         <v>0</v>
       </c>
       <c r="S161" s="48">
         <v>0</v>
       </c>
       <c r="T161" s="47">
         <v>11190280</v>
       </c>
       <c r="U161" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="162" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="64">
         <v>2021</v>
       </c>
       <c r="B162" s="46" t="s">
         <v>27</v>
       </c>
       <c r="C162" s="47">
         <v>152264632</v>
       </c>
       <c r="D162" s="48">
         <v>241</v>
       </c>
       <c r="E162" s="47">
         <v>147674105</v>
       </c>
       <c r="F162" s="47">
         <v>612755.62240663904</v>
       </c>
       <c r="G162" s="48">
         <v>2</v>
       </c>
       <c r="H162" s="47">
         <v>1000</v>
       </c>
       <c r="I162" s="47">
@@ -17065,51 +17081,51 @@
       <c r="N162" s="47">
         <v>3724072</v>
       </c>
       <c r="O162" s="47">
         <v>372407.2</v>
       </c>
       <c r="P162" s="48">
         <v>0</v>
       </c>
       <c r="Q162" s="47">
         <v>0</v>
       </c>
       <c r="R162" s="47">
         <v>0</v>
       </c>
       <c r="S162" s="48">
         <v>0</v>
       </c>
       <c r="T162" s="47">
         <v>0</v>
       </c>
       <c r="U162" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="163" spans="1:21" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:21" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="64">
         <v>2021</v>
       </c>
       <c r="B163" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C163" s="47">
         <v>4230970015</v>
       </c>
       <c r="D163" s="48">
         <v>6384</v>
       </c>
       <c r="E163" s="47">
         <v>3926815037</v>
       </c>
       <c r="F163" s="47">
         <v>615102.60604636604</v>
       </c>
       <c r="G163" s="48">
         <v>142</v>
       </c>
       <c r="H163" s="47">
         <v>209387679</v>
       </c>
       <c r="I163" s="47">
@@ -17130,51 +17146,51 @@
       <c r="N163" s="47">
         <v>59133549</v>
       </c>
       <c r="O163" s="47">
         <v>365021.90740740701</v>
       </c>
       <c r="P163" s="48">
         <v>0</v>
       </c>
       <c r="Q163" s="47">
         <v>0</v>
       </c>
       <c r="R163" s="47">
         <v>0</v>
       </c>
       <c r="S163" s="48">
         <v>5</v>
       </c>
       <c r="T163" s="47">
         <v>1991764</v>
       </c>
       <c r="U163" s="49">
         <v>398352.8</v>
       </c>
     </row>
-    <row r="164" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="64">
         <v>2021</v>
       </c>
       <c r="B164" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C164" s="47">
         <v>655220724</v>
       </c>
       <c r="D164" s="48">
         <v>1460</v>
       </c>
       <c r="E164" s="47">
         <v>643800731</v>
       </c>
       <c r="F164" s="47">
         <v>440959.40479452099</v>
       </c>
       <c r="G164" s="48">
         <v>0</v>
       </c>
       <c r="H164" s="47">
         <v>0</v>
       </c>
       <c r="I164" s="47">
@@ -17195,51 +17211,51 @@
       <c r="N164" s="47">
         <v>5388893</v>
       </c>
       <c r="O164" s="47">
         <v>138176.743589744</v>
       </c>
       <c r="P164" s="48">
         <v>0</v>
       </c>
       <c r="Q164" s="47">
         <v>0</v>
       </c>
       <c r="R164" s="47">
         <v>0</v>
       </c>
       <c r="S164" s="48">
         <v>0</v>
       </c>
       <c r="T164" s="47">
         <v>0</v>
       </c>
       <c r="U164" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="165" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="64">
         <v>2021</v>
       </c>
       <c r="B165" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C165" s="47">
         <v>484950386</v>
       </c>
       <c r="D165" s="48">
         <v>531</v>
       </c>
       <c r="E165" s="47">
         <v>474153636</v>
       </c>
       <c r="F165" s="47">
         <v>892944.70056497201</v>
       </c>
       <c r="G165" s="48">
         <v>0</v>
       </c>
       <c r="H165" s="47">
         <v>0</v>
       </c>
       <c r="I165" s="47">
@@ -17260,51 +17276,51 @@
       <c r="N165" s="47">
         <v>9555174</v>
       </c>
       <c r="O165" s="47">
         <v>455008.28571428597</v>
       </c>
       <c r="P165" s="48">
         <v>0</v>
       </c>
       <c r="Q165" s="47">
         <v>0</v>
       </c>
       <c r="R165" s="47">
         <v>0</v>
       </c>
       <c r="S165" s="48">
         <v>0</v>
       </c>
       <c r="T165" s="47">
         <v>0</v>
       </c>
       <c r="U165" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="166" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="64">
         <v>2021</v>
       </c>
       <c r="B166" s="46" t="s">
         <v>4</v>
       </c>
       <c r="C166" s="47">
         <v>3662599865</v>
       </c>
       <c r="D166" s="48">
         <v>5013</v>
       </c>
       <c r="E166" s="47">
         <v>2868196857</v>
       </c>
       <c r="F166" s="47">
         <v>572151.77678037097</v>
       </c>
       <c r="G166" s="48">
         <v>129</v>
       </c>
       <c r="H166" s="47">
         <v>154594351</v>
       </c>
       <c r="I166" s="47">
@@ -17325,51 +17341,51 @@
       <c r="N166" s="47">
         <v>89473041</v>
       </c>
       <c r="O166" s="47">
         <v>395898.41150442499</v>
       </c>
       <c r="P166" s="48">
         <v>0</v>
       </c>
       <c r="Q166" s="47">
         <v>0</v>
       </c>
       <c r="R166" s="47">
         <v>0</v>
       </c>
       <c r="S166" s="48">
         <v>2</v>
       </c>
       <c r="T166" s="47">
         <v>525219077</v>
       </c>
       <c r="U166" s="49">
         <v>262609538.5</v>
       </c>
     </row>
-    <row r="167" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="64">
         <v>2021</v>
       </c>
       <c r="B167" s="46" t="s">
         <v>5</v>
       </c>
       <c r="C167" s="47">
         <v>3146954280</v>
       </c>
       <c r="D167" s="48">
         <v>3769</v>
       </c>
       <c r="E167" s="47">
         <v>3104040387</v>
       </c>
       <c r="F167" s="47">
         <v>823571.34173520806</v>
       </c>
       <c r="G167" s="48">
         <v>1</v>
       </c>
       <c r="H167" s="47">
         <v>3</v>
       </c>
       <c r="I167" s="47">
@@ -17390,51 +17406,51 @@
       <c r="N167" s="47">
         <v>30784041</v>
       </c>
       <c r="O167" s="47">
         <v>353839.55172413797</v>
       </c>
       <c r="P167" s="48">
         <v>0</v>
       </c>
       <c r="Q167" s="47">
         <v>0</v>
       </c>
       <c r="R167" s="47">
         <v>0</v>
       </c>
       <c r="S167" s="48">
         <v>0</v>
       </c>
       <c r="T167" s="47">
         <v>0</v>
       </c>
       <c r="U167" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="168" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="64">
         <v>2021</v>
       </c>
       <c r="B168" s="46" t="s">
         <v>6</v>
       </c>
       <c r="C168" s="47">
         <v>417777135</v>
       </c>
       <c r="D168" s="48">
         <v>930</v>
       </c>
       <c r="E168" s="47">
         <v>401879662</v>
       </c>
       <c r="F168" s="47">
         <v>432128.66881720402</v>
       </c>
       <c r="G168" s="48">
         <v>0</v>
       </c>
       <c r="H168" s="47">
         <v>0</v>
       </c>
       <c r="I168" s="47">
@@ -17455,51 +17471,51 @@
       <c r="N168" s="47">
         <v>10393081</v>
       </c>
       <c r="O168" s="47">
         <v>335260.67741935502</v>
       </c>
       <c r="P168" s="48">
         <v>0</v>
       </c>
       <c r="Q168" s="47">
         <v>0</v>
       </c>
       <c r="R168" s="47">
         <v>0</v>
       </c>
       <c r="S168" s="48">
         <v>0</v>
       </c>
       <c r="T168" s="47">
         <v>0</v>
       </c>
       <c r="U168" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="169" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="64">
         <v>2021</v>
       </c>
       <c r="B169" s="46" t="s">
         <v>7</v>
       </c>
       <c r="C169" s="47">
         <v>4326324252</v>
       </c>
       <c r="D169" s="48">
         <v>5927</v>
       </c>
       <c r="E169" s="47">
         <v>3863084348</v>
       </c>
       <c r="F169" s="47">
         <v>651777.34908047901</v>
       </c>
       <c r="G169" s="48">
         <v>351</v>
       </c>
       <c r="H169" s="47">
         <v>359704581</v>
       </c>
       <c r="I169" s="47">
@@ -17520,51 +17536,51 @@
       <c r="N169" s="47">
         <v>50837288</v>
       </c>
       <c r="O169" s="47">
         <v>299042.87058823498</v>
       </c>
       <c r="P169" s="48">
         <v>0</v>
       </c>
       <c r="Q169" s="47">
         <v>0</v>
       </c>
       <c r="R169" s="47">
         <v>0</v>
       </c>
       <c r="S169" s="48">
         <v>15</v>
       </c>
       <c r="T169" s="47">
         <v>40033148</v>
       </c>
       <c r="U169" s="49">
         <v>2668876.5333333299</v>
       </c>
     </row>
-    <row r="170" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="64">
         <v>2021</v>
       </c>
       <c r="B170" s="46" t="s">
         <v>8</v>
       </c>
       <c r="C170" s="47">
         <v>562826181</v>
       </c>
       <c r="D170" s="48">
         <v>1247</v>
       </c>
       <c r="E170" s="47">
         <v>545684328</v>
       </c>
       <c r="F170" s="47">
         <v>437597.69687249401</v>
       </c>
       <c r="G170" s="48">
         <v>0</v>
       </c>
       <c r="H170" s="47">
         <v>0</v>
       </c>
       <c r="I170" s="47">
@@ -17585,51 +17601,51 @@
       <c r="N170" s="47">
         <v>13684059</v>
       </c>
       <c r="O170" s="47">
         <v>304090.2</v>
       </c>
       <c r="P170" s="48">
         <v>0</v>
       </c>
       <c r="Q170" s="47">
         <v>0</v>
       </c>
       <c r="R170" s="47">
         <v>0</v>
       </c>
       <c r="S170" s="48">
         <v>0</v>
       </c>
       <c r="T170" s="47">
         <v>0</v>
       </c>
       <c r="U170" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="171" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="64">
         <v>2021</v>
       </c>
       <c r="B171" s="46" t="s">
         <v>9</v>
       </c>
       <c r="C171" s="47">
         <v>374333823</v>
       </c>
       <c r="D171" s="48">
         <v>781</v>
       </c>
       <c r="E171" s="47">
         <v>363596569</v>
       </c>
       <c r="F171" s="47">
         <v>465552.58514724701</v>
       </c>
       <c r="G171" s="48">
         <v>0</v>
       </c>
       <c r="H171" s="47">
         <v>0</v>
       </c>
       <c r="I171" s="47">
@@ -17650,51 +17666,51 @@
       <c r="N171" s="47">
         <v>10184272</v>
       </c>
       <c r="O171" s="47">
         <v>226317.155555556</v>
       </c>
       <c r="P171" s="48">
         <v>0</v>
       </c>
       <c r="Q171" s="47">
         <v>0</v>
       </c>
       <c r="R171" s="47">
         <v>0</v>
       </c>
       <c r="S171" s="48">
         <v>0</v>
       </c>
       <c r="T171" s="47">
         <v>0</v>
       </c>
       <c r="U171" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="172" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="64">
         <v>2021</v>
       </c>
       <c r="B172" s="46" t="s">
         <v>10</v>
       </c>
       <c r="C172" s="47">
         <v>1297288792</v>
       </c>
       <c r="D172" s="48">
         <v>2328</v>
       </c>
       <c r="E172" s="47">
         <v>1163472631</v>
       </c>
       <c r="F172" s="47">
         <v>499773.46692439902</v>
       </c>
       <c r="G172" s="48">
         <v>109</v>
       </c>
       <c r="H172" s="47">
         <v>60107445</v>
       </c>
       <c r="I172" s="47">
@@ -17715,51 +17731,51 @@
       <c r="N172" s="47">
         <v>24127844</v>
       </c>
       <c r="O172" s="47">
         <v>287236.23809523799</v>
       </c>
       <c r="P172" s="48">
         <v>0</v>
       </c>
       <c r="Q172" s="47">
         <v>0</v>
       </c>
       <c r="R172" s="47">
         <v>0</v>
       </c>
       <c r="S172" s="48">
         <v>17</v>
       </c>
       <c r="T172" s="47">
         <v>35400931</v>
       </c>
       <c r="U172" s="49">
         <v>2082407.70588235</v>
       </c>
     </row>
-    <row r="173" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="64">
         <v>2021</v>
       </c>
       <c r="B173" s="46" t="s">
         <v>11</v>
       </c>
       <c r="C173" s="47">
         <v>1428151278</v>
       </c>
       <c r="D173" s="48">
         <v>1778</v>
       </c>
       <c r="E173" s="47">
         <v>1285178683</v>
       </c>
       <c r="F173" s="47">
         <v>722822.65635545598</v>
       </c>
       <c r="G173" s="48">
         <v>102</v>
       </c>
       <c r="H173" s="47">
         <v>116591695</v>
       </c>
       <c r="I173" s="47">
@@ -17780,51 +17796,51 @@
       <c r="N173" s="47">
         <v>19640137</v>
       </c>
       <c r="O173" s="47">
         <v>370568.62264150998</v>
       </c>
       <c r="P173" s="48">
         <v>0</v>
       </c>
       <c r="Q173" s="47">
         <v>0</v>
       </c>
       <c r="R173" s="47">
         <v>0</v>
       </c>
       <c r="S173" s="48">
         <v>0</v>
       </c>
       <c r="T173" s="47">
         <v>0</v>
       </c>
       <c r="U173" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="174" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="64">
         <v>2021</v>
       </c>
       <c r="B174" s="46" t="s">
         <v>12</v>
       </c>
       <c r="C174" s="47">
         <v>409947448</v>
       </c>
       <c r="D174" s="48">
         <v>882</v>
       </c>
       <c r="E174" s="47">
         <v>394033024</v>
       </c>
       <c r="F174" s="47">
         <v>446749.46031746001</v>
       </c>
       <c r="G174" s="48">
         <v>0</v>
       </c>
       <c r="H174" s="47">
         <v>0</v>
       </c>
       <c r="I174" s="47">
@@ -17845,51 +17861,51 @@
       <c r="N174" s="47">
         <v>8555030</v>
       </c>
       <c r="O174" s="47">
         <v>285167.66666666698</v>
       </c>
       <c r="P174" s="48">
         <v>0</v>
       </c>
       <c r="Q174" s="47">
         <v>0</v>
       </c>
       <c r="R174" s="47">
         <v>0</v>
       </c>
       <c r="S174" s="48">
         <v>0</v>
       </c>
       <c r="T174" s="47">
         <v>0</v>
       </c>
       <c r="U174" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="175" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="64">
         <v>2021</v>
       </c>
       <c r="B175" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="47">
         <v>352654427</v>
       </c>
       <c r="D175" s="48">
         <v>764</v>
       </c>
       <c r="E175" s="47">
         <v>339958077</v>
       </c>
       <c r="F175" s="47">
         <v>444971.30497382203</v>
       </c>
       <c r="G175" s="48">
         <v>0</v>
       </c>
       <c r="H175" s="47">
         <v>0</v>
       </c>
       <c r="I175" s="47">
@@ -17910,51 +17926,51 @@
       <c r="N175" s="47">
         <v>7165819</v>
       </c>
       <c r="O175" s="47">
         <v>398101.05555555603</v>
       </c>
       <c r="P175" s="48">
         <v>0</v>
       </c>
       <c r="Q175" s="47">
         <v>0</v>
       </c>
       <c r="R175" s="47">
         <v>0</v>
       </c>
       <c r="S175" s="48">
         <v>0</v>
       </c>
       <c r="T175" s="47">
         <v>0</v>
       </c>
       <c r="U175" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="176" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="64">
         <v>2021</v>
       </c>
       <c r="B176" s="46" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="47">
         <v>1875926375</v>
       </c>
       <c r="D176" s="48">
         <v>3639</v>
       </c>
       <c r="E176" s="47">
         <v>1818207818</v>
       </c>
       <c r="F176" s="47">
         <v>499644.907392141</v>
       </c>
       <c r="G176" s="48">
         <v>0</v>
       </c>
       <c r="H176" s="47">
         <v>0</v>
       </c>
       <c r="I176" s="47">
@@ -17975,51 +17991,51 @@
       <c r="N176" s="47">
         <v>42439525</v>
       </c>
       <c r="O176" s="47">
         <v>273803.38709677401</v>
       </c>
       <c r="P176" s="48">
         <v>0</v>
       </c>
       <c r="Q176" s="47">
         <v>0</v>
       </c>
       <c r="R176" s="47">
         <v>0</v>
       </c>
       <c r="S176" s="48">
         <v>0</v>
       </c>
       <c r="T176" s="47">
         <v>0</v>
       </c>
       <c r="U176" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="177" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:21" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="64">
         <v>2021</v>
       </c>
       <c r="B177" s="46" t="s">
         <v>15</v>
       </c>
       <c r="C177" s="47">
         <v>581741125</v>
       </c>
       <c r="D177" s="48">
         <v>880</v>
       </c>
       <c r="E177" s="47">
         <v>469354519</v>
       </c>
       <c r="F177" s="47">
         <v>533357.40795454604</v>
       </c>
       <c r="G177" s="48">
         <v>67</v>
       </c>
       <c r="H177" s="47">
         <v>90830687</v>
       </c>
       <c r="I177" s="47">
@@ -18040,51 +18056,51 @@
       <c r="N177" s="47">
         <v>19229933</v>
       </c>
       <c r="O177" s="47">
         <v>506050.86842105299</v>
       </c>
       <c r="P177" s="48">
         <v>0</v>
       </c>
       <c r="Q177" s="47">
         <v>0</v>
       </c>
       <c r="R177" s="47">
         <v>0</v>
       </c>
       <c r="S177" s="48">
         <v>1</v>
       </c>
       <c r="T177" s="47">
         <v>244213</v>
       </c>
       <c r="U177" s="49">
         <v>244213</v>
       </c>
     </row>
-    <row r="178" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="64">
         <v>2021</v>
       </c>
       <c r="B178" s="46" t="s">
         <v>16</v>
       </c>
       <c r="C178" s="47">
         <v>2958635205</v>
       </c>
       <c r="D178" s="48">
         <v>5503</v>
       </c>
       <c r="E178" s="47">
         <v>2724181669</v>
       </c>
       <c r="F178" s="47">
         <v>495035.738506269</v>
       </c>
       <c r="G178" s="48">
         <v>0</v>
       </c>
       <c r="H178" s="47">
         <v>0</v>
       </c>
       <c r="I178" s="47">
@@ -18105,51 +18121,51 @@
       <c r="N178" s="47">
         <v>215353096</v>
       </c>
       <c r="O178" s="47">
         <v>503161.43925233698</v>
       </c>
       <c r="P178" s="48">
         <v>0</v>
       </c>
       <c r="Q178" s="47">
         <v>0</v>
       </c>
       <c r="R178" s="47">
         <v>0</v>
       </c>
       <c r="S178" s="48">
         <v>0</v>
       </c>
       <c r="T178" s="47">
         <v>0</v>
       </c>
       <c r="U178" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="179" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="64">
         <v>2021</v>
       </c>
       <c r="B179" s="46" t="s">
         <v>17</v>
       </c>
       <c r="C179" s="47">
         <v>1693038800</v>
       </c>
       <c r="D179" s="48">
         <v>2780</v>
       </c>
       <c r="E179" s="47">
         <v>1650452142</v>
       </c>
       <c r="F179" s="47">
         <v>593687.82086330897</v>
       </c>
       <c r="G179" s="48">
         <v>0</v>
       </c>
       <c r="H179" s="47">
         <v>0</v>
       </c>
       <c r="I179" s="47">
@@ -18170,51 +18186,51 @@
       <c r="N179" s="47">
         <v>27221667</v>
       </c>
       <c r="O179" s="47">
         <v>289592.20212765998</v>
       </c>
       <c r="P179" s="48">
         <v>0</v>
       </c>
       <c r="Q179" s="47">
         <v>0</v>
       </c>
       <c r="R179" s="47">
         <v>0</v>
       </c>
       <c r="S179" s="48">
         <v>0</v>
       </c>
       <c r="T179" s="47">
         <v>0</v>
       </c>
       <c r="U179" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="180" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="64">
         <v>2021</v>
       </c>
       <c r="B180" s="46" t="s">
         <v>25</v>
       </c>
       <c r="C180" s="47">
         <v>350140024</v>
       </c>
       <c r="D180" s="48">
         <v>434</v>
       </c>
       <c r="E180" s="47">
         <v>345574292</v>
       </c>
       <c r="F180" s="47">
         <v>796254.12903225794</v>
       </c>
       <c r="G180" s="48">
         <v>0</v>
       </c>
       <c r="H180" s="47">
         <v>0</v>
       </c>
       <c r="I180" s="47">
@@ -18235,51 +18251,51 @@
       <c r="N180" s="47">
         <v>3600337</v>
       </c>
       <c r="O180" s="47">
         <v>257166.92857142899</v>
       </c>
       <c r="P180" s="48">
         <v>0</v>
       </c>
       <c r="Q180" s="47">
         <v>0</v>
       </c>
       <c r="R180" s="47">
         <v>0</v>
       </c>
       <c r="S180" s="48">
         <v>0</v>
       </c>
       <c r="T180" s="47">
         <v>0</v>
       </c>
       <c r="U180" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="181" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="64">
         <v>2021</v>
       </c>
       <c r="B181" s="46" t="s">
         <v>18</v>
       </c>
       <c r="C181" s="47">
         <v>2241964842</v>
       </c>
       <c r="D181" s="48">
         <v>3787</v>
       </c>
       <c r="E181" s="47">
         <v>2192066397</v>
       </c>
       <c r="F181" s="47">
         <v>578839.81964615802</v>
       </c>
       <c r="G181" s="48">
         <v>0</v>
       </c>
       <c r="H181" s="47">
         <v>0</v>
       </c>
       <c r="I181" s="47">
@@ -18300,51 +18316,51 @@
       <c r="N181" s="47">
         <v>20459052</v>
       </c>
       <c r="O181" s="47">
         <v>284153.5</v>
       </c>
       <c r="P181" s="48">
         <v>0</v>
       </c>
       <c r="Q181" s="47">
         <v>0</v>
       </c>
       <c r="R181" s="47">
         <v>0</v>
       </c>
       <c r="S181" s="48">
         <v>2</v>
       </c>
       <c r="T181" s="47">
         <v>13245650</v>
       </c>
       <c r="U181" s="49">
         <v>6622825</v>
       </c>
     </row>
-    <row r="182" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="64">
         <v>2021</v>
       </c>
       <c r="B182" s="46" t="s">
         <v>19</v>
       </c>
       <c r="C182" s="47">
         <v>142486857</v>
       </c>
       <c r="D182" s="48">
         <v>296</v>
       </c>
       <c r="E182" s="47">
         <v>135268689</v>
       </c>
       <c r="F182" s="47">
         <v>456988.814189189</v>
       </c>
       <c r="G182" s="48">
         <v>0</v>
       </c>
       <c r="H182" s="47">
         <v>0</v>
       </c>
       <c r="I182" s="47">
@@ -18365,51 +18381,51 @@
       <c r="N182" s="47">
         <v>5843015</v>
       </c>
       <c r="O182" s="47">
         <v>365188.4375</v>
       </c>
       <c r="P182" s="48">
         <v>0</v>
       </c>
       <c r="Q182" s="47">
         <v>0</v>
       </c>
       <c r="R182" s="47">
         <v>0</v>
       </c>
       <c r="S182" s="48">
         <v>0</v>
       </c>
       <c r="T182" s="47">
         <v>0</v>
       </c>
       <c r="U182" s="49">
         <v>0</v>
       </c>
     </row>
-    <row r="183" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="64">
         <v>2021</v>
       </c>
       <c r="B183" s="46" t="s">
         <v>20</v>
       </c>
       <c r="C183" s="47">
         <v>76854884</v>
       </c>
       <c r="D183" s="48">
         <v>137</v>
       </c>
       <c r="E183" s="47">
         <v>62415621</v>
       </c>
       <c r="F183" s="47">
         <v>455588.474452555</v>
       </c>
       <c r="G183" s="48">
         <v>0</v>
       </c>
       <c r="H183" s="47">
         <v>0</v>
       </c>
       <c r="I183" s="47">
@@ -18430,51 +18446,51 @@
       <c r="N183" s="47">
         <v>12279938</v>
       </c>
       <c r="O183" s="47">
         <v>767496.125</v>
       </c>
       <c r="P183" s="48">
         <v>0</v>
       </c>
       <c r="Q183" s="47">
         <v>0</v>
       </c>
       <c r="R183" s="47">
         <v>0</v>
       </c>
       <c r="S183" s="48">
         <v>19</v>
       </c>
       <c r="T183" s="47">
         <v>1775262</v>
       </c>
       <c r="U183" s="49">
         <v>93434.842105263204</v>
       </c>
     </row>
-    <row r="184" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="64">
         <v>2021</v>
       </c>
       <c r="B184" s="46" t="s">
         <v>21</v>
       </c>
       <c r="C184" s="47">
         <v>1174679362</v>
       </c>
       <c r="D184" s="48">
         <v>425</v>
       </c>
       <c r="E184" s="47">
         <v>592157141</v>
       </c>
       <c r="F184" s="47">
         <v>1393310.92</v>
       </c>
       <c r="G184" s="48">
         <v>27</v>
       </c>
       <c r="H184" s="47">
         <v>25496537</v>
       </c>
       <c r="I184" s="47">
@@ -18495,56 +18511,56 @@
       <c r="N184" s="47">
         <v>6471305</v>
       </c>
       <c r="O184" s="47">
         <v>231118.035714286</v>
       </c>
       <c r="P184" s="48">
         <v>12</v>
       </c>
       <c r="Q184" s="47">
         <v>57500000</v>
       </c>
       <c r="R184" s="47">
         <v>4791666.6666666698</v>
       </c>
       <c r="S184" s="48">
         <v>14</v>
       </c>
       <c r="T184" s="47">
         <v>492821642</v>
       </c>
       <c r="U184" s="49">
         <v>35201545.857142903</v>
       </c>
     </row>
-    <row r="185" spans="1:21" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:21" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="65">
         <v>2021</v>
       </c>
       <c r="B185" s="35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C185" s="50">
         <v>33340390184</v>
       </c>
       <c r="D185" s="51">
         <v>50410</v>
       </c>
       <c r="E185" s="50">
         <v>30172387202</v>
       </c>
       <c r="F185" s="50">
         <v>598539.71834953397</v>
       </c>
       <c r="G185" s="51">
         <v>930</v>
       </c>
       <c r="H185" s="50">
         <v>1016713978</v>
       </c>
       <c r="I185" s="50">
         <v>1093240.8365591399</v>
       </c>
       <c r="J185" s="51">
         <v>4224</v>
       </c>
@@ -18560,51 +18576,51 @@
       <c r="N185" s="50">
         <v>722141870</v>
       </c>
       <c r="O185" s="50">
         <v>373973.00362506497</v>
       </c>
       <c r="P185" s="51">
         <v>12</v>
       </c>
       <c r="Q185" s="50">
         <v>57500000</v>
       </c>
       <c r="R185" s="50">
         <v>4791666.6666666698</v>
       </c>
       <c r="S185" s="51">
         <v>215</v>
       </c>
       <c r="T185" s="50">
         <v>1165652618</v>
       </c>
       <c r="U185" s="52">
         <v>5421640.0837209299</v>
       </c>
     </row>
-    <row r="186" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="61">
         <v>2022</v>
       </c>
       <c r="B186" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C186" s="31">
         <v>96428705</v>
       </c>
       <c r="D186" s="32">
         <v>194</v>
       </c>
       <c r="E186" s="31">
         <v>51143397</v>
       </c>
       <c r="F186" s="31">
         <v>263625.75773195899</v>
       </c>
       <c r="G186" s="42">
         <v>0</v>
       </c>
       <c r="H186" s="43">
         <v>0</v>
       </c>
       <c r="I186" s="43">
@@ -18625,56 +18641,56 @@
       <c r="N186" s="31">
         <v>0</v>
       </c>
       <c r="O186" s="31">
         <v>0</v>
       </c>
       <c r="P186" s="33">
         <v>0</v>
       </c>
       <c r="Q186" s="31">
         <v>0</v>
       </c>
       <c r="R186" s="31">
         <v>0</v>
       </c>
       <c r="S186" s="33">
         <v>142</v>
       </c>
       <c r="T186" s="31">
         <v>45285308</v>
       </c>
       <c r="U186" s="34">
         <v>318910.61971831002</v>
       </c>
     </row>
-    <row r="187" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="61">
         <v>2022</v>
       </c>
       <c r="B187" s="30" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C187" s="31">
         <v>643154976</v>
       </c>
       <c r="D187" s="32">
         <v>297</v>
       </c>
       <c r="E187" s="31">
         <v>603244237</v>
       </c>
       <c r="F187" s="31">
         <v>2031125.3771043799</v>
       </c>
       <c r="G187" s="42">
         <v>1</v>
       </c>
       <c r="H187" s="43">
         <v>2701936</v>
       </c>
       <c r="I187" s="43">
         <v>2701936</v>
       </c>
       <c r="J187" s="33">
         <v>0</v>
       </c>
@@ -18690,51 +18706,51 @@
       <c r="N187" s="31">
         <v>26063013</v>
       </c>
       <c r="O187" s="31">
         <v>521260.26</v>
       </c>
       <c r="P187" s="33">
         <v>0</v>
       </c>
       <c r="Q187" s="31">
         <v>0</v>
       </c>
       <c r="R187" s="31">
         <v>0</v>
       </c>
       <c r="S187" s="33">
         <v>0</v>
       </c>
       <c r="T187" s="31">
         <v>11145790</v>
       </c>
       <c r="U187" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="188" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="61">
         <v>2022</v>
       </c>
       <c r="B188" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C188" s="31">
         <v>176630069</v>
       </c>
       <c r="D188" s="32">
         <v>271</v>
       </c>
       <c r="E188" s="31">
         <v>172342227</v>
       </c>
       <c r="F188" s="31">
         <v>635949.17712177103</v>
       </c>
       <c r="G188" s="42">
         <v>0</v>
       </c>
       <c r="H188" s="43">
         <v>0</v>
       </c>
       <c r="I188" s="43">
@@ -18755,51 +18771,51 @@
       <c r="N188" s="31">
         <v>3595868</v>
       </c>
       <c r="O188" s="31">
         <v>359586.8</v>
       </c>
       <c r="P188" s="33">
         <v>0</v>
       </c>
       <c r="Q188" s="31">
         <v>0</v>
       </c>
       <c r="R188" s="31">
         <v>0</v>
       </c>
       <c r="S188" s="33">
         <v>0</v>
       </c>
       <c r="T188" s="31">
         <v>0</v>
       </c>
       <c r="U188" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="189" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="61">
         <v>2022</v>
       </c>
       <c r="B189" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C189" s="31">
         <v>4527198418</v>
       </c>
       <c r="D189" s="32">
         <v>6776</v>
       </c>
       <c r="E189" s="31">
         <v>4165433766</v>
       </c>
       <c r="F189" s="31">
         <v>614733.43654073204</v>
       </c>
       <c r="G189" s="42">
         <v>140</v>
       </c>
       <c r="H189" s="43">
         <v>253697641</v>
       </c>
       <c r="I189" s="43">
@@ -18820,51 +18836,51 @@
       <c r="N189" s="31">
         <v>60653006</v>
       </c>
       <c r="O189" s="31">
         <v>367593.975757576</v>
       </c>
       <c r="P189" s="33">
         <v>0</v>
       </c>
       <c r="Q189" s="31">
         <v>0</v>
       </c>
       <c r="R189" s="31">
         <v>0</v>
       </c>
       <c r="S189" s="33">
         <v>44</v>
       </c>
       <c r="T189" s="31">
         <v>17335662</v>
       </c>
       <c r="U189" s="34">
         <v>393992.318181818</v>
       </c>
     </row>
-    <row r="190" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="61">
         <v>2022</v>
       </c>
       <c r="B190" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C190" s="31">
         <v>675972880</v>
       </c>
       <c r="D190" s="32">
         <v>1484</v>
       </c>
       <c r="E190" s="31">
         <v>664623572</v>
       </c>
       <c r="F190" s="31">
         <v>447859.549865229</v>
       </c>
       <c r="G190" s="42">
         <v>2</v>
       </c>
       <c r="H190" s="43">
         <v>5146</v>
       </c>
       <c r="I190" s="43">
@@ -18885,51 +18901,51 @@
       <c r="N190" s="31">
         <v>5370617</v>
       </c>
       <c r="O190" s="31">
         <v>130990.658536585</v>
       </c>
       <c r="P190" s="33">
         <v>0</v>
       </c>
       <c r="Q190" s="31">
         <v>0</v>
       </c>
       <c r="R190" s="31">
         <v>0</v>
       </c>
       <c r="S190" s="33">
         <v>0</v>
       </c>
       <c r="T190" s="31">
         <v>0</v>
       </c>
       <c r="U190" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="191" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="61">
         <v>2022</v>
       </c>
       <c r="B191" s="30" t="s">
         <v>3</v>
       </c>
       <c r="C191" s="31">
         <v>486940091</v>
       </c>
       <c r="D191" s="32">
         <v>548</v>
       </c>
       <c r="E191" s="31">
         <v>475284115</v>
       </c>
       <c r="F191" s="31">
         <v>867306.77919707994</v>
       </c>
       <c r="G191" s="42">
         <v>3</v>
       </c>
       <c r="H191" s="43">
         <v>40</v>
       </c>
       <c r="I191" s="43">
@@ -18950,51 +18966,51 @@
       <c r="N191" s="31">
         <v>10446142</v>
       </c>
       <c r="O191" s="31">
         <v>497435.33333333302</v>
       </c>
       <c r="P191" s="33">
         <v>0</v>
       </c>
       <c r="Q191" s="31">
         <v>0</v>
       </c>
       <c r="R191" s="31">
         <v>0</v>
       </c>
       <c r="S191" s="33">
         <v>0</v>
       </c>
       <c r="T191" s="31">
         <v>0</v>
       </c>
       <c r="U191" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="192" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="61">
         <v>2022</v>
       </c>
       <c r="B192" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C192" s="31">
         <v>3340108508</v>
       </c>
       <c r="D192" s="32">
         <v>5099</v>
       </c>
       <c r="E192" s="31">
         <v>2944901837</v>
       </c>
       <c r="F192" s="31">
         <v>577544.97685820796</v>
       </c>
       <c r="G192" s="42">
         <v>118</v>
       </c>
       <c r="H192" s="43">
         <v>150825342</v>
       </c>
       <c r="I192" s="43">
@@ -19015,51 +19031,51 @@
       <c r="N192" s="31">
         <v>88759656</v>
       </c>
       <c r="O192" s="31">
         <v>412835.60930232599</v>
       </c>
       <c r="P192" s="33">
         <v>0</v>
       </c>
       <c r="Q192" s="31">
         <v>0</v>
       </c>
       <c r="R192" s="31">
         <v>0</v>
       </c>
       <c r="S192" s="33">
         <v>1</v>
       </c>
       <c r="T192" s="31">
         <v>130928849</v>
       </c>
       <c r="U192" s="34">
         <v>130928849</v>
       </c>
     </row>
-    <row r="193" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="61">
         <v>2022</v>
       </c>
       <c r="B193" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C193" s="31">
         <v>3472781326</v>
       </c>
       <c r="D193" s="32">
         <v>4004</v>
       </c>
       <c r="E193" s="31">
         <v>3426354775</v>
       </c>
       <c r="F193" s="31">
         <v>855732.96078921098</v>
       </c>
       <c r="G193" s="42">
         <v>5</v>
       </c>
       <c r="H193" s="43">
         <v>2180071</v>
       </c>
       <c r="I193" s="43">
@@ -19080,51 +19096,51 @@
       <c r="N193" s="31">
         <v>31511709</v>
       </c>
       <c r="O193" s="31">
         <v>342518.57608695701</v>
       </c>
       <c r="P193" s="33">
         <v>0</v>
       </c>
       <c r="Q193" s="31">
         <v>0</v>
       </c>
       <c r="R193" s="31">
         <v>0</v>
       </c>
       <c r="S193" s="33">
         <v>0</v>
       </c>
       <c r="T193" s="31">
         <v>0</v>
       </c>
       <c r="U193" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="194" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="61">
         <v>2022</v>
       </c>
       <c r="B194" s="30" t="s">
         <v>6</v>
       </c>
       <c r="C194" s="31">
         <v>437293292</v>
       </c>
       <c r="D194" s="32">
         <v>946</v>
       </c>
       <c r="E194" s="31">
         <v>417263307</v>
       </c>
       <c r="F194" s="31">
         <v>441081.71987315</v>
       </c>
       <c r="G194" s="42">
         <v>3</v>
       </c>
       <c r="H194" s="43">
         <v>3737544</v>
       </c>
       <c r="I194" s="43">
@@ -19145,51 +19161,51 @@
       <c r="N194" s="31">
         <v>10152617</v>
       </c>
       <c r="O194" s="31">
         <v>362593.46428571403</v>
       </c>
       <c r="P194" s="33">
         <v>0</v>
       </c>
       <c r="Q194" s="31">
         <v>0</v>
       </c>
       <c r="R194" s="31">
         <v>0</v>
       </c>
       <c r="S194" s="33">
         <v>0</v>
       </c>
       <c r="T194" s="31">
         <v>0</v>
       </c>
       <c r="U194" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="195" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="61">
         <v>2022</v>
       </c>
       <c r="B195" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C195" s="31">
         <v>4750474756</v>
       </c>
       <c r="D195" s="32">
         <v>5718</v>
       </c>
       <c r="E195" s="31">
         <v>3905830250</v>
       </c>
       <c r="F195" s="31">
         <v>683076.29415879701</v>
       </c>
       <c r="G195" s="42">
         <v>663</v>
       </c>
       <c r="H195" s="43">
         <v>740164178</v>
       </c>
       <c r="I195" s="43">
@@ -19210,51 +19226,51 @@
       <c r="N195" s="31">
         <v>55815876</v>
       </c>
       <c r="O195" s="31">
         <v>306680.63736263698</v>
       </c>
       <c r="P195" s="33">
         <v>0</v>
       </c>
       <c r="Q195" s="31">
         <v>0</v>
       </c>
       <c r="R195" s="31">
         <v>0</v>
       </c>
       <c r="S195" s="33">
         <v>2</v>
       </c>
       <c r="T195" s="31">
         <v>36439316</v>
       </c>
       <c r="U195" s="34">
         <v>18219658</v>
       </c>
     </row>
-    <row r="196" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="61">
         <v>2022</v>
       </c>
       <c r="B196" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C196" s="31">
         <v>607551196</v>
       </c>
       <c r="D196" s="32">
         <v>1285</v>
       </c>
       <c r="E196" s="31">
         <v>588249385</v>
       </c>
       <c r="F196" s="31">
         <v>457781.62256809301</v>
       </c>
       <c r="G196" s="42">
         <v>0</v>
       </c>
       <c r="H196" s="43">
         <v>0</v>
       </c>
       <c r="I196" s="43">
@@ -19275,51 +19291,51 @@
       <c r="N196" s="31">
         <v>16024986</v>
       </c>
       <c r="O196" s="31">
         <v>320499.71999999997</v>
       </c>
       <c r="P196" s="33">
         <v>0</v>
       </c>
       <c r="Q196" s="31">
         <v>0</v>
       </c>
       <c r="R196" s="31">
         <v>0</v>
       </c>
       <c r="S196" s="33">
         <v>0</v>
       </c>
       <c r="T196" s="31">
         <v>0</v>
       </c>
       <c r="U196" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="197" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="61">
         <v>2022</v>
       </c>
       <c r="B197" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C197" s="31">
         <v>388345248</v>
       </c>
       <c r="D197" s="32">
         <v>836</v>
       </c>
       <c r="E197" s="31">
         <v>377187296</v>
       </c>
       <c r="F197" s="31">
         <v>451180.97607655497</v>
       </c>
       <c r="G197" s="42">
         <v>2</v>
       </c>
       <c r="H197" s="43">
         <v>15</v>
       </c>
       <c r="I197" s="43">
@@ -19340,51 +19356,51 @@
       <c r="N197" s="31">
         <v>10795348</v>
       </c>
       <c r="O197" s="31">
         <v>239896.62222222201</v>
       </c>
       <c r="P197" s="33">
         <v>0</v>
       </c>
       <c r="Q197" s="31">
         <v>0</v>
       </c>
       <c r="R197" s="31">
         <v>0</v>
       </c>
       <c r="S197" s="33">
         <v>0</v>
       </c>
       <c r="T197" s="31">
         <v>0</v>
       </c>
       <c r="U197" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="198" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="61">
         <v>2022</v>
       </c>
       <c r="B198" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C198" s="31">
         <v>1315431042</v>
       </c>
       <c r="D198" s="32">
         <v>2402</v>
       </c>
       <c r="E198" s="31">
         <v>1198165015</v>
       </c>
       <c r="F198" s="31">
         <v>498819.73980016698</v>
       </c>
       <c r="G198" s="42">
         <v>88</v>
       </c>
       <c r="H198" s="43">
         <v>58276898</v>
       </c>
       <c r="I198" s="43">
@@ -19405,51 +19421,51 @@
       <c r="N198" s="31">
         <v>24054279</v>
       </c>
       <c r="O198" s="31">
         <v>293344.86585365899</v>
       </c>
       <c r="P198" s="33">
         <v>0</v>
       </c>
       <c r="Q198" s="31">
         <v>0</v>
       </c>
       <c r="R198" s="31">
         <v>0</v>
       </c>
       <c r="S198" s="33">
         <v>0</v>
       </c>
       <c r="T198" s="31">
         <v>20095913</v>
       </c>
       <c r="U198" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="199" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="61">
         <v>2022</v>
       </c>
       <c r="B199" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C199" s="31">
         <v>1457063483</v>
       </c>
       <c r="D199" s="32">
         <v>1855</v>
       </c>
       <c r="E199" s="31">
         <v>1302936561</v>
       </c>
       <c r="F199" s="31">
         <v>702391.67708894901</v>
       </c>
       <c r="G199" s="42">
         <v>133</v>
       </c>
       <c r="H199" s="43">
         <v>126096148</v>
       </c>
       <c r="I199" s="43">
@@ -19470,51 +19486,51 @@
       <c r="N199" s="31">
         <v>20432990</v>
       </c>
       <c r="O199" s="31">
         <v>416999.79591836699</v>
       </c>
       <c r="P199" s="33">
         <v>0</v>
       </c>
       <c r="Q199" s="31">
         <v>0</v>
       </c>
       <c r="R199" s="31">
         <v>0</v>
       </c>
       <c r="S199" s="33">
         <v>0</v>
       </c>
       <c r="T199" s="31">
         <v>0</v>
       </c>
       <c r="U199" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="200" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="61">
         <v>2022</v>
       </c>
       <c r="B200" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C200" s="31">
         <v>428156790</v>
       </c>
       <c r="D200" s="32">
         <v>905</v>
       </c>
       <c r="E200" s="31">
         <v>411868590</v>
       </c>
       <c r="F200" s="31">
         <v>455103.41436464101</v>
       </c>
       <c r="G200" s="42">
         <v>0</v>
       </c>
       <c r="H200" s="43">
         <v>0</v>
       </c>
       <c r="I200" s="43">
@@ -19535,51 +19551,51 @@
       <c r="N200" s="31">
         <v>9291447</v>
       </c>
       <c r="O200" s="31">
         <v>299724.09677419398</v>
       </c>
       <c r="P200" s="33">
         <v>0</v>
       </c>
       <c r="Q200" s="31">
         <v>0</v>
       </c>
       <c r="R200" s="31">
         <v>0</v>
       </c>
       <c r="S200" s="33">
         <v>0</v>
       </c>
       <c r="T200" s="31">
         <v>0</v>
       </c>
       <c r="U200" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="201" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="61">
         <v>2022</v>
       </c>
       <c r="B201" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="31">
         <v>378132559</v>
       </c>
       <c r="D201" s="32">
         <v>796</v>
       </c>
       <c r="E201" s="31">
         <v>365222275</v>
       </c>
       <c r="F201" s="31">
         <v>458821.95351758797</v>
       </c>
       <c r="G201" s="42">
         <v>0</v>
       </c>
       <c r="H201" s="43">
         <v>0</v>
       </c>
       <c r="I201" s="43">
@@ -19600,51 +19616,51 @@
       <c r="N201" s="31">
         <v>6925957</v>
       </c>
       <c r="O201" s="31">
         <v>384775.38888888899</v>
       </c>
       <c r="P201" s="33">
         <v>0</v>
       </c>
       <c r="Q201" s="31">
         <v>0</v>
       </c>
       <c r="R201" s="31">
         <v>0</v>
       </c>
       <c r="S201" s="33">
         <v>1</v>
       </c>
       <c r="T201" s="31">
         <v>244288</v>
       </c>
       <c r="U201" s="34">
         <v>244288</v>
       </c>
     </row>
-    <row r="202" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="61">
         <v>2022</v>
       </c>
       <c r="B202" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="31">
         <v>1955142056</v>
       </c>
       <c r="D202" s="32">
         <v>3700</v>
       </c>
       <c r="E202" s="31">
         <v>1894588295</v>
       </c>
       <c r="F202" s="31">
         <v>512050.89054054098</v>
       </c>
       <c r="G202" s="42">
         <v>0</v>
       </c>
       <c r="H202" s="43">
         <v>0</v>
       </c>
       <c r="I202" s="43">
@@ -19665,51 +19681,51 @@
       <c r="N202" s="31">
         <v>46763075</v>
       </c>
       <c r="O202" s="31">
         <v>301697.25806451601</v>
       </c>
       <c r="P202" s="33">
         <v>0</v>
       </c>
       <c r="Q202" s="31">
         <v>0</v>
       </c>
       <c r="R202" s="31">
         <v>0</v>
       </c>
       <c r="S202" s="33">
         <v>0</v>
       </c>
       <c r="T202" s="31">
         <v>0</v>
       </c>
       <c r="U202" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="203" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="61">
         <v>2022</v>
       </c>
       <c r="B203" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C203" s="31">
         <v>578756593</v>
       </c>
       <c r="D203" s="32">
         <v>876</v>
       </c>
       <c r="E203" s="31">
         <v>470976407</v>
       </c>
       <c r="F203" s="31">
         <v>537644.30022831098</v>
       </c>
       <c r="G203" s="42">
         <v>45</v>
       </c>
       <c r="H203" s="43">
         <v>84786861</v>
       </c>
       <c r="I203" s="43">
@@ -19730,51 +19746,51 @@
       <c r="N203" s="31">
         <v>20587079</v>
       </c>
       <c r="O203" s="31">
         <v>556407.54054054106</v>
       </c>
       <c r="P203" s="33">
         <v>0</v>
       </c>
       <c r="Q203" s="31">
         <v>0</v>
       </c>
       <c r="R203" s="31">
         <v>0</v>
       </c>
       <c r="S203" s="33">
         <v>0</v>
       </c>
       <c r="T203" s="31">
         <v>0</v>
       </c>
       <c r="U203" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="204" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="61">
         <v>2022</v>
       </c>
       <c r="B204" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C204" s="31">
         <v>3005912196</v>
       </c>
       <c r="D204" s="32">
         <v>5595</v>
       </c>
       <c r="E204" s="31">
         <v>2748153520</v>
       </c>
       <c r="F204" s="31">
         <v>491180.25379803398</v>
       </c>
       <c r="G204" s="42">
         <v>0</v>
       </c>
       <c r="H204" s="43">
         <v>0</v>
       </c>
       <c r="I204" s="43">
@@ -19795,51 +19811,51 @@
       <c r="N204" s="31">
         <v>240844551</v>
       </c>
       <c r="O204" s="31">
         <v>523575.11086956499</v>
       </c>
       <c r="P204" s="33">
         <v>0</v>
       </c>
       <c r="Q204" s="31">
         <v>0</v>
       </c>
       <c r="R204" s="31">
         <v>0</v>
       </c>
       <c r="S204" s="33">
         <v>0</v>
       </c>
       <c r="T204" s="31">
         <v>0</v>
       </c>
       <c r="U204" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="205" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="61">
         <v>2022</v>
       </c>
       <c r="B205" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C205" s="31">
         <v>1787827300</v>
       </c>
       <c r="D205" s="32">
         <v>2919</v>
       </c>
       <c r="E205" s="31">
         <v>1742606765</v>
       </c>
       <c r="F205" s="31">
         <v>596987.586502227</v>
       </c>
       <c r="G205" s="42">
         <v>0</v>
       </c>
       <c r="H205" s="43">
         <v>0</v>
       </c>
       <c r="I205" s="43">
@@ -19860,51 +19876,51 @@
       <c r="N205" s="31">
         <v>29822103</v>
       </c>
       <c r="O205" s="31">
         <v>331356.7</v>
       </c>
       <c r="P205" s="33">
         <v>0</v>
       </c>
       <c r="Q205" s="31">
         <v>0</v>
       </c>
       <c r="R205" s="31">
         <v>0</v>
       </c>
       <c r="S205" s="33">
         <v>0</v>
       </c>
       <c r="T205" s="31">
         <v>0</v>
       </c>
       <c r="U205" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="206" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="61">
         <v>2022</v>
       </c>
       <c r="B206" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C206" s="31">
         <v>403874816</v>
       </c>
       <c r="D206" s="32">
         <v>535</v>
       </c>
       <c r="E206" s="31">
         <v>400205842</v>
       </c>
       <c r="F206" s="31">
         <v>748048.30280373804</v>
       </c>
       <c r="G206" s="42">
         <v>0</v>
       </c>
       <c r="H206" s="43">
         <v>0</v>
       </c>
       <c r="I206" s="43">
@@ -19925,51 +19941,51 @@
       <c r="N206" s="31">
         <v>2154364</v>
       </c>
       <c r="O206" s="31">
         <v>215436.4</v>
       </c>
       <c r="P206" s="33">
         <v>0</v>
       </c>
       <c r="Q206" s="31">
         <v>0</v>
       </c>
       <c r="R206" s="31">
         <v>0</v>
       </c>
       <c r="S206" s="33">
         <v>0</v>
       </c>
       <c r="T206" s="31">
         <v>0</v>
       </c>
       <c r="U206" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="207" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="61">
         <v>2022</v>
       </c>
       <c r="B207" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C207" s="31">
         <v>2408705225</v>
       </c>
       <c r="D207" s="32">
         <v>4002</v>
       </c>
       <c r="E207" s="31">
         <v>2369139731</v>
       </c>
       <c r="F207" s="31">
         <v>591988.93828085996</v>
       </c>
       <c r="G207" s="42">
         <v>0</v>
       </c>
       <c r="H207" s="43">
         <v>0</v>
       </c>
       <c r="I207" s="43">
@@ -19990,51 +20006,51 @@
       <c r="N207" s="31">
         <v>22028431</v>
       </c>
       <c r="O207" s="31">
         <v>297681.5</v>
       </c>
       <c r="P207" s="33">
         <v>0</v>
       </c>
       <c r="Q207" s="31">
         <v>0</v>
       </c>
       <c r="R207" s="31">
         <v>0</v>
       </c>
       <c r="S207" s="33">
         <v>2</v>
       </c>
       <c r="T207" s="31">
         <v>740411</v>
       </c>
       <c r="U207" s="34">
         <v>370205.5</v>
       </c>
     </row>
-    <row r="208" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="61">
         <v>2022</v>
       </c>
       <c r="B208" s="30" t="s">
         <v>19</v>
       </c>
       <c r="C208" s="31">
         <v>151493993</v>
       </c>
       <c r="D208" s="32">
         <v>298</v>
       </c>
       <c r="E208" s="31">
         <v>144030730</v>
       </c>
       <c r="F208" s="31">
         <v>483324.597315436</v>
       </c>
       <c r="G208" s="42">
         <v>0</v>
       </c>
       <c r="H208" s="43">
         <v>0</v>
       </c>
       <c r="I208" s="43">
@@ -20055,51 +20071,51 @@
       <c r="N208" s="31">
         <v>5504444</v>
       </c>
       <c r="O208" s="31">
         <v>344027.75</v>
       </c>
       <c r="P208" s="33">
         <v>0</v>
       </c>
       <c r="Q208" s="31">
         <v>0</v>
       </c>
       <c r="R208" s="31">
         <v>0</v>
       </c>
       <c r="S208" s="33">
         <v>0</v>
       </c>
       <c r="T208" s="31">
         <v>0</v>
       </c>
       <c r="U208" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="209" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="61">
         <v>2022</v>
       </c>
       <c r="B209" s="30" t="s">
         <v>20</v>
       </c>
       <c r="C209" s="31">
         <v>78783160</v>
       </c>
       <c r="D209" s="32">
         <v>159</v>
       </c>
       <c r="E209" s="31">
         <v>66484546</v>
       </c>
       <c r="F209" s="31">
         <v>418141.79874213901</v>
       </c>
       <c r="G209" s="42">
         <v>0</v>
       </c>
       <c r="H209" s="43">
         <v>0</v>
       </c>
       <c r="I209" s="43">
@@ -20120,51 +20136,51 @@
       <c r="N209" s="31">
         <v>10937621</v>
       </c>
       <c r="O209" s="31">
         <v>607645.61111111101</v>
       </c>
       <c r="P209" s="33">
         <v>0</v>
       </c>
       <c r="Q209" s="31">
         <v>0</v>
       </c>
       <c r="R209" s="31">
         <v>0</v>
       </c>
       <c r="S209" s="33">
         <v>13</v>
       </c>
       <c r="T209" s="31">
         <v>1095780</v>
       </c>
       <c r="U209" s="34">
         <v>84290.769230769205</v>
       </c>
     </row>
-    <row r="210" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="61">
         <v>2022</v>
       </c>
       <c r="B210" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C210" s="31">
         <v>1248671608</v>
       </c>
       <c r="D210" s="32">
         <v>476</v>
       </c>
       <c r="E210" s="31">
         <v>613403423</v>
       </c>
       <c r="F210" s="31">
         <v>1288662.6533613401</v>
       </c>
       <c r="G210" s="42">
         <v>33</v>
       </c>
       <c r="H210" s="43">
         <v>40892673</v>
       </c>
       <c r="I210" s="43">
@@ -20185,56 +20201,56 @@
       <c r="N210" s="31">
         <v>5437155</v>
       </c>
       <c r="O210" s="31">
         <v>169911.09375</v>
       </c>
       <c r="P210" s="33">
         <v>13</v>
       </c>
       <c r="Q210" s="31">
         <v>78000000</v>
       </c>
       <c r="R210" s="31">
         <v>6000000</v>
       </c>
       <c r="S210" s="33">
         <v>16</v>
       </c>
       <c r="T210" s="31">
         <v>510776717</v>
       </c>
       <c r="U210" s="34">
         <v>31923544.8125</v>
       </c>
     </row>
-    <row r="211" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="66">
         <v>2022</v>
       </c>
       <c r="B211" s="35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C211" s="59">
         <v>34800830286</v>
       </c>
       <c r="D211" s="37">
         <v>51976</v>
       </c>
       <c r="E211" s="59">
         <v>31519639864</v>
       </c>
       <c r="F211" s="59">
         <v>606426.80975835002</v>
       </c>
       <c r="G211" s="38">
         <v>1236</v>
       </c>
       <c r="H211" s="45">
         <v>1463364493</v>
       </c>
       <c r="I211" s="45">
         <v>1183951.8551779899</v>
       </c>
       <c r="J211" s="37">
         <v>4187</v>
       </c>
@@ -20250,51 +20266,51 @@
       <c r="N211" s="59">
         <v>763972334</v>
       </c>
       <c r="O211" s="59">
         <v>387606.46067985799</v>
       </c>
       <c r="P211" s="40">
         <v>13</v>
       </c>
       <c r="Q211" s="59">
         <v>78000000</v>
       </c>
       <c r="R211" s="59">
         <v>6000000</v>
       </c>
       <c r="S211" s="40">
         <v>221</v>
       </c>
       <c r="T211" s="59">
         <v>774088034</v>
       </c>
       <c r="U211" s="41">
         <v>3502660.7873303201</v>
       </c>
     </row>
-    <row r="212" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="61">
         <v>2023</v>
       </c>
       <c r="B212" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C212" s="31">
         <v>106553145</v>
       </c>
       <c r="D212" s="32">
         <v>200</v>
       </c>
       <c r="E212" s="31">
         <v>54797853</v>
       </c>
       <c r="F212" s="31">
         <v>273989.26500000001</v>
       </c>
       <c r="G212" s="42">
         <v>0</v>
       </c>
       <c r="H212" s="43">
         <v>0</v>
       </c>
       <c r="I212" s="43">
@@ -20315,56 +20331,56 @@
       <c r="N212" s="31">
         <v>0</v>
       </c>
       <c r="O212" s="31">
         <v>0</v>
       </c>
       <c r="P212" s="33">
         <v>0</v>
       </c>
       <c r="Q212" s="31">
         <v>0</v>
       </c>
       <c r="R212" s="31">
         <v>0</v>
       </c>
       <c r="S212" s="33">
         <v>153</v>
       </c>
       <c r="T212" s="31">
         <v>51755292</v>
       </c>
       <c r="U212" s="34">
         <v>338269.88235294097</v>
       </c>
     </row>
-    <row r="213" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="61">
         <v>2023</v>
       </c>
       <c r="B213" s="30" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C213" s="31">
         <v>645946539</v>
       </c>
       <c r="D213" s="32">
         <v>314</v>
       </c>
       <c r="E213" s="31">
         <v>607628248</v>
       </c>
       <c r="F213" s="31">
         <v>1935121.8089172</v>
       </c>
       <c r="G213" s="42">
         <v>0</v>
       </c>
       <c r="H213" s="43">
         <v>0</v>
       </c>
       <c r="I213" s="43">
         <v>0</v>
       </c>
       <c r="J213" s="33">
         <v>0</v>
       </c>
@@ -20380,51 +20396,51 @@
       <c r="N213" s="31">
         <v>27228471</v>
       </c>
       <c r="O213" s="31">
         <v>555683.08163265302</v>
       </c>
       <c r="P213" s="33">
         <v>0</v>
       </c>
       <c r="Q213" s="31">
         <v>0</v>
       </c>
       <c r="R213" s="31">
         <v>0</v>
       </c>
       <c r="S213" s="33">
         <v>0</v>
       </c>
       <c r="T213" s="31">
         <v>11089820</v>
       </c>
       <c r="U213" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="214" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="61">
         <v>2023</v>
       </c>
       <c r="B214" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C214" s="31">
         <v>157938191</v>
       </c>
       <c r="D214" s="32">
         <v>267</v>
       </c>
       <c r="E214" s="31">
         <v>154828307</v>
       </c>
       <c r="F214" s="31">
         <v>579881.29962546797</v>
       </c>
       <c r="G214" s="42">
         <v>0</v>
       </c>
       <c r="H214" s="43">
         <v>0</v>
       </c>
       <c r="I214" s="43">
@@ -20445,116 +20461,116 @@
       <c r="N214" s="31">
         <v>2249408</v>
       </c>
       <c r="O214" s="31">
         <v>224940.79999999999</v>
       </c>
       <c r="P214" s="33">
         <v>0</v>
       </c>
       <c r="Q214" s="31">
         <v>0</v>
       </c>
       <c r="R214" s="31">
         <v>0</v>
       </c>
       <c r="S214" s="33">
         <v>0</v>
       </c>
       <c r="T214" s="31">
         <v>0</v>
       </c>
       <c r="U214" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="215" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="61">
         <v>2023</v>
       </c>
       <c r="B215" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C215" s="31">
-        <v>5127452663</v>
+        <v>5096879549</v>
       </c>
       <c r="D215" s="32">
         <v>7020</v>
       </c>
       <c r="E215" s="31">
         <v>4416030791</v>
       </c>
       <c r="F215" s="31">
         <v>629064.21524216502</v>
       </c>
       <c r="G215" s="42">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="H215" s="43">
-        <v>605405618</v>
+        <v>574832504</v>
       </c>
       <c r="I215" s="43">
-        <v>4729731.390625</v>
+        <v>4871461.8983050901</v>
       </c>
       <c r="J215" s="33">
         <v>567</v>
       </c>
       <c r="K215" s="31">
         <v>26228119</v>
       </c>
       <c r="L215" s="31">
         <v>46257.7054673721</v>
       </c>
       <c r="M215" s="33">
         <v>171</v>
       </c>
       <c r="N215" s="31">
         <v>63935323</v>
       </c>
       <c r="O215" s="31">
         <v>373890.77777777798</v>
       </c>
       <c r="P215" s="33">
         <v>0</v>
       </c>
       <c r="Q215" s="31">
         <v>0</v>
       </c>
       <c r="R215" s="31">
         <v>0</v>
       </c>
       <c r="S215" s="33">
         <v>13</v>
       </c>
       <c r="T215" s="31">
         <v>15852812</v>
       </c>
       <c r="U215" s="34">
         <v>1219447.07692308</v>
       </c>
     </row>
-    <row r="216" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="61">
         <v>2023</v>
       </c>
       <c r="B216" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C216" s="31">
         <v>706520338</v>
       </c>
       <c r="D216" s="32">
         <v>1486</v>
       </c>
       <c r="E216" s="31">
         <v>694572855</v>
       </c>
       <c r="F216" s="31">
         <v>467411.07335127902</v>
       </c>
       <c r="G216" s="42">
         <v>0</v>
       </c>
       <c r="H216" s="43">
         <v>0</v>
       </c>
       <c r="I216" s="43">
@@ -20575,51 +20591,51 @@
       <c r="N216" s="31">
         <v>5707117</v>
       </c>
       <c r="O216" s="31">
         <v>142677.92499999999</v>
       </c>
       <c r="P216" s="33">
         <v>0</v>
       </c>
       <c r="Q216" s="31">
         <v>0</v>
       </c>
       <c r="R216" s="31">
         <v>0</v>
       </c>
       <c r="S216" s="33">
         <v>0</v>
       </c>
       <c r="T216" s="31">
         <v>0</v>
       </c>
       <c r="U216" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="217" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="61">
         <v>2023</v>
       </c>
       <c r="B217" s="30" t="s">
         <v>3</v>
       </c>
       <c r="C217" s="31">
         <v>490168165</v>
       </c>
       <c r="D217" s="32">
         <v>563</v>
       </c>
       <c r="E217" s="31">
         <v>480360061</v>
       </c>
       <c r="F217" s="31">
         <v>853215.02841918299</v>
       </c>
       <c r="G217" s="42">
         <v>0</v>
       </c>
       <c r="H217" s="43">
         <v>0</v>
       </c>
       <c r="I217" s="43">
@@ -20640,116 +20656,116 @@
       <c r="N217" s="31">
         <v>8633044</v>
       </c>
       <c r="O217" s="31">
         <v>431652.2</v>
       </c>
       <c r="P217" s="33">
         <v>0</v>
       </c>
       <c r="Q217" s="31">
         <v>0</v>
       </c>
       <c r="R217" s="31">
         <v>0</v>
       </c>
       <c r="S217" s="33">
         <v>0</v>
       </c>
       <c r="T217" s="31">
         <v>0</v>
       </c>
       <c r="U217" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="218" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="61">
         <v>2023</v>
       </c>
       <c r="B218" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C218" s="31">
-        <v>3553548059</v>
+        <v>3544086629</v>
       </c>
       <c r="D218" s="32">
         <v>5077</v>
       </c>
       <c r="E218" s="31">
         <v>2991107697</v>
       </c>
       <c r="F218" s="31">
         <v>589148.65018711798</v>
       </c>
       <c r="G218" s="42">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="H218" s="43">
-        <v>153884711</v>
+        <v>144423281</v>
       </c>
       <c r="I218" s="43">
-        <v>1465568.6761904799</v>
+        <v>1388685.3942307699</v>
       </c>
       <c r="J218" s="33">
         <v>487</v>
       </c>
       <c r="K218" s="31">
         <v>23660210</v>
       </c>
       <c r="L218" s="31">
         <v>48583.5934291581</v>
       </c>
       <c r="M218" s="33">
         <v>216</v>
       </c>
       <c r="N218" s="31">
         <v>90693831</v>
       </c>
       <c r="O218" s="31">
         <v>419878.84722222202</v>
       </c>
       <c r="P218" s="33">
         <v>0</v>
       </c>
       <c r="Q218" s="31">
         <v>0</v>
       </c>
       <c r="R218" s="31">
         <v>0</v>
       </c>
       <c r="S218" s="33">
         <v>0</v>
       </c>
       <c r="T218" s="31">
         <v>294201610</v>
       </c>
       <c r="U218" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="219" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="61">
         <v>2023</v>
       </c>
       <c r="B219" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C219" s="31">
         <v>3677172657</v>
       </c>
       <c r="D219" s="32">
         <v>4128</v>
       </c>
       <c r="E219" s="31">
         <v>3629717889</v>
       </c>
       <c r="F219" s="31">
         <v>879292.12427325605</v>
       </c>
       <c r="G219" s="42">
         <v>1</v>
       </c>
       <c r="H219" s="43">
         <v>7514</v>
       </c>
       <c r="I219" s="43">
@@ -20770,51 +20786,51 @@
       <c r="N219" s="31">
         <v>33528251</v>
       </c>
       <c r="O219" s="31">
         <v>360518.827956989</v>
       </c>
       <c r="P219" s="33">
         <v>0</v>
       </c>
       <c r="Q219" s="31">
         <v>0</v>
       </c>
       <c r="R219" s="31">
         <v>0</v>
       </c>
       <c r="S219" s="33">
         <v>0</v>
       </c>
       <c r="T219" s="31">
         <v>0</v>
       </c>
       <c r="U219" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="220" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="61">
         <v>2023</v>
       </c>
       <c r="B220" s="30" t="s">
         <v>6</v>
       </c>
       <c r="C220" s="31">
         <v>447372318</v>
       </c>
       <c r="D220" s="32">
         <v>950</v>
       </c>
       <c r="E220" s="31">
         <v>430963008</v>
       </c>
       <c r="F220" s="31">
         <v>453645.27157894801</v>
       </c>
       <c r="G220" s="42">
         <v>0</v>
       </c>
       <c r="H220" s="43">
         <v>0</v>
       </c>
       <c r="I220" s="43">
@@ -20835,51 +20851,51 @@
       <c r="N220" s="31">
         <v>10595044</v>
       </c>
       <c r="O220" s="31">
         <v>365346.34482758603</v>
       </c>
       <c r="P220" s="33">
         <v>0</v>
       </c>
       <c r="Q220" s="31">
         <v>0</v>
       </c>
       <c r="R220" s="31">
         <v>0</v>
       </c>
       <c r="S220" s="33">
         <v>0</v>
       </c>
       <c r="T220" s="31">
         <v>0</v>
       </c>
       <c r="U220" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="221" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="61">
         <v>2023</v>
       </c>
       <c r="B221" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C221" s="31">
         <v>4984940525</v>
       </c>
       <c r="D221" s="32">
         <v>5640</v>
       </c>
       <c r="E221" s="31">
         <v>3966192072</v>
       </c>
       <c r="F221" s="31">
         <v>703225.54468085105</v>
       </c>
       <c r="G221" s="42">
         <v>409</v>
       </c>
       <c r="H221" s="43">
         <v>952036127</v>
       </c>
       <c r="I221" s="43">
@@ -20900,51 +20916,51 @@
       <c r="N221" s="31">
         <v>54461343</v>
       </c>
       <c r="O221" s="31">
         <v>318487.38596491201</v>
       </c>
       <c r="P221" s="33">
         <v>0</v>
       </c>
       <c r="Q221" s="31">
         <v>0</v>
       </c>
       <c r="R221" s="31">
         <v>0</v>
       </c>
       <c r="S221" s="33">
         <v>0</v>
       </c>
       <c r="T221" s="31">
         <v>0</v>
       </c>
       <c r="U221" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="222" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="61">
         <v>2023</v>
       </c>
       <c r="B222" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C222" s="31">
         <v>624302689</v>
       </c>
       <c r="D222" s="32">
         <v>1314</v>
       </c>
       <c r="E222" s="31">
         <v>604441891</v>
       </c>
       <c r="F222" s="31">
         <v>460001.43911719997</v>
       </c>
       <c r="G222" s="42">
         <v>0</v>
       </c>
       <c r="H222" s="43">
         <v>0</v>
       </c>
       <c r="I222" s="43">
@@ -20965,51 +20981,51 @@
       <c r="N222" s="31">
         <v>16697264</v>
       </c>
       <c r="O222" s="31">
         <v>315042.71698113199</v>
       </c>
       <c r="P222" s="33">
         <v>0</v>
       </c>
       <c r="Q222" s="31">
         <v>0</v>
       </c>
       <c r="R222" s="31">
         <v>0</v>
       </c>
       <c r="S222" s="33">
         <v>0</v>
       </c>
       <c r="T222" s="31">
         <v>0</v>
       </c>
       <c r="U222" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="223" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="61">
         <v>2023</v>
       </c>
       <c r="B223" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C223" s="31">
         <v>402481319</v>
       </c>
       <c r="D223" s="32">
         <v>832</v>
       </c>
       <c r="E223" s="31">
         <v>391449915</v>
       </c>
       <c r="F223" s="31">
         <v>470492.68629807699</v>
       </c>
       <c r="G223" s="42">
         <v>0</v>
       </c>
       <c r="H223" s="43">
         <v>0</v>
       </c>
       <c r="I223" s="43">
@@ -21030,51 +21046,51 @@
       <c r="N223" s="31">
         <v>10653941</v>
       </c>
       <c r="O223" s="31">
         <v>236754.24444444501</v>
       </c>
       <c r="P223" s="33">
         <v>0</v>
       </c>
       <c r="Q223" s="31">
         <v>0</v>
       </c>
       <c r="R223" s="31">
         <v>0</v>
       </c>
       <c r="S223" s="33">
         <v>0</v>
       </c>
       <c r="T223" s="31">
         <v>0</v>
       </c>
       <c r="U223" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="224" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="61">
         <v>2023</v>
       </c>
       <c r="B224" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C224" s="31">
         <v>1443770807</v>
       </c>
       <c r="D224" s="32">
         <v>2494</v>
       </c>
       <c r="E224" s="31">
         <v>1334474517</v>
       </c>
       <c r="F224" s="31">
         <v>535073.98436246999</v>
       </c>
       <c r="G224" s="42">
         <v>124</v>
       </c>
       <c r="H224" s="43">
         <v>70271491</v>
       </c>
       <c r="I224" s="43">
@@ -21095,51 +21111,51 @@
       <c r="N224" s="31">
         <v>24334861</v>
       </c>
       <c r="O224" s="31">
         <v>304185.76250000001</v>
       </c>
       <c r="P224" s="33">
         <v>0</v>
       </c>
       <c r="Q224" s="31">
         <v>0</v>
       </c>
       <c r="R224" s="31">
         <v>0</v>
       </c>
       <c r="S224" s="33">
         <v>1</v>
       </c>
       <c r="T224" s="31">
         <v>750000</v>
       </c>
       <c r="U224" s="34">
         <v>750000</v>
       </c>
     </row>
-    <row r="225" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="61">
         <v>2023</v>
       </c>
       <c r="B225" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C225" s="31">
         <v>1531953493</v>
       </c>
       <c r="D225" s="32">
         <v>1896</v>
       </c>
       <c r="E225" s="31">
         <v>1306968033</v>
       </c>
       <c r="F225" s="31">
         <v>689329.13132911397</v>
       </c>
       <c r="G225" s="42">
         <v>142</v>
       </c>
       <c r="H225" s="43">
         <v>197002144</v>
       </c>
       <c r="I225" s="43">
@@ -21160,51 +21176,51 @@
       <c r="N225" s="31">
         <v>19811646</v>
       </c>
       <c r="O225" s="31">
         <v>353779.39285714302</v>
       </c>
       <c r="P225" s="33">
         <v>0</v>
       </c>
       <c r="Q225" s="31">
         <v>0</v>
       </c>
       <c r="R225" s="31">
         <v>0</v>
       </c>
       <c r="S225" s="33">
         <v>0</v>
       </c>
       <c r="T225" s="31">
         <v>0</v>
       </c>
       <c r="U225" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="226" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="61">
         <v>2023</v>
       </c>
       <c r="B226" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C226" s="31">
         <v>441984323</v>
       </c>
       <c r="D226" s="32">
         <v>909</v>
       </c>
       <c r="E226" s="31">
         <v>426584298</v>
       </c>
       <c r="F226" s="31">
         <v>469289.65676567698</v>
       </c>
       <c r="G226" s="42">
         <v>0</v>
       </c>
       <c r="H226" s="43">
         <v>0</v>
       </c>
       <c r="I226" s="43">
@@ -21225,51 +21241,51 @@
       <c r="N226" s="31">
         <v>8745218</v>
       </c>
       <c r="O226" s="31">
         <v>291507.26666666701</v>
       </c>
       <c r="P226" s="33">
         <v>0</v>
       </c>
       <c r="Q226" s="31">
         <v>0</v>
       </c>
       <c r="R226" s="31">
         <v>0</v>
       </c>
       <c r="S226" s="33">
         <v>0</v>
       </c>
       <c r="T226" s="31">
         <v>0</v>
       </c>
       <c r="U226" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="227" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="61">
         <v>2023</v>
       </c>
       <c r="B227" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C227" s="31">
         <v>402510757</v>
       </c>
       <c r="D227" s="32">
         <v>798</v>
       </c>
       <c r="E227" s="31">
         <v>388756348</v>
       </c>
       <c r="F227" s="31">
         <v>487163.34335839603</v>
       </c>
       <c r="G227" s="42">
         <v>0</v>
       </c>
       <c r="H227" s="43">
         <v>0</v>
       </c>
       <c r="I227" s="43">
@@ -21290,51 +21306,51 @@
       <c r="N227" s="31">
         <v>7729571</v>
       </c>
       <c r="O227" s="31">
         <v>429420.61111111101</v>
       </c>
       <c r="P227" s="33">
         <v>0</v>
       </c>
       <c r="Q227" s="31">
         <v>0</v>
       </c>
       <c r="R227" s="31">
         <v>0</v>
       </c>
       <c r="S227" s="33">
         <v>2</v>
       </c>
       <c r="T227" s="31">
         <v>419037</v>
       </c>
       <c r="U227" s="34">
         <v>209518.5</v>
       </c>
     </row>
-    <row r="228" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="61">
         <v>2023</v>
       </c>
       <c r="B228" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="31">
         <v>2013453107</v>
       </c>
       <c r="D228" s="32">
         <v>3733</v>
       </c>
       <c r="E228" s="31">
         <v>1949105864</v>
       </c>
       <c r="F228" s="31">
         <v>522128.54647736403</v>
       </c>
       <c r="G228" s="42">
         <v>0</v>
       </c>
       <c r="H228" s="43">
         <v>0</v>
       </c>
       <c r="I228" s="43">
@@ -21355,51 +21371,51 @@
       <c r="N228" s="31">
         <v>50169257</v>
       </c>
       <c r="O228" s="31">
         <v>334461.71333333303</v>
       </c>
       <c r="P228" s="33">
         <v>0</v>
       </c>
       <c r="Q228" s="31">
         <v>0</v>
       </c>
       <c r="R228" s="31">
         <v>0</v>
       </c>
       <c r="S228" s="33">
         <v>0</v>
       </c>
       <c r="T228" s="31">
         <v>0</v>
       </c>
       <c r="U228" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="229" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="61">
         <v>2023</v>
       </c>
       <c r="B229" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C229" s="31">
         <v>621199778</v>
       </c>
       <c r="D229" s="32">
         <v>866</v>
       </c>
       <c r="E229" s="31">
         <v>508759936</v>
       </c>
       <c r="F229" s="31">
         <v>587482.60508083203</v>
       </c>
       <c r="G229" s="42">
         <v>43</v>
       </c>
       <c r="H229" s="43">
         <v>89806691</v>
       </c>
       <c r="I229" s="43">
@@ -21420,51 +21436,51 @@
       <c r="N229" s="31">
         <v>19911597</v>
       </c>
       <c r="O229" s="31">
         <v>510553.76923076902</v>
       </c>
       <c r="P229" s="33">
         <v>0</v>
       </c>
       <c r="Q229" s="31">
         <v>0</v>
       </c>
       <c r="R229" s="31">
         <v>0</v>
       </c>
       <c r="S229" s="33">
         <v>0</v>
       </c>
       <c r="T229" s="31">
         <v>0</v>
       </c>
       <c r="U229" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="230" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="61">
         <v>2023</v>
       </c>
       <c r="B230" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C230" s="31">
         <v>3153523962</v>
       </c>
       <c r="D230" s="32">
         <v>5606</v>
       </c>
       <c r="E230" s="31">
         <v>2888114100</v>
       </c>
       <c r="F230" s="31">
         <v>515182.679272209</v>
       </c>
       <c r="G230" s="42">
         <v>0</v>
       </c>
       <c r="H230" s="43">
         <v>0</v>
       </c>
       <c r="I230" s="43">
@@ -21485,51 +21501,51 @@
       <c r="N230" s="31">
         <v>250252133</v>
       </c>
       <c r="O230" s="31">
         <v>503525.41851106699</v>
       </c>
       <c r="P230" s="33">
         <v>0</v>
       </c>
       <c r="Q230" s="31">
         <v>0</v>
       </c>
       <c r="R230" s="31">
         <v>0</v>
       </c>
       <c r="S230" s="33">
         <v>0</v>
       </c>
       <c r="T230" s="31">
         <v>0</v>
       </c>
       <c r="U230" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="231" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="61">
         <v>2023</v>
       </c>
       <c r="B231" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C231" s="31">
         <v>1807090095</v>
       </c>
       <c r="D231" s="32">
         <v>2960</v>
       </c>
       <c r="E231" s="31">
         <v>1762581738</v>
       </c>
       <c r="F231" s="31">
         <v>595466.80337837804</v>
       </c>
       <c r="G231" s="42">
         <v>0</v>
       </c>
       <c r="H231" s="43">
         <v>0</v>
       </c>
       <c r="I231" s="43">
@@ -21550,51 +21566,51 @@
       <c r="N231" s="31">
         <v>29160297</v>
       </c>
       <c r="O231" s="31">
         <v>331367.011363636</v>
       </c>
       <c r="P231" s="33">
         <v>0</v>
       </c>
       <c r="Q231" s="31">
         <v>0</v>
       </c>
       <c r="R231" s="31">
         <v>0</v>
       </c>
       <c r="S231" s="33">
         <v>0</v>
       </c>
       <c r="T231" s="31">
         <v>0</v>
       </c>
       <c r="U231" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="232" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="61">
         <v>2023</v>
       </c>
       <c r="B232" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C232" s="31">
         <v>467468005</v>
       </c>
       <c r="D232" s="32">
         <v>633</v>
       </c>
       <c r="E232" s="31">
         <v>462895399</v>
       </c>
       <c r="F232" s="31">
         <v>731272.352290679</v>
       </c>
       <c r="G232" s="42">
         <v>0</v>
       </c>
       <c r="H232" s="43">
         <v>0</v>
       </c>
       <c r="I232" s="43">
@@ -21615,51 +21631,51 @@
       <c r="N232" s="31">
         <v>3183687</v>
       </c>
       <c r="O232" s="31">
         <v>289426.090909091</v>
       </c>
       <c r="P232" s="33">
         <v>0</v>
       </c>
       <c r="Q232" s="31">
         <v>0</v>
       </c>
       <c r="R232" s="31">
         <v>0</v>
       </c>
       <c r="S232" s="33">
         <v>0</v>
       </c>
       <c r="T232" s="31">
         <v>0</v>
       </c>
       <c r="U232" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="233" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="61">
         <v>2023</v>
       </c>
       <c r="B233" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C233" s="31">
         <v>2582049640</v>
       </c>
       <c r="D233" s="32">
         <v>4029</v>
       </c>
       <c r="E233" s="31">
         <v>2500093861</v>
       </c>
       <c r="F233" s="31">
         <v>620524.661454455</v>
       </c>
       <c r="G233" s="42">
         <v>5</v>
       </c>
       <c r="H233" s="43">
         <v>46550</v>
       </c>
       <c r="I233" s="43">
@@ -21680,51 +21696,51 @@
       <c r="N233" s="31">
         <v>26046274</v>
       </c>
       <c r="O233" s="31">
         <v>329699.670886076</v>
       </c>
       <c r="P233" s="33">
         <v>0</v>
       </c>
       <c r="Q233" s="31">
         <v>0</v>
       </c>
       <c r="R233" s="31">
         <v>0</v>
       </c>
       <c r="S233" s="33">
         <v>3</v>
       </c>
       <c r="T233" s="31">
         <v>38898399</v>
       </c>
       <c r="U233" s="34">
         <v>12966133</v>
       </c>
     </row>
-    <row r="234" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="61">
         <v>2023</v>
       </c>
       <c r="B234" s="30" t="s">
         <v>19</v>
       </c>
       <c r="C234" s="31">
         <v>163524421</v>
       </c>
       <c r="D234" s="32">
         <v>279</v>
       </c>
       <c r="E234" s="31">
         <v>155343274</v>
       </c>
       <c r="F234" s="31">
         <v>556785.92831541202</v>
       </c>
       <c r="G234" s="42">
         <v>0</v>
       </c>
       <c r="H234" s="43">
         <v>0</v>
       </c>
       <c r="I234" s="43">
@@ -21745,51 +21761,51 @@
       <c r="N234" s="31">
         <v>6066224</v>
       </c>
       <c r="O234" s="31">
         <v>379139</v>
       </c>
       <c r="P234" s="33">
         <v>0</v>
       </c>
       <c r="Q234" s="31">
         <v>0</v>
       </c>
       <c r="R234" s="31">
         <v>0</v>
       </c>
       <c r="S234" s="33">
         <v>0</v>
       </c>
       <c r="T234" s="31">
         <v>0</v>
       </c>
       <c r="U234" s="34">
         <v>0</v>
       </c>
     </row>
-    <row r="235" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="61">
         <v>2023</v>
       </c>
       <c r="B235" s="30" t="s">
         <v>20</v>
       </c>
       <c r="C235" s="31">
         <v>84624714</v>
       </c>
       <c r="D235" s="32">
         <v>164</v>
       </c>
       <c r="E235" s="31">
         <v>71655845</v>
       </c>
       <c r="F235" s="31">
         <v>436925.884146342</v>
       </c>
       <c r="G235" s="42">
         <v>0</v>
       </c>
       <c r="H235" s="43">
         <v>0</v>
       </c>
       <c r="I235" s="43">
@@ -21810,51 +21826,51 @@
       <c r="N235" s="31">
         <v>11010888</v>
       </c>
       <c r="O235" s="31">
         <v>611716</v>
       </c>
       <c r="P235" s="33">
         <v>0</v>
       </c>
       <c r="Q235" s="31">
         <v>0</v>
       </c>
       <c r="R235" s="31">
         <v>0</v>
       </c>
       <c r="S235" s="33">
         <v>18</v>
       </c>
       <c r="T235" s="31">
         <v>1624260</v>
       </c>
       <c r="U235" s="34">
         <v>90236.666666666701</v>
       </c>
     </row>
-    <row r="236" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="61">
         <v>2023</v>
       </c>
       <c r="B236" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C236" s="31">
         <v>1389381330</v>
       </c>
       <c r="D236" s="32">
         <v>470</v>
       </c>
       <c r="E236" s="31">
         <v>557496291</v>
       </c>
       <c r="F236" s="31">
         <v>1186162.3212766</v>
       </c>
       <c r="G236" s="42">
         <v>34</v>
       </c>
       <c r="H236" s="43">
         <v>40886262</v>
       </c>
       <c r="I236" s="43">
@@ -21875,116 +21891,116 @@
       <c r="N236" s="31">
         <v>6330561</v>
       </c>
       <c r="O236" s="31">
         <v>211018.7</v>
       </c>
       <c r="P236" s="33">
         <v>12</v>
       </c>
       <c r="Q236" s="31">
         <v>87999070</v>
       </c>
       <c r="R236" s="31">
         <v>7333255.8333333302</v>
       </c>
       <c r="S236" s="33">
         <v>45</v>
       </c>
       <c r="T236" s="31">
         <v>696389320</v>
       </c>
       <c r="U236" s="34">
         <v>15475318.2222222</v>
       </c>
     </row>
-    <row r="237" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="67">
         <v>2023</v>
       </c>
       <c r="B237" s="35" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C237" s="53">
-        <v>37026931040</v>
+        <v>36986896496</v>
       </c>
       <c r="D237" s="54">
         <v>52628</v>
       </c>
       <c r="E237" s="53">
         <v>32734920091</v>
       </c>
       <c r="F237" s="53">
         <v>622005.77812191204</v>
       </c>
       <c r="G237" s="55">
-        <v>991</v>
+        <v>980</v>
       </c>
       <c r="H237" s="56">
-        <v>2109347108</v>
+        <v>2069312564</v>
       </c>
       <c r="I237" s="56">
-        <v>2128503.6407669</v>
+        <v>2111543.4326530602</v>
       </c>
       <c r="J237" s="54">
         <v>4067</v>
       </c>
       <c r="K237" s="53">
         <v>196548970</v>
       </c>
       <c r="L237" s="56">
         <v>48327.752643225998</v>
       </c>
       <c r="M237" s="57">
         <v>2009</v>
       </c>
       <c r="N237" s="53">
         <v>787135251</v>
       </c>
       <c r="O237" s="53">
         <v>391804.50522648101</v>
       </c>
       <c r="P237" s="57">
         <v>12</v>
       </c>
       <c r="Q237" s="53">
         <v>87999070</v>
       </c>
       <c r="R237" s="53">
         <v>7333255.8333333302</v>
       </c>
       <c r="S237" s="57">
         <v>235</v>
       </c>
       <c r="T237" s="53">
         <v>1110980550</v>
       </c>
       <c r="U237" s="58">
         <v>4727576.8085106397</v>
       </c>
     </row>
-    <row r="238" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="61">
         <v>2024</v>
       </c>
       <c r="B238" s="30" t="s">
         <v>0</v>
       </c>
       <c r="C238" s="43">
         <v>101954503</v>
       </c>
       <c r="D238" s="42">
         <v>203</v>
       </c>
       <c r="E238" s="43">
         <v>51705708</v>
       </c>
       <c r="F238" s="43">
         <v>254707.921182266</v>
       </c>
       <c r="G238" s="42">
         <v>0</v>
       </c>
       <c r="H238" s="43">
         <v>0</v>
       </c>
       <c r="I238" s="43">
@@ -22005,116 +22021,116 @@
       <c r="N238" s="43">
         <v>0</v>
       </c>
       <c r="O238" s="43">
         <v>0</v>
       </c>
       <c r="P238" s="68">
         <v>0</v>
       </c>
       <c r="Q238" s="43">
         <v>0</v>
       </c>
       <c r="R238" s="43">
         <v>0</v>
       </c>
       <c r="S238" s="68">
         <v>150</v>
       </c>
       <c r="T238" s="43">
         <v>50248795</v>
       </c>
       <c r="U238" s="69">
         <v>334991.96666666702</v>
       </c>
     </row>
-    <row r="239" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="61">
         <v>2024</v>
       </c>
       <c r="B239" s="30" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C239" s="43">
-        <v>657086368</v>
+        <v>657095733</v>
       </c>
       <c r="D239" s="42">
         <v>271</v>
       </c>
       <c r="E239" s="43">
         <v>619122547</v>
       </c>
       <c r="F239" s="43">
         <v>2284585.0442804401</v>
       </c>
       <c r="G239" s="42">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H239" s="43">
-        <v>0</v>
+        <v>9365</v>
       </c>
       <c r="I239" s="43">
-        <v>0</v>
+        <v>9365</v>
       </c>
       <c r="J239" s="68">
         <v>0</v>
       </c>
       <c r="K239" s="43">
         <v>0</v>
       </c>
       <c r="L239" s="43">
         <v>0</v>
       </c>
       <c r="M239" s="68">
         <v>55</v>
       </c>
       <c r="N239" s="43">
         <v>27001138</v>
       </c>
       <c r="O239" s="43">
         <v>490929.78181818197</v>
       </c>
       <c r="P239" s="68">
         <v>0</v>
       </c>
       <c r="Q239" s="43">
         <v>0</v>
       </c>
       <c r="R239" s="43">
         <v>0</v>
       </c>
       <c r="S239" s="68">
         <v>1</v>
       </c>
       <c r="T239" s="43">
         <v>10962683</v>
       </c>
       <c r="U239" s="69">
         <v>10962683</v>
       </c>
     </row>
-    <row r="240" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="61">
         <v>2024</v>
       </c>
       <c r="B240" s="30" t="s">
         <v>27</v>
       </c>
       <c r="C240" s="43">
         <v>174692939</v>
       </c>
       <c r="D240" s="42">
         <v>277</v>
       </c>
       <c r="E240" s="43">
         <v>170647201</v>
       </c>
       <c r="F240" s="43">
         <v>616054.877256318</v>
       </c>
       <c r="G240" s="42">
         <v>0</v>
       </c>
       <c r="H240" s="43">
         <v>0</v>
       </c>
       <c r="I240" s="43">
@@ -22135,116 +22151,116 @@
       <c r="N240" s="43">
         <v>2978359</v>
       </c>
       <c r="O240" s="43">
         <v>297835.90000000002</v>
       </c>
       <c r="P240" s="68">
         <v>0</v>
       </c>
       <c r="Q240" s="43">
         <v>0</v>
       </c>
       <c r="R240" s="43">
         <v>0</v>
       </c>
       <c r="S240" s="68">
         <v>0</v>
       </c>
       <c r="T240" s="43">
         <v>0</v>
       </c>
       <c r="U240" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="241" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="61">
         <v>2024</v>
       </c>
       <c r="B241" s="30" t="s">
         <v>1</v>
       </c>
       <c r="C241" s="43">
-        <v>4540036491</v>
+        <v>5169957417</v>
       </c>
       <c r="D241" s="42">
         <v>7066</v>
       </c>
       <c r="E241" s="43">
         <v>4422844049</v>
       </c>
       <c r="F241" s="43">
         <v>625933.20818001695</v>
       </c>
       <c r="G241" s="42">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="H241" s="43">
-        <v>0</v>
+        <v>629920926</v>
       </c>
       <c r="I241" s="43">
-        <v>0</v>
+        <v>4631771.5147058796</v>
       </c>
       <c r="J241" s="68">
         <v>495</v>
       </c>
       <c r="K241" s="43">
         <v>23509215</v>
       </c>
       <c r="L241" s="43">
         <v>47493.363636363603</v>
       </c>
       <c r="M241" s="68">
         <v>171</v>
       </c>
       <c r="N241" s="43">
         <v>66218605</v>
       </c>
       <c r="O241" s="43">
         <v>387243.30409356701</v>
       </c>
       <c r="P241" s="68">
         <v>0</v>
       </c>
       <c r="Q241" s="43">
         <v>0</v>
       </c>
       <c r="R241" s="43">
         <v>0</v>
       </c>
       <c r="S241" s="68">
         <v>51</v>
       </c>
       <c r="T241" s="43">
         <v>27464622</v>
       </c>
       <c r="U241" s="69">
         <v>538522</v>
       </c>
     </row>
-    <row r="242" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="61">
         <v>2024</v>
       </c>
       <c r="B242" s="30" t="s">
         <v>2</v>
       </c>
       <c r="C242" s="43">
         <v>698967040</v>
       </c>
       <c r="D242" s="42">
         <v>1447</v>
       </c>
       <c r="E242" s="43">
         <v>686236312</v>
       </c>
       <c r="F242" s="43">
         <v>474247.62404975801</v>
       </c>
       <c r="G242" s="42">
         <v>0</v>
       </c>
       <c r="H242" s="43">
         <v>0</v>
       </c>
       <c r="I242" s="43">
@@ -22265,51 +22281,51 @@
       <c r="N242" s="43">
         <v>5784337</v>
       </c>
       <c r="O242" s="43">
         <v>144608.42499999999</v>
       </c>
       <c r="P242" s="68">
         <v>0</v>
       </c>
       <c r="Q242" s="43">
         <v>0</v>
       </c>
       <c r="R242" s="43">
         <v>0</v>
       </c>
       <c r="S242" s="68">
         <v>0</v>
       </c>
       <c r="T242" s="43">
         <v>0</v>
       </c>
       <c r="U242" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="243" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="61">
         <v>2024</v>
       </c>
       <c r="B243" s="30" t="s">
         <v>3</v>
       </c>
       <c r="C243" s="43">
         <v>490886763</v>
       </c>
       <c r="D243" s="42">
         <v>591</v>
       </c>
       <c r="E243" s="43">
         <v>481629763</v>
       </c>
       <c r="F243" s="43">
         <v>814940.37732656498</v>
       </c>
       <c r="G243" s="42">
         <v>0</v>
       </c>
       <c r="H243" s="43">
         <v>0</v>
       </c>
       <c r="I243" s="43">
@@ -22330,116 +22346,116 @@
       <c r="N243" s="43">
         <v>7947298</v>
       </c>
       <c r="O243" s="43">
         <v>397364.9</v>
       </c>
       <c r="P243" s="68">
         <v>0</v>
       </c>
       <c r="Q243" s="43">
         <v>0</v>
       </c>
       <c r="R243" s="43">
         <v>0</v>
       </c>
       <c r="S243" s="68">
         <v>0</v>
       </c>
       <c r="T243" s="43">
         <v>0</v>
       </c>
       <c r="U243" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="244" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="61">
         <v>2024</v>
       </c>
       <c r="B244" s="30" t="s">
         <v>4</v>
       </c>
       <c r="C244" s="43">
-        <v>3683661741</v>
+        <v>3799804075</v>
       </c>
       <c r="D244" s="42">
         <v>5094</v>
       </c>
       <c r="E244" s="43">
         <v>2999783949</v>
       </c>
       <c r="F244" s="43">
         <v>588885.73792697303</v>
       </c>
       <c r="G244" s="42">
-        <v>0</v>
+        <v>92</v>
       </c>
       <c r="H244" s="43">
-        <v>0</v>
+        <v>116142334</v>
       </c>
       <c r="I244" s="43">
-        <v>0</v>
+        <v>1262416.67391304</v>
       </c>
       <c r="J244" s="68">
         <v>503</v>
       </c>
       <c r="K244" s="43">
         <v>26391208</v>
       </c>
       <c r="L244" s="43">
         <v>52467.610337972197</v>
       </c>
       <c r="M244" s="68">
         <v>218</v>
       </c>
       <c r="N244" s="43">
         <v>93374492</v>
       </c>
       <c r="O244" s="43">
         <v>428323.357798165</v>
       </c>
       <c r="P244" s="68">
         <v>0</v>
       </c>
       <c r="Q244" s="43">
         <v>0</v>
       </c>
       <c r="R244" s="43">
         <v>0</v>
       </c>
       <c r="S244" s="68">
         <v>1</v>
       </c>
       <c r="T244" s="43">
         <v>564112092</v>
       </c>
       <c r="U244" s="69">
         <v>564112092</v>
       </c>
     </row>
-    <row r="245" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="61">
         <v>2024</v>
       </c>
       <c r="B245" s="30" t="s">
         <v>5</v>
       </c>
       <c r="C245" s="43">
         <v>3715033036</v>
       </c>
       <c r="D245" s="42">
         <v>4347</v>
       </c>
       <c r="E245" s="43">
         <v>3662295531</v>
       </c>
       <c r="F245" s="43">
         <v>842488.04485852295</v>
       </c>
       <c r="G245" s="42">
         <v>0</v>
       </c>
       <c r="H245" s="43">
         <v>0</v>
       </c>
       <c r="I245" s="43">
@@ -22460,51 +22476,51 @@
       <c r="N245" s="43">
         <v>36972891</v>
       </c>
       <c r="O245" s="43">
         <v>369728.91</v>
       </c>
       <c r="P245" s="68">
         <v>0</v>
       </c>
       <c r="Q245" s="43">
         <v>0</v>
       </c>
       <c r="R245" s="43">
         <v>0</v>
       </c>
       <c r="S245" s="68">
         <v>0</v>
       </c>
       <c r="T245" s="43">
         <v>0</v>
       </c>
       <c r="U245" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="246" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="61">
         <v>2024</v>
       </c>
       <c r="B246" s="30" t="s">
         <v>6</v>
       </c>
       <c r="C246" s="43">
         <v>438698244</v>
       </c>
       <c r="D246" s="42">
         <v>915</v>
       </c>
       <c r="E246" s="43">
         <v>421907963</v>
       </c>
       <c r="F246" s="43">
         <v>461101.59890710399</v>
       </c>
       <c r="G246" s="42">
         <v>0</v>
       </c>
       <c r="H246" s="43">
         <v>0</v>
       </c>
       <c r="I246" s="43">
@@ -22525,116 +22541,116 @@
       <c r="N246" s="43">
         <v>10832742</v>
       </c>
       <c r="O246" s="43">
         <v>373542.82758620701</v>
       </c>
       <c r="P246" s="68">
         <v>0</v>
       </c>
       <c r="Q246" s="43">
         <v>0</v>
       </c>
       <c r="R246" s="43">
         <v>0</v>
       </c>
       <c r="S246" s="68">
         <v>0</v>
       </c>
       <c r="T246" s="43">
         <v>0</v>
       </c>
       <c r="U246" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="247" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="61">
         <v>2024</v>
       </c>
       <c r="B247" s="30" t="s">
         <v>7</v>
       </c>
       <c r="C247" s="43">
-        <v>4349173365</v>
+        <v>4995345153</v>
       </c>
       <c r="D247" s="42">
         <v>5701</v>
       </c>
       <c r="E247" s="43">
         <v>4277424078</v>
       </c>
       <c r="F247" s="43">
         <v>750293.64637782902</v>
       </c>
       <c r="G247" s="42">
-        <v>0</v>
+        <v>475</v>
       </c>
       <c r="H247" s="43">
-        <v>0</v>
+        <v>646171788</v>
       </c>
       <c r="I247" s="43">
-        <v>0</v>
+        <v>1360361.65894737</v>
       </c>
       <c r="J247" s="68">
         <v>390</v>
       </c>
       <c r="K247" s="43">
         <v>19267513</v>
       </c>
       <c r="L247" s="43">
         <v>49403.879487179503</v>
       </c>
       <c r="M247" s="68">
         <v>153</v>
       </c>
       <c r="N247" s="43">
         <v>51929253</v>
       </c>
       <c r="O247" s="43">
         <v>339406.88235294097</v>
       </c>
       <c r="P247" s="68">
         <v>0</v>
       </c>
       <c r="Q247" s="43">
         <v>0</v>
       </c>
       <c r="R247" s="43">
         <v>0</v>
       </c>
       <c r="S247" s="68">
         <v>5</v>
       </c>
       <c r="T247" s="43">
         <v>552521</v>
       </c>
       <c r="U247" s="69">
         <v>110504.2</v>
       </c>
     </row>
-    <row r="248" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="61">
         <v>2024</v>
       </c>
       <c r="B248" s="30" t="s">
         <v>8</v>
       </c>
       <c r="C248" s="43">
         <v>602102755</v>
       </c>
       <c r="D248" s="42">
         <v>1266</v>
       </c>
       <c r="E248" s="43">
         <v>582450959</v>
       </c>
       <c r="F248" s="43">
         <v>460071.84755134297</v>
       </c>
       <c r="G248" s="42">
         <v>0</v>
       </c>
       <c r="H248" s="43">
         <v>0</v>
       </c>
       <c r="I248" s="43">
@@ -22655,51 +22671,51 @@
       <c r="N248" s="43">
         <v>16545908</v>
       </c>
       <c r="O248" s="43">
         <v>312186.94339622598</v>
       </c>
       <c r="P248" s="68">
         <v>0</v>
       </c>
       <c r="Q248" s="43">
         <v>0</v>
       </c>
       <c r="R248" s="43">
         <v>0</v>
       </c>
       <c r="S248" s="68">
         <v>0</v>
       </c>
       <c r="T248" s="43">
         <v>0</v>
       </c>
       <c r="U248" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="249" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="61">
         <v>2024</v>
       </c>
       <c r="B249" s="30" t="s">
         <v>9</v>
       </c>
       <c r="C249" s="43">
         <v>383388446</v>
       </c>
       <c r="D249" s="42">
         <v>784</v>
       </c>
       <c r="E249" s="43">
         <v>373949222</v>
       </c>
       <c r="F249" s="43">
         <v>476976.04846938798</v>
       </c>
       <c r="G249" s="42">
         <v>0</v>
       </c>
       <c r="H249" s="43">
         <v>0</v>
       </c>
       <c r="I249" s="43">
@@ -22720,181 +22736,181 @@
       <c r="N249" s="43">
         <v>9053536</v>
       </c>
       <c r="O249" s="43">
         <v>215560.38095238101</v>
       </c>
       <c r="P249" s="68">
         <v>0</v>
       </c>
       <c r="Q249" s="43">
         <v>0</v>
       </c>
       <c r="R249" s="43">
         <v>0</v>
       </c>
       <c r="S249" s="68">
         <v>0</v>
       </c>
       <c r="T249" s="43">
         <v>0</v>
       </c>
       <c r="U249" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="250" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="61">
         <v>2024</v>
       </c>
       <c r="B250" s="30" t="s">
         <v>10</v>
       </c>
       <c r="C250" s="43">
-        <v>1360645074</v>
+        <v>1421252908</v>
       </c>
       <c r="D250" s="42">
         <v>2419</v>
       </c>
       <c r="E250" s="43">
         <v>1319498218</v>
       </c>
       <c r="F250" s="43">
         <v>545472.599421249</v>
       </c>
       <c r="G250" s="42">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="H250" s="43">
-        <v>0</v>
+        <v>60607834</v>
       </c>
       <c r="I250" s="43">
-        <v>0</v>
+        <v>550980.30909090897</v>
       </c>
       <c r="J250" s="68">
         <v>293</v>
       </c>
       <c r="K250" s="43">
         <v>15042745</v>
       </c>
       <c r="L250" s="43">
         <v>51340.426621160397</v>
       </c>
       <c r="M250" s="68">
         <v>77</v>
       </c>
       <c r="N250" s="43">
         <v>24675386</v>
       </c>
       <c r="O250" s="43">
         <v>320459.55844155903</v>
       </c>
       <c r="P250" s="68">
         <v>0</v>
       </c>
       <c r="Q250" s="43">
         <v>0</v>
       </c>
       <c r="R250" s="43">
         <v>0</v>
       </c>
       <c r="S250" s="68">
         <v>1</v>
       </c>
       <c r="T250" s="43">
         <v>1428725</v>
       </c>
       <c r="U250" s="69">
         <v>1428725</v>
       </c>
     </row>
-    <row r="251" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="61">
         <v>2024</v>
       </c>
       <c r="B251" s="30" t="s">
         <v>11</v>
       </c>
       <c r="C251" s="43">
-        <v>1357892753</v>
+        <v>1528296938</v>
       </c>
       <c r="D251" s="42">
         <v>1945</v>
       </c>
       <c r="E251" s="43">
         <v>1313515117</v>
       </c>
       <c r="F251" s="43">
         <v>675329.10899742902</v>
       </c>
       <c r="G251" s="42">
-        <v>0</v>
+        <v>156</v>
       </c>
       <c r="H251" s="43">
-        <v>0</v>
+        <v>170404185</v>
       </c>
       <c r="I251" s="43">
-        <v>0</v>
+        <v>1092334.5192307699</v>
       </c>
       <c r="J251" s="68">
         <v>174</v>
       </c>
       <c r="K251" s="43">
         <v>8406848</v>
       </c>
       <c r="L251" s="43">
         <v>48315.218390804599</v>
       </c>
       <c r="M251" s="68">
         <v>58</v>
       </c>
       <c r="N251" s="43">
         <v>21914226</v>
       </c>
       <c r="O251" s="43">
         <v>377831.48275862099</v>
       </c>
       <c r="P251" s="68">
         <v>0</v>
       </c>
       <c r="Q251" s="43">
         <v>0</v>
       </c>
       <c r="R251" s="43">
         <v>0</v>
       </c>
       <c r="S251" s="68">
         <v>18</v>
       </c>
       <c r="T251" s="43">
         <v>14056562</v>
       </c>
       <c r="U251" s="69">
         <v>780920.11111111101</v>
       </c>
     </row>
-    <row r="252" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="61">
         <v>2024</v>
       </c>
       <c r="B252" s="30" t="s">
         <v>12</v>
       </c>
       <c r="C252" s="43">
         <v>433321937</v>
       </c>
       <c r="D252" s="42">
         <v>911</v>
       </c>
       <c r="E252" s="43">
         <v>418248605</v>
       </c>
       <c r="F252" s="43">
         <v>459109.33589462098</v>
       </c>
       <c r="G252" s="42">
         <v>0</v>
       </c>
       <c r="H252" s="43">
         <v>0</v>
       </c>
       <c r="I252" s="43">
@@ -22915,51 +22931,51 @@
       <c r="N252" s="43">
         <v>8100119</v>
       </c>
       <c r="O252" s="43">
         <v>300004.40740740701</v>
       </c>
       <c r="P252" s="68">
         <v>0</v>
       </c>
       <c r="Q252" s="43">
         <v>0</v>
       </c>
       <c r="R252" s="43">
         <v>0</v>
       </c>
       <c r="S252" s="68">
         <v>0</v>
       </c>
       <c r="T252" s="43">
         <v>0</v>
       </c>
       <c r="U252" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="253" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="61">
         <v>2024</v>
       </c>
       <c r="B253" s="30" t="s">
         <v>13</v>
       </c>
       <c r="C253" s="43">
         <v>393533381</v>
       </c>
       <c r="D253" s="42">
         <v>777</v>
       </c>
       <c r="E253" s="43">
         <v>379074958</v>
       </c>
       <c r="F253" s="43">
         <v>487869.95881595899</v>
       </c>
       <c r="G253" s="42">
         <v>0</v>
       </c>
       <c r="H253" s="43">
         <v>0</v>
       </c>
       <c r="I253" s="43">
@@ -22980,181 +22996,181 @@
       <c r="N253" s="43">
         <v>9189612</v>
       </c>
       <c r="O253" s="43">
         <v>510534</v>
       </c>
       <c r="P253" s="68">
         <v>0</v>
       </c>
       <c r="Q253" s="43">
         <v>0</v>
       </c>
       <c r="R253" s="43">
         <v>0</v>
       </c>
       <c r="S253" s="68">
         <v>2</v>
       </c>
       <c r="T253" s="43">
         <v>336259</v>
       </c>
       <c r="U253" s="69">
         <v>168129.5</v>
       </c>
     </row>
-    <row r="254" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="61">
         <v>2024</v>
       </c>
       <c r="B254" s="30" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="43">
-        <v>2005246252</v>
+        <v>2006206689</v>
       </c>
       <c r="D254" s="42">
         <v>3732</v>
       </c>
       <c r="E254" s="43">
         <v>1939288627</v>
       </c>
       <c r="F254" s="43">
         <v>519637.89576634503</v>
       </c>
       <c r="G254" s="42">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H254" s="43">
-        <v>0</v>
+        <v>960437</v>
       </c>
       <c r="I254" s="43">
-        <v>0</v>
+        <v>480218.5</v>
       </c>
       <c r="J254" s="68">
         <v>286</v>
       </c>
       <c r="K254" s="43">
         <v>14565407</v>
       </c>
       <c r="L254" s="43">
         <v>50927.996503496499</v>
       </c>
       <c r="M254" s="68">
         <v>141</v>
       </c>
       <c r="N254" s="43">
         <v>51392218</v>
       </c>
       <c r="O254" s="43">
         <v>364483.81560283701</v>
       </c>
       <c r="P254" s="68">
         <v>0</v>
       </c>
       <c r="Q254" s="43">
         <v>0</v>
       </c>
       <c r="R254" s="43">
         <v>0</v>
       </c>
       <c r="S254" s="68">
         <v>0</v>
       </c>
       <c r="T254" s="43">
         <v>0</v>
       </c>
       <c r="U254" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="255" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="61">
         <v>2024</v>
       </c>
       <c r="B255" s="30" t="s">
         <v>15</v>
       </c>
       <c r="C255" s="43">
-        <v>511788732</v>
+        <v>595243361</v>
       </c>
       <c r="D255" s="42">
         <v>872</v>
       </c>
       <c r="E255" s="43">
         <v>490471715</v>
       </c>
       <c r="F255" s="43">
         <v>562467.56307339505</v>
       </c>
       <c r="G255" s="42">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="H255" s="43">
-        <v>0</v>
+        <v>83454629</v>
       </c>
       <c r="I255" s="43">
-        <v>0</v>
+        <v>2384417.9714285699</v>
       </c>
       <c r="J255" s="68">
         <v>57</v>
       </c>
       <c r="K255" s="43">
         <v>2730687</v>
       </c>
       <c r="L255" s="43">
         <v>47906.789473684199</v>
       </c>
       <c r="M255" s="68">
         <v>37</v>
       </c>
       <c r="N255" s="43">
         <v>18344012</v>
       </c>
       <c r="O255" s="43">
         <v>495784.10810810799</v>
       </c>
       <c r="P255" s="68">
         <v>0</v>
       </c>
       <c r="Q255" s="43">
         <v>0</v>
       </c>
       <c r="R255" s="43">
         <v>0</v>
       </c>
       <c r="S255" s="68">
         <v>1</v>
       </c>
       <c r="T255" s="43">
         <v>242318</v>
       </c>
       <c r="U255" s="69">
         <v>242318</v>
       </c>
     </row>
-    <row r="256" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="61">
         <v>2024</v>
       </c>
       <c r="B256" s="30" t="s">
         <v>16</v>
       </c>
       <c r="C256" s="43">
         <v>3100324514</v>
       </c>
       <c r="D256" s="42">
         <v>5483</v>
       </c>
       <c r="E256" s="43">
         <v>2827969375</v>
       </c>
       <c r="F256" s="43">
         <v>515770.44957140298</v>
       </c>
       <c r="G256" s="42">
         <v>0</v>
       </c>
       <c r="H256" s="43">
         <v>0</v>
       </c>
       <c r="I256" s="43">
@@ -23175,116 +23191,116 @@
       <c r="N256" s="43">
         <v>257962203</v>
       </c>
       <c r="O256" s="43">
         <v>521135.76363636402</v>
       </c>
       <c r="P256" s="68">
         <v>0</v>
       </c>
       <c r="Q256" s="43">
         <v>0</v>
       </c>
       <c r="R256" s="43">
         <v>0</v>
       </c>
       <c r="S256" s="68">
         <v>0</v>
       </c>
       <c r="T256" s="43">
         <v>0</v>
       </c>
       <c r="U256" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="257" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="61">
         <v>2024</v>
       </c>
       <c r="B257" s="30" t="s">
         <v>17</v>
       </c>
       <c r="C257" s="43">
-        <v>1843364998</v>
+        <v>1848667040</v>
       </c>
       <c r="D257" s="42">
         <v>2855</v>
       </c>
       <c r="E257" s="43">
         <v>1799766574</v>
       </c>
       <c r="F257" s="43">
         <v>630391.09422066598</v>
       </c>
       <c r="G257" s="42">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H257" s="43">
-        <v>0</v>
+        <v>5302042</v>
       </c>
       <c r="I257" s="43">
-        <v>0</v>
+        <v>2651021</v>
       </c>
       <c r="J257" s="68">
         <v>281</v>
       </c>
       <c r="K257" s="43">
         <v>14517037</v>
       </c>
       <c r="L257" s="43">
         <v>51662.053380782898</v>
       </c>
       <c r="M257" s="68">
         <v>87</v>
       </c>
       <c r="N257" s="43">
         <v>29081387</v>
       </c>
       <c r="O257" s="43">
         <v>334268.81609195401</v>
       </c>
       <c r="P257" s="68">
         <v>0</v>
       </c>
       <c r="Q257" s="43">
         <v>0</v>
       </c>
       <c r="R257" s="43">
         <v>0</v>
       </c>
       <c r="S257" s="68">
         <v>0</v>
       </c>
       <c r="T257" s="43">
         <v>0</v>
       </c>
       <c r="U257" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="258" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="61">
         <v>2024</v>
       </c>
       <c r="B258" s="30" t="s">
         <v>25</v>
       </c>
       <c r="C258" s="43">
         <v>489444934</v>
       </c>
       <c r="D258" s="42">
         <v>646</v>
       </c>
       <c r="E258" s="43">
         <v>485304307</v>
       </c>
       <c r="F258" s="43">
         <v>751245.05727554206</v>
       </c>
       <c r="G258" s="42">
         <v>0</v>
       </c>
       <c r="H258" s="43">
         <v>0</v>
       </c>
       <c r="I258" s="43">
@@ -23305,116 +23321,116 @@
       <c r="N258" s="43">
         <v>2525246</v>
       </c>
       <c r="O258" s="43">
         <v>252524.6</v>
       </c>
       <c r="P258" s="68">
         <v>0</v>
       </c>
       <c r="Q258" s="43">
         <v>0</v>
       </c>
       <c r="R258" s="43">
         <v>0</v>
       </c>
       <c r="S258" s="68">
         <v>0</v>
       </c>
       <c r="T258" s="43">
         <v>0</v>
       </c>
       <c r="U258" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="259" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="61">
         <v>2024</v>
       </c>
       <c r="B259" s="30" t="s">
         <v>18</v>
       </c>
       <c r="C259" s="43">
-        <v>2470742362</v>
+        <v>2471107734</v>
       </c>
       <c r="D259" s="42">
         <v>3967</v>
       </c>
       <c r="E259" s="43">
         <v>2397591771</v>
       </c>
       <c r="F259" s="43">
         <v>604384.11167128803</v>
       </c>
       <c r="G259" s="42">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H259" s="43">
-        <v>0</v>
+        <v>365372</v>
       </c>
       <c r="I259" s="43">
-        <v>0</v>
+        <v>52196</v>
       </c>
       <c r="J259" s="68">
         <v>393</v>
       </c>
       <c r="K259" s="43">
         <v>17998995</v>
       </c>
       <c r="L259" s="43">
         <v>45798.969465648901</v>
       </c>
       <c r="M259" s="68">
         <v>78</v>
       </c>
       <c r="N259" s="43">
         <v>19662483</v>
       </c>
       <c r="O259" s="43">
         <v>252083.115384615</v>
       </c>
       <c r="P259" s="68">
         <v>0</v>
       </c>
       <c r="Q259" s="43">
         <v>0</v>
       </c>
       <c r="R259" s="43">
         <v>0</v>
       </c>
       <c r="S259" s="68">
         <v>2</v>
       </c>
       <c r="T259" s="43">
         <v>35489113</v>
       </c>
       <c r="U259" s="69">
         <v>17744556.5</v>
       </c>
     </row>
-    <row r="260" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="61">
         <v>2024</v>
       </c>
       <c r="B260" s="30" t="s">
         <v>19</v>
       </c>
       <c r="C260" s="43">
         <v>162330400</v>
       </c>
       <c r="D260" s="42">
         <v>268</v>
       </c>
       <c r="E260" s="43">
         <v>154225871</v>
       </c>
       <c r="F260" s="43">
         <v>575469.66791044804</v>
       </c>
       <c r="G260" s="42">
         <v>0</v>
       </c>
       <c r="H260" s="43">
         <v>0</v>
       </c>
       <c r="I260" s="43">
@@ -23435,51 +23451,51 @@
       <c r="N260" s="43">
         <v>6272496</v>
       </c>
       <c r="O260" s="43">
         <v>348472</v>
       </c>
       <c r="P260" s="68">
         <v>0</v>
       </c>
       <c r="Q260" s="43">
         <v>0</v>
       </c>
       <c r="R260" s="43">
         <v>0</v>
       </c>
       <c r="S260" s="68">
         <v>0</v>
       </c>
       <c r="T260" s="43">
         <v>0</v>
       </c>
       <c r="U260" s="69">
         <v>0</v>
       </c>
     </row>
-    <row r="261" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A261" s="61">
         <v>2024</v>
       </c>
       <c r="B261" s="30" t="s">
         <v>20</v>
       </c>
       <c r="C261" s="43">
         <v>79600132</v>
       </c>
       <c r="D261" s="42">
         <v>162</v>
       </c>
       <c r="E261" s="43">
         <v>67279748</v>
       </c>
       <c r="F261" s="43">
         <v>415307.08641975297</v>
       </c>
       <c r="G261" s="42">
         <v>0</v>
       </c>
       <c r="H261" s="43">
         <v>0</v>
       </c>
       <c r="I261" s="43">
@@ -23500,597 +23516,2337 @@
       <c r="N261" s="43">
         <v>10040608</v>
       </c>
       <c r="O261" s="43">
         <v>557811.55555555597</v>
       </c>
       <c r="P261" s="68">
         <v>0</v>
       </c>
       <c r="Q261" s="43">
         <v>0</v>
       </c>
       <c r="R261" s="43">
         <v>0</v>
       </c>
       <c r="S261" s="68">
         <v>21</v>
       </c>
       <c r="T261" s="43">
         <v>1941865</v>
       </c>
       <c r="U261" s="69">
         <v>92469.761904761894</v>
       </c>
     </row>
-    <row r="262" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A262" s="61">
         <v>2024</v>
       </c>
       <c r="B262" s="30" t="s">
         <v>21</v>
       </c>
       <c r="C262" s="43">
-        <v>1101127625</v>
+        <v>1127281180</v>
       </c>
       <c r="D262" s="42">
         <v>476</v>
       </c>
       <c r="E262" s="43">
         <v>550101912</v>
       </c>
       <c r="F262" s="43">
         <v>1155676.2857142901</v>
       </c>
       <c r="G262" s="42">
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="H262" s="43">
-        <v>0</v>
+        <v>26153555</v>
       </c>
       <c r="I262" s="43">
-        <v>0</v>
+        <v>1868111.07142857</v>
       </c>
       <c r="J262" s="68">
         <v>6</v>
       </c>
       <c r="K262" s="43">
         <v>350838</v>
       </c>
       <c r="L262" s="43">
         <v>58473</v>
       </c>
       <c r="M262" s="68">
         <v>29</v>
       </c>
       <c r="N262" s="43">
         <v>5237804</v>
       </c>
       <c r="O262" s="43">
         <v>180613.93103448299</v>
       </c>
       <c r="P262" s="68">
         <v>13</v>
       </c>
       <c r="Q262" s="43">
         <v>86831967</v>
       </c>
       <c r="R262" s="43">
         <v>6679382.0769230798</v>
       </c>
       <c r="S262" s="68">
         <v>33</v>
       </c>
       <c r="T262" s="43">
         <v>458605104</v>
       </c>
       <c r="U262" s="69">
         <v>13897124.363636401</v>
       </c>
     </row>
-    <row r="263" spans="1:21" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:21" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A263" s="67">
         <v>2024</v>
       </c>
       <c r="B263" s="70" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="C263" s="56">
-        <v>35145044785</v>
+        <v>36884537252</v>
       </c>
       <c r="D263" s="55">
         <v>52475</v>
       </c>
       <c r="E263" s="56">
         <v>32892334080</v>
       </c>
       <c r="F263" s="56">
         <v>626819.13444497401</v>
       </c>
       <c r="G263" s="55">
-        <v>0</v>
+        <v>1030</v>
       </c>
       <c r="H263" s="56">
-        <v>0</v>
+        <v>1739492467</v>
       </c>
       <c r="I263" s="56">
-        <v>0</v>
+        <v>1688827.63786408</v>
       </c>
       <c r="J263" s="71">
         <v>4124</v>
       </c>
       <c r="K263" s="56">
         <v>207401720</v>
       </c>
       <c r="L263" s="56">
         <v>50291.396702230901</v>
       </c>
       <c r="M263" s="71">
         <v>1984</v>
       </c>
       <c r="N263" s="56">
         <v>793036359</v>
       </c>
       <c r="O263" s="56">
         <v>399715.90675403201</v>
       </c>
       <c r="P263" s="71">
         <v>13</v>
       </c>
       <c r="Q263" s="56">
         <v>86831967</v>
       </c>
       <c r="R263" s="56">
         <v>6679382.0769230798</v>
       </c>
       <c r="S263" s="71">
         <v>286</v>
       </c>
       <c r="T263" s="56">
         <v>1165440659</v>
       </c>
       <c r="U263" s="72">
         <v>4074967.33916084</v>
+      </c>
+    </row>
+    <row r="264" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B264" s="80" t="s">
+        <v>0</v>
+      </c>
+      <c r="C264" s="81">
+        <v>101239103</v>
+      </c>
+      <c r="D264" s="82">
+        <v>193</v>
+      </c>
+      <c r="E264" s="81">
+        <v>53495461</v>
+      </c>
+      <c r="F264" s="81">
+        <v>277178.55440414499</v>
+      </c>
+      <c r="G264" s="82">
+        <v>0</v>
+      </c>
+      <c r="H264" s="81">
+        <v>0</v>
+      </c>
+      <c r="I264" s="81">
+        <v>0</v>
+      </c>
+      <c r="J264" s="83">
+        <v>0</v>
+      </c>
+      <c r="K264" s="81">
+        <v>0</v>
+      </c>
+      <c r="L264" s="81">
+        <v>0</v>
+      </c>
+      <c r="M264" s="83">
+        <v>0</v>
+      </c>
+      <c r="N264" s="81">
+        <v>0</v>
+      </c>
+      <c r="O264" s="81">
+        <v>0</v>
+      </c>
+      <c r="P264" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q264" s="81">
+        <v>0</v>
+      </c>
+      <c r="R264" s="81">
+        <v>0</v>
+      </c>
+      <c r="S264" s="83">
+        <v>149</v>
+      </c>
+      <c r="T264" s="81">
+        <v>47743642</v>
+      </c>
+      <c r="U264" s="84">
+        <v>320427.127516779</v>
+      </c>
+    </row>
+    <row r="265" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B265" s="80" t="s">
+        <v>32</v>
+      </c>
+      <c r="C265" s="81">
+        <v>662595226</v>
+      </c>
+      <c r="D265" s="82">
+        <v>264</v>
+      </c>
+      <c r="E265" s="81">
+        <v>628284898</v>
+      </c>
+      <c r="F265" s="81">
+        <v>2379867.0378787899</v>
+      </c>
+      <c r="G265" s="82">
+        <v>0</v>
+      </c>
+      <c r="H265" s="81">
+        <v>0</v>
+      </c>
+      <c r="I265" s="81">
+        <v>0</v>
+      </c>
+      <c r="J265" s="83">
+        <v>0</v>
+      </c>
+      <c r="K265" s="81">
+        <v>0</v>
+      </c>
+      <c r="L265" s="81">
+        <v>0</v>
+      </c>
+      <c r="M265" s="83">
+        <v>55</v>
+      </c>
+      <c r="N265" s="81">
+        <v>27095487</v>
+      </c>
+      <c r="O265" s="81">
+        <v>492645.21818181803</v>
+      </c>
+      <c r="P265" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q265" s="81">
+        <v>0</v>
+      </c>
+      <c r="R265" s="81">
+        <v>0</v>
+      </c>
+      <c r="S265" s="83">
+        <v>3</v>
+      </c>
+      <c r="T265" s="81">
+        <v>7214841</v>
+      </c>
+      <c r="U265" s="84">
+        <v>2404947</v>
+      </c>
+    </row>
+    <row r="266" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B266" s="80" t="s">
+        <v>27</v>
+      </c>
+      <c r="C266" s="81">
+        <v>183485545</v>
+      </c>
+      <c r="D266" s="82">
+        <v>239</v>
+      </c>
+      <c r="E266" s="81">
+        <v>180711390</v>
+      </c>
+      <c r="F266" s="81">
+        <v>756114.60251045995</v>
+      </c>
+      <c r="G266" s="82">
+        <v>0</v>
+      </c>
+      <c r="H266" s="81">
+        <v>0</v>
+      </c>
+      <c r="I266" s="81">
+        <v>0</v>
+      </c>
+      <c r="J266" s="83">
+        <v>16</v>
+      </c>
+      <c r="K266" s="81">
+        <v>728723</v>
+      </c>
+      <c r="L266" s="81">
+        <v>45545.1875</v>
+      </c>
+      <c r="M266" s="83">
+        <v>6</v>
+      </c>
+      <c r="N266" s="81">
+        <v>2045432</v>
+      </c>
+      <c r="O266" s="81">
+        <v>340905.33333333302</v>
+      </c>
+      <c r="P266" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q266" s="81">
+        <v>0</v>
+      </c>
+      <c r="R266" s="81">
+        <v>0</v>
+      </c>
+      <c r="S266" s="83">
+        <v>0</v>
+      </c>
+      <c r="T266" s="81">
+        <v>0</v>
+      </c>
+      <c r="U266" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="267" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B267" s="80" t="s">
+        <v>1</v>
+      </c>
+      <c r="C267" s="81">
+        <v>4772500298</v>
+      </c>
+      <c r="D267" s="82">
+        <v>6531</v>
+      </c>
+      <c r="E267" s="81">
+        <v>4665233106</v>
+      </c>
+      <c r="F267" s="81">
+        <v>714321.40652273805</v>
+      </c>
+      <c r="G267" s="82">
+        <v>0</v>
+      </c>
+      <c r="H267" s="81">
+        <v>0</v>
+      </c>
+      <c r="I267" s="81">
+        <v>0</v>
+      </c>
+      <c r="J267" s="83">
+        <v>488</v>
+      </c>
+      <c r="K267" s="81">
+        <v>23727802</v>
+      </c>
+      <c r="L267" s="81">
+        <v>48622.545081967197</v>
+      </c>
+      <c r="M267" s="83">
+        <v>154</v>
+      </c>
+      <c r="N267" s="81">
+        <v>56611653</v>
+      </c>
+      <c r="O267" s="81">
+        <v>367608.136363636</v>
+      </c>
+      <c r="P267" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q267" s="81">
+        <v>0</v>
+      </c>
+      <c r="R267" s="81">
+        <v>0</v>
+      </c>
+      <c r="S267" s="83">
+        <v>44</v>
+      </c>
+      <c r="T267" s="81">
+        <v>26927737</v>
+      </c>
+      <c r="U267" s="84">
+        <v>611994.02272727306</v>
+      </c>
+    </row>
+    <row r="268" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B268" s="80" t="s">
+        <v>2</v>
+      </c>
+      <c r="C268" s="81">
+        <v>698434278</v>
+      </c>
+      <c r="D268" s="82">
+        <v>1391</v>
+      </c>
+      <c r="E268" s="81">
+        <v>685405426</v>
+      </c>
+      <c r="F268" s="81">
+        <v>492742.93745506799</v>
+      </c>
+      <c r="G268" s="82">
+        <v>0</v>
+      </c>
+      <c r="H268" s="81">
+        <v>0</v>
+      </c>
+      <c r="I268" s="81">
+        <v>0</v>
+      </c>
+      <c r="J268" s="83">
+        <v>121</v>
+      </c>
+      <c r="K268" s="81">
+        <v>6479544</v>
+      </c>
+      <c r="L268" s="81">
+        <v>53549.950413223203</v>
+      </c>
+      <c r="M268" s="83">
+        <v>44</v>
+      </c>
+      <c r="N268" s="81">
+        <v>6549308</v>
+      </c>
+      <c r="O268" s="81">
+        <v>148847.909090909</v>
+      </c>
+      <c r="P268" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q268" s="81">
+        <v>0</v>
+      </c>
+      <c r="R268" s="81">
+        <v>0</v>
+      </c>
+      <c r="S268" s="83">
+        <v>0</v>
+      </c>
+      <c r="T268" s="81">
+        <v>0</v>
+      </c>
+      <c r="U268" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="269" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B269" s="80" t="s">
+        <v>3</v>
+      </c>
+      <c r="C269" s="81">
+        <v>443154358</v>
+      </c>
+      <c r="D269" s="82">
+        <v>476</v>
+      </c>
+      <c r="E269" s="81">
+        <v>431985173</v>
+      </c>
+      <c r="F269" s="81">
+        <v>907531.87605041999</v>
+      </c>
+      <c r="G269" s="82">
+        <v>0</v>
+      </c>
+      <c r="H269" s="81">
+        <v>0</v>
+      </c>
+      <c r="I269" s="81">
+        <v>0</v>
+      </c>
+      <c r="J269" s="83">
+        <v>18</v>
+      </c>
+      <c r="K269" s="81">
+        <v>934518</v>
+      </c>
+      <c r="L269" s="81">
+        <v>51917.666666666701</v>
+      </c>
+      <c r="M269" s="83">
+        <v>19</v>
+      </c>
+      <c r="N269" s="81">
+        <v>10234667</v>
+      </c>
+      <c r="O269" s="81">
+        <v>538666.68421052594</v>
+      </c>
+      <c r="P269" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q269" s="81">
+        <v>0</v>
+      </c>
+      <c r="R269" s="81">
+        <v>0</v>
+      </c>
+      <c r="S269" s="83">
+        <v>0</v>
+      </c>
+      <c r="T269" s="81">
+        <v>0</v>
+      </c>
+      <c r="U269" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="270" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B270" s="80" t="s">
+        <v>4</v>
+      </c>
+      <c r="C270" s="81">
+        <v>3299911250</v>
+      </c>
+      <c r="D270" s="82">
+        <v>4972</v>
+      </c>
+      <c r="E270" s="81">
+        <v>3091109020</v>
+      </c>
+      <c r="F270" s="81">
+        <v>621703.34271922801</v>
+      </c>
+      <c r="G270" s="82">
+        <v>0</v>
+      </c>
+      <c r="H270" s="81">
+        <v>0</v>
+      </c>
+      <c r="I270" s="81">
+        <v>0</v>
+      </c>
+      <c r="J270" s="83">
+        <v>480</v>
+      </c>
+      <c r="K270" s="81">
+        <v>24797366</v>
+      </c>
+      <c r="L270" s="81">
+        <v>51661.179166666698</v>
+      </c>
+      <c r="M270" s="83">
+        <v>209</v>
+      </c>
+      <c r="N270" s="81">
+        <v>86202059</v>
+      </c>
+      <c r="O270" s="81">
+        <v>412450.043062201</v>
+      </c>
+      <c r="P270" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q270" s="81">
+        <v>0</v>
+      </c>
+      <c r="R270" s="81">
+        <v>0</v>
+      </c>
+      <c r="S270" s="83">
+        <v>7</v>
+      </c>
+      <c r="T270" s="81">
+        <v>97802805</v>
+      </c>
+      <c r="U270" s="84">
+        <v>13971829.2857143</v>
+      </c>
+    </row>
+    <row r="271" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B271" s="80" t="s">
+        <v>5</v>
+      </c>
+      <c r="C271" s="81">
+        <v>3795866498</v>
+      </c>
+      <c r="D271" s="82">
+        <v>3919</v>
+      </c>
+      <c r="E271" s="81">
+        <v>3751620191</v>
+      </c>
+      <c r="F271" s="81">
+        <v>957290.17376881896</v>
+      </c>
+      <c r="G271" s="82">
+        <v>0</v>
+      </c>
+      <c r="H271" s="81">
+        <v>0</v>
+      </c>
+      <c r="I271" s="81">
+        <v>0</v>
+      </c>
+      <c r="J271" s="83">
+        <v>234</v>
+      </c>
+      <c r="K271" s="81">
+        <v>11944153</v>
+      </c>
+      <c r="L271" s="81">
+        <v>51043.388888888898</v>
+      </c>
+      <c r="M271" s="83">
+        <v>90</v>
+      </c>
+      <c r="N271" s="81">
+        <v>32302154</v>
+      </c>
+      <c r="O271" s="81">
+        <v>358912.82222222199</v>
+      </c>
+      <c r="P271" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q271" s="81">
+        <v>0</v>
+      </c>
+      <c r="R271" s="81">
+        <v>0</v>
+      </c>
+      <c r="S271" s="83">
+        <v>0</v>
+      </c>
+      <c r="T271" s="81">
+        <v>0</v>
+      </c>
+      <c r="U271" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="272" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B272" s="80" t="s">
+        <v>6</v>
+      </c>
+      <c r="C272" s="81">
+        <v>446821588</v>
+      </c>
+      <c r="D272" s="82">
+        <v>829</v>
+      </c>
+      <c r="E272" s="81">
+        <v>430238154</v>
+      </c>
+      <c r="F272" s="81">
+        <v>518984.50422195398</v>
+      </c>
+      <c r="G272" s="82">
+        <v>0</v>
+      </c>
+      <c r="H272" s="81">
+        <v>0</v>
+      </c>
+      <c r="I272" s="81">
+        <v>0</v>
+      </c>
+      <c r="J272" s="83">
+        <v>91</v>
+      </c>
+      <c r="K272" s="81">
+        <v>4340677</v>
+      </c>
+      <c r="L272" s="81">
+        <v>47699.7472527473</v>
+      </c>
+      <c r="M272" s="83">
+        <v>29</v>
+      </c>
+      <c r="N272" s="81">
+        <v>12242757</v>
+      </c>
+      <c r="O272" s="81">
+        <v>422164.03448275902</v>
+      </c>
+      <c r="P272" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q272" s="81">
+        <v>0</v>
+      </c>
+      <c r="R272" s="81">
+        <v>0</v>
+      </c>
+      <c r="S272" s="83">
+        <v>0</v>
+      </c>
+      <c r="T272" s="81">
+        <v>0</v>
+      </c>
+      <c r="U272" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="273" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B273" s="80" t="s">
+        <v>7</v>
+      </c>
+      <c r="C273" s="81">
+        <v>4413472166</v>
+      </c>
+      <c r="D273" s="82">
+        <v>5436</v>
+      </c>
+      <c r="E273" s="81">
+        <v>4340490391</v>
+      </c>
+      <c r="F273" s="81">
+        <v>798471.37435614399</v>
+      </c>
+      <c r="G273" s="82">
+        <v>0</v>
+      </c>
+      <c r="H273" s="81">
+        <v>0</v>
+      </c>
+      <c r="I273" s="81">
+        <v>0</v>
+      </c>
+      <c r="J273" s="83">
+        <v>452</v>
+      </c>
+      <c r="K273" s="81">
+        <v>23169627</v>
+      </c>
+      <c r="L273" s="81">
+        <v>51260.236725663701</v>
+      </c>
+      <c r="M273" s="83">
+        <v>139</v>
+      </c>
+      <c r="N273" s="81">
+        <v>49812148</v>
+      </c>
+      <c r="O273" s="81">
+        <v>358360.77697841701</v>
+      </c>
+      <c r="P273" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q273" s="81">
+        <v>0</v>
+      </c>
+      <c r="R273" s="81">
+        <v>0</v>
+      </c>
+      <c r="S273" s="83">
+        <v>0</v>
+      </c>
+      <c r="T273" s="81">
+        <v>0</v>
+      </c>
+      <c r="U273" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="274" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B274" s="80" t="s">
+        <v>8</v>
+      </c>
+      <c r="C274" s="81">
+        <v>614290863</v>
+      </c>
+      <c r="D274" s="82">
+        <v>1219</v>
+      </c>
+      <c r="E274" s="81">
+        <v>594363348</v>
+      </c>
+      <c r="F274" s="81">
+        <v>487582.73010664497</v>
+      </c>
+      <c r="G274" s="82">
+        <v>0</v>
+      </c>
+      <c r="H274" s="81">
+        <v>0</v>
+      </c>
+      <c r="I274" s="81">
+        <v>0</v>
+      </c>
+      <c r="J274" s="83">
+        <v>74</v>
+      </c>
+      <c r="K274" s="81">
+        <v>3712062</v>
+      </c>
+      <c r="L274" s="81">
+        <v>50163</v>
+      </c>
+      <c r="M274" s="83">
+        <v>54</v>
+      </c>
+      <c r="N274" s="81">
+        <v>16215453</v>
+      </c>
+      <c r="O274" s="81">
+        <v>300286.16666666698</v>
+      </c>
+      <c r="P274" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q274" s="81">
+        <v>0</v>
+      </c>
+      <c r="R274" s="81">
+        <v>0</v>
+      </c>
+      <c r="S274" s="83">
+        <v>0</v>
+      </c>
+      <c r="T274" s="81">
+        <v>0</v>
+      </c>
+      <c r="U274" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="275" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B275" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" s="81">
+        <v>397081420</v>
+      </c>
+      <c r="D275" s="82">
+        <v>735</v>
+      </c>
+      <c r="E275" s="81">
+        <v>387956749</v>
+      </c>
+      <c r="F275" s="81">
+        <v>527832.31156462606</v>
+      </c>
+      <c r="G275" s="82">
+        <v>0</v>
+      </c>
+      <c r="H275" s="81">
+        <v>0</v>
+      </c>
+      <c r="I275" s="81">
+        <v>0</v>
+      </c>
+      <c r="J275" s="83">
+        <v>6</v>
+      </c>
+      <c r="K275" s="81">
+        <v>366850</v>
+      </c>
+      <c r="L275" s="81">
+        <v>61141.666666666701</v>
+      </c>
+      <c r="M275" s="83">
+        <v>42</v>
+      </c>
+      <c r="N275" s="81">
+        <v>8757821</v>
+      </c>
+      <c r="O275" s="81">
+        <v>208519.54761904801</v>
+      </c>
+      <c r="P275" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q275" s="81">
+        <v>0</v>
+      </c>
+      <c r="R275" s="81">
+        <v>0</v>
+      </c>
+      <c r="S275" s="83">
+        <v>0</v>
+      </c>
+      <c r="T275" s="81">
+        <v>0</v>
+      </c>
+      <c r="U275" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="276" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B276" s="80" t="s">
+        <v>10</v>
+      </c>
+      <c r="C276" s="81">
+        <v>1397340918</v>
+      </c>
+      <c r="D276" s="82">
+        <v>2308</v>
+      </c>
+      <c r="E276" s="81">
+        <v>1355100991</v>
+      </c>
+      <c r="F276" s="81">
+        <v>587132.14514731395</v>
+      </c>
+      <c r="G276" s="82">
+        <v>0</v>
+      </c>
+      <c r="H276" s="81">
+        <v>0</v>
+      </c>
+      <c r="I276" s="81">
+        <v>0</v>
+      </c>
+      <c r="J276" s="83">
+        <v>265</v>
+      </c>
+      <c r="K276" s="81">
+        <v>13748792</v>
+      </c>
+      <c r="L276" s="81">
+        <v>51882.233962264203</v>
+      </c>
+      <c r="M276" s="83">
+        <v>76</v>
+      </c>
+      <c r="N276" s="81">
+        <v>26216578</v>
+      </c>
+      <c r="O276" s="81">
+        <v>344954.97368421103</v>
+      </c>
+      <c r="P276" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q276" s="81">
+        <v>0</v>
+      </c>
+      <c r="R276" s="81">
+        <v>0</v>
+      </c>
+      <c r="S276" s="83">
+        <v>3</v>
+      </c>
+      <c r="T276" s="81">
+        <v>2274557</v>
+      </c>
+      <c r="U276" s="84">
+        <v>758185.66666666698</v>
+      </c>
+    </row>
+    <row r="277" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B277" s="80" t="s">
+        <v>11</v>
+      </c>
+      <c r="C277" s="81">
+        <v>1437079221</v>
+      </c>
+      <c r="D277" s="82">
+        <v>1913</v>
+      </c>
+      <c r="E277" s="81">
+        <v>1389399040</v>
+      </c>
+      <c r="F277" s="81">
+        <v>726293.27757449006</v>
+      </c>
+      <c r="G277" s="82">
+        <v>0</v>
+      </c>
+      <c r="H277" s="81">
+        <v>0</v>
+      </c>
+      <c r="I277" s="81">
+        <v>0</v>
+      </c>
+      <c r="J277" s="83">
+        <v>152</v>
+      </c>
+      <c r="K277" s="81">
+        <v>7613346</v>
+      </c>
+      <c r="L277" s="81">
+        <v>50087.802631578998</v>
+      </c>
+      <c r="M277" s="83">
+        <v>60</v>
+      </c>
+      <c r="N277" s="81">
+        <v>25704775</v>
+      </c>
+      <c r="O277" s="81">
+        <v>428412.91666666698</v>
+      </c>
+      <c r="P277" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q277" s="81">
+        <v>0</v>
+      </c>
+      <c r="R277" s="81">
+        <v>0</v>
+      </c>
+      <c r="S277" s="83">
+        <v>18</v>
+      </c>
+      <c r="T277" s="81">
+        <v>14362060</v>
+      </c>
+      <c r="U277" s="84">
+        <v>797892.22222222202</v>
+      </c>
+    </row>
+    <row r="278" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B278" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="C278" s="81">
+        <v>435763039</v>
+      </c>
+      <c r="D278" s="82">
+        <v>875</v>
+      </c>
+      <c r="E278" s="81">
+        <v>423612784</v>
+      </c>
+      <c r="F278" s="81">
+        <v>484128.89600000001</v>
+      </c>
+      <c r="G278" s="82">
+        <v>0</v>
+      </c>
+      <c r="H278" s="81">
+        <v>0</v>
+      </c>
+      <c r="I278" s="81">
+        <v>0</v>
+      </c>
+      <c r="J278" s="83">
+        <v>123</v>
+      </c>
+      <c r="K278" s="81">
+        <v>6073249</v>
+      </c>
+      <c r="L278" s="81">
+        <v>49376.008130081304</v>
+      </c>
+      <c r="M278" s="83">
+        <v>25</v>
+      </c>
+      <c r="N278" s="81">
+        <v>6077006</v>
+      </c>
+      <c r="O278" s="81">
+        <v>243080.24</v>
+      </c>
+      <c r="P278" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q278" s="81">
+        <v>0</v>
+      </c>
+      <c r="R278" s="81">
+        <v>0</v>
+      </c>
+      <c r="S278" s="83">
+        <v>0</v>
+      </c>
+      <c r="T278" s="81">
+        <v>0</v>
+      </c>
+      <c r="U278" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="279" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B279" s="80" t="s">
+        <v>13</v>
+      </c>
+      <c r="C279" s="81">
+        <v>403091199</v>
+      </c>
+      <c r="D279" s="82">
+        <v>769</v>
+      </c>
+      <c r="E279" s="81">
+        <v>389117410</v>
+      </c>
+      <c r="F279" s="81">
+        <v>506004.43433029897</v>
+      </c>
+      <c r="G279" s="82">
+        <v>0</v>
+      </c>
+      <c r="H279" s="81">
+        <v>0</v>
+      </c>
+      <c r="I279" s="81">
+        <v>0</v>
+      </c>
+      <c r="J279" s="83">
+        <v>80</v>
+      </c>
+      <c r="K279" s="81">
+        <v>3996852</v>
+      </c>
+      <c r="L279" s="81">
+        <v>49960.65</v>
+      </c>
+      <c r="M279" s="83">
+        <v>19</v>
+      </c>
+      <c r="N279" s="81">
+        <v>9509358</v>
+      </c>
+      <c r="O279" s="81">
+        <v>500492.52631579002</v>
+      </c>
+      <c r="P279" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q279" s="81">
+        <v>0</v>
+      </c>
+      <c r="R279" s="81">
+        <v>0</v>
+      </c>
+      <c r="S279" s="83">
+        <v>2</v>
+      </c>
+      <c r="T279" s="81">
+        <v>467579</v>
+      </c>
+      <c r="U279" s="84">
+        <v>233789.5</v>
+      </c>
+    </row>
+    <row r="280" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B280" s="80" t="s">
+        <v>14</v>
+      </c>
+      <c r="C280" s="81">
+        <v>2069481188</v>
+      </c>
+      <c r="D280" s="82">
+        <v>3399</v>
+      </c>
+      <c r="E280" s="81">
+        <v>2000358968</v>
+      </c>
+      <c r="F280" s="81">
+        <v>588513.96528390702</v>
+      </c>
+      <c r="G280" s="82">
+        <v>0</v>
+      </c>
+      <c r="H280" s="81">
+        <v>0</v>
+      </c>
+      <c r="I280" s="81">
+        <v>0</v>
+      </c>
+      <c r="J280" s="83">
+        <v>248</v>
+      </c>
+      <c r="K280" s="81">
+        <v>12599515</v>
+      </c>
+      <c r="L280" s="81">
+        <v>50804.495967741903</v>
+      </c>
+      <c r="M280" s="83">
+        <v>138</v>
+      </c>
+      <c r="N280" s="81">
+        <v>56522705</v>
+      </c>
+      <c r="O280" s="81">
+        <v>409584.81884058</v>
+      </c>
+      <c r="P280" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q280" s="81">
+        <v>0</v>
+      </c>
+      <c r="R280" s="81">
+        <v>0</v>
+      </c>
+      <c r="S280" s="83">
+        <v>0</v>
+      </c>
+      <c r="T280" s="81">
+        <v>0</v>
+      </c>
+      <c r="U280" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="281" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B281" s="80" t="s">
+        <v>15</v>
+      </c>
+      <c r="C281" s="81">
+        <v>525070947</v>
+      </c>
+      <c r="D281" s="82">
+        <v>825</v>
+      </c>
+      <c r="E281" s="81">
+        <v>503590609</v>
+      </c>
+      <c r="F281" s="81">
+        <v>610412.85939393903</v>
+      </c>
+      <c r="G281" s="82">
+        <v>0</v>
+      </c>
+      <c r="H281" s="81">
+        <v>0</v>
+      </c>
+      <c r="I281" s="81">
+        <v>0</v>
+      </c>
+      <c r="J281" s="83">
+        <v>51</v>
+      </c>
+      <c r="K281" s="81">
+        <v>2444936</v>
+      </c>
+      <c r="L281" s="81">
+        <v>47939.921568627498</v>
+      </c>
+      <c r="M281" s="83">
+        <v>37</v>
+      </c>
+      <c r="N281" s="81">
+        <v>16269388</v>
+      </c>
+      <c r="O281" s="81">
+        <v>439713.189189189</v>
+      </c>
+      <c r="P281" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q281" s="81">
+        <v>0</v>
+      </c>
+      <c r="R281" s="81">
+        <v>0</v>
+      </c>
+      <c r="S281" s="83">
+        <v>4</v>
+      </c>
+      <c r="T281" s="81">
+        <v>2766014</v>
+      </c>
+      <c r="U281" s="84">
+        <v>691503.5</v>
+      </c>
+    </row>
+    <row r="282" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B282" s="80" t="s">
+        <v>16</v>
+      </c>
+      <c r="C282" s="81">
+        <v>3094101965</v>
+      </c>
+      <c r="D282" s="82">
+        <v>5370</v>
+      </c>
+      <c r="E282" s="81">
+        <v>2834191733</v>
+      </c>
+      <c r="F282" s="81">
+        <v>527782.44562383601</v>
+      </c>
+      <c r="G282" s="82">
+        <v>0</v>
+      </c>
+      <c r="H282" s="81">
+        <v>0</v>
+      </c>
+      <c r="I282" s="81">
+        <v>0</v>
+      </c>
+      <c r="J282" s="83">
+        <v>169</v>
+      </c>
+      <c r="K282" s="81">
+        <v>10798157</v>
+      </c>
+      <c r="L282" s="81">
+        <v>63894.420118343201</v>
+      </c>
+      <c r="M282" s="83">
+        <v>464</v>
+      </c>
+      <c r="N282" s="81">
+        <v>249112075</v>
+      </c>
+      <c r="O282" s="81">
+        <v>536879.47198275896</v>
+      </c>
+      <c r="P282" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q282" s="81">
+        <v>0</v>
+      </c>
+      <c r="R282" s="81">
+        <v>0</v>
+      </c>
+      <c r="S282" s="83">
+        <v>0</v>
+      </c>
+      <c r="T282" s="81">
+        <v>0</v>
+      </c>
+      <c r="U282" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="283" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B283" s="80" t="s">
+        <v>17</v>
+      </c>
+      <c r="C283" s="81">
+        <v>1820728495</v>
+      </c>
+      <c r="D283" s="82">
+        <v>2568</v>
+      </c>
+      <c r="E283" s="81">
+        <v>1784466165</v>
+      </c>
+      <c r="F283" s="81">
+        <v>694885.578271028</v>
+      </c>
+      <c r="G283" s="82">
+        <v>0</v>
+      </c>
+      <c r="H283" s="81">
+        <v>0</v>
+      </c>
+      <c r="I283" s="81">
+        <v>0</v>
+      </c>
+      <c r="J283" s="83">
+        <v>213</v>
+      </c>
+      <c r="K283" s="81">
+        <v>11113242</v>
+      </c>
+      <c r="L283" s="81">
+        <v>52174.845070422503</v>
+      </c>
+      <c r="M283" s="83">
+        <v>82</v>
+      </c>
+      <c r="N283" s="81">
+        <v>25149088</v>
+      </c>
+      <c r="O283" s="81">
+        <v>306696.19512195099</v>
+      </c>
+      <c r="P283" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q283" s="81">
+        <v>0</v>
+      </c>
+      <c r="R283" s="81">
+        <v>0</v>
+      </c>
+      <c r="S283" s="83">
+        <v>0</v>
+      </c>
+      <c r="T283" s="81">
+        <v>0</v>
+      </c>
+      <c r="U283" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="284" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B284" s="80" t="s">
+        <v>25</v>
+      </c>
+      <c r="C284" s="81">
+        <v>455179915</v>
+      </c>
+      <c r="D284" s="82">
+        <v>538</v>
+      </c>
+      <c r="E284" s="81">
+        <v>452306014</v>
+      </c>
+      <c r="F284" s="81">
+        <v>840717.49814126396</v>
+      </c>
+      <c r="G284" s="82">
+        <v>0</v>
+      </c>
+      <c r="H284" s="81">
+        <v>0</v>
+      </c>
+      <c r="I284" s="81">
+        <v>0</v>
+      </c>
+      <c r="J284" s="83">
+        <v>24</v>
+      </c>
+      <c r="K284" s="81">
+        <v>1265521</v>
+      </c>
+      <c r="L284" s="81">
+        <v>52730.041666666701</v>
+      </c>
+      <c r="M284" s="83">
+        <v>6</v>
+      </c>
+      <c r="N284" s="81">
+        <v>1608380</v>
+      </c>
+      <c r="O284" s="81">
+        <v>268063.33333333302</v>
+      </c>
+      <c r="P284" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q284" s="81">
+        <v>0</v>
+      </c>
+      <c r="R284" s="81">
+        <v>0</v>
+      </c>
+      <c r="S284" s="83">
+        <v>0</v>
+      </c>
+      <c r="T284" s="81">
+        <v>0</v>
+      </c>
+      <c r="U284" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="285" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B285" s="80" t="s">
+        <v>18</v>
+      </c>
+      <c r="C285" s="81">
+        <v>2438675875</v>
+      </c>
+      <c r="D285" s="82">
+        <v>3761</v>
+      </c>
+      <c r="E285" s="81">
+        <v>2346609537</v>
+      </c>
+      <c r="F285" s="81">
+        <v>623932.34166445106</v>
+      </c>
+      <c r="G285" s="82">
+        <v>0</v>
+      </c>
+      <c r="H285" s="81">
+        <v>0</v>
+      </c>
+      <c r="I285" s="81">
+        <v>0</v>
+      </c>
+      <c r="J285" s="83">
+        <v>394</v>
+      </c>
+      <c r="K285" s="81">
+        <v>18625960</v>
+      </c>
+      <c r="L285" s="81">
+        <v>47274.010152284303</v>
+      </c>
+      <c r="M285" s="83">
+        <v>76</v>
+      </c>
+      <c r="N285" s="81">
+        <v>26573546</v>
+      </c>
+      <c r="O285" s="81">
+        <v>349651.92105263198</v>
+      </c>
+      <c r="P285" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q285" s="81">
+        <v>0</v>
+      </c>
+      <c r="R285" s="81">
+        <v>0</v>
+      </c>
+      <c r="S285" s="83">
+        <v>6</v>
+      </c>
+      <c r="T285" s="81">
+        <v>46866832</v>
+      </c>
+      <c r="U285" s="84">
+        <v>7811138.6666666698</v>
+      </c>
+    </row>
+    <row r="286" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B286" s="80" t="s">
+        <v>19</v>
+      </c>
+      <c r="C286" s="81">
+        <v>154891775</v>
+      </c>
+      <c r="D286" s="82">
+        <v>216</v>
+      </c>
+      <c r="E286" s="81">
+        <v>147258011</v>
+      </c>
+      <c r="F286" s="81">
+        <v>681750.05092592596</v>
+      </c>
+      <c r="G286" s="82">
+        <v>0</v>
+      </c>
+      <c r="H286" s="81">
+        <v>0</v>
+      </c>
+      <c r="I286" s="81">
+        <v>0</v>
+      </c>
+      <c r="J286" s="83">
+        <v>28</v>
+      </c>
+      <c r="K286" s="81">
+        <v>1236220</v>
+      </c>
+      <c r="L286" s="81">
+        <v>44150.714285714297</v>
+      </c>
+      <c r="M286" s="83">
+        <v>18</v>
+      </c>
+      <c r="N286" s="81">
+        <v>6397544</v>
+      </c>
+      <c r="O286" s="81">
+        <v>355419.11111111101</v>
+      </c>
+      <c r="P286" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q286" s="81">
+        <v>0</v>
+      </c>
+      <c r="R286" s="81">
+        <v>0</v>
+      </c>
+      <c r="S286" s="83">
+        <v>0</v>
+      </c>
+      <c r="T286" s="81">
+        <v>0</v>
+      </c>
+      <c r="U286" s="84">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="287" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B287" s="80" t="s">
+        <v>20</v>
+      </c>
+      <c r="C287" s="81">
+        <v>85522989</v>
+      </c>
+      <c r="D287" s="82">
+        <v>152</v>
+      </c>
+      <c r="E287" s="81">
+        <v>71954724</v>
+      </c>
+      <c r="F287" s="81">
+        <v>473386.34210526297</v>
+      </c>
+      <c r="G287" s="82">
+        <v>0</v>
+      </c>
+      <c r="H287" s="81">
+        <v>0</v>
+      </c>
+      <c r="I287" s="81">
+        <v>0</v>
+      </c>
+      <c r="J287" s="83">
+        <v>3</v>
+      </c>
+      <c r="K287" s="81">
+        <v>130350</v>
+      </c>
+      <c r="L287" s="81">
+        <v>43450</v>
+      </c>
+      <c r="M287" s="83">
+        <v>18</v>
+      </c>
+      <c r="N287" s="81">
+        <v>11736501</v>
+      </c>
+      <c r="O287" s="81">
+        <v>652027.83333333302</v>
+      </c>
+      <c r="P287" s="83">
+        <v>0</v>
+      </c>
+      <c r="Q287" s="81">
+        <v>0</v>
+      </c>
+      <c r="R287" s="81">
+        <v>0</v>
+      </c>
+      <c r="S287" s="83">
+        <v>16</v>
+      </c>
+      <c r="T287" s="81">
+        <v>1701414</v>
+      </c>
+      <c r="U287" s="84">
+        <v>106338.375</v>
+      </c>
+    </row>
+    <row r="288" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="79">
+        <v>2025</v>
+      </c>
+      <c r="B288" s="80" t="s">
+        <v>21</v>
+      </c>
+      <c r="C288" s="81">
+        <v>1155915594</v>
+      </c>
+      <c r="D288" s="82">
+        <v>455</v>
+      </c>
+      <c r="E288" s="81">
+        <v>540055156</v>
+      </c>
+      <c r="F288" s="81">
+        <v>1186934.40879121</v>
+      </c>
+      <c r="G288" s="82">
+        <v>0</v>
+      </c>
+      <c r="H288" s="81">
+        <v>0</v>
+      </c>
+      <c r="I288" s="81">
+        <v>0</v>
+      </c>
+      <c r="J288" s="83">
+        <v>4</v>
+      </c>
+      <c r="K288" s="81">
+        <v>209632</v>
+      </c>
+      <c r="L288" s="81">
+        <v>52408</v>
+      </c>
+      <c r="M288" s="83">
+        <v>25</v>
+      </c>
+      <c r="N288" s="81">
+        <v>4995502</v>
+      </c>
+      <c r="O288" s="81">
+        <v>199820.08</v>
+      </c>
+      <c r="P288" s="83">
+        <v>14</v>
+      </c>
+      <c r="Q288" s="81">
+        <v>86559138</v>
+      </c>
+      <c r="R288" s="81">
+        <v>6182795.57142857</v>
+      </c>
+      <c r="S288" s="83">
+        <v>156</v>
+      </c>
+      <c r="T288" s="81">
+        <v>524096166</v>
+      </c>
+      <c r="U288" s="84">
+        <v>3359590.8076923098</v>
+      </c>
+    </row>
+    <row r="289" spans="1:21" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A289" s="67">
+        <v>2025</v>
+      </c>
+      <c r="B289" s="70" t="s">
+        <v>33</v>
+      </c>
+      <c r="C289" s="56">
+        <v>35301695713</v>
+      </c>
+      <c r="D289" s="55">
+        <v>49353</v>
+      </c>
+      <c r="E289" s="56">
+        <v>33478914449</v>
+      </c>
+      <c r="F289" s="56">
+        <v>678356.21844670002</v>
+      </c>
+      <c r="G289" s="55">
+        <v>0</v>
+      </c>
+      <c r="H289" s="56">
+        <v>0</v>
+      </c>
+      <c r="I289" s="56">
+        <v>0</v>
+      </c>
+      <c r="J289" s="71">
+        <v>3734</v>
+      </c>
+      <c r="K289" s="56">
+        <v>190057094</v>
+      </c>
+      <c r="L289" s="56">
+        <v>50899.061060524902</v>
+      </c>
+      <c r="M289" s="71">
+        <v>1885</v>
+      </c>
+      <c r="N289" s="56">
+        <v>773941385</v>
+      </c>
+      <c r="O289" s="56">
+        <v>410578.98408488103</v>
+      </c>
+      <c r="P289" s="71">
+        <v>14</v>
+      </c>
+      <c r="Q289" s="56">
+        <v>86559138</v>
+      </c>
+      <c r="R289" s="85">
+        <v>6182795.57142857</v>
+      </c>
+      <c r="S289" s="86">
+        <v>408</v>
+      </c>
+      <c r="T289" s="85">
+        <v>772223647</v>
+      </c>
+      <c r="U289" s="87">
+        <v>1892705.0171568601</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="5" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{999AF498-021D-4E65-B91D-37AF386E5748}">
   <dimension ref="A1:S13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="28.5546875" style="9" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.88671875" style="9"/>
+    <col min="1" max="1" width="28.42578125" style="9" customWidth="1"/>
+    <col min="2" max="2" width="100.7109375" style="9" customWidth="1"/>
+    <col min="3" max="16384" width="8.85546875" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:19" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="74" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
       <c r="G1" s="12"/>
       <c r="H1" s="12"/>
       <c r="I1" s="12"/>
       <c r="J1" s="12"/>
       <c r="K1" s="12"/>
       <c r="L1" s="12"/>
       <c r="M1" s="12"/>
       <c r="N1" s="12"/>
       <c r="O1" s="12"/>
       <c r="P1" s="12"/>
       <c r="Q1" s="12"/>
       <c r="R1" s="12"/>
       <c r="S1" s="12"/>
     </row>
-    <row r="2" spans="1:19" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:19" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="75" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B2" s="11" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
       <c r="K2" s="12"/>
       <c r="L2" s="12"/>
       <c r="M2" s="12"/>
       <c r="N2" s="12"/>
       <c r="O2" s="12"/>
       <c r="P2" s="12"/>
       <c r="Q2" s="12"/>
       <c r="R2" s="12"/>
       <c r="S2" s="12"/>
     </row>
-    <row r="3" spans="1:19" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:19" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="12" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B3" s="16" t="s">
         <v>29</v>
       </c>
       <c r="C3" s="12"/>
       <c r="D3" s="12"/>
       <c r="E3" s="12"/>
       <c r="F3" s="12"/>
       <c r="G3" s="12"/>
       <c r="H3" s="12"/>
       <c r="I3" s="12"/>
       <c r="J3" s="12"/>
       <c r="K3" s="12"/>
       <c r="L3" s="12"/>
       <c r="M3" s="12"/>
       <c r="N3" s="12"/>
       <c r="O3" s="12"/>
       <c r="P3" s="12"/>
       <c r="Q3" s="12"/>
       <c r="R3" s="12"/>
       <c r="S3" s="12"/>
     </row>
-    <row r="4" spans="1:19" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:19" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="76" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B4" s="17" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="C4" s="12"/>
       <c r="D4" s="12"/>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="12"/>
       <c r="H4" s="12"/>
       <c r="I4" s="12"/>
       <c r="J4" s="12"/>
       <c r="K4" s="12"/>
       <c r="L4" s="12"/>
       <c r="M4" s="12"/>
       <c r="N4" s="12"/>
       <c r="O4" s="12"/>
       <c r="P4" s="12"/>
       <c r="Q4" s="12"/>
       <c r="R4" s="12"/>
       <c r="S4" s="12"/>
     </row>
-    <row r="5" spans="1:19" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:19" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="12" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="12"/>
       <c r="D5" s="12"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="12"/>
       <c r="H5" s="12"/>
       <c r="I5" s="12"/>
       <c r="J5" s="12"/>
       <c r="K5" s="12"/>
       <c r="L5" s="12"/>
       <c r="M5" s="12"/>
       <c r="N5" s="12"/>
       <c r="O5" s="12"/>
       <c r="P5" s="12"/>
       <c r="Q5" s="12"/>
       <c r="R5" s="12"/>
       <c r="S5" s="12"/>
     </row>
-    <row r="6" spans="1:19" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:19" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="12" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B6" s="16" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="C6" s="12"/>
       <c r="D6" s="12"/>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
       <c r="K6" s="12"/>
       <c r="L6" s="12"/>
       <c r="M6" s="12"/>
       <c r="N6" s="12"/>
       <c r="O6" s="12"/>
       <c r="P6" s="12"/>
       <c r="Q6" s="12"/>
       <c r="R6" s="12"/>
       <c r="S6" s="12"/>
     </row>
-    <row r="7" spans="1:19" ht="123.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:19" ht="123.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="12" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B7" s="15" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C7" s="12"/>
       <c r="D7" s="12"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
       <c r="I7" s="12"/>
       <c r="J7" s="12"/>
       <c r="K7" s="12"/>
       <c r="L7" s="12"/>
       <c r="M7" s="12"/>
       <c r="N7" s="12"/>
       <c r="O7" s="12"/>
       <c r="P7" s="12"/>
       <c r="Q7" s="12"/>
       <c r="R7" s="12"/>
       <c r="S7" s="12"/>
     </row>
-    <row r="8" spans="1:19" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:19" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="12" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B8" s="16" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="12"/>
       <c r="D8" s="12"/>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="12"/>
       <c r="I8" s="12"/>
       <c r="J8" s="12"/>
       <c r="K8" s="12"/>
       <c r="L8" s="12"/>
       <c r="M8" s="12"/>
       <c r="N8" s="12"/>
       <c r="O8" s="12"/>
       <c r="P8" s="12"/>
       <c r="Q8" s="12"/>
       <c r="R8" s="12"/>
       <c r="S8" s="12"/>
     </row>
-    <row r="9" spans="1:19" s="73" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>64</v>
+    <row r="9" spans="1:19" s="73" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="78" t="s">
+        <v>66</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="14"/>
       <c r="E9" s="14"/>
       <c r="F9" s="14"/>
       <c r="G9" s="14"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="14"/>
       <c r="L9" s="14"/>
       <c r="M9" s="14"/>
       <c r="N9" s="14"/>
       <c r="O9" s="14"/>
       <c r="P9" s="14"/>
       <c r="Q9" s="14"/>
       <c r="R9" s="14"/>
       <c r="S9" s="14"/>
     </row>
-    <row r="10" spans="1:19" s="73" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>65</v>
+    <row r="10" spans="1:19" s="73" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="77" t="s">
+        <v>61</v>
       </c>
       <c r="C10" s="14"/>
       <c r="D10" s="14"/>
       <c r="E10" s="14"/>
       <c r="F10" s="14"/>
       <c r="G10" s="14"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="14"/>
       <c r="L10" s="14"/>
       <c r="M10" s="14"/>
       <c r="N10" s="14"/>
       <c r="O10" s="14"/>
       <c r="P10" s="14"/>
       <c r="Q10" s="14"/>
       <c r="R10" s="14"/>
       <c r="S10" s="14"/>
     </row>
-    <row r="11" spans="1:19" s="73" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>66</v>
+    <row r="11" spans="1:19" s="73" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="77" t="s">
+        <v>62</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="14"/>
       <c r="E11" s="14"/>
       <c r="F11" s="14"/>
       <c r="G11" s="14"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="14"/>
       <c r="L11" s="14"/>
       <c r="M11" s="14"/>
       <c r="N11" s="14"/>
       <c r="O11" s="14"/>
       <c r="P11" s="14"/>
       <c r="Q11" s="14"/>
       <c r="R11" s="14"/>
       <c r="S11" s="14"/>
     </row>
-    <row r="12" spans="1:19" s="73" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:19" s="73" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="14"/>
       <c r="E12" s="14"/>
       <c r="F12" s="14"/>
       <c r="G12" s="14"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="14"/>
       <c r="L12" s="14"/>
       <c r="M12" s="14"/>
       <c r="N12" s="14"/>
       <c r="O12" s="14"/>
       <c r="P12" s="14"/>
       <c r="Q12" s="14"/>
       <c r="R12" s="14"/>
       <c r="S12" s="14"/>
     </row>
-    <row r="13" spans="1:19" s="73" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:19" s="73" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="14"/>
       <c r="E13" s="14"/>
       <c r="F13" s="14"/>
       <c r="G13" s="14"/>
       <c r="H13" s="14"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="14"/>
       <c r="L13" s="14"/>
       <c r="M13" s="14"/>
       <c r="N13" s="14"/>
       <c r="O13" s="14"/>
       <c r="P13" s="14"/>
       <c r="Q13" s="14"/>
       <c r="R13" s="14"/>
       <c r="S13" s="14"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A9" r:id="rId1" display="Source: NIH PUB File" xr:uid="{4B01DD69-5B49-4AD6-9DC2-35BEADA044AF}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A10" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{303492A0-E1DE-4435-BAA9-AD102AA85138}"/>
+    <hyperlink ref="A11" r:id="rId1" xr:uid="{AD719B72-1F8D-4C0D-93C7-05AE836C4769}"/>
+    <hyperlink ref="A10" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{303492A0-E1DE-4435-BAA9-AD102AA85138}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307233afc278fc503943648cbe4c01eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">106</Table_x0023_>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">569</RePORT_x0023_>
+    <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">106-23</Password>
+    <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
+    <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Url>https://report.nih.gov/reportweb/web/displayreport?rId=569</Url>
+      <Description>Grants, Contracts, and Other Mechanisms: Awards, average funding, and total funding by Institute/Center (~160KB)</Description>
+    </RePORTTitleandLink>
+    <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">Yes</Contracts>
+    <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst1>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Abbott, Sandra (NIH/OD) [E]</DisplayName>
+        <AccountId>22</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst2>
+    <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -24250,50 +26006,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -24389,147 +26150,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...45 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E56FD01-86F6-4D20-9893-8BDCF32AAC57}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A4D9A70-AFE1-435F-8049-9FAB8A6C94B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E56FD01-86F6-4D20-9893-8BDCF32AAC57}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7B5CB6B-8903-40DF-B9CA-8FCE72DF3EF1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7556FB47-A78C-49F0-8F94-29E13D467C70}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9491150-4CD1-4F3A-A1EF-0C97B3E5FA10}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>