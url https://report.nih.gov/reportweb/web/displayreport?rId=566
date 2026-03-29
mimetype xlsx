--- v0 (2025-10-17)
+++ v1 (2026-03-29)
@@ -1,106 +1,135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C1D54D8A-938B-469D-A042-3E45D4D92A9F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B5BAAD20-5C11-4430-9A49-4E80AF9F3B86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #208" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="5" r:id="rId2"/>
     <sheet name="Success Rate Definition" sheetId="3" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #208'!$A$2:$E$442</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #208'!$A$2:$E$2</definedName>
     <definedName name="_IDX2" localSheetId="0">'Table #208'!$A$1</definedName>
     <definedName name="OLE_LINK1" localSheetId="0">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #208'!$A$1:$F$398</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #208'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="455" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="499" uniqueCount="59">
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t xml:space="preserve">Table #208: NIH Research Project Grants </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>- Competing Applications, Awards, and Success Rates by Medical School Department Name, Fiscal Years  2015 - 2025</t>
+    </r>
+  </si>
   <si>
     <t>Fiscal Year</t>
   </si>
   <si>
     <t>Medical School Department Name</t>
   </si>
   <si>
     <t>Number of Applications Reviewed</t>
+  </si>
+  <si>
+    <t>Number of Applications Awarded</t>
+  </si>
+  <si>
+    <t>Success Rate</t>
   </si>
   <si>
     <t>ADMINISTRATION</t>
   </si>
   <si>
     <t>ANATOMY/CELL BIOLOGY</t>
   </si>
   <si>
     <t>ANESTHESIOLOGY</t>
   </si>
   <si>
     <t>BIOCHEMISTRY</t>
   </si>
   <si>
     <t>BIOLOGY</t>
   </si>
   <si>
     <t>BIOMEDICAL ENGINEERING</t>
   </si>
   <si>
     <t>BIOPHYSICS</t>
   </si>
   <si>
     <t>BIOSTATISTICS &amp; OTHER MATH SCI</t>
   </si>
@@ -188,147 +217,60 @@
   <si>
     <t>PSYCHIATRY</t>
   </si>
   <si>
     <t>PSYCHOLOGY</t>
   </si>
   <si>
     <t>PUBLIC HEALTH &amp; PREV MEDICINE</t>
   </si>
   <si>
     <t>RADIATION-DIAGNOSTIC/ONCOLOGY</t>
   </si>
   <si>
     <t>SOCIAL SCIENCES</t>
   </si>
   <si>
     <t>SURGERY</t>
   </si>
   <si>
     <t>UROLOGY</t>
   </si>
   <si>
     <t>VETERINARY SCIENCES</t>
   </si>
   <si>
-    <t>Research Project Grants</t>
-[...11 lines deleted...]
-    <t>Success Rate</t>
+    <t>FY Total</t>
   </si>
   <si>
     <t>NOTES</t>
   </si>
   <si>
-    <t>N/A = Not Applicable</t>
+    <t>Research Project Grants</t>
   </si>
   <si>
     <t>Defined as activity codes DP1, DP2, DP3, DP4, DP5, P01, PN1, PM1, R00, R01, R03, R15, R16, R21, R22, R23, R29, R33, R34, R35, R36, R37, R61, R50, R55, R56, RC1, RC2, RC3, RC4, RF1, RL1, RL2, RL9, RM1, SI2, UA5, UC1, UC2, UC3, UC4, UC7, UF1, UG3, UH2, UH3, UH5, UM1, UM2, U01, U19, U34, and U3R. Research projects were first coded to NLM in fiscal year 2007. Not all of these activities may be in use by NIH every year.</t>
-  </si>
-[...73 lines deleted...]
-    <t>Data last updated 11/19/2024</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Source and Brief Methods:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> See</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -347,64 +289,128 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Success Rate File</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF0000FF"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>document</t>
     </r>
   </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Additional Information: </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>NIH Grants and Funding Glossary</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Data produced by the</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 02/18/2026</t>
+  </si>
+  <si>
+    <t>N/A = Not Applicable</t>
+  </si>
+  <si>
+    <t>return to table</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="#0.0%"/>
     <numFmt numFmtId="166" formatCode="#######0"/>
     <numFmt numFmtId="167" formatCode="##,##0"/>
     <numFmt numFmtId="168" formatCode="##0.0%"/>
   </numFmts>
-  <fonts count="43" x14ac:knownFonts="1">
+  <fonts count="44" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -560,56 +566,50 @@
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -636,52 +636,63 @@
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
-  <fills count="30">
+  <fills count="32">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -790,52 +801,64 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.79998168889431442"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="12">
+  <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -934,50 +957,120 @@
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC1C1C1"/>
       </left>
       <right style="thin">
         <color rgb="FFC1C1C1"/>
       </right>
       <top style="thin">
         <color rgb="FFC1C1C1"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC1C1C1"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFC1C1C1"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC1C1C1"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC1C1C1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC1C1C1"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC1C1C1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FFC1C1C1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFC1C1C1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FFC1C1C1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC1C1C1"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC1C1C1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFC1C1C1"/>
+      </right>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1105">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -2050,209 +2143,248 @@
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="51">
+  <cellXfs count="64">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="863" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="863" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="27" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="28" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="30" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="37" fontId="27" fillId="24" borderId="0" xfId="703" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="37" fontId="28" fillId="24" borderId="0" xfId="703" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" xfId="1096" applyFill="1"/>
-    <xf numFmtId="0" fontId="38" fillId="29" borderId="0" xfId="1096" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="29" borderId="0" xfId="1096" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" xfId="1096" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="33" fillId="0" borderId="10" xfId="703" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="32" fillId="0" borderId="10" xfId="703" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="33" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="32" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="33" fillId="0" borderId="10" xfId="703" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="32" fillId="0" borderId="10" xfId="703" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="34" fillId="26" borderId="10" xfId="703" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="33" fillId="26" borderId="10" xfId="703" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="34" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="33" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="27" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="27" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="35" fillId="27" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="34" fillId="27" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="35" fillId="27" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="34" fillId="27" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="36" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="35" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="36" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="35" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="29" borderId="0" xfId="1096" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="29" borderId="0" xfId="1096" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="35" fillId="27" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="34" fillId="27" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="36" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="35" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" xfId="1096" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="25" borderId="0" xfId="1096" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="29" borderId="0" xfId="1096" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="29" borderId="0" xfId="1096" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="27" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="27" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="35" fillId="27" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="34" fillId="27" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="35" fillId="27" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="34" fillId="27" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="36" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="35" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="36" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="35" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="35" fillId="27" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="34" fillId="27" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="36" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="35" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="1104" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="39" fillId="25" borderId="0" xfId="1104" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="1104" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="39" fillId="25" borderId="0" xfId="1104" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="25" borderId="0" xfId="1096" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="30" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="30" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="30" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="34" fillId="30" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="34" fillId="30" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="30" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="34" fillId="30" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="34" fillId="30" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="28" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="31" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="31" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="35" fillId="31" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="35" fillId="31" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="1096" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1105">
     <cellStyle name="20% - Accent1 10" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 2 10" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 2 11" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 2 12" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 2 13" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 2 14" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 2 3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 2 4" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 2 5" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 2 6" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 2 7" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 2 8" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent1 2 9" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - Accent1 4" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
@@ -3319,51 +3451,319 @@
     <cellStyle name="Warning Text 12" xfId="1072" xr:uid="{00000000-0005-0000-0000-000030040000}"/>
     <cellStyle name="Warning Text 13" xfId="1073" xr:uid="{00000000-0005-0000-0000-000031040000}"/>
     <cellStyle name="Warning Text 14" xfId="1074" xr:uid="{00000000-0005-0000-0000-000032040000}"/>
     <cellStyle name="Warning Text 2" xfId="1075" xr:uid="{00000000-0005-0000-0000-000033040000}"/>
     <cellStyle name="Warning Text 2 10" xfId="1076" xr:uid="{00000000-0005-0000-0000-000034040000}"/>
     <cellStyle name="Warning Text 2 11" xfId="1077" xr:uid="{00000000-0005-0000-0000-000035040000}"/>
     <cellStyle name="Warning Text 2 12" xfId="1078" xr:uid="{00000000-0005-0000-0000-000036040000}"/>
     <cellStyle name="Warning Text 2 13" xfId="1079" xr:uid="{00000000-0005-0000-0000-000037040000}"/>
     <cellStyle name="Warning Text 2 14" xfId="1080" xr:uid="{00000000-0005-0000-0000-000038040000}"/>
     <cellStyle name="Warning Text 2 2" xfId="1081" xr:uid="{00000000-0005-0000-0000-000039040000}"/>
     <cellStyle name="Warning Text 2 3" xfId="1082" xr:uid="{00000000-0005-0000-0000-00003A040000}"/>
     <cellStyle name="Warning Text 2 4" xfId="1083" xr:uid="{00000000-0005-0000-0000-00003B040000}"/>
     <cellStyle name="Warning Text 2 5" xfId="1084" xr:uid="{00000000-0005-0000-0000-00003C040000}"/>
     <cellStyle name="Warning Text 2 6" xfId="1085" xr:uid="{00000000-0005-0000-0000-00003D040000}"/>
     <cellStyle name="Warning Text 2 7" xfId="1086" xr:uid="{00000000-0005-0000-0000-00003E040000}"/>
     <cellStyle name="Warning Text 2 8" xfId="1087" xr:uid="{00000000-0005-0000-0000-00003F040000}"/>
     <cellStyle name="Warning Text 2 9" xfId="1088" xr:uid="{00000000-0005-0000-0000-000040040000}"/>
     <cellStyle name="Warning Text 3" xfId="1089" xr:uid="{00000000-0005-0000-0000-000041040000}"/>
     <cellStyle name="Warning Text 4" xfId="1090" xr:uid="{00000000-0005-0000-0000-000042040000}"/>
     <cellStyle name="Warning Text 5" xfId="1091" xr:uid="{00000000-0005-0000-0000-000043040000}"/>
     <cellStyle name="Warning Text 6" xfId="1092" xr:uid="{00000000-0005-0000-0000-000044040000}"/>
     <cellStyle name="Warning Text 7" xfId="1093" xr:uid="{00000000-0005-0000-0000-000045040000}"/>
     <cellStyle name="Warning Text 8" xfId="1094" xr:uid="{00000000-0005-0000-0000-000046040000}"/>
     <cellStyle name="Warning Text 9" xfId="1095" xr:uid="{00000000-0005-0000-0000-000047040000}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="9">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="168" formatCode="##0.0%"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="167" formatCode="##,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="167" formatCode="##,##0"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC1C1C1"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </top>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="-0.249977111117893"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
@@ -3831,50 +4231,64 @@
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t>Budget Authority: </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="en-US" sz="900">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> NIH receives a majority of its budget authority through multiple appropriations provided annually under the jurisdiction of the Labor/HHS/Education Appropriations Subcommittee.  NIH also receives resources from the Superfund Research account under the jurisdiction of the Interior Appropriations Subcommittee as well as the Special Type 1 Diabetes mandatory appropriation and reimbursements from other federal agencies.  Beginning in Fiscal Year 2008, success rates for grants funded from the Superfund Research appropriation have been reported separately from success rates calculated for grants funded from Labor/HHS/Education appropriations.   Prior to Fiscal Year 2008, the success rates for the “Other Research” budget mechanism category included grants funded from reimbursable agreements.  This treatment is no longer used beginning in Fiscal Year 2008.  The NIH Research Project Grant success rate provided annually to Congress is based on activities funded from Labor/HHS/Education appropriations and the Special Type 1 Diabetes mandatory account.  Success rates for other budget mechanisms and by type of funding source (e.g..,  Direct Budget Authority from Labor/HHS/Education and Special Type1 Diabetes mandatory account; Superfund; and non-Direct Budget Authority (reimbursables/Gift Fund/Cancer Stamp Fund/Inter-Departmental Delegation of Authority)) are available in some reports. </a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="900"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{292C582C-69C3-4132-9AD4-0414BB09B5FB}" name="Table1" displayName="Table1" ref="A2:E486" totalsRowShown="0" headerRowDxfId="8" dataDxfId="6" headerRowBorderDxfId="7" tableBorderDxfId="5">
+  <autoFilter ref="A2:E486" xr:uid="{292C582C-69C3-4132-9AD4-0414BB09B5FB}"/>
+  <tableColumns count="5">
+    <tableColumn id="1" xr3:uid="{3B074DD9-79F0-431E-821E-55DB6028B618}" name="Fiscal Year" dataDxfId="4"/>
+    <tableColumn id="2" xr3:uid="{0210FD09-6D6F-429D-A517-679F47EC1803}" name="Medical School Department Name" dataDxfId="3"/>
+    <tableColumn id="3" xr3:uid="{CD84DC96-89FC-41B6-8C55-E786663DBC9A}" name="Number of Applications Reviewed" dataDxfId="2"/>
+    <tableColumn id="4" xr3:uid="{E9949028-F2B6-4F95-B13D-A6D803537C2E}" name="Number of Applications Awarded" dataDxfId="1"/>
+    <tableColumn id="5" xr3:uid="{8C1521E3-7277-4A4A-9F52-4D7B865B45AA}" name="Success Rate" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -4117,7843 +4531,8588 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:G442"/>
+  <dimension ref="A1:G486"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="11" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="4" width="20.6640625" style="13" customWidth="1"/>
+    <col min="1" max="1" width="15.6640625" style="10" customWidth="1"/>
+    <col min="2" max="2" width="50.6640625" style="10" customWidth="1"/>
+    <col min="3" max="3" width="36.44140625" style="12" customWidth="1"/>
+    <col min="4" max="4" width="35.88671875" style="12" customWidth="1"/>
     <col min="5" max="5" width="20.6640625" style="5" customWidth="1"/>
     <col min="6" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="10" t="s">
+      <c r="A1" s="51" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="9"/>
+      <c r="C1" s="11"/>
+      <c r="D1" s="11"/>
+      <c r="E1" s="3"/>
+    </row>
+    <row r="2" spans="1:5" s="13" customFormat="1" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="58" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="58" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="58" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="58" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="58" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="18">
+        <v>2015</v>
+      </c>
+      <c r="B3" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" s="19">
+        <v>9</v>
+      </c>
+      <c r="D3" s="19">
+        <v>3</v>
+      </c>
+      <c r="E3" s="20">
+        <v>0.33300000000000002</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B4" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="21">
+        <v>864</v>
+      </c>
+      <c r="D4" s="21">
+        <v>181</v>
+      </c>
+      <c r="E4" s="20">
+        <v>0.20899999999999999</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="21">
+        <v>307</v>
+      </c>
+      <c r="D5" s="21">
+        <v>60</v>
+      </c>
+      <c r="E5" s="20">
+        <v>0.19500000000000001</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="21">
+        <v>1444</v>
+      </c>
+      <c r="D6" s="21">
+        <v>310</v>
+      </c>
+      <c r="E6" s="20">
+        <v>0.215</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B7" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" s="21">
+        <v>291</v>
+      </c>
+      <c r="D7" s="21">
+        <v>69</v>
+      </c>
+      <c r="E7" s="20">
+        <v>0.23699999999999999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B8" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="21">
+        <v>78</v>
+      </c>
+      <c r="D8" s="21">
+        <v>16</v>
+      </c>
+      <c r="E8" s="20">
+        <v>0.20499999999999999</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B9" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="21">
+        <v>23</v>
+      </c>
+      <c r="D9" s="21">
+        <v>5</v>
+      </c>
+      <c r="E9" s="20">
+        <v>0.217</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B10" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="21">
+        <v>95</v>
+      </c>
+      <c r="D10" s="21">
+        <v>17</v>
+      </c>
+      <c r="E10" s="20">
+        <v>0.17899999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="21">
+        <v>4</v>
+      </c>
+      <c r="D11" s="21">
+        <v>1</v>
+      </c>
+      <c r="E11" s="20">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B12" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="21">
+        <v>224</v>
+      </c>
+      <c r="D12" s="21">
+        <v>40</v>
+      </c>
+      <c r="E12" s="20">
+        <v>0.17899999999999999</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C13" s="21">
+        <v>93</v>
+      </c>
+      <c r="D13" s="21">
+        <v>13</v>
+      </c>
+      <c r="E13" s="20">
+        <v>0.14000000000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="21">
+        <v>9</v>
+      </c>
+      <c r="D14" s="21">
+        <v>2</v>
+      </c>
+      <c r="E14" s="20">
+        <v>0.222</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B15" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C15" s="21">
+        <v>150</v>
+      </c>
+      <c r="D15" s="21">
+        <v>25</v>
+      </c>
+      <c r="E15" s="20">
+        <v>0.16700000000000001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="21">
+        <v>757</v>
+      </c>
+      <c r="D16" s="21">
+        <v>184</v>
+      </c>
+      <c r="E16" s="20">
+        <v>0.24299999999999999</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B17" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="21">
+        <v>5064</v>
+      </c>
+      <c r="D17" s="21">
+        <v>971</v>
+      </c>
+      <c r="E17" s="20">
+        <v>0.192</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B18" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="21">
+        <v>1661</v>
+      </c>
+      <c r="D18" s="21">
+        <v>395</v>
+      </c>
+      <c r="E18" s="20">
+        <v>0.23799999999999999</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B19" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C19" s="21">
+        <v>726</v>
+      </c>
+      <c r="D19" s="21">
+        <v>178</v>
+      </c>
+      <c r="E19" s="20">
+        <v>0.245</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B20" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20" s="21">
+        <v>652</v>
+      </c>
+      <c r="D20" s="21">
+        <v>149</v>
+      </c>
+      <c r="E20" s="20">
+        <v>0.22900000000000001</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B21" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="21">
+        <v>291</v>
+      </c>
+      <c r="D21" s="21">
+        <v>70</v>
+      </c>
+      <c r="E21" s="20">
+        <v>0.24099999999999999</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B22" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C22" s="21">
+        <v>13</v>
+      </c>
+      <c r="D22" s="21">
+        <v>4</v>
+      </c>
+      <c r="E22" s="20">
+        <v>0.308</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B23" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" s="21">
+        <v>389</v>
+      </c>
+      <c r="D23" s="21">
+        <v>57</v>
+      </c>
+      <c r="E23" s="20">
+        <v>0.14699999999999999</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B24" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C24" s="21">
+        <v>422</v>
+      </c>
+      <c r="D24" s="21">
+        <v>97</v>
+      </c>
+      <c r="E24" s="20">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B25" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="21">
+        <v>211</v>
+      </c>
+      <c r="D25" s="21">
+        <v>38</v>
+      </c>
+      <c r="E25" s="20">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B26" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C26" s="21">
+        <v>533</v>
+      </c>
+      <c r="D26" s="21">
+        <v>103</v>
+      </c>
+      <c r="E26" s="20">
+        <v>0.193</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B27" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C27" s="21">
+        <v>583</v>
+      </c>
+      <c r="D27" s="21">
+        <v>112</v>
+      </c>
+      <c r="E27" s="20">
+        <v>0.192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B28" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C28" s="21">
+        <v>24</v>
+      </c>
+      <c r="D28" s="21">
+        <v>1</v>
+      </c>
+      <c r="E28" s="20">
+        <v>4.2000000000000003E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B29" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C29" s="21">
+        <v>112</v>
+      </c>
+      <c r="D29" s="21">
+        <v>18</v>
+      </c>
+      <c r="E29" s="20">
+        <v>0.161</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B30" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C30" s="21">
+        <v>198</v>
+      </c>
+      <c r="D30" s="21">
+        <v>53</v>
+      </c>
+      <c r="E30" s="20">
+        <v>0.26800000000000002</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B31" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C31" s="21">
+        <v>1398</v>
+      </c>
+      <c r="D31" s="21">
+        <v>260</v>
+      </c>
+      <c r="E31" s="20">
+        <v>0.186</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B32" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C32" s="21">
+        <v>1368</v>
+      </c>
+      <c r="D32" s="21">
+        <v>264</v>
+      </c>
+      <c r="E32" s="20">
+        <v>0.193</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B33" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C33" s="21">
+        <v>1195</v>
+      </c>
+      <c r="D33" s="21">
+        <v>235</v>
+      </c>
+      <c r="E33" s="20">
+        <v>0.19700000000000001</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B34" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C34" s="21">
+        <v>73</v>
+      </c>
+      <c r="D34" s="21">
+        <v>9</v>
+      </c>
+      <c r="E34" s="20">
+        <v>0.123</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B35" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C35" s="21">
+        <v>16</v>
+      </c>
+      <c r="D35" s="21">
+        <v>4</v>
+      </c>
+      <c r="E35" s="20">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B36" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C36" s="21">
+        <v>910</v>
+      </c>
+      <c r="D36" s="21">
+        <v>183</v>
+      </c>
+      <c r="E36" s="20">
+        <v>0.20100000000000001</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B37" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C37" s="21">
+        <v>7</v>
+      </c>
+      <c r="D37" s="21">
+        <v>1</v>
+      </c>
+      <c r="E37" s="20">
+        <v>0.14299999999999999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B38" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C38" s="21">
+        <v>1488</v>
+      </c>
+      <c r="D38" s="21">
+        <v>284</v>
+      </c>
+      <c r="E38" s="20">
+        <v>0.191</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B39" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C39" s="21">
+        <v>16</v>
+      </c>
+      <c r="D39" s="21">
+        <v>3</v>
+      </c>
+      <c r="E39" s="20">
+        <v>0.188</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B40" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C40" s="21">
+        <v>560</v>
+      </c>
+      <c r="D40" s="21">
+        <v>73</v>
+      </c>
+      <c r="E40" s="20">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B41" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C41" s="21">
+        <v>1204</v>
+      </c>
+      <c r="D41" s="21">
+        <v>199</v>
+      </c>
+      <c r="E41" s="20">
+        <v>0.16500000000000001</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B42" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C42" s="21">
+        <v>10</v>
+      </c>
+      <c r="D42" s="21">
+        <v>1</v>
+      </c>
+      <c r="E42" s="20">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B43" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C43" s="21">
+        <v>798</v>
+      </c>
+      <c r="D43" s="21">
+        <v>151</v>
+      </c>
+      <c r="E43" s="20">
+        <v>0.189</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B44" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C44" s="21">
+        <v>151</v>
+      </c>
+      <c r="D44" s="21">
+        <v>28</v>
+      </c>
+      <c r="E44" s="20">
+        <v>0.185</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="31">
+        <v>2015</v>
+      </c>
+      <c r="B45" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C45" s="21">
+        <v>45</v>
+      </c>
+      <c r="D45" s="21">
+        <v>9</v>
+      </c>
+      <c r="E45" s="20">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="32">
+        <v>2015</v>
+      </c>
+      <c r="B46" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C46" s="22">
+        <v>24466</v>
+      </c>
+      <c r="D46" s="22">
+        <v>4876</v>
+      </c>
+      <c r="E46" s="23">
+        <v>0.19900000000000001</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B47" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C47" s="21">
+        <v>6</v>
+      </c>
+      <c r="D47" s="21">
+        <v>1</v>
+      </c>
+      <c r="E47" s="20">
+        <v>0.16700000000000001</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B48" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C48" s="21">
+        <v>888</v>
+      </c>
+      <c r="D48" s="21">
+        <v>217</v>
+      </c>
+      <c r="E48" s="20">
+        <v>0.24399999999999999</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B49" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C49" s="21">
+        <v>338</v>
+      </c>
+      <c r="D49" s="21">
+        <v>63</v>
+      </c>
+      <c r="E49" s="20">
+        <v>0.186</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B50" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" s="21">
+        <v>1467</v>
+      </c>
+      <c r="D50" s="21">
+        <v>297</v>
+      </c>
+      <c r="E50" s="20">
+        <v>0.20200000000000001</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B51" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C51" s="21">
+        <v>324</v>
+      </c>
+      <c r="D51" s="21">
+        <v>65</v>
+      </c>
+      <c r="E51" s="20">
+        <v>0.20100000000000001</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B52" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C52" s="21">
+        <v>111</v>
+      </c>
+      <c r="D52" s="21">
+        <v>22</v>
+      </c>
+      <c r="E52" s="20">
+        <v>0.19800000000000001</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B53" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C53" s="21">
+        <v>18</v>
+      </c>
+      <c r="D53" s="21">
+        <v>10</v>
+      </c>
+      <c r="E53" s="20">
+        <v>0.55600000000000005</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B54" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C54" s="21">
+        <v>82</v>
+      </c>
+      <c r="D54" s="21">
+        <v>18</v>
+      </c>
+      <c r="E54" s="20">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B55" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="21">
+        <v>1</v>
+      </c>
+      <c r="D55" s="21">
+        <v>0</v>
+      </c>
+      <c r="E55" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B56" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C56" s="21">
+        <v>208</v>
+      </c>
+      <c r="D56" s="21">
+        <v>36</v>
+      </c>
+      <c r="E56" s="20">
+        <v>0.17299999999999999</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B57" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C57" s="21">
+        <v>88</v>
+      </c>
+      <c r="D57" s="21">
+        <v>15</v>
+      </c>
+      <c r="E57" s="20">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B58" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" s="21">
+        <v>16</v>
+      </c>
+      <c r="D58" s="21">
+        <v>3</v>
+      </c>
+      <c r="E58" s="20">
+        <v>0.188</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B59" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C59" s="21">
+        <v>161</v>
+      </c>
+      <c r="D59" s="21">
+        <v>24</v>
+      </c>
+      <c r="E59" s="20">
+        <v>0.14899999999999999</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B60" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C60" s="21">
+        <v>735</v>
+      </c>
+      <c r="D60" s="21">
+        <v>199</v>
+      </c>
+      <c r="E60" s="20">
+        <v>0.27100000000000002</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B61" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C61" s="21">
+        <v>5236</v>
+      </c>
+      <c r="D61" s="21">
+        <v>1119</v>
+      </c>
+      <c r="E61" s="20">
+        <v>0.214</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B62" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C62" s="21">
+        <v>1636</v>
+      </c>
+      <c r="D62" s="21">
+        <v>436</v>
+      </c>
+      <c r="E62" s="20">
+        <v>0.26700000000000002</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B63" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C63" s="21">
+        <v>873</v>
+      </c>
+      <c r="D63" s="21">
+        <v>220</v>
+      </c>
+      <c r="E63" s="20">
+        <v>0.252</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B64" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C64" s="21">
+        <v>718</v>
+      </c>
+      <c r="D64" s="21">
+        <v>176</v>
+      </c>
+      <c r="E64" s="20">
+        <v>0.245</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B65" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C65" s="21">
+        <v>295</v>
+      </c>
+      <c r="D65" s="21">
+        <v>59</v>
+      </c>
+      <c r="E65" s="20">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B66" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C66" s="21">
+        <v>9</v>
+      </c>
+      <c r="D66" s="21">
+        <v>2</v>
+      </c>
+      <c r="E66" s="20">
+        <v>0.222</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B67" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C67" s="21">
+        <v>420</v>
+      </c>
+      <c r="D67" s="21">
+        <v>66</v>
+      </c>
+      <c r="E67" s="20">
+        <v>0.157</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B68" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C68" s="21">
+        <v>467</v>
+      </c>
+      <c r="D68" s="21">
+        <v>103</v>
+      </c>
+      <c r="E68" s="20">
+        <v>0.221</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B69" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C69" s="21">
+        <v>222</v>
+      </c>
+      <c r="D69" s="21">
+        <v>29</v>
+      </c>
+      <c r="E69" s="20">
+        <v>0.13100000000000001</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B70" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C70" s="21">
+        <v>609</v>
+      </c>
+      <c r="D70" s="21">
+        <v>91</v>
+      </c>
+      <c r="E70" s="20">
+        <v>0.14899999999999999</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B71" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C71" s="21">
+        <v>637</v>
+      </c>
+      <c r="D71" s="21">
+        <v>119</v>
+      </c>
+      <c r="E71" s="20">
+        <v>0.187</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B72" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C72" s="21">
+        <v>36</v>
+      </c>
+      <c r="D72" s="21">
+        <v>4</v>
+      </c>
+      <c r="E72" s="20">
+        <v>0.111</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B73" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C73" s="21">
+        <v>117</v>
+      </c>
+      <c r="D73" s="21">
+        <v>18</v>
+      </c>
+      <c r="E73" s="20">
+        <v>0.154</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B74" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C74" s="21">
+        <v>227</v>
+      </c>
+      <c r="D74" s="21">
+        <v>46</v>
+      </c>
+      <c r="E74" s="20">
+        <v>0.20300000000000001</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B75" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C75" s="21">
+        <v>1432</v>
+      </c>
+      <c r="D75" s="21">
+        <v>277</v>
+      </c>
+      <c r="E75" s="20">
+        <v>0.193</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B76" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C76" s="21">
+        <v>1399</v>
+      </c>
+      <c r="D76" s="21">
+        <v>266</v>
+      </c>
+      <c r="E76" s="20">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B77" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C77" s="21">
+        <v>1258</v>
+      </c>
+      <c r="D77" s="21">
+        <v>231</v>
+      </c>
+      <c r="E77" s="20">
+        <v>0.184</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B78" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C78" s="21">
+        <v>92</v>
+      </c>
+      <c r="D78" s="21">
+        <v>19</v>
+      </c>
+      <c r="E78" s="20">
+        <v>0.20699999999999999</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B79" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C79" s="21">
+        <v>9</v>
+      </c>
+      <c r="D79" s="21">
+        <v>2</v>
+      </c>
+      <c r="E79" s="20">
+        <v>0.222</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B80" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C80" s="21">
+        <v>932</v>
+      </c>
+      <c r="D80" s="21">
+        <v>207</v>
+      </c>
+      <c r="E80" s="20">
+        <v>0.222</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B81" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C81" s="21">
+        <v>12</v>
+      </c>
+      <c r="D81" s="21">
+        <v>1</v>
+      </c>
+      <c r="E81" s="20">
+        <v>8.3000000000000004E-2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B82" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C82" s="21">
+        <v>1499</v>
+      </c>
+      <c r="D82" s="21">
+        <v>321</v>
+      </c>
+      <c r="E82" s="20">
+        <v>0.214</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B83" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C83" s="21">
+        <v>9</v>
+      </c>
+      <c r="D83" s="21">
+        <v>3</v>
+      </c>
+      <c r="E83" s="20">
+        <v>0.33300000000000002</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B84" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C84" s="21">
+        <v>619</v>
+      </c>
+      <c r="D84" s="21">
+        <v>119</v>
+      </c>
+      <c r="E84" s="20">
+        <v>0.192</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B85" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C85" s="21">
+        <v>1288</v>
+      </c>
+      <c r="D85" s="21">
+        <v>195</v>
+      </c>
+      <c r="E85" s="20">
+        <v>0.151</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B86" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C86" s="21">
+        <v>5</v>
+      </c>
+      <c r="D86" s="21">
+        <v>1</v>
+      </c>
+      <c r="E86" s="20">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B87" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C87" s="21">
+        <v>795</v>
+      </c>
+      <c r="D87" s="21">
+        <v>123</v>
+      </c>
+      <c r="E87" s="20">
+        <v>0.155</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B88" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C88" s="21">
+        <v>179</v>
+      </c>
+      <c r="D88" s="21">
+        <v>26</v>
+      </c>
+      <c r="E88" s="20">
+        <v>0.14499999999999999</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="31">
+        <v>2016</v>
+      </c>
+      <c r="B89" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C89" s="21">
+        <v>47</v>
+      </c>
+      <c r="D89" s="21">
+        <v>9</v>
+      </c>
+      <c r="E89" s="20">
+        <v>0.191</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="32">
+        <v>2016</v>
+      </c>
+      <c r="B90" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C90" s="22">
+        <v>25520</v>
+      </c>
+      <c r="D90" s="22">
+        <v>5258</v>
+      </c>
+      <c r="E90" s="23">
+        <v>0.20599999999999999</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B91" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C91" s="21">
+        <v>9</v>
+      </c>
+      <c r="D91" s="21">
+        <v>1</v>
+      </c>
+      <c r="E91" s="20">
+        <v>0.11111111111110999</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B92" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C92" s="21">
+        <v>923</v>
+      </c>
+      <c r="D92" s="21">
+        <v>218</v>
+      </c>
+      <c r="E92" s="20">
+        <v>0.23618634886240999</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B93" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C93" s="21">
+        <v>314</v>
+      </c>
+      <c r="D93" s="21">
+        <v>66</v>
+      </c>
+      <c r="E93" s="20">
+        <v>0.21019108280255</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B94" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" s="21">
+        <v>1434</v>
+      </c>
+      <c r="D94" s="21">
+        <v>293</v>
+      </c>
+      <c r="E94" s="20">
+        <v>0.20432357043235999</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B95" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C95" s="21">
+        <v>280</v>
+      </c>
+      <c r="D95" s="21">
+        <v>74</v>
+      </c>
+      <c r="E95" s="20">
+        <v>0.26428571428571002</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B96" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C96" s="21">
+        <v>142</v>
+      </c>
+      <c r="D96" s="21">
+        <v>28</v>
+      </c>
+      <c r="E96" s="20">
+        <v>0.19718309859155</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B97" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C97" s="21">
+        <v>12</v>
+      </c>
+      <c r="D97" s="21">
+        <v>5</v>
+      </c>
+      <c r="E97" s="20">
+        <v>0.41666666666667002</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B98" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C98" s="21">
+        <v>130</v>
+      </c>
+      <c r="D98" s="21">
+        <v>28</v>
+      </c>
+      <c r="E98" s="20">
+        <v>0.21538461538462</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B99" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C99" s="21">
+        <v>3</v>
+      </c>
+      <c r="D99" s="21">
+        <v>0</v>
+      </c>
+      <c r="E99" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B100" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C100" s="21">
+        <v>227</v>
+      </c>
+      <c r="D100" s="21">
+        <v>38</v>
+      </c>
+      <c r="E100" s="20">
+        <v>0.16740088105727</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B101" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C101" s="21">
+        <v>97</v>
+      </c>
+      <c r="D101" s="21">
+        <v>19</v>
+      </c>
+      <c r="E101" s="20">
+        <v>0.19587628865979001</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B102" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C102" s="21">
+        <v>31</v>
+      </c>
+      <c r="D102" s="21">
+        <v>6</v>
+      </c>
+      <c r="E102" s="20">
+        <v>0.19354838709677</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B103" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C103" s="21">
+        <v>176</v>
+      </c>
+      <c r="D103" s="21">
+        <v>16</v>
+      </c>
+      <c r="E103" s="20">
+        <v>9.0909090909089996E-2</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B104" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C104" s="21">
+        <v>740</v>
+      </c>
+      <c r="D104" s="21">
+        <v>196</v>
+      </c>
+      <c r="E104" s="20">
+        <v>0.26486486486485999</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B105" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C105" s="21">
+        <v>5190</v>
+      </c>
+      <c r="D105" s="21">
+        <v>1087</v>
+      </c>
+      <c r="E105" s="20">
+        <v>0.20944123314065999</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B106" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C106" s="21">
+        <v>1521</v>
+      </c>
+      <c r="D106" s="21">
+        <v>322</v>
+      </c>
+      <c r="E106" s="20">
+        <v>0.21170282708744001</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B107" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C107" s="21">
+        <v>853</v>
+      </c>
+      <c r="D107" s="21">
+        <v>208</v>
+      </c>
+      <c r="E107" s="20">
+        <v>0.24384525205158</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B108" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C108" s="21">
+        <v>706</v>
+      </c>
+      <c r="D108" s="21">
+        <v>185</v>
+      </c>
+      <c r="E108" s="20">
+        <v>0.26203966005666002</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B109" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C109" s="21">
+        <v>291</v>
+      </c>
+      <c r="D109" s="21">
+        <v>57</v>
+      </c>
+      <c r="E109" s="20">
+        <v>0.19587628865979001</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B110" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C110" s="21">
+        <v>9</v>
+      </c>
+      <c r="D110" s="21">
+        <v>1</v>
+      </c>
+      <c r="E110" s="20">
+        <v>0.11111111111110999</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B111" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C111" s="21">
+        <v>385</v>
+      </c>
+      <c r="D111" s="21">
+        <v>59</v>
+      </c>
+      <c r="E111" s="20">
+        <v>0.15324675324674999</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B112" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C112" s="21">
+        <v>468</v>
+      </c>
+      <c r="D112" s="21">
+        <v>110</v>
+      </c>
+      <c r="E112" s="20">
+        <v>0.23504273504274001</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B113" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C113" s="21">
+        <v>246</v>
+      </c>
+      <c r="D113" s="21">
+        <v>54</v>
+      </c>
+      <c r="E113" s="20">
+        <v>0.21951219512195</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B114" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C114" s="21">
+        <v>613</v>
+      </c>
+      <c r="D114" s="21">
+        <v>82</v>
+      </c>
+      <c r="E114" s="20">
+        <v>0.13376835236542001</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B115" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C115" s="21">
+        <v>590</v>
+      </c>
+      <c r="D115" s="21">
+        <v>103</v>
+      </c>
+      <c r="E115" s="20">
+        <v>0.17457627118644001</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B116" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C116" s="21">
+        <v>29</v>
+      </c>
+      <c r="D116" s="21">
+        <v>0</v>
+      </c>
+      <c r="E116" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B117" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C117" s="21">
+        <v>91</v>
+      </c>
+      <c r="D117" s="21">
+        <v>16</v>
+      </c>
+      <c r="E117" s="20">
+        <v>0.17582417582418</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B118" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C118" s="21">
+        <v>233</v>
+      </c>
+      <c r="D118" s="21">
+        <v>46</v>
+      </c>
+      <c r="E118" s="20">
+        <v>0.19742489270385999</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B119" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C119" s="21">
+        <v>1260</v>
+      </c>
+      <c r="D119" s="21">
+        <v>254</v>
+      </c>
+      <c r="E119" s="20">
+        <v>0.20158730158730001</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B120" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C120" s="21">
+        <v>1372</v>
+      </c>
+      <c r="D120" s="21">
+        <v>233</v>
+      </c>
+      <c r="E120" s="20">
+        <v>0.1698250728863</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B121" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C121" s="21">
+        <v>1177</v>
+      </c>
+      <c r="D121" s="21">
+        <v>210</v>
+      </c>
+      <c r="E121" s="20">
+        <v>0.17841971112999</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B122" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C122" s="21">
+        <v>99</v>
+      </c>
+      <c r="D122" s="21">
+        <v>13</v>
+      </c>
+      <c r="E122" s="20">
+        <v>0.13131313131312999</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B123" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C123" s="21">
+        <v>8</v>
+      </c>
+      <c r="D123" s="21">
+        <v>1</v>
+      </c>
+      <c r="E123" s="20">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B124" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C124" s="21">
+        <v>907</v>
+      </c>
+      <c r="D124" s="21">
+        <v>217</v>
+      </c>
+      <c r="E124" s="20">
+        <v>0.23925027563396001</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B125" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C125" s="21">
+        <v>12</v>
+      </c>
+      <c r="D125" s="21">
+        <v>1</v>
+      </c>
+      <c r="E125" s="20">
+        <v>8.3333333333329998E-2</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B126" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C126" s="21">
+        <v>1392</v>
+      </c>
+      <c r="D126" s="21">
+        <v>310</v>
+      </c>
+      <c r="E126" s="20">
+        <v>0.22270114942529001</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B127" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C127" s="21">
+        <v>13</v>
+      </c>
+      <c r="D127" s="21">
+        <v>4</v>
+      </c>
+      <c r="E127" s="20">
+        <v>0.30769230769230999</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B128" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C128" s="21">
+        <v>575</v>
+      </c>
+      <c r="D128" s="21">
+        <v>104</v>
+      </c>
+      <c r="E128" s="20">
+        <v>0.18086956521739</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B129" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C129" s="21">
+        <v>1254</v>
+      </c>
+      <c r="D129" s="21">
+        <v>189</v>
+      </c>
+      <c r="E129" s="20">
+        <v>0.15071770334928</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B130" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C130" s="21">
+        <v>7</v>
+      </c>
+      <c r="D130" s="21">
+        <v>5</v>
+      </c>
+      <c r="E130" s="20">
+        <v>0.71428571428570997</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B131" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C131" s="21">
+        <v>818</v>
+      </c>
+      <c r="D131" s="21">
+        <v>145</v>
+      </c>
+      <c r="E131" s="20">
+        <v>0.17726161369193</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B132" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C132" s="21">
+        <v>133</v>
+      </c>
+      <c r="D132" s="21">
+        <v>15</v>
+      </c>
+      <c r="E132" s="20">
+        <v>0.11278195488722</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="31">
+        <v>2017</v>
+      </c>
+      <c r="B133" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C133" s="21">
+        <v>62</v>
+      </c>
+      <c r="D133" s="21">
+        <v>13</v>
+      </c>
+      <c r="E133" s="20">
+        <v>0.20967741935483999</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="32">
+        <v>2017</v>
+      </c>
+      <c r="B134" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C134" s="22">
+        <v>24832</v>
+      </c>
+      <c r="D134" s="22">
+        <v>5032</v>
+      </c>
+      <c r="E134" s="23">
+        <v>0.20264175257732001</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B135" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C135" s="21">
+        <v>8</v>
+      </c>
+      <c r="D135" s="21">
+        <v>1</v>
+      </c>
+      <c r="E135" s="20">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B136" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C136" s="21">
+        <v>865</v>
+      </c>
+      <c r="D136" s="21">
+        <v>226</v>
+      </c>
+      <c r="E136" s="20">
+        <v>0.26127167630058001</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B137" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C137" s="21">
+        <v>353</v>
+      </c>
+      <c r="D137" s="21">
+        <v>85</v>
+      </c>
+      <c r="E137" s="20">
+        <v>0.24079320113314001</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B138" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" s="21">
+        <v>1349</v>
+      </c>
+      <c r="D138" s="21">
+        <v>260</v>
+      </c>
+      <c r="E138" s="20">
+        <v>0.19273535952557</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B139" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C139" s="21">
+        <v>273</v>
+      </c>
+      <c r="D139" s="21">
+        <v>71</v>
+      </c>
+      <c r="E139" s="20">
+        <v>0.26007326007325998</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B140" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C140" s="21">
+        <v>159</v>
+      </c>
+      <c r="D140" s="21">
+        <v>40</v>
+      </c>
+      <c r="E140" s="20">
+        <v>0.25157232704402999</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B141" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C141" s="21">
+        <v>7</v>
+      </c>
+      <c r="D141" s="21">
+        <v>3</v>
+      </c>
+      <c r="E141" s="20">
+        <v>0.42857142857142999</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B142" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C142" s="21">
+        <v>137</v>
+      </c>
+      <c r="D142" s="21">
+        <v>29</v>
+      </c>
+      <c r="E142" s="20">
+        <v>0.21167883211679001</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B143" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C143" s="21">
+        <v>3</v>
+      </c>
+      <c r="D143" s="21">
+        <v>0</v>
+      </c>
+      <c r="E143" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B144" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C144" s="21">
+        <v>234</v>
+      </c>
+      <c r="D144" s="21">
+        <v>39</v>
+      </c>
+      <c r="E144" s="20">
+        <v>0.16666666666666999</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B145" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C145" s="21">
+        <v>111</v>
+      </c>
+      <c r="D145" s="21">
+        <v>19</v>
+      </c>
+      <c r="E145" s="20">
+        <v>0.17117117117117001</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B146" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C146" s="21">
+        <v>25</v>
+      </c>
+      <c r="D146" s="21">
+        <v>6</v>
+      </c>
+      <c r="E146" s="20">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B147" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C147" s="21">
+        <v>204</v>
+      </c>
+      <c r="D147" s="21">
+        <v>26</v>
+      </c>
+      <c r="E147" s="20">
+        <v>0.12745098039215999</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B148" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C148" s="21">
+        <v>755</v>
+      </c>
+      <c r="D148" s="21">
+        <v>200</v>
+      </c>
+      <c r="E148" s="20">
+        <v>0.26490066225165998</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B149" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C149" s="21">
+        <v>5169</v>
+      </c>
+      <c r="D149" s="21">
+        <v>1128</v>
+      </c>
+      <c r="E149" s="20">
+        <v>0.21822402785839001</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B150" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C150" s="21">
+        <v>1549</v>
+      </c>
+      <c r="D150" s="21">
+        <v>392</v>
+      </c>
+      <c r="E150" s="20">
+        <v>0.25306649451259</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B151" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C151" s="21">
+        <v>957</v>
+      </c>
+      <c r="D151" s="21">
+        <v>257</v>
+      </c>
+      <c r="E151" s="20">
+        <v>0.26854754440960998</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B152" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C152" s="21">
+        <v>711</v>
+      </c>
+      <c r="D152" s="21">
+        <v>205</v>
+      </c>
+      <c r="E152" s="20">
+        <v>0.28832630098452999</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B153" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C153" s="21">
+        <v>370</v>
+      </c>
+      <c r="D153" s="21">
+        <v>71</v>
+      </c>
+      <c r="E153" s="20">
+        <v>0.19189189189188999</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B154" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C154" s="21">
+        <v>8</v>
+      </c>
+      <c r="D154" s="21">
+        <v>0</v>
+      </c>
+      <c r="E154" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B155" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C155" s="21">
+        <v>398</v>
+      </c>
+      <c r="D155" s="21">
+        <v>68</v>
+      </c>
+      <c r="E155" s="20">
+        <v>0.17085427135678</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B156" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C156" s="21">
+        <v>459</v>
+      </c>
+      <c r="D156" s="21">
+        <v>115</v>
+      </c>
+      <c r="E156" s="20">
+        <v>0.25054466230937</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B157" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C157" s="21">
+        <v>239</v>
+      </c>
+      <c r="D157" s="21">
+        <v>47</v>
+      </c>
+      <c r="E157" s="20">
+        <v>0.19665271966527001</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B158" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C158" s="21">
+        <v>549</v>
+      </c>
+      <c r="D158" s="21">
+        <v>86</v>
+      </c>
+      <c r="E158" s="20">
+        <v>0.15664845173042</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B159" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C159" s="21">
+        <v>607</v>
+      </c>
+      <c r="D159" s="21">
+        <v>117</v>
+      </c>
+      <c r="E159" s="20">
+        <v>0.19275123558484</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B160" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C160" s="21">
+        <v>48</v>
+      </c>
+      <c r="D160" s="21">
+        <v>8</v>
+      </c>
+      <c r="E160" s="20">
+        <v>0.16666666666666999</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B161" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C161" s="21">
+        <v>102</v>
+      </c>
+      <c r="D161" s="21">
+        <v>17</v>
+      </c>
+      <c r="E161" s="20">
+        <v>0.16666666666666999</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B162" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C162" s="21">
+        <v>221</v>
+      </c>
+      <c r="D162" s="21">
+        <v>52</v>
+      </c>
+      <c r="E162" s="20">
+        <v>0.23529411764706001</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B163" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C163" s="21">
+        <v>1254</v>
+      </c>
+      <c r="D163" s="21">
+        <v>263</v>
+      </c>
+      <c r="E163" s="20">
+        <v>0.20972886762359999</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B164" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C164" s="21">
+        <v>1346</v>
+      </c>
+      <c r="D164" s="21">
+        <v>275</v>
+      </c>
+      <c r="E164" s="20">
+        <v>0.20430906389302</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B165" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C165" s="21">
+        <v>1221</v>
+      </c>
+      <c r="D165" s="21">
+        <v>279</v>
+      </c>
+      <c r="E165" s="20">
+        <v>0.22850122850123</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B166" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C166" s="21">
+        <v>111</v>
+      </c>
+      <c r="D166" s="21">
+        <v>22</v>
+      </c>
+      <c r="E166" s="20">
+        <v>0.1981981981982</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B167" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C167" s="21">
+        <v>15</v>
+      </c>
+      <c r="D167" s="21">
+        <v>4</v>
+      </c>
+      <c r="E167" s="20">
+        <v>0.26666666666666999</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B168" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C168" s="21">
+        <v>891</v>
+      </c>
+      <c r="D168" s="21">
+        <v>208</v>
+      </c>
+      <c r="E168" s="20">
+        <v>0.23344556677889999</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B169" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C169" s="21">
+        <v>12</v>
+      </c>
+      <c r="D169" s="21">
+        <v>1</v>
+      </c>
+      <c r="E169" s="20">
+        <v>8.3333333333329998E-2</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B170" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C170" s="21">
+        <v>1361</v>
+      </c>
+      <c r="D170" s="21">
+        <v>327</v>
+      </c>
+      <c r="E170" s="20">
+        <v>0.24026451138867999</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B171" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C171" s="21">
+        <v>15</v>
+      </c>
+      <c r="D171" s="21">
+        <v>3</v>
+      </c>
+      <c r="E171" s="20">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B172" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C172" s="21">
+        <v>578</v>
+      </c>
+      <c r="D172" s="21">
+        <v>89</v>
+      </c>
+      <c r="E172" s="20">
+        <v>0.15397923875433001</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B173" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C173" s="21">
+        <v>1203</v>
+      </c>
+      <c r="D173" s="21">
+        <v>213</v>
+      </c>
+      <c r="E173" s="20">
+        <v>0.17705735660847999</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B174" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C174" s="21">
+        <v>11</v>
+      </c>
+      <c r="D174" s="21">
+        <v>6</v>
+      </c>
+      <c r="E174" s="20">
+        <v>0.54545454545454997</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B175" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C175" s="21">
+        <v>863</v>
+      </c>
+      <c r="D175" s="21">
+        <v>156</v>
+      </c>
+      <c r="E175" s="20">
+        <v>0.18076477404402999</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B176" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C176" s="21">
+        <v>163</v>
+      </c>
+      <c r="D176" s="21">
+        <v>24</v>
+      </c>
+      <c r="E176" s="20">
+        <v>0.14723926380367999</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="31">
+        <v>2018</v>
+      </c>
+      <c r="B177" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C177" s="21">
+        <v>58</v>
+      </c>
+      <c r="D177" s="21">
+        <v>8</v>
+      </c>
+      <c r="E177" s="20">
+        <v>0.13793103448276001</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="32">
+        <v>2018</v>
+      </c>
+      <c r="B178" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C178" s="22">
+        <v>24972</v>
+      </c>
+      <c r="D178" s="22">
+        <v>5446</v>
+      </c>
+      <c r="E178" s="23">
+        <v>0.21808425436489001</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B179" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C179" s="21">
+        <v>9</v>
+      </c>
+      <c r="D179" s="21">
+        <v>5</v>
+      </c>
+      <c r="E179" s="20">
+        <v>0.55555555555556002</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B180" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C180" s="21">
+        <v>824</v>
+      </c>
+      <c r="D180" s="21">
+        <v>218</v>
+      </c>
+      <c r="E180" s="20">
+        <v>0.26456310679612</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B181" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C181" s="21">
+        <v>364</v>
+      </c>
+      <c r="D181" s="21">
+        <v>81</v>
+      </c>
+      <c r="E181" s="20">
+        <v>0.22252747252746999</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B182" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" s="21">
+        <v>1327</v>
+      </c>
+      <c r="D182" s="21">
+        <v>300</v>
+      </c>
+      <c r="E182" s="20">
+        <v>0.22607385079125999</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B183" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C183" s="21">
+        <v>259</v>
+      </c>
+      <c r="D183" s="21">
+        <v>58</v>
+      </c>
+      <c r="E183" s="20">
+        <v>0.22393822393821999</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B184" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C184" s="21">
+        <v>131</v>
+      </c>
+      <c r="D184" s="21">
+        <v>29</v>
+      </c>
+      <c r="E184" s="20">
+        <v>0.22137404580153</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B185" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C185" s="21">
+        <v>15</v>
+      </c>
+      <c r="D185" s="21">
+        <v>3</v>
+      </c>
+      <c r="E185" s="20">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B186" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C186" s="21">
+        <v>125</v>
+      </c>
+      <c r="D186" s="21">
+        <v>32</v>
+      </c>
+      <c r="E186" s="20">
+        <v>0.25600000000000001</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B187" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C187" s="21">
+        <v>5</v>
+      </c>
+      <c r="D187" s="21">
+        <v>1</v>
+      </c>
+      <c r="E187" s="20">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B188" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C188" s="21">
+        <v>259</v>
+      </c>
+      <c r="D188" s="21">
+        <v>44</v>
+      </c>
+      <c r="E188" s="20">
+        <v>0.16988416988416999</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B189" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C189" s="21">
+        <v>122</v>
+      </c>
+      <c r="D189" s="21">
+        <v>17</v>
+      </c>
+      <c r="E189" s="20">
+        <v>0.13934426229508001</v>
+      </c>
+    </row>
+    <row r="190" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B190" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C190" s="21">
+        <v>46</v>
+      </c>
+      <c r="D190" s="21">
+        <v>5</v>
+      </c>
+      <c r="E190" s="20">
+        <v>0.10869565217391</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B191" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C191" s="21">
+        <v>210</v>
+      </c>
+      <c r="D191" s="21">
+        <v>34</v>
+      </c>
+      <c r="E191" s="20">
+        <v>0.16190476190476</v>
+      </c>
+    </row>
+    <row r="192" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B192" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C192" s="21">
+        <v>745</v>
+      </c>
+      <c r="D192" s="21">
+        <v>190</v>
+      </c>
+      <c r="E192" s="20">
+        <v>0.25503355704698</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B193" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C193" s="21">
+        <v>5000</v>
+      </c>
+      <c r="D193" s="21">
+        <v>1091</v>
+      </c>
+      <c r="E193" s="20">
+        <v>0.21820000000000001</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B194" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C194" s="21">
+        <v>1503</v>
+      </c>
+      <c r="D194" s="21">
+        <v>347</v>
+      </c>
+      <c r="E194" s="20">
+        <v>0.23087159015302999</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B195" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C195" s="21">
+        <v>873</v>
+      </c>
+      <c r="D195" s="21">
+        <v>242</v>
+      </c>
+      <c r="E195" s="20">
+        <v>0.27720504009163999</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B196" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C196" s="21">
+        <v>702</v>
+      </c>
+      <c r="D196" s="21">
+        <v>215</v>
+      </c>
+      <c r="E196" s="20">
+        <v>0.30626780626781003</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B197" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C197" s="21">
+        <v>399</v>
+      </c>
+      <c r="D197" s="21">
+        <v>92</v>
+      </c>
+      <c r="E197" s="20">
+        <v>0.23057644110275999</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B198" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C198" s="21">
+        <v>11</v>
+      </c>
+      <c r="D198" s="21">
+        <v>2</v>
+      </c>
+      <c r="E198" s="20">
+        <v>0.18181818181817999</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B199" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C199" s="21">
+        <v>423</v>
+      </c>
+      <c r="D199" s="21">
+        <v>81</v>
+      </c>
+      <c r="E199" s="20">
+        <v>0.19148936170212999</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B200" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C200" s="21">
+        <v>471</v>
+      </c>
+      <c r="D200" s="21">
+        <v>126</v>
+      </c>
+      <c r="E200" s="20">
+        <v>0.26751592356687998</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B201" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C201" s="21">
+        <v>278</v>
+      </c>
+      <c r="D201" s="21">
+        <v>56</v>
+      </c>
+      <c r="E201" s="20">
+        <v>0.20143884892086</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B202" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C202" s="21">
+        <v>377</v>
+      </c>
+      <c r="D202" s="21">
+        <v>56</v>
+      </c>
+      <c r="E202" s="20">
+        <v>0.14854111405836001</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B203" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C203" s="21">
+        <v>578</v>
+      </c>
+      <c r="D203" s="21">
+        <v>117</v>
+      </c>
+      <c r="E203" s="20">
+        <v>0.20242214532871999</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B204" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C204" s="21">
+        <v>39</v>
+      </c>
+      <c r="D204" s="21">
+        <v>4</v>
+      </c>
+      <c r="E204" s="20">
+        <v>0.10256410256409999</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B205" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C205" s="21">
+        <v>89</v>
+      </c>
+      <c r="D205" s="21">
+        <v>18</v>
+      </c>
+      <c r="E205" s="20">
+        <v>0.20224719101124</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B206" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C206" s="21">
+        <v>179</v>
+      </c>
+      <c r="D206" s="21">
+        <v>53</v>
+      </c>
+      <c r="E206" s="20">
+        <v>0.29608938547486002</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B207" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C207" s="21">
+        <v>1175</v>
+      </c>
+      <c r="D207" s="21">
+        <v>261</v>
+      </c>
+      <c r="E207" s="20">
+        <v>0.22212765957447</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B208" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C208" s="21">
+        <v>1401</v>
+      </c>
+      <c r="D208" s="21">
+        <v>300</v>
+      </c>
+      <c r="E208" s="20">
+        <v>0.21413276231263001</v>
+      </c>
+    </row>
+    <row r="209" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B209" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C209" s="21">
+        <v>1250</v>
+      </c>
+      <c r="D209" s="21">
+        <v>275</v>
+      </c>
+      <c r="E209" s="20">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="210" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B210" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C210" s="21">
+        <v>111</v>
+      </c>
+      <c r="D210" s="21">
+        <v>23</v>
+      </c>
+      <c r="E210" s="20">
+        <v>0.20720720720721</v>
+      </c>
+    </row>
+    <row r="211" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B211" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C211" s="21">
+        <v>16</v>
+      </c>
+      <c r="D211" s="21">
+        <v>2</v>
+      </c>
+      <c r="E211" s="20">
+        <v>0.125</v>
+      </c>
+    </row>
+    <row r="212" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B212" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C212" s="21">
+        <v>876</v>
+      </c>
+      <c r="D212" s="21">
+        <v>208</v>
+      </c>
+      <c r="E212" s="20">
+        <v>0.23744292237442999</v>
+      </c>
+    </row>
+    <row r="213" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B213" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C213" s="21">
+        <v>19</v>
+      </c>
+      <c r="D213" s="21">
+        <v>0</v>
+      </c>
+      <c r="E213" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B214" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C214" s="21">
+        <v>1296</v>
+      </c>
+      <c r="D214" s="21">
+        <v>322</v>
+      </c>
+      <c r="E214" s="20">
+        <v>0.24845679012346</v>
+      </c>
+    </row>
+    <row r="215" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B215" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C215" s="21">
+        <v>10</v>
+      </c>
+      <c r="D215" s="21">
+        <v>2</v>
+      </c>
+      <c r="E215" s="20">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="216" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B216" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C216" s="21">
+        <v>554</v>
+      </c>
+      <c r="D216" s="21">
+        <v>107</v>
+      </c>
+      <c r="E216" s="20">
+        <v>0.19314079422382999</v>
+      </c>
+    </row>
+    <row r="217" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B217" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C217" s="21">
+        <v>1191</v>
+      </c>
+      <c r="D217" s="21">
+        <v>206</v>
+      </c>
+      <c r="E217" s="20">
+        <v>0.17296389588580999</v>
+      </c>
+    </row>
+    <row r="218" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B218" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C218" s="21">
+        <v>12</v>
+      </c>
+      <c r="D218" s="21">
+        <v>1</v>
+      </c>
+      <c r="E218" s="20">
+        <v>8.3333333333329998E-2</v>
+      </c>
+    </row>
+    <row r="219" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B219" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C219" s="21">
+        <v>850</v>
+      </c>
+      <c r="D219" s="21">
+        <v>152</v>
+      </c>
+      <c r="E219" s="20">
+        <v>0.17882352941176</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B220" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C220" s="21">
+        <v>206</v>
+      </c>
+      <c r="D220" s="21">
+        <v>24</v>
+      </c>
+      <c r="E220" s="20">
+        <v>0.11650485436893</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="31">
+        <v>2019</v>
+      </c>
+      <c r="B221" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C221" s="21">
+        <v>45</v>
+      </c>
+      <c r="D221" s="21">
+        <v>9</v>
+      </c>
+      <c r="E221" s="20">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="32">
+        <v>2019</v>
+      </c>
+      <c r="B222" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C222" s="22">
+        <v>24375</v>
+      </c>
+      <c r="D222" s="22">
+        <v>5409</v>
+      </c>
+      <c r="E222" s="23">
+        <v>0.22190769230769</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B223" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C223" s="21">
+        <v>7</v>
+      </c>
+      <c r="D223" s="21">
+        <v>2</v>
+      </c>
+      <c r="E223" s="20">
+        <v>0.28571428571428997</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B224" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C224" s="21">
+        <v>698</v>
+      </c>
+      <c r="D224" s="21">
+        <v>228</v>
+      </c>
+      <c r="E224" s="20">
+        <v>0.32664756446991</v>
+      </c>
+      <c r="G224" s="6"/>
+    </row>
+    <row r="225" spans="1:5" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B225" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C225" s="21">
+        <v>320</v>
+      </c>
+      <c r="D225" s="21">
+        <v>86</v>
+      </c>
+      <c r="E225" s="20">
+        <v>0.26874999999999999</v>
+      </c>
+    </row>
+    <row r="226" spans="1:5" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A226" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B226" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" s="21">
+        <v>1107</v>
+      </c>
+      <c r="D226" s="21">
+        <v>312</v>
+      </c>
+      <c r="E226" s="20">
+        <v>0.28184281842817999</v>
+      </c>
+    </row>
+    <row r="227" spans="1:5" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B227" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C227" s="21">
+        <v>238</v>
+      </c>
+      <c r="D227" s="21">
+        <v>66</v>
+      </c>
+      <c r="E227" s="20">
+        <v>0.27731092436975002</v>
+      </c>
+    </row>
+    <row r="228" spans="1:5" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B228" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C228" s="21">
+        <v>147</v>
+      </c>
+      <c r="D228" s="21">
+        <v>32</v>
+      </c>
+      <c r="E228" s="20">
+        <v>0.21768707482992999</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B229" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C229" s="21">
+        <v>18</v>
+      </c>
+      <c r="D229" s="21">
+        <v>9</v>
+      </c>
+      <c r="E229" s="20">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B230" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C230" s="21">
+        <v>105</v>
+      </c>
+      <c r="D230" s="21">
+        <v>41</v>
+      </c>
+      <c r="E230" s="20">
+        <v>0.39047619047618998</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B231" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C231" s="21">
+        <v>5</v>
+      </c>
+      <c r="D231" s="21">
+        <v>1</v>
+      </c>
+      <c r="E231" s="20">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B232" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C232" s="21">
+        <v>245</v>
+      </c>
+      <c r="D232" s="21">
+        <v>41</v>
+      </c>
+      <c r="E232" s="20">
+        <v>0.16734693877550999</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B233" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C233" s="21">
+        <v>108</v>
+      </c>
+      <c r="D233" s="21">
+        <v>26</v>
+      </c>
+      <c r="E233" s="20">
+        <v>0.24074074074074001</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B234" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C234" s="21">
+        <v>23</v>
+      </c>
+      <c r="D234" s="21">
+        <v>14</v>
+      </c>
+      <c r="E234" s="20">
+        <v>0.60869565217390997</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B235" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C235" s="21">
+        <v>192</v>
+      </c>
+      <c r="D235" s="21">
+        <v>34</v>
+      </c>
+      <c r="E235" s="20">
+        <v>0.17708333333333001</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B236" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C236" s="21">
+        <v>691</v>
+      </c>
+      <c r="D236" s="21">
+        <v>180</v>
+      </c>
+      <c r="E236" s="20">
+        <v>0.26049204052098002</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B237" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C237" s="21">
+        <v>4289</v>
+      </c>
+      <c r="D237" s="21">
+        <v>1195</v>
+      </c>
+      <c r="E237" s="20">
+        <v>0.27861972487759001</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B238" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C238" s="21">
+        <v>1332</v>
+      </c>
+      <c r="D238" s="21">
+        <v>429</v>
+      </c>
+      <c r="E238" s="20">
+        <v>0.32207207207207</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B239" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C239" s="21">
+        <v>770</v>
+      </c>
+      <c r="D239" s="21">
+        <v>233</v>
+      </c>
+      <c r="E239" s="20">
+        <v>0.30259740259739998</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B240" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C240" s="21">
+        <v>664</v>
+      </c>
+      <c r="D240" s="21">
+        <v>214</v>
+      </c>
+      <c r="E240" s="20">
+        <v>0.32228915662650998</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B241" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C241" s="21">
+        <v>341</v>
+      </c>
+      <c r="D241" s="21">
+        <v>83</v>
+      </c>
+      <c r="E241" s="20">
+        <v>0.24340175953078999</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B242" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C242" s="21">
+        <v>14</v>
+      </c>
+      <c r="D242" s="21">
+        <v>3</v>
+      </c>
+      <c r="E242" s="20">
+        <v>0.21428571428571</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B243" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C243" s="21">
+        <v>309</v>
+      </c>
+      <c r="D243" s="21">
+        <v>81</v>
+      </c>
+      <c r="E243" s="20">
+        <v>0.26213592233010002</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B244" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C244" s="21">
+        <v>474</v>
+      </c>
+      <c r="D244" s="21">
+        <v>137</v>
+      </c>
+      <c r="E244" s="20">
+        <v>0.28902953586497998</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B245" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C245" s="21">
+        <v>230</v>
+      </c>
+      <c r="D245" s="21">
+        <v>60</v>
+      </c>
+      <c r="E245" s="20">
+        <v>0.26086956521739002</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B246" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C246" s="21">
+        <v>246</v>
+      </c>
+      <c r="D246" s="21">
+        <v>65</v>
+      </c>
+      <c r="E246" s="20">
+        <v>0.26422764227641998</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B247" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C247" s="21">
+        <v>528</v>
+      </c>
+      <c r="D247" s="21">
+        <v>127</v>
+      </c>
+      <c r="E247" s="20">
+        <v>0.24053030303030001</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B248" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C248" s="21">
+        <v>28</v>
+      </c>
+      <c r="D248" s="21">
+        <v>7</v>
+      </c>
+      <c r="E248" s="20">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B249" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C249" s="21">
+        <v>71</v>
+      </c>
+      <c r="D249" s="21">
+        <v>16</v>
+      </c>
+      <c r="E249" s="20">
+        <v>0.22535211267606001</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B250" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C250" s="21">
+        <v>117</v>
+      </c>
+      <c r="D250" s="21">
+        <v>47</v>
+      </c>
+      <c r="E250" s="20">
+        <v>0.4017094017094</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B251" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C251" s="21">
+        <v>1109</v>
+      </c>
+      <c r="D251" s="21">
+        <v>276</v>
+      </c>
+      <c r="E251" s="20">
+        <v>0.24887285843102</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B252" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C252" s="21">
+        <v>1109</v>
+      </c>
+      <c r="D252" s="21">
+        <v>301</v>
+      </c>
+      <c r="E252" s="20">
+        <v>0.27141568981064002</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B253" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C253" s="21">
+        <v>983</v>
+      </c>
+      <c r="D253" s="21">
+        <v>256</v>
+      </c>
+      <c r="E253" s="20">
+        <v>0.26042726347915002</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B254" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C254" s="21">
+        <v>77</v>
+      </c>
+      <c r="D254" s="21">
+        <v>15</v>
+      </c>
+      <c r="E254" s="20">
+        <v>0.19480519480519001</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B255" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C255" s="21">
+        <v>15</v>
+      </c>
+      <c r="D255" s="21">
+        <v>1</v>
+      </c>
+      <c r="E255" s="20">
+        <v>6.6666666666669996E-2</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B256" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C256" s="21">
+        <v>731</v>
+      </c>
+      <c r="D256" s="21">
+        <v>227</v>
+      </c>
+      <c r="E256" s="20">
+        <v>0.31053351573186999</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B257" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C257" s="21">
+        <v>15</v>
+      </c>
+      <c r="D257" s="21">
+        <v>0</v>
+      </c>
+      <c r="E257" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B258" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C258" s="21">
+        <v>1101</v>
+      </c>
+      <c r="D258" s="21">
+        <v>313</v>
+      </c>
+      <c r="E258" s="20">
+        <v>0.28428701180744997</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B259" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C259" s="21">
+        <v>13</v>
+      </c>
+      <c r="D259" s="21">
+        <v>4</v>
+      </c>
+      <c r="E259" s="20">
+        <v>0.30769230769230999</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B260" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C260" s="21">
+        <v>459</v>
+      </c>
+      <c r="D260" s="21">
+        <v>101</v>
+      </c>
+      <c r="E260" s="20">
+        <v>0.22004357298475</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B261" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C261" s="21">
+        <v>1047</v>
+      </c>
+      <c r="D261" s="21">
+        <v>216</v>
+      </c>
+      <c r="E261" s="20">
+        <v>0.20630372492837001</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B262" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C262" s="21">
+        <v>13</v>
+      </c>
+      <c r="D262" s="21">
+        <v>6</v>
+      </c>
+      <c r="E262" s="20">
+        <v>0.46153846153846001</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B263" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C263" s="21">
+        <v>767</v>
+      </c>
+      <c r="D263" s="21">
+        <v>169</v>
+      </c>
+      <c r="E263" s="20">
+        <v>0.22033898305085001</v>
+      </c>
+    </row>
+    <row r="264" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B264" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C264" s="21">
+        <v>190</v>
+      </c>
+      <c r="D264" s="21">
+        <v>28</v>
+      </c>
+      <c r="E264" s="20">
+        <v>0.14736842105263001</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="31">
+        <v>2020</v>
+      </c>
+      <c r="B265" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C265" s="21">
+        <v>28</v>
+      </c>
+      <c r="D265" s="21">
+        <v>7</v>
+      </c>
+      <c r="E265" s="20">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="266" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="32">
+        <v>2020</v>
+      </c>
+      <c r="B266" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C266" s="22">
+        <v>20974</v>
+      </c>
+      <c r="D266" s="22">
+        <v>5689</v>
+      </c>
+      <c r="E266" s="23">
+        <v>0.27124058357967001</v>
+      </c>
+    </row>
+    <row r="267" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B267" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C267" s="21">
+        <v>9</v>
+      </c>
+      <c r="D267" s="21">
+        <v>2</v>
+      </c>
+      <c r="E267" s="20">
+        <v>0.22222222222221999</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B268" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C268" s="21">
+        <v>603</v>
+      </c>
+      <c r="D268" s="21">
+        <v>182</v>
+      </c>
+      <c r="E268" s="20">
+        <v>0.30182421227196998</v>
+      </c>
+    </row>
+    <row r="269" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B269" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C269" s="21">
+        <v>286</v>
+      </c>
+      <c r="D269" s="21">
+        <v>73</v>
+      </c>
+      <c r="E269" s="20">
+        <v>0.25524475524475998</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B270" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" s="21">
+        <v>1041</v>
+      </c>
+      <c r="D270" s="21">
+        <v>326</v>
+      </c>
+      <c r="E270" s="20">
+        <v>0.31316042267050997</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B271" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C271" s="21">
+        <v>161</v>
+      </c>
+      <c r="D271" s="21">
+        <v>52</v>
+      </c>
+      <c r="E271" s="20">
+        <v>0.32298136645962999</v>
+      </c>
+    </row>
+    <row r="272" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B272" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C272" s="21">
+        <v>153</v>
+      </c>
+      <c r="D272" s="21">
+        <v>52</v>
+      </c>
+      <c r="E272" s="20">
+        <v>0.33986928104574998</v>
+      </c>
+    </row>
+    <row r="273" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B273" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C273" s="21">
+        <v>14</v>
+      </c>
+      <c r="D273" s="21">
+        <v>10</v>
+      </c>
+      <c r="E273" s="20">
+        <v>0.71428571428570997</v>
+      </c>
+    </row>
+    <row r="274" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B274" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C274" s="21">
+        <v>126</v>
+      </c>
+      <c r="D274" s="21">
+        <v>32</v>
+      </c>
+      <c r="E274" s="20">
+        <v>0.25396825396825001</v>
+      </c>
+    </row>
+    <row r="275" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B275" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C275" s="21">
+        <v>9</v>
+      </c>
+      <c r="D275" s="21">
+        <v>3</v>
+      </c>
+      <c r="E275" s="20">
+        <v>0.33333333333332998</v>
+      </c>
+    </row>
+    <row r="276" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B276" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C276" s="21">
+        <v>211</v>
+      </c>
+      <c r="D276" s="21">
+        <v>43</v>
+      </c>
+      <c r="E276" s="20">
+        <v>0.20379146919430999</v>
+      </c>
+    </row>
+    <row r="277" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B277" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C277" s="21">
+        <v>87</v>
+      </c>
+      <c r="D277" s="21">
+        <v>21</v>
+      </c>
+      <c r="E277" s="20">
+        <v>0.24137931034483001</v>
+      </c>
+    </row>
+    <row r="278" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B278" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C278" s="21">
+        <v>26</v>
+      </c>
+      <c r="D278" s="21">
+        <v>14</v>
+      </c>
+      <c r="E278" s="20">
+        <v>0.53846153846153999</v>
+      </c>
+    </row>
+    <row r="279" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B279" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C279" s="21">
+        <v>174</v>
+      </c>
+      <c r="D279" s="21">
+        <v>30</v>
+      </c>
+      <c r="E279" s="20">
+        <v>0.17241379310345001</v>
+      </c>
+    </row>
+    <row r="280" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B280" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C280" s="21">
+        <v>658</v>
+      </c>
+      <c r="D280" s="21">
+        <v>229</v>
+      </c>
+      <c r="E280" s="20">
+        <v>0.34802431610941997</v>
+      </c>
+    </row>
+    <row r="281" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B281" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C281" s="21">
+        <v>3990</v>
+      </c>
+      <c r="D281" s="21">
+        <v>1197</v>
+      </c>
+      <c r="E281" s="20">
+        <v>0.3</v>
+      </c>
+    </row>
+    <row r="282" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B282" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C282" s="21">
+        <v>1242</v>
+      </c>
+      <c r="D282" s="21">
+        <v>396</v>
+      </c>
+      <c r="E282" s="20">
+        <v>0.31884057971014002</v>
+      </c>
+    </row>
+    <row r="283" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B283" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C283" s="21">
+        <v>730</v>
+      </c>
+      <c r="D283" s="21">
+        <v>256</v>
+      </c>
+      <c r="E283" s="20">
+        <v>0.35068493150684998</v>
+      </c>
+    </row>
+    <row r="284" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B284" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C284" s="21">
+        <v>692</v>
+      </c>
+      <c r="D284" s="21">
+        <v>208</v>
+      </c>
+      <c r="E284" s="20">
+        <v>0.30057803468208</v>
+      </c>
+    </row>
+    <row r="285" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B285" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C285" s="21">
+        <v>274</v>
+      </c>
+      <c r="D285" s="21">
+        <v>80</v>
+      </c>
+      <c r="E285" s="20">
+        <v>0.29197080291971</v>
+      </c>
+    </row>
+    <row r="286" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B286" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C286" s="21">
+        <v>15</v>
+      </c>
+      <c r="D286" s="21">
+        <v>5</v>
+      </c>
+      <c r="E286" s="20">
+        <v>0.33333333333332998</v>
+      </c>
+    </row>
+    <row r="287" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B287" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C287" s="21">
+        <v>287</v>
+      </c>
+      <c r="D287" s="21">
+        <v>76</v>
+      </c>
+      <c r="E287" s="20">
+        <v>0.26480836236934002</v>
+      </c>
+    </row>
+    <row r="288" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B288" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C288" s="21">
+        <v>393</v>
+      </c>
+      <c r="D288" s="21">
+        <v>118</v>
+      </c>
+      <c r="E288" s="20">
+        <v>0.30025445292621</v>
+      </c>
+    </row>
+    <row r="289" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B289" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C289" s="21">
+        <v>201</v>
+      </c>
+      <c r="D289" s="21">
+        <v>57</v>
+      </c>
+      <c r="E289" s="20">
+        <v>0.28358208955224001</v>
+      </c>
+    </row>
+    <row r="290" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B290" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C290" s="21">
+        <v>219</v>
+      </c>
+      <c r="D290" s="21">
+        <v>56</v>
+      </c>
+      <c r="E290" s="20">
+        <v>0.25570776255708</v>
+      </c>
+    </row>
+    <row r="291" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A291" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B291" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C291" s="21">
+        <v>345</v>
+      </c>
+      <c r="D291" s="21">
+        <v>101</v>
+      </c>
+      <c r="E291" s="20">
+        <v>0.29275362318840997</v>
+      </c>
+    </row>
+    <row r="292" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A292" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B292" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C292" s="21">
+        <v>11</v>
+      </c>
+      <c r="D292" s="21">
+        <v>7</v>
+      </c>
+      <c r="E292" s="20">
+        <v>0.63636363636364002</v>
+      </c>
+    </row>
+    <row r="293" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A293" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B293" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C293" s="21">
+        <v>46</v>
+      </c>
+      <c r="D293" s="21">
+        <v>17</v>
+      </c>
+      <c r="E293" s="20">
+        <v>0.36956521739129999</v>
+      </c>
+    </row>
+    <row r="294" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A294" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B294" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C294" s="21">
+        <v>173</v>
+      </c>
+      <c r="D294" s="21">
+        <v>50</v>
+      </c>
+      <c r="E294" s="20">
+        <v>0.28901734104046001</v>
+      </c>
+    </row>
+    <row r="295" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A295" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B295" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C295" s="21">
+        <v>916</v>
+      </c>
+      <c r="D295" s="21">
+        <v>262</v>
+      </c>
+      <c r="E295" s="20">
+        <v>0.28602620087336</v>
+      </c>
+    </row>
+    <row r="296" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A296" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B296" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C296" s="21">
+        <v>1037</v>
+      </c>
+      <c r="D296" s="21">
+        <v>306</v>
+      </c>
+      <c r="E296" s="20">
+        <v>0.29508196721310997</v>
+      </c>
+    </row>
+    <row r="297" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A297" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B297" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C297" s="21">
+        <v>848</v>
+      </c>
+      <c r="D297" s="21">
+        <v>237</v>
+      </c>
+      <c r="E297" s="20">
+        <v>0.27948113207546998</v>
+      </c>
+    </row>
+    <row r="298" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B298" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C298" s="21">
+        <v>82</v>
+      </c>
+      <c r="D298" s="21">
+        <v>21</v>
+      </c>
+      <c r="E298" s="20">
+        <v>0.25609756097560998</v>
+      </c>
+    </row>
+    <row r="299" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B299" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C299" s="21">
+        <v>12</v>
+      </c>
+      <c r="D299" s="21">
+        <v>1</v>
+      </c>
+      <c r="E299" s="20">
+        <v>8.3333333333329998E-2</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A300" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B300" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C300" s="21">
+        <v>637</v>
+      </c>
+      <c r="D300" s="21">
+        <v>198</v>
+      </c>
+      <c r="E300" s="20">
+        <v>0.31083202511774</v>
+      </c>
+    </row>
+    <row r="301" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A301" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B301" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C301" s="21">
+        <v>16</v>
+      </c>
+      <c r="D301" s="21">
+        <v>1</v>
+      </c>
+      <c r="E301" s="20">
+        <v>6.25E-2</v>
+      </c>
+    </row>
+    <row r="302" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A302" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B302" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C302" s="21">
+        <v>1056</v>
+      </c>
+      <c r="D302" s="21">
+        <v>319</v>
+      </c>
+      <c r="E302" s="20">
+        <v>0.30208333333332998</v>
+      </c>
+    </row>
+    <row r="303" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A303" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B303" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C303" s="21">
+        <v>12</v>
+      </c>
+      <c r="D303" s="21">
+        <v>3</v>
+      </c>
+      <c r="E303" s="20">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="304" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A304" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B304" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C304" s="21">
+        <v>398</v>
+      </c>
+      <c r="D304" s="21">
+        <v>115</v>
+      </c>
+      <c r="E304" s="20">
+        <v>0.28894472361808998</v>
+      </c>
+    </row>
+    <row r="305" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A305" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B305" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C305" s="21">
+        <v>956</v>
+      </c>
+      <c r="D305" s="21">
+        <v>263</v>
+      </c>
+      <c r="E305" s="20">
+        <v>0.27510460251045998</v>
+      </c>
+    </row>
+    <row r="306" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A306" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B306" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C306" s="21">
+        <v>16</v>
+      </c>
+      <c r="D306" s="21">
+        <v>5</v>
+      </c>
+      <c r="E306" s="20">
+        <v>0.3125</v>
+      </c>
+    </row>
+    <row r="307" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B307" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C307" s="21">
+        <v>596</v>
+      </c>
+      <c r="D307" s="21">
+        <v>151</v>
+      </c>
+      <c r="E307" s="20">
+        <v>0.25335570469799001</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A308" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B308" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C308" s="21">
+        <v>164</v>
+      </c>
+      <c r="D308" s="21">
+        <v>27</v>
+      </c>
+      <c r="E308" s="20">
+        <v>0.16463414634146001</v>
+      </c>
+    </row>
+    <row r="309" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A309" s="31">
+        <v>2021</v>
+      </c>
+      <c r="B309" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C309" s="21">
+        <v>38</v>
+      </c>
+      <c r="D309" s="21">
+        <v>7</v>
+      </c>
+      <c r="E309" s="20">
+        <v>0.18421052631578999</v>
+      </c>
+    </row>
+    <row r="310" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A310" s="32">
+        <v>2021</v>
+      </c>
+      <c r="B310" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C310" s="22">
+        <v>18960</v>
+      </c>
+      <c r="D310" s="22">
+        <v>5609</v>
+      </c>
+      <c r="E310" s="23">
+        <v>0.29583333333333001</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A311" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B311" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C311" s="21">
+        <v>9</v>
+      </c>
+      <c r="D311" s="21">
+        <v>3</v>
+      </c>
+      <c r="E311" s="20">
+        <v>0.33333333333332998</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A312" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B312" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C312" s="21">
+        <v>885</v>
+      </c>
+      <c r="D312" s="21">
+        <v>237</v>
+      </c>
+      <c r="E312" s="20">
+        <v>0.26779661016949002</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A313" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B313" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C313" s="21">
+        <v>415</v>
+      </c>
+      <c r="D313" s="21">
+        <v>88</v>
+      </c>
+      <c r="E313" s="20">
+        <v>0.21204819277108</v>
+      </c>
+    </row>
+    <row r="314" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A314" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B314" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" s="21">
+        <v>1265</v>
+      </c>
+      <c r="D314" s="21">
+        <v>298</v>
+      </c>
+      <c r="E314" s="20">
+        <v>0.23557312252963999</v>
+      </c>
+    </row>
+    <row r="315" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A315" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B315" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C315" s="21">
+        <v>251</v>
+      </c>
+      <c r="D315" s="21">
+        <v>56</v>
+      </c>
+      <c r="E315" s="20">
+        <v>0.22310756972112</v>
+      </c>
+    </row>
+    <row r="316" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A316" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B316" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C316" s="21">
+        <v>209</v>
+      </c>
+      <c r="D316" s="21">
+        <v>47</v>
+      </c>
+      <c r="E316" s="20">
+        <v>0.22488038277512001</v>
+      </c>
+    </row>
+    <row r="317" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A317" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B317" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C317" s="21">
+        <v>19</v>
+      </c>
+      <c r="D317" s="21">
+        <v>2</v>
+      </c>
+      <c r="E317" s="20">
+        <v>0.10526315789474</v>
+      </c>
+    </row>
+    <row r="318" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A318" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B318" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C318" s="21">
+        <v>152</v>
+      </c>
+      <c r="D318" s="21">
+        <v>31</v>
+      </c>
+      <c r="E318" s="20">
+        <v>0.20394736842104999</v>
+      </c>
+    </row>
+    <row r="319" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A319" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B319" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C319" s="21">
+        <v>4</v>
+      </c>
+      <c r="D319" s="21">
+        <v>1</v>
+      </c>
+      <c r="E319" s="20">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="320" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A320" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B320" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C320" s="21">
+        <v>229</v>
+      </c>
+      <c r="D320" s="21">
+        <v>42</v>
+      </c>
+      <c r="E320" s="20">
+        <v>0.18340611353712</v>
+      </c>
+    </row>
+    <row r="321" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A321" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B321" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C321" s="21">
+        <v>220</v>
+      </c>
+      <c r="D321" s="21">
+        <v>33</v>
+      </c>
+      <c r="E321" s="20">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="322" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A322" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B322" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C322" s="21">
+        <v>39</v>
+      </c>
+      <c r="D322" s="21">
+        <v>9</v>
+      </c>
+      <c r="E322" s="20">
+        <v>0.23076923076923</v>
+      </c>
+    </row>
+    <row r="323" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A323" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B323" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C323" s="21">
+        <v>200</v>
+      </c>
+      <c r="D323" s="21">
+        <v>36</v>
+      </c>
+      <c r="E323" s="20">
+        <v>0.18</v>
+      </c>
+    </row>
+    <row r="324" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B324" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C324" s="21">
+        <v>775</v>
+      </c>
+      <c r="D324" s="21">
+        <v>194</v>
+      </c>
+      <c r="E324" s="20">
+        <v>0.25032258064516</v>
+      </c>
+    </row>
+    <row r="325" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A325" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B325" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C325" s="21">
+        <v>4897</v>
+      </c>
+      <c r="D325" s="21">
+        <v>1180</v>
+      </c>
+      <c r="E325" s="20">
+        <v>0.24096385542168999</v>
+      </c>
+    </row>
+    <row r="326" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A326" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B326" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C326" s="21">
+        <v>1459</v>
+      </c>
+      <c r="D326" s="21">
+        <v>318</v>
+      </c>
+      <c r="E326" s="20">
+        <v>0.21795750514050999</v>
+      </c>
+    </row>
+    <row r="327" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A327" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B327" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C327" s="21">
+        <v>917</v>
+      </c>
+      <c r="D327" s="21">
+        <v>247</v>
+      </c>
+      <c r="E327" s="20">
+        <v>0.26935659760087</v>
+      </c>
+    </row>
+    <row r="328" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A328" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B328" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C328" s="21">
+        <v>759</v>
+      </c>
+      <c r="D328" s="21">
+        <v>228</v>
+      </c>
+      <c r="E328" s="20">
+        <v>0.30039525691699998</v>
+      </c>
+    </row>
+    <row r="329" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A329" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B329" s="18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C329" s="21">
+        <v>427</v>
+      </c>
+      <c r="D329" s="21">
+        <v>99</v>
+      </c>
+      <c r="E329" s="20">
+        <v>0.23185011709601999</v>
+      </c>
+    </row>
+    <row r="330" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A330" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B330" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="C330" s="21">
+        <v>22</v>
+      </c>
+      <c r="D330" s="21">
+        <v>7</v>
+      </c>
+      <c r="E330" s="20">
+        <v>0.31818181818182001</v>
+      </c>
+    </row>
+    <row r="331" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A331" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B331" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C331" s="21">
+        <v>388</v>
+      </c>
+      <c r="D331" s="21">
+        <v>73</v>
+      </c>
+      <c r="E331" s="20">
+        <v>0.18814432989690999</v>
+      </c>
+    </row>
+    <row r="332" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A332" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B332" s="18" t="s">
+        <v>27</v>
+      </c>
+      <c r="C332" s="21">
+        <v>533</v>
+      </c>
+      <c r="D332" s="21">
+        <v>125</v>
+      </c>
+      <c r="E332" s="20">
+        <v>0.23452157598498999</v>
+      </c>
+    </row>
+    <row r="333" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A333" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B333" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C333" s="21">
+        <v>327</v>
+      </c>
+      <c r="D333" s="21">
+        <v>58</v>
+      </c>
+      <c r="E333" s="20">
+        <v>0.17737003058104001</v>
+      </c>
+    </row>
+    <row r="334" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A334" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B334" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="C334" s="21">
+        <v>337</v>
+      </c>
+      <c r="D334" s="21">
+        <v>47</v>
+      </c>
+      <c r="E334" s="20">
+        <v>0.13946587537092001</v>
+      </c>
+    </row>
+    <row r="335" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A335" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B335" s="18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C335" s="21">
+        <v>540</v>
+      </c>
+      <c r="D335" s="21">
+        <v>102</v>
+      </c>
+      <c r="E335" s="20">
+        <v>0.18888888888888999</v>
+      </c>
+    </row>
+    <row r="336" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A336" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B336" s="18" t="s">
+        <v>31</v>
+      </c>
+      <c r="C336" s="21">
+        <v>29</v>
+      </c>
+      <c r="D336" s="21">
+        <v>3</v>
+      </c>
+      <c r="E336" s="20">
+        <v>0.10344827586207</v>
+      </c>
+    </row>
+    <row r="337" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A337" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B337" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C337" s="21">
+        <v>99</v>
+      </c>
+      <c r="D337" s="21">
+        <v>20</v>
+      </c>
+      <c r="E337" s="20">
+        <v>0.20202020202019999</v>
+      </c>
+    </row>
+    <row r="338" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A338" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B338" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="C338" s="21">
+        <v>251</v>
+      </c>
+      <c r="D338" s="21">
         <v>55</v>
       </c>
-      <c r="B1" s="10"/>
-[...5 lines deleted...]
-      <c r="A2" s="9" t="s">
+      <c r="E338" s="20">
+        <v>0.2191235059761</v>
+      </c>
+    </row>
+    <row r="339" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A339" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B339" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="C339" s="21">
+        <v>1180</v>
+      </c>
+      <c r="D339" s="21">
+        <v>256</v>
+      </c>
+      <c r="E339" s="20">
+        <v>0.21694915254236999</v>
+      </c>
+    </row>
+    <row r="340" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A340" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B340" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C340" s="21">
+        <v>1310</v>
+      </c>
+      <c r="D340" s="21">
+        <v>275</v>
+      </c>
+      <c r="E340" s="20">
+        <v>0.20992366412214</v>
+      </c>
+    </row>
+    <row r="341" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A341" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B341" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="C341" s="21">
+        <v>1110</v>
+      </c>
+      <c r="D341" s="21">
+        <v>253</v>
+      </c>
+      <c r="E341" s="20">
+        <v>0.22792792792793001</v>
+      </c>
+    </row>
+    <row r="342" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A342" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B342" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="C342" s="21">
+        <v>127</v>
+      </c>
+      <c r="D342" s="21">
+        <v>21</v>
+      </c>
+      <c r="E342" s="20">
+        <v>0.16535433070866001</v>
+      </c>
+    </row>
+    <row r="343" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A343" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B343" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C343" s="21">
+        <v>14</v>
+      </c>
+      <c r="D343" s="21">
+        <v>4</v>
+      </c>
+      <c r="E343" s="20">
+        <v>0.28571428571428997</v>
+      </c>
+    </row>
+    <row r="344" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A344" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B344" s="18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C344" s="21">
+        <v>958</v>
+      </c>
+      <c r="D344" s="21">
+        <v>242</v>
+      </c>
+      <c r="E344" s="20">
+        <v>0.25260960334028998</v>
+      </c>
+    </row>
+    <row r="345" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A345" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B345" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C345" s="21">
+        <v>26</v>
+      </c>
+      <c r="D345" s="21">
         <v>0</v>
       </c>
-      <c r="B2" s="9" t="s">
+      <c r="E345" s="20">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="346" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A346" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B346" s="18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C346" s="21">
+        <v>1316</v>
+      </c>
+      <c r="D346" s="21">
+        <v>315</v>
+      </c>
+      <c r="E346" s="20">
+        <v>0.23936170212766</v>
+      </c>
+    </row>
+    <row r="347" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A347" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B347" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C347" s="21">
+        <v>16</v>
+      </c>
+      <c r="D347" s="21">
+        <v>5</v>
+      </c>
+      <c r="E347" s="20">
+        <v>0.3125</v>
+      </c>
+    </row>
+    <row r="348" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A348" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B348" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="C348" s="21">
+        <v>664</v>
+      </c>
+      <c r="D348" s="21">
+        <v>160</v>
+      </c>
+      <c r="E348" s="20">
+        <v>0.24096385542168999</v>
+      </c>
+    </row>
+    <row r="349" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A349" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B349" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="C349" s="21">
+        <v>1376</v>
+      </c>
+      <c r="D349" s="21">
+        <v>245</v>
+      </c>
+      <c r="E349" s="20">
+        <v>0.17805232558139999</v>
+      </c>
+    </row>
+    <row r="350" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A350" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B350" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C350" s="21">
+        <v>36</v>
+      </c>
+      <c r="D350" s="21">
         <v>1</v>
       </c>
-      <c r="C2" s="9" t="s">
+      <c r="E350" s="20">
+        <v>2.777777777778E-2</v>
+      </c>
+    </row>
+    <row r="351" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A351" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B351" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="C351" s="21">
+        <v>928</v>
+      </c>
+      <c r="D351" s="21">
+        <v>163</v>
+      </c>
+      <c r="E351" s="20">
+        <v>0.17564655172414001</v>
+      </c>
+    </row>
+    <row r="352" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A352" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B352" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C352" s="21">
+        <v>177</v>
+      </c>
+      <c r="D352" s="21">
+        <v>30</v>
+      </c>
+      <c r="E352" s="20">
+        <v>0.16949152542373</v>
+      </c>
+    </row>
+    <row r="353" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A353" s="31">
+        <v>2022</v>
+      </c>
+      <c r="B353" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="C353" s="21">
+        <v>47</v>
+      </c>
+      <c r="D353" s="21">
+        <v>7</v>
+      </c>
+      <c r="E353" s="20">
+        <v>0.14893617021277</v>
+      </c>
+    </row>
+    <row r="354" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A354" s="32">
+        <v>2022</v>
+      </c>
+      <c r="B354" s="17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C354" s="22">
+        <v>24942</v>
+      </c>
+      <c r="D354" s="22">
+        <v>5616</v>
+      </c>
+      <c r="E354" s="23">
+        <v>0.22516237671398001</v>
+      </c>
+    </row>
+    <row r="355" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A355" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B355" s="24" t="s">
+        <v>6</v>
+      </c>
+      <c r="C355" s="25">
+        <v>8</v>
+      </c>
+      <c r="D355" s="25">
+        <v>3</v>
+      </c>
+      <c r="E355" s="26">
+        <v>0.375</v>
+      </c>
+    </row>
+    <row r="356" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A356" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B356" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="C356" s="25">
+        <v>833</v>
+      </c>
+      <c r="D356" s="25">
+        <v>194</v>
+      </c>
+      <c r="E356" s="26">
+        <v>0.23289315726290999</v>
+      </c>
+    </row>
+    <row r="357" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A357" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B357" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C357" s="25">
+        <v>392</v>
+      </c>
+      <c r="D357" s="25">
+        <v>95</v>
+      </c>
+      <c r="E357" s="26">
+        <v>0.24234693877551</v>
+      </c>
+    </row>
+    <row r="358" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A358" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B358" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" s="25">
+        <v>1120</v>
+      </c>
+      <c r="D358" s="25">
+        <v>272</v>
+      </c>
+      <c r="E358" s="26">
+        <v>0.24285714285714</v>
+      </c>
+    </row>
+    <row r="359" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A359" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B359" s="24" t="s">
+        <v>10</v>
+      </c>
+      <c r="C359" s="25">
+        <v>228</v>
+      </c>
+      <c r="D359" s="25">
+        <v>48</v>
+      </c>
+      <c r="E359" s="26">
+        <v>0.21052631578947001</v>
+      </c>
+    </row>
+    <row r="360" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A360" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B360" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="C360" s="25">
+        <v>208</v>
+      </c>
+      <c r="D360" s="25">
+        <v>52</v>
+      </c>
+      <c r="E360" s="26">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="361" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A361" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B361" s="24" t="s">
+        <v>12</v>
+      </c>
+      <c r="C361" s="25">
+        <v>21</v>
+      </c>
+      <c r="D361" s="25">
+        <v>4</v>
+      </c>
+      <c r="E361" s="26">
+        <v>0.19047619047618999</v>
+      </c>
+    </row>
+    <row r="362" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A362" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B362" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="C362" s="25">
+        <v>180</v>
+      </c>
+      <c r="D362" s="25">
+        <v>39</v>
+      </c>
+      <c r="E362" s="26">
+        <v>0.21666666666667</v>
+      </c>
+    </row>
+    <row r="363" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A363" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B363" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="C363" s="25">
+        <v>5</v>
+      </c>
+      <c r="D363" s="25">
+        <v>1</v>
+      </c>
+      <c r="E363" s="26">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="364" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A364" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B364" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="C364" s="25">
+        <v>202</v>
+      </c>
+      <c r="D364" s="25">
+        <v>36</v>
+      </c>
+      <c r="E364" s="26">
+        <v>0.17821782178218001</v>
+      </c>
+    </row>
+    <row r="365" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A365" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B365" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="C365" s="25">
+        <v>227</v>
+      </c>
+      <c r="D365" s="25">
+        <v>48</v>
+      </c>
+      <c r="E365" s="26">
+        <v>0.21145374449338999</v>
+      </c>
+    </row>
+    <row r="366" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A366" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B366" s="24" t="s">
+        <v>17</v>
+      </c>
+      <c r="C366" s="25">
+        <v>38</v>
+      </c>
+      <c r="D366" s="25">
         <v>2</v>
       </c>
-      <c r="D2" s="9" t="s">
+      <c r="E366" s="26">
+        <v>5.263157894737E-2</v>
+      </c>
+    </row>
+    <row r="367" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A367" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B367" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="C367" s="25">
+        <v>190</v>
+      </c>
+      <c r="D367" s="25">
+        <v>43</v>
+      </c>
+      <c r="E367" s="26">
+        <v>0.22631578947368</v>
+      </c>
+    </row>
+    <row r="368" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A368" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B368" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="C368" s="25">
+        <v>724</v>
+      </c>
+      <c r="D368" s="25">
+        <v>179</v>
+      </c>
+      <c r="E368" s="26">
+        <v>0.24723756906076999</v>
+      </c>
+    </row>
+    <row r="369" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A369" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B369" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="C369" s="25">
+        <v>4809</v>
+      </c>
+      <c r="D369" s="25">
+        <v>1164</v>
+      </c>
+      <c r="E369" s="26">
+        <v>0.24204616344353999</v>
+      </c>
+    </row>
+    <row r="370" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A370" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B370" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="C370" s="25">
+        <v>1518</v>
+      </c>
+      <c r="D370" s="25">
+        <v>371</v>
+      </c>
+      <c r="E370" s="26">
+        <v>0.24440052700921999</v>
+      </c>
+    </row>
+    <row r="371" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A371" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B371" s="24" t="s">
+        <v>22</v>
+      </c>
+      <c r="C371" s="25">
+        <v>930</v>
+      </c>
+      <c r="D371" s="25">
+        <v>216</v>
+      </c>
+      <c r="E371" s="26">
+        <v>0.23225806451612999</v>
+      </c>
+    </row>
+    <row r="372" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A372" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B372" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="C372" s="25">
+        <v>722</v>
+      </c>
+      <c r="D372" s="25">
+        <v>185</v>
+      </c>
+      <c r="E372" s="26">
+        <v>0.25623268698061002</v>
+      </c>
+    </row>
+    <row r="373" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A373" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B373" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="C373" s="25">
+        <v>432</v>
+      </c>
+      <c r="D373" s="25">
+        <v>106</v>
+      </c>
+      <c r="E373" s="26">
+        <v>0.24537037037036999</v>
+      </c>
+    </row>
+    <row r="374" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A374" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B374" s="24" t="s">
+        <v>25</v>
+      </c>
+      <c r="C374" s="25">
+        <v>23</v>
+      </c>
+      <c r="D374" s="25">
+        <v>0</v>
+      </c>
+      <c r="E374" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="375" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A375" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B375" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C375" s="25">
+        <v>388</v>
+      </c>
+      <c r="D375" s="25">
+        <v>90</v>
+      </c>
+      <c r="E375" s="26">
+        <v>0.2319587628866</v>
+      </c>
+    </row>
+    <row r="376" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A376" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B376" s="24" t="s">
+        <v>27</v>
+      </c>
+      <c r="C376" s="25">
+        <v>545</v>
+      </c>
+      <c r="D376" s="25">
+        <v>140</v>
+      </c>
+      <c r="E376" s="26">
+        <v>0.25688073394494998</v>
+      </c>
+    </row>
+    <row r="377" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A377" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B377" s="24" t="s">
+        <v>28</v>
+      </c>
+      <c r="C377" s="25">
+        <v>312</v>
+      </c>
+      <c r="D377" s="25">
+        <v>54</v>
+      </c>
+      <c r="E377" s="26">
+        <v>0.17307692307691999</v>
+      </c>
+    </row>
+    <row r="378" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A378" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B378" s="24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C378" s="25">
+        <v>294</v>
+      </c>
+      <c r="D378" s="25">
+        <v>36</v>
+      </c>
+      <c r="E378" s="26">
+        <v>0.12244897959183999</v>
+      </c>
+    </row>
+    <row r="379" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A379" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B379" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C379" s="25">
+        <v>523</v>
+      </c>
+      <c r="D379" s="25">
+        <v>96</v>
+      </c>
+      <c r="E379" s="26">
+        <v>0.18355640535373</v>
+      </c>
+    </row>
+    <row r="380" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A380" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B380" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="C380" s="25">
+        <v>12</v>
+      </c>
+      <c r="D380" s="25">
+        <v>2</v>
+      </c>
+      <c r="E380" s="26">
+        <v>0.16666666666666999</v>
+      </c>
+    </row>
+    <row r="381" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A381" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B381" s="24" t="s">
+        <v>32</v>
+      </c>
+      <c r="C381" s="25">
+        <v>98</v>
+      </c>
+      <c r="D381" s="25">
+        <v>12</v>
+      </c>
+      <c r="E381" s="26">
+        <v>0.12244897959183999</v>
+      </c>
+    </row>
+    <row r="382" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A382" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B382" s="24" t="s">
+        <v>33</v>
+      </c>
+      <c r="C382" s="25">
+        <v>237</v>
+      </c>
+      <c r="D382" s="25">
+        <v>61</v>
+      </c>
+      <c r="E382" s="26">
+        <v>0.25738396624472998</v>
+      </c>
+    </row>
+    <row r="383" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A383" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B383" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="C383" s="25">
+        <v>1286</v>
+      </c>
+      <c r="D383" s="25">
+        <v>287</v>
+      </c>
+      <c r="E383" s="26">
+        <v>0.22317262830481999</v>
+      </c>
+    </row>
+    <row r="384" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A384" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B384" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="C384" s="25">
+        <v>1272</v>
+      </c>
+      <c r="D384" s="25">
+        <v>310</v>
+      </c>
+      <c r="E384" s="26">
+        <v>0.24371069182390001</v>
+      </c>
+    </row>
+    <row r="385" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A385" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B385" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="C385" s="25">
+        <v>1072</v>
+      </c>
+      <c r="D385" s="25">
+        <v>221</v>
+      </c>
+      <c r="E385" s="26">
+        <v>0.20615671641791</v>
+      </c>
+    </row>
+    <row r="386" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A386" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B386" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="C386" s="25">
+        <v>131</v>
+      </c>
+      <c r="D386" s="25">
+        <v>23</v>
+      </c>
+      <c r="E386" s="26">
+        <v>0.17557251908397001</v>
+      </c>
+    </row>
+    <row r="387" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A387" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B387" s="24" t="s">
+        <v>38</v>
+      </c>
+      <c r="C387" s="25">
+        <v>11</v>
+      </c>
+      <c r="D387" s="25">
+        <v>2</v>
+      </c>
+      <c r="E387" s="26">
+        <v>0.18181818181817999</v>
+      </c>
+    </row>
+    <row r="388" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A388" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B388" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="C388" s="25">
+        <v>895</v>
+      </c>
+      <c r="D388" s="25">
+        <v>232</v>
+      </c>
+      <c r="E388" s="26">
+        <v>0.25921787709497002</v>
+      </c>
+    </row>
+    <row r="389" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A389" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B389" s="24" t="s">
+        <v>40</v>
+      </c>
+      <c r="C389" s="25">
+        <v>11</v>
+      </c>
+      <c r="D389" s="25">
+        <v>0</v>
+      </c>
+      <c r="E389" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="390" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A390" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B390" s="24" t="s">
+        <v>41</v>
+      </c>
+      <c r="C390" s="25">
+        <v>1274</v>
+      </c>
+      <c r="D390" s="25">
+        <v>307</v>
+      </c>
+      <c r="E390" s="26">
+        <v>0.24097331240188</v>
+      </c>
+    </row>
+    <row r="391" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A391" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B391" s="24" t="s">
+        <v>42</v>
+      </c>
+      <c r="C391" s="25">
+        <v>13</v>
+      </c>
+      <c r="D391" s="25">
+        <v>2</v>
+      </c>
+      <c r="E391" s="26">
+        <v>0.15384615384615</v>
+      </c>
+    </row>
+    <row r="392" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A392" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B392" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="C392" s="25">
+        <v>615</v>
+      </c>
+      <c r="D392" s="25">
+        <v>102</v>
+      </c>
+      <c r="E392" s="26">
+        <v>0.16585365853659001</v>
+      </c>
+    </row>
+    <row r="393" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A393" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B393" s="24" t="s">
+        <v>44</v>
+      </c>
+      <c r="C393" s="25">
+        <v>1358</v>
+      </c>
+      <c r="D393" s="25">
+        <v>236</v>
+      </c>
+      <c r="E393" s="26">
+        <v>0.17378497790868999</v>
+      </c>
+    </row>
+    <row r="394" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A394" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B394" s="24" t="s">
+        <v>45</v>
+      </c>
+      <c r="C394" s="25">
+        <v>17</v>
+      </c>
+      <c r="D394" s="25">
+        <v>0</v>
+      </c>
+      <c r="E394" s="26">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="395" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A395" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B395" s="24" t="s">
+        <v>46</v>
+      </c>
+      <c r="C395" s="25">
+        <v>955</v>
+      </c>
+      <c r="D395" s="25">
+        <v>187</v>
+      </c>
+      <c r="E395" s="26">
+        <v>0.19581151832461</v>
+      </c>
+    </row>
+    <row r="396" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A396" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B396" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="C396" s="25">
+        <v>168</v>
+      </c>
+      <c r="D396" s="25">
+        <v>29</v>
+      </c>
+      <c r="E396" s="26">
+        <v>0.17261904761905</v>
+      </c>
+    </row>
+    <row r="397" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A397" s="33">
+        <v>2023</v>
+      </c>
+      <c r="B397" s="24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C397" s="25">
+        <v>64</v>
+      </c>
+      <c r="D397" s="25">
+        <v>3</v>
+      </c>
+      <c r="E397" s="26">
+        <v>4.6875E-2</v>
+      </c>
+    </row>
+    <row r="398" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A398" s="34">
+        <v>2023</v>
+      </c>
+      <c r="B398" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="E2" s="9" t="s">
-[...7 lines deleted...]
-      <c r="B3" s="19" t="s">
+      <c r="C398" s="28">
+        <v>24361</v>
+      </c>
+      <c r="D398" s="28">
+        <v>5490</v>
+      </c>
+      <c r="E398" s="29">
+        <v>0.22536020688805999</v>
+      </c>
+    </row>
+    <row r="399" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A399" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B399" s="38" t="s">
+        <v>6</v>
+      </c>
+      <c r="C399" s="39">
+        <v>7</v>
+      </c>
+      <c r="D399" s="39">
+        <v>4</v>
+      </c>
+      <c r="E399" s="40">
+        <v>0.57142857142856995</v>
+      </c>
+    </row>
+    <row r="400" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A400" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B400" s="38" t="s">
+        <v>7</v>
+      </c>
+      <c r="C400" s="39">
+        <v>883</v>
+      </c>
+      <c r="D400" s="39">
+        <v>188</v>
+      </c>
+      <c r="E400" s="40">
+        <v>0.21291053227633</v>
+      </c>
+    </row>
+    <row r="401" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A401" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B401" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="C401" s="39">
+        <v>416</v>
+      </c>
+      <c r="D401" s="39">
+        <v>76</v>
+      </c>
+      <c r="E401" s="40">
+        <v>0.18269230769231001</v>
+      </c>
+    </row>
+    <row r="402" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A402" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B402" s="38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" s="39">
+        <v>1188</v>
+      </c>
+      <c r="D402" s="39">
+        <v>282</v>
+      </c>
+      <c r="E402" s="40">
+        <v>0.23737373737374001</v>
+      </c>
+    </row>
+    <row r="403" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A403" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B403" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="C403" s="39">
+        <v>209</v>
+      </c>
+      <c r="D403" s="39">
+        <v>44</v>
+      </c>
+      <c r="E403" s="40">
+        <v>0.21052631578947001</v>
+      </c>
+    </row>
+    <row r="404" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A404" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B404" s="38" t="s">
+        <v>11</v>
+      </c>
+      <c r="C404" s="39">
+        <v>219</v>
+      </c>
+      <c r="D404" s="39">
+        <v>55</v>
+      </c>
+      <c r="E404" s="40">
+        <v>0.25114155251142001</v>
+      </c>
+    </row>
+    <row r="405" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A405" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B405" s="38" t="s">
+        <v>12</v>
+      </c>
+      <c r="C405" s="39">
+        <v>24</v>
+      </c>
+      <c r="D405" s="39">
+        <v>5</v>
+      </c>
+      <c r="E405" s="40">
+        <v>0.20833333333333001</v>
+      </c>
+    </row>
+    <row r="406" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A406" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B406" s="38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C406" s="39">
+        <v>144</v>
+      </c>
+      <c r="D406" s="39">
+        <v>29</v>
+      </c>
+      <c r="E406" s="40">
+        <v>0.20138888888889001</v>
+      </c>
+    </row>
+    <row r="407" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A407" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B407" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="C407" s="39">
+        <v>5</v>
+      </c>
+      <c r="D407" s="39">
+        <v>0</v>
+      </c>
+      <c r="E407" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="408" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A408" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B408" s="38" t="s">
+        <v>15</v>
+      </c>
+      <c r="C408" s="39">
+        <v>197</v>
+      </c>
+      <c r="D408" s="39">
+        <v>33</v>
+      </c>
+      <c r="E408" s="40">
+        <v>0.16751269035533001</v>
+      </c>
+    </row>
+    <row r="409" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A409" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B409" s="38" t="s">
+        <v>16</v>
+      </c>
+      <c r="C409" s="39">
+        <v>176</v>
+      </c>
+      <c r="D409" s="39">
+        <v>33</v>
+      </c>
+      <c r="E409" s="40">
+        <v>0.1875</v>
+      </c>
+    </row>
+    <row r="410" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A410" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B410" s="38" t="s">
+        <v>17</v>
+      </c>
+      <c r="C410" s="39">
+        <v>44</v>
+      </c>
+      <c r="D410" s="39">
+        <v>6</v>
+      </c>
+      <c r="E410" s="40">
+        <v>0.13636363636363999</v>
+      </c>
+    </row>
+    <row r="411" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A411" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B411" s="38" t="s">
+        <v>18</v>
+      </c>
+      <c r="C411" s="39">
+        <v>172</v>
+      </c>
+      <c r="D411" s="39">
+        <v>36</v>
+      </c>
+      <c r="E411" s="40">
+        <v>0.20930232558139999</v>
+      </c>
+    </row>
+    <row r="412" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A412" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B412" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="C412" s="39">
+        <v>740</v>
+      </c>
+      <c r="D412" s="39">
+        <v>177</v>
+      </c>
+      <c r="E412" s="40">
+        <v>0.23918918918918999</v>
+      </c>
+    </row>
+    <row r="413" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A413" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B413" s="38" t="s">
+        <v>20</v>
+      </c>
+      <c r="C413" s="39">
+        <v>4991</v>
+      </c>
+      <c r="D413" s="39">
+        <v>1089</v>
+      </c>
+      <c r="E413" s="40">
+        <v>0.2181927469445</v>
+      </c>
+    </row>
+    <row r="414" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A414" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B414" s="38" t="s">
+        <v>21</v>
+      </c>
+      <c r="C414" s="39">
+        <v>1537</v>
+      </c>
+      <c r="D414" s="39">
+        <v>322</v>
+      </c>
+      <c r="E414" s="40">
+        <v>0.20949902407286999</v>
+      </c>
+    </row>
+    <row r="415" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A415" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B415" s="38" t="s">
+        <v>22</v>
+      </c>
+      <c r="C415" s="39">
+        <v>944</v>
+      </c>
+      <c r="D415" s="39">
+        <v>201</v>
+      </c>
+      <c r="E415" s="40">
+        <v>0.21292372881356</v>
+      </c>
+    </row>
+    <row r="416" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A416" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B416" s="38" t="s">
+        <v>23</v>
+      </c>
+      <c r="C416" s="39">
+        <v>774</v>
+      </c>
+      <c r="D416" s="39">
+        <v>188</v>
+      </c>
+      <c r="E416" s="40">
+        <v>0.24289405684755</v>
+      </c>
+    </row>
+    <row r="417" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A417" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B417" s="38" t="s">
+        <v>24</v>
+      </c>
+      <c r="C417" s="39">
+        <v>490</v>
+      </c>
+      <c r="D417" s="39">
+        <v>68</v>
+      </c>
+      <c r="E417" s="40">
+        <v>0.13877551020407999</v>
+      </c>
+    </row>
+    <row r="418" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A418" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B418" s="38" t="s">
+        <v>25</v>
+      </c>
+      <c r="C418" s="39">
+        <v>21</v>
+      </c>
+      <c r="D418" s="39">
+        <v>2</v>
+      </c>
+      <c r="E418" s="40">
+        <v>9.5238095238100007E-2</v>
+      </c>
+    </row>
+    <row r="419" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A419" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B419" s="38" t="s">
+        <v>26</v>
+      </c>
+      <c r="C419" s="39">
+        <v>366</v>
+      </c>
+      <c r="D419" s="39">
+        <v>69</v>
+      </c>
+      <c r="E419" s="40">
+        <v>0.18852459016393</v>
+      </c>
+    </row>
+    <row r="420" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A420" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B420" s="38" t="s">
+        <v>27</v>
+      </c>
+      <c r="C420" s="39">
+        <v>533</v>
+      </c>
+      <c r="D420" s="39">
+        <v>140</v>
+      </c>
+      <c r="E420" s="40">
+        <v>0.26266416510319002</v>
+      </c>
+    </row>
+    <row r="421" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A421" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B421" s="38" t="s">
+        <v>28</v>
+      </c>
+      <c r="C421" s="39">
+        <v>297</v>
+      </c>
+      <c r="D421" s="39">
+        <v>55</v>
+      </c>
+      <c r="E421" s="40">
+        <v>0.18518518518519</v>
+      </c>
+    </row>
+    <row r="422" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A422" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B422" s="38" t="s">
+        <v>29</v>
+      </c>
+      <c r="C422" s="39">
+        <v>285</v>
+      </c>
+      <c r="D422" s="39">
+        <v>36</v>
+      </c>
+      <c r="E422" s="40">
+        <v>0.12631578947368</v>
+      </c>
+    </row>
+    <row r="423" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A423" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B423" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="C423" s="39">
+        <v>563</v>
+      </c>
+      <c r="D423" s="39">
+        <v>79</v>
+      </c>
+      <c r="E423" s="40">
+        <v>0.14031971580816999</v>
+      </c>
+    </row>
+    <row r="424" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A424" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B424" s="38" t="s">
+        <v>31</v>
+      </c>
+      <c r="C424" s="39">
+        <v>8</v>
+      </c>
+      <c r="D424" s="39">
+        <v>2</v>
+      </c>
+      <c r="E424" s="40">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="425" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A425" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B425" s="38" t="s">
+        <v>32</v>
+      </c>
+      <c r="C425" s="39">
+        <v>90</v>
+      </c>
+      <c r="D425" s="39">
+        <v>15</v>
+      </c>
+      <c r="E425" s="40">
+        <v>0.16666666666666999</v>
+      </c>
+    </row>
+    <row r="426" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A426" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B426" s="38" t="s">
+        <v>33</v>
+      </c>
+      <c r="C426" s="39">
+        <v>254</v>
+      </c>
+      <c r="D426" s="39">
+        <v>59</v>
+      </c>
+      <c r="E426" s="40">
+        <v>0.23228346456693</v>
+      </c>
+    </row>
+    <row r="427" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A427" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B427" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="C427" s="39">
+        <v>1270</v>
+      </c>
+      <c r="D427" s="39">
+        <v>236</v>
+      </c>
+      <c r="E427" s="40">
+        <v>0.18582677165354</v>
+      </c>
+    </row>
+    <row r="428" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A428" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B428" s="38" t="s">
+        <v>35</v>
+      </c>
+      <c r="C428" s="39">
+        <v>1299</v>
+      </c>
+      <c r="D428" s="39">
+        <v>310</v>
+      </c>
+      <c r="E428" s="40">
+        <v>0.23864511162433</v>
+      </c>
+    </row>
+    <row r="429" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A429" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B429" s="38" t="s">
+        <v>36</v>
+      </c>
+      <c r="C429" s="39">
+        <v>1049</v>
+      </c>
+      <c r="D429" s="39">
+        <v>191</v>
+      </c>
+      <c r="E429" s="40">
+        <v>0.18207816968540999</v>
+      </c>
+    </row>
+    <row r="430" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A430" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B430" s="38" t="s">
+        <v>37</v>
+      </c>
+      <c r="C430" s="39">
+        <v>149</v>
+      </c>
+      <c r="D430" s="39">
+        <v>26</v>
+      </c>
+      <c r="E430" s="40">
+        <v>0.17449664429530001</v>
+      </c>
+    </row>
+    <row r="431" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A431" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B431" s="38" t="s">
+        <v>38</v>
+      </c>
+      <c r="C431" s="39">
+        <v>12</v>
+      </c>
+      <c r="D431" s="39">
         <v>3</v>
       </c>
-      <c r="C3" s="20">
+      <c r="E431" s="40">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="432" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A432" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B432" s="38" t="s">
+        <v>39</v>
+      </c>
+      <c r="C432" s="39">
+        <v>882</v>
+      </c>
+      <c r="D432" s="39">
+        <v>172</v>
+      </c>
+      <c r="E432" s="40">
+        <v>0.19501133786847999</v>
+      </c>
+    </row>
+    <row r="433" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A433" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B433" s="38" t="s">
+        <v>40</v>
+      </c>
+      <c r="C433" s="39">
+        <v>11</v>
+      </c>
+      <c r="D433" s="39">
+        <v>1</v>
+      </c>
+      <c r="E433" s="40">
+        <v>9.0909090909089996E-2</v>
+      </c>
+    </row>
+    <row r="434" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A434" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B434" s="38" t="s">
+        <v>41</v>
+      </c>
+      <c r="C434" s="39">
+        <v>1333</v>
+      </c>
+      <c r="D434" s="39">
+        <v>332</v>
+      </c>
+      <c r="E434" s="40">
+        <v>0.24906226556639</v>
+      </c>
+    </row>
+    <row r="435" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A435" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B435" s="38" t="s">
+        <v>42</v>
+      </c>
+      <c r="C435" s="39">
+        <v>12</v>
+      </c>
+      <c r="D435" s="39">
+        <v>3</v>
+      </c>
+      <c r="E435" s="40">
+        <v>0.25</v>
+      </c>
+    </row>
+    <row r="436" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A436" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B436" s="38" t="s">
+        <v>43</v>
+      </c>
+      <c r="C436" s="39">
+        <v>609</v>
+      </c>
+      <c r="D436" s="39">
+        <v>142</v>
+      </c>
+      <c r="E436" s="40">
+        <v>0.23316912972084999</v>
+      </c>
+    </row>
+    <row r="437" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A437" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B437" s="38" t="s">
+        <v>44</v>
+      </c>
+      <c r="C437" s="39">
+        <v>1493</v>
+      </c>
+      <c r="D437" s="39">
+        <v>233</v>
+      </c>
+      <c r="E437" s="40">
+        <v>0.15606162089751999</v>
+      </c>
+    </row>
+    <row r="438" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A438" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B438" s="38" t="s">
+        <v>45</v>
+      </c>
+      <c r="C438" s="39">
+        <v>15</v>
+      </c>
+      <c r="D438" s="39">
+        <v>2</v>
+      </c>
+      <c r="E438" s="40">
+        <v>0.13333333333333</v>
+      </c>
+    </row>
+    <row r="439" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A439" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B439" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="C439" s="39">
+        <v>896</v>
+      </c>
+      <c r="D439" s="39">
+        <v>147</v>
+      </c>
+      <c r="E439" s="40">
+        <v>0.1640625</v>
+      </c>
+    </row>
+    <row r="440" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A440" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B440" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="C440" s="39">
+        <v>160</v>
+      </c>
+      <c r="D440" s="39">
+        <v>27</v>
+      </c>
+      <c r="E440" s="40">
+        <v>0.16875000000000001</v>
+      </c>
+    </row>
+    <row r="441" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A441" s="44">
+        <v>2024</v>
+      </c>
+      <c r="B441" s="38" t="s">
+        <v>48</v>
+      </c>
+      <c r="C441" s="39">
+        <v>65</v>
+      </c>
+      <c r="D441" s="39">
+        <v>6</v>
+      </c>
+      <c r="E441" s="40">
+        <v>9.2307692307689995E-2</v>
+      </c>
+    </row>
+    <row r="442" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A442" s="45">
+        <v>2024</v>
+      </c>
+      <c r="B442" s="41" t="s">
+        <v>49</v>
+      </c>
+      <c r="C442" s="42">
+        <v>24832</v>
+      </c>
+      <c r="D442" s="42">
+        <v>5124</v>
+      </c>
+      <c r="E442" s="43">
+        <v>0.20634664948454001</v>
+      </c>
+    </row>
+    <row r="443" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A443" s="49">
+        <v>2025</v>
+      </c>
+      <c r="B443" s="52" t="s">
+        <v>6</v>
+      </c>
+      <c r="C443" s="53">
+        <v>7</v>
+      </c>
+      <c r="D443" s="53">
+        <v>2</v>
+      </c>
+      <c r="E443" s="54">
+        <v>0.28599999999999998</v>
+      </c>
+    </row>
+    <row r="444" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A444" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B444" s="55" t="s">
+        <v>7</v>
+      </c>
+      <c r="C444" s="56">
+        <v>956</v>
+      </c>
+      <c r="D444" s="56">
+        <v>166</v>
+      </c>
+      <c r="E444" s="57">
+        <v>0.17399999999999999</v>
+      </c>
+    </row>
+    <row r="445" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A445" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B445" s="55" t="s">
+        <v>8</v>
+      </c>
+      <c r="C445" s="56">
+        <v>465</v>
+      </c>
+      <c r="D445" s="56">
+        <v>56</v>
+      </c>
+      <c r="E445" s="57">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="446" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A446" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B446" s="55" t="s">
         <v>9</v>
       </c>
-      <c r="D3" s="20">
+      <c r="C446" s="56">
+        <v>1264</v>
+      </c>
+      <c r="D446" s="56">
+        <v>224</v>
+      </c>
+      <c r="E446" s="57">
+        <v>0.17699999999999999</v>
+      </c>
+    </row>
+    <row r="447" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A447" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B447" s="55" t="s">
+        <v>10</v>
+      </c>
+      <c r="C447" s="56">
+        <v>247</v>
+      </c>
+      <c r="D447" s="56">
+        <v>42</v>
+      </c>
+      <c r="E447" s="57">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="448" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A448" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B448" s="55" t="s">
+        <v>11</v>
+      </c>
+      <c r="C448" s="56">
+        <v>251</v>
+      </c>
+      <c r="D448" s="56">
+        <v>49</v>
+      </c>
+      <c r="E448" s="57">
+        <v>0.19500000000000001</v>
+      </c>
+    </row>
+    <row r="449" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A449" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B449" s="55" t="s">
+        <v>12</v>
+      </c>
+      <c r="C449" s="56">
+        <v>16</v>
+      </c>
+      <c r="D449" s="56">
         <v>3</v>
       </c>
-      <c r="E3" s="21">
+      <c r="E449" s="57">
+        <v>0.188</v>
+      </c>
+    </row>
+    <row r="450" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A450" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B450" s="55" t="s">
+        <v>13</v>
+      </c>
+      <c r="C450" s="56">
+        <v>145</v>
+      </c>
+      <c r="D450" s="56">
+        <v>21</v>
+      </c>
+      <c r="E450" s="57">
+        <v>0.14499999999999999</v>
+      </c>
+    </row>
+    <row r="451" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A451" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B451" s="55" t="s">
+        <v>14</v>
+      </c>
+      <c r="C451" s="56">
+        <v>9</v>
+      </c>
+      <c r="D451" s="56">
+        <v>2</v>
+      </c>
+      <c r="E451" s="57">
+        <v>0.222</v>
+      </c>
+    </row>
+    <row r="452" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A452" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B452" s="55" t="s">
+        <v>15</v>
+      </c>
+      <c r="C452" s="56">
+        <v>206</v>
+      </c>
+      <c r="D452" s="56">
+        <v>34</v>
+      </c>
+      <c r="E452" s="57">
+        <v>0.16500000000000001</v>
+      </c>
+    </row>
+    <row r="453" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A453" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B453" s="55" t="s">
+        <v>16</v>
+      </c>
+      <c r="C453" s="56">
+        <v>146</v>
+      </c>
+      <c r="D453" s="56">
+        <v>31</v>
+      </c>
+      <c r="E453" s="57">
+        <v>0.21199999999999999</v>
+      </c>
+    </row>
+    <row r="454" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A454" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B454" s="55" t="s">
+        <v>17</v>
+      </c>
+      <c r="C454" s="56">
+        <v>33</v>
+      </c>
+      <c r="D454" s="56">
+        <v>5</v>
+      </c>
+      <c r="E454" s="57">
+        <v>0.152</v>
+      </c>
+    </row>
+    <row r="455" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A455" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B455" s="55" t="s">
+        <v>18</v>
+      </c>
+      <c r="C455" s="56">
+        <v>135</v>
+      </c>
+      <c r="D455" s="56">
+        <v>19</v>
+      </c>
+      <c r="E455" s="57">
+        <v>0.14099999999999999</v>
+      </c>
+    </row>
+    <row r="456" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A456" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B456" s="55" t="s">
+        <v>19</v>
+      </c>
+      <c r="C456" s="56">
+        <v>784</v>
+      </c>
+      <c r="D456" s="56">
+        <v>126</v>
+      </c>
+      <c r="E456" s="57">
+        <v>0.161</v>
+      </c>
+    </row>
+    <row r="457" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A457" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B457" s="55" t="s">
+        <v>20</v>
+      </c>
+      <c r="C457" s="56">
+        <v>5534</v>
+      </c>
+      <c r="D457" s="56">
+        <v>948</v>
+      </c>
+      <c r="E457" s="57">
+        <v>0.17100000000000001</v>
+      </c>
+    </row>
+    <row r="458" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A458" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B458" s="55" t="s">
+        <v>21</v>
+      </c>
+      <c r="C458" s="56">
+        <v>1599</v>
+      </c>
+      <c r="D458" s="56">
+        <v>312</v>
+      </c>
+      <c r="E458" s="57">
+        <v>0.19500000000000001</v>
+      </c>
+    </row>
+    <row r="459" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A459" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B459" s="55" t="s">
+        <v>22</v>
+      </c>
+      <c r="C459" s="56">
+        <v>1064</v>
+      </c>
+      <c r="D459" s="56">
+        <v>154</v>
+      </c>
+      <c r="E459" s="57">
+        <v>0.14499999999999999</v>
+      </c>
+    </row>
+    <row r="460" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A460" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B460" s="55" t="s">
+        <v>23</v>
+      </c>
+      <c r="C460" s="56">
+        <v>892</v>
+      </c>
+      <c r="D460" s="56">
+        <v>134</v>
+      </c>
+      <c r="E460" s="57">
+        <v>0.15</v>
+      </c>
+    </row>
+    <row r="461" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A461" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B461" s="55" t="s">
+        <v>24</v>
+      </c>
+      <c r="C461" s="56">
+        <v>547</v>
+      </c>
+      <c r="D461" s="56">
+        <v>43</v>
+      </c>
+      <c r="E461" s="57">
+        <v>7.9000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="462" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A462" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B462" s="55" t="s">
+        <v>25</v>
+      </c>
+      <c r="C462" s="56">
+        <v>7</v>
+      </c>
+      <c r="D462" s="56">
+        <v>1</v>
+      </c>
+      <c r="E462" s="57">
+        <v>0.14299999999999999</v>
+      </c>
+    </row>
+    <row r="463" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A463" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B463" s="55" t="s">
+        <v>26</v>
+      </c>
+      <c r="C463" s="56">
+        <v>387</v>
+      </c>
+      <c r="D463" s="56">
+        <v>57</v>
+      </c>
+      <c r="E463" s="57">
+        <v>0.14699999999999999</v>
+      </c>
+    </row>
+    <row r="464" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A464" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B464" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="C464" s="56">
+        <v>561</v>
+      </c>
+      <c r="D464" s="56">
+        <v>105</v>
+      </c>
+      <c r="E464" s="57">
+        <v>0.187</v>
+      </c>
+    </row>
+    <row r="465" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A465" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B465" s="55" t="s">
+        <v>28</v>
+      </c>
+      <c r="C465" s="56">
+        <v>268</v>
+      </c>
+      <c r="D465" s="56">
+        <v>39</v>
+      </c>
+      <c r="E465" s="57">
+        <v>0.14599999999999999</v>
+      </c>
+    </row>
+    <row r="466" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A466" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B466" s="55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C466" s="56">
+        <v>259</v>
+      </c>
+      <c r="D466" s="56">
+        <v>33</v>
+      </c>
+      <c r="E466" s="57">
+        <v>0.127</v>
+      </c>
+    </row>
+    <row r="467" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A467" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B467" s="55" t="s">
+        <v>30</v>
+      </c>
+      <c r="C467" s="56">
+        <v>612</v>
+      </c>
+      <c r="D467" s="56">
+        <v>69</v>
+      </c>
+      <c r="E467" s="57">
+        <v>0.113</v>
+      </c>
+    </row>
+    <row r="468" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A468" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B468" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="C468" s="56">
+        <v>9</v>
+      </c>
+      <c r="D468" s="56">
+        <v>1</v>
+      </c>
+      <c r="E468" s="57">
+        <v>0.111</v>
+      </c>
+    </row>
+    <row r="469" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A469" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B469" s="55" t="s">
+        <v>32</v>
+      </c>
+      <c r="C469" s="56">
+        <v>67</v>
+      </c>
+      <c r="D469" s="56">
+        <v>8</v>
+      </c>
+      <c r="E469" s="57">
+        <v>0.11899999999999999</v>
+      </c>
+    </row>
+    <row r="470" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A470" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B470" s="55" t="s">
+        <v>33</v>
+      </c>
+      <c r="C470" s="56">
+        <v>255</v>
+      </c>
+      <c r="D470" s="56">
+        <v>40</v>
+      </c>
+      <c r="E470" s="57">
+        <v>0.157</v>
+      </c>
+    </row>
+    <row r="471" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A471" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B471" s="55" t="s">
+        <v>34</v>
+      </c>
+      <c r="C471" s="56">
+        <v>1252</v>
+      </c>
+      <c r="D471" s="56">
+        <v>176</v>
+      </c>
+      <c r="E471" s="57">
+        <v>0.14099999999999999</v>
+      </c>
+    </row>
+    <row r="472" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A472" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B472" s="55" t="s">
+        <v>35</v>
+      </c>
+      <c r="C472" s="56">
+        <v>1349</v>
+      </c>
+      <c r="D472" s="56">
+        <v>240</v>
+      </c>
+      <c r="E472" s="57">
+        <v>0.17799999999999999</v>
+      </c>
+    </row>
+    <row r="473" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A473" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B473" s="55" t="s">
+        <v>36</v>
+      </c>
+      <c r="C473" s="56">
+        <v>1127</v>
+      </c>
+      <c r="D473" s="56">
+        <v>173</v>
+      </c>
+      <c r="E473" s="57">
+        <v>0.154</v>
+      </c>
+    </row>
+    <row r="474" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A474" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B474" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="C474" s="56">
+        <v>137</v>
+      </c>
+      <c r="D474" s="56">
+        <v>11</v>
+      </c>
+      <c r="E474" s="57">
+        <v>0.08</v>
+      </c>
+    </row>
+    <row r="475" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A475" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B475" s="55" t="s">
+        <v>38</v>
+      </c>
+      <c r="C475" s="56">
+        <v>15</v>
+      </c>
+      <c r="D475" s="56">
+        <v>3</v>
+      </c>
+      <c r="E475" s="57">
+        <v>0.2</v>
+      </c>
+    </row>
+    <row r="476" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A476" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B476" s="55" t="s">
+        <v>39</v>
+      </c>
+      <c r="C476" s="56">
+        <v>914</v>
+      </c>
+      <c r="D476" s="56">
+        <v>160</v>
+      </c>
+      <c r="E476" s="57">
+        <v>0.17499999999999999</v>
+      </c>
+    </row>
+    <row r="477" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A477" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B477" s="55" t="s">
+        <v>40</v>
+      </c>
+      <c r="C477" s="56">
+        <v>8</v>
+      </c>
+      <c r="D477" s="56">
+        <v>0</v>
+      </c>
+      <c r="E477" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="478" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A478" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B478" s="55" t="s">
+        <v>41</v>
+      </c>
+      <c r="C478" s="56">
+        <v>1317</v>
+      </c>
+      <c r="D478" s="56">
+        <v>192</v>
+      </c>
+      <c r="E478" s="57">
+        <v>0.14599999999999999</v>
+      </c>
+    </row>
+    <row r="479" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A479" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B479" s="55" t="s">
+        <v>42</v>
+      </c>
+      <c r="C479" s="56">
+        <v>25</v>
+      </c>
+      <c r="D479" s="56">
+        <v>4</v>
+      </c>
+      <c r="E479" s="57">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="480" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A480" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B480" s="55" t="s">
+        <v>43</v>
+      </c>
+      <c r="C480" s="56">
+        <v>567</v>
+      </c>
+      <c r="D480" s="56">
+        <v>77</v>
+      </c>
+      <c r="E480" s="57">
+        <v>0.13600000000000001</v>
+      </c>
+    </row>
+    <row r="481" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A481" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B481" s="55" t="s">
+        <v>44</v>
+      </c>
+      <c r="C481" s="56">
+        <v>1514</v>
+      </c>
+      <c r="D481" s="56">
+        <v>145</v>
+      </c>
+      <c r="E481" s="57">
+        <v>9.6000000000000002E-2</v>
+      </c>
+    </row>
+    <row r="482" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A482" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B482" s="55" t="s">
+        <v>45</v>
+      </c>
+      <c r="C482" s="56">
+        <v>6</v>
+      </c>
+      <c r="D482" s="56">
+        <v>2</v>
+      </c>
+      <c r="E482" s="57">
         <v>0.33300000000000002</v>
       </c>
     </row>
-    <row r="4" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...77 lines deleted...]
-      <c r="D8" s="22">
+    <row r="483" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A483" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B483" s="55" t="s">
+        <v>46</v>
+      </c>
+      <c r="C483" s="56">
+        <v>1003</v>
+      </c>
+      <c r="D483" s="56">
+        <v>133</v>
+      </c>
+      <c r="E483" s="57">
+        <v>0.13300000000000001</v>
+      </c>
+    </row>
+    <row r="484" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A484" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B484" s="55" t="s">
+        <v>47</v>
+      </c>
+      <c r="C484" s="56">
+        <v>155</v>
+      </c>
+      <c r="D484" s="56">
         <v>16</v>
       </c>
-      <c r="E8" s="21">
-[...296 lines deleted...]
-      <c r="B26" s="19" t="s">
+      <c r="E484" s="57">
+        <v>0.10299999999999999</v>
+      </c>
+    </row>
+    <row r="485" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A485" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B485" s="55" t="s">
+        <v>48</v>
+      </c>
+      <c r="C485" s="56">
         <v>26</v>
       </c>
-      <c r="C26" s="22">
-[...223 lines deleted...]
-      <c r="D39" s="22">
+      <c r="D485" s="56">
         <v>3</v>
       </c>
-      <c r="E39" s="21">
-[...815 lines deleted...]
-      <c r="E87" s="21">
+      <c r="E485" s="57">
+        <v>0.115</v>
+      </c>
+    </row>
+    <row r="486" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A486" s="59">
+        <v>2025</v>
+      </c>
+      <c r="B486" s="60" t="s">
+        <v>49</v>
+      </c>
+      <c r="C486" s="61">
+        <v>26140</v>
+      </c>
+      <c r="D486" s="61">
+        <v>4059</v>
+      </c>
+      <c r="E486" s="62">
         <v>0.155</v>
-      </c>
-[...6034 lines deleted...]
-        <v>0.20634664948454001</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="5" scale="98" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="265" max="5" man="1"/>
   </rowBreaks>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5143A52C-13B9-4B36-977E-6F27B17D7DD8}">
   <dimension ref="A1:N9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="30.6640625" style="15" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.88671875" style="15"/>
+    <col min="1" max="1" width="30.6640625" style="14" customWidth="1"/>
+    <col min="2" max="2" width="100.6640625" style="14" customWidth="1"/>
+    <col min="3" max="16384" width="8.88671875" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="36" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="37" t="s">
+    <row r="1" spans="1:14" s="35" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="36" t="s">
+        <v>50</v>
+      </c>
+      <c r="C1" s="36"/>
+      <c r="D1" s="36"/>
+      <c r="E1" s="36"/>
+      <c r="F1" s="36"/>
+      <c r="G1" s="36"/>
+      <c r="H1" s="36"/>
+      <c r="I1" s="36"/>
+      <c r="J1" s="36"/>
+      <c r="K1" s="36"/>
+      <c r="L1" s="36"/>
+      <c r="M1" s="36"/>
+      <c r="N1" s="36"/>
+    </row>
+    <row r="2" spans="1:14" s="16" customFormat="1" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="30" t="s">
         <v>51</v>
       </c>
-      <c r="C1" s="37"/>
-[...30 lines deleted...]
-      <c r="N2" s="16"/>
+      <c r="B2" s="37" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="15"/>
+      <c r="F2" s="15"/>
+      <c r="G2" s="15"/>
+      <c r="H2" s="15"/>
+      <c r="I2" s="15"/>
+      <c r="J2" s="15"/>
+      <c r="K2" s="15"/>
+      <c r="L2" s="15"/>
+      <c r="M2" s="15"/>
+      <c r="N2" s="15"/>
     </row>
     <row r="3" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="48" t="s">
-        <v>59</v>
+      <c r="A4" s="47" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="49" t="s">
+      <c r="A5" s="48" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="48" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="46" t="s">
         <v>56</v>
-      </c>
-[...8 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="9" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="50" t="s">
-[...3 lines deleted...]
-      <c r="C9" s="50"/>
+      <c r="A9" s="63" t="s">
+        <v>57</v>
+      </c>
+      <c r="B9" s="63"/>
+      <c r="C9" s="63"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A9:C9"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId1" display="Source: NIH PUB File" xr:uid="{1D7BB5B4-D3DC-449F-AF90-9470571B27A0}"/>
     <hyperlink ref="A6" r:id="rId2" xr:uid="{E1C12F6C-7C76-4395-B0DF-86E6C92CFCDD}"/>
     <hyperlink ref="A5" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{9756FA67-2B25-47C8-B8B5-030C1F38802E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="90" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="5" tint="-0.249977111117893"/>
   </sheetPr>
   <dimension ref="A44:B47"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
     </row>
     <row r="47" spans="1:2" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B47" s="1"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A47:B47" location="'Table #208'!A8" display="return to table" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="A44" location="'Table #208'!A5" display="return to table" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.34" bottom="0.48" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">208</Table_x0023_>
     <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">566</RePORT_x0023_>
     <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">208-23</Password>
     <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
     <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Url>https://report.nih.gov/catalog/DisplayReport.aspx?rId=566</Url>
       <Description>Research Project Grants: Competing applications, awards, and success rates, by medical school department name (~165KB)</Description>
     </RePORTTitleandLink>
     <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
     <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst1>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Messan, Komi (NIH/OD) [E]</DisplayName>
         <AccountId>56</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst2>
     <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="643250b946235c332f643571124ea32d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4234e76b0cb473625794601bc3d0e1d" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -12113,50 +13272,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -12252,98 +13416,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96886140-CA4D-4793-9ADD-232F01E68A72}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35AF61C4-954A-4BD8-B337-916CC614B887}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{35AF61C4-954A-4BD8-B337-916CC614B887}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC8B1712-A9B5-4F39-B080-14D967717898}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D84886C-3556-47E6-A6C5-261447F1FE0C}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{044AD6F3-4A39-4568-8759-9884A5261B0A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96886140-CA4D-4793-9ADD-232F01E68A72}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>