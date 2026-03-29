--- v0 (2025-10-17)
+++ v1 (2026-03-29)
@@ -1,273 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr showInkAnnotation="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{45A47792-1328-4E76-8F9B-4041CC63D1C2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4AB016AA-CDB7-4C23-BB76-B6F8160A06BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #207" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="4" r:id="rId2"/>
     <sheet name="Success Rate Definition" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #207'!$A$2:$F$209</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #207'!$A$2:$F$254</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #207'!$A$1:$F$210</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #207'!$2:$2</definedName>
     <definedName name="REPORTS_FY06_TYPEIC">'Table #207'!$A$2:$E$111</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="42">
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>Table #207: NIH Academic Research Enhancement Award -</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+      </rPr>
+      <t>Competing Applications, Awards, Success Rates, and Total Funding by NIH Institutes/Centers, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
   <si>
     <t>Fiscal Year</t>
+  </si>
+  <si>
+    <t>NIH Institute/Center</t>
   </si>
   <si>
     <t>Number of Applications Reviewed</t>
   </si>
   <si>
     <t>Number of Applications Awarded</t>
   </si>
   <si>
-    <t>NIAAA</t>
+    <t>Success Rate</t>
+  </si>
+  <si>
+    <t>Total Funding</t>
+  </si>
+  <si>
+    <t>NCCIH</t>
+  </si>
+  <si>
+    <t>NCI</t>
+  </si>
+  <si>
+    <t>NEI</t>
+  </si>
+  <si>
+    <t>NHGRI</t>
+  </si>
+  <si>
+    <t>NHLBI</t>
   </si>
   <si>
     <t>NIA</t>
+  </si>
+  <si>
+    <t>NIAAA</t>
   </si>
   <si>
     <t>NIAID</t>
   </si>
   <si>
     <t>NIAMS</t>
   </si>
   <si>
-    <t>NCI</t>
+    <t>NIBIB</t>
+  </si>
+  <si>
+    <t>NICHD</t>
   </si>
   <si>
     <t>NIDA</t>
   </si>
   <si>
     <t>NIDCD</t>
   </si>
   <si>
     <t>NIDCR</t>
   </si>
   <si>
     <t>NIDDK</t>
   </si>
   <si>
-    <t>NIBIB</t>
-[...1 lines deleted...]
-  <si>
     <t>NIEHS</t>
-  </si>
-[...1 lines deleted...]
-    <t>NEI</t>
   </si>
   <si>
     <t>NIGMS</t>
   </si>
   <si>
-    <t>NICHD</t>
+    <t>NIMH</t>
   </si>
   <si>
-    <t>NHGRI</t>
+    <t>NIMHD</t>
   </si>
   <si>
-    <t>NHLBI</t>
+    <t>NINDS</t>
+  </si>
+  <si>
+    <t>NINR</t>
   </si>
   <si>
     <t>NLM</t>
   </si>
   <si>
-    <t>NIMH</t>
+    <t>NCCIH****</t>
   </si>
   <si>
-    <t>NINR</t>
+    <t>NIMHD***</t>
   </si>
   <si>
-    <t>NINDS</t>
-[...5 lines deleted...]
-    <t>NIMHD</t>
+    <t>NOTES</t>
   </si>
   <si>
     <t xml:space="preserve">Academic Research Enhancement Awards (AREA or R15)  
 </t>
   </si>
   <si>
     <t>Grant award stimulating research at health professional academic institutions with less than a specific maximum of NIH support in total costs in four or more of the last seven years.  This maximum institutional support was $3M for grant applications submitted prior to October 25, 2009, and $6M on or after that date.</t>
   </si>
   <si>
-    <t>return to table</t>
-[...16 lines deleted...]
-  <si>
     <t>OD Offices</t>
   </si>
   <si>
     <t>See NIH Almanac</t>
-  </si>
-[...69 lines deleted...]
-    <t>Data last updated 11/19/2024</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Source and Brief Methods:</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> See</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -286,56 +238,121 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Success Rate File</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF0000FF"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>document</t>
     </r>
   </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Additional Information: </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>NIH Grants and Funding Glossary</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Data produced by the</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color indexed="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 02/18/2026</t>
+  </si>
+  <si>
+    <t>return to table</t>
+  </si>
+  <si>
+    <t>FY Total</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="7">
+  <numFmts count="8">
+    <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="#0.0%"/>
     <numFmt numFmtId="166" formatCode="#######0"/>
     <numFmt numFmtId="167" formatCode="##,##0"/>
     <numFmt numFmtId="168" formatCode="##0.0%"/>
     <numFmt numFmtId="169" formatCode="\$##,###,###,##0"/>
   </numFmts>
   <fonts count="50" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
@@ -514,61 +531,50 @@
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <name val="Calibri"/>
-[...9 lines deleted...]
-      <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -613,52 +619,63 @@
     <font>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
   </fonts>
-  <fills count="30">
+  <fills count="32">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -767,52 +784,64 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.79998168889431442"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="12">
+  <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -910,50 +939,100 @@
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC1C1C1"/>
       </left>
       <right style="thin">
         <color rgb="FFC1C1C1"/>
       </right>
       <top style="thin">
         <color rgb="FFC1C1C1"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC1C1C1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFC1C1C1"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFC1C1C1"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC1C1C1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC1C1C1"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFC1C1C1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FFC1C1C1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFC1C1C1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FFC1C1C1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2921">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -3914,227 +3993,268 @@
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="63">
+  <cellXfs count="76">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="164" fontId="31" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="32" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="32" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="32" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="2917" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="27" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="31" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="37" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="38" fillId="28" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="37" fillId="0" borderId="10" xfId="2745" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="37" fillId="0" borderId="10" xfId="2745" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="167" fontId="39" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="37" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="39" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="37" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="39" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="37" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="167" fontId="40" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="38" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="40" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="38" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="40" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="38" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="2365" applyFill="1"/>
-    <xf numFmtId="0" fontId="44" fillId="29" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="29" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="25" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="25" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="28" borderId="10" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="28" borderId="10" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="39" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="37" fillId="26" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="40" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="38" fillId="28" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="25" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="25" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="29" borderId="0" xfId="2171" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="40" fillId="29" borderId="0" xfId="2171" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="166" fontId="39" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="37" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="39" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="37" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="39" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="37" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="39" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="37" fillId="26" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="40" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="38" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="28" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="38" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="38" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="169" fontId="38" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="29" borderId="0" xfId="2920" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="25" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="25" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="2184" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="2184" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="30" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="40" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="30" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="48" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="30" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="30" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="31" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="165" fontId="35" fillId="0" borderId="10" xfId="2745" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="168" fontId="40" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="35" fillId="0" borderId="10" xfId="1813" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="40" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="35" fillId="0" borderId="10" xfId="2745" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="165" fontId="36" fillId="28" borderId="10" xfId="2745" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="36" fillId="28" borderId="10" xfId="1813" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="29" borderId="0" xfId="2920" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top"/>
+    <xf numFmtId="10" fontId="37" fillId="30" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="25" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="6" fontId="37" fillId="30" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="49" fillId="25" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="10" fontId="37" fillId="30" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="25" borderId="0" xfId="2184" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="6" fontId="37" fillId="30" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="25" borderId="0" xfId="2184" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="3" fontId="35" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="25" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="36" fillId="28" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="30" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="30" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="31" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="31" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="38" fillId="31" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="6" fontId="38" fillId="31" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="2365" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2164" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2921">
     <cellStyle name="20% - Accent1 10" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 10 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 11 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 12 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 12 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 12 4" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 12 5" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 12 6" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 13 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 13 3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 13 4" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 13 5" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 13 6" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 14 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
@@ -7020,51 +7140,327 @@
     <cellStyle name="Warning Text 2 14" xfId="2893" xr:uid="{00000000-0005-0000-0000-00004E0B0000}"/>
     <cellStyle name="Warning Text 2 15" xfId="2894" xr:uid="{00000000-0005-0000-0000-00004F0B0000}"/>
     <cellStyle name="Warning Text 2 16" xfId="2895" xr:uid="{00000000-0005-0000-0000-0000500B0000}"/>
     <cellStyle name="Warning Text 2 17" xfId="2896" xr:uid="{00000000-0005-0000-0000-0000510B0000}"/>
     <cellStyle name="Warning Text 2 18" xfId="2897" xr:uid="{00000000-0005-0000-0000-0000520B0000}"/>
     <cellStyle name="Warning Text 2 19" xfId="2898" xr:uid="{00000000-0005-0000-0000-0000530B0000}"/>
     <cellStyle name="Warning Text 2 2" xfId="2899" xr:uid="{00000000-0005-0000-0000-0000540B0000}"/>
     <cellStyle name="Warning Text 2 20" xfId="2900" xr:uid="{00000000-0005-0000-0000-0000550B0000}"/>
     <cellStyle name="Warning Text 2 21" xfId="2901" xr:uid="{00000000-0005-0000-0000-0000560B0000}"/>
     <cellStyle name="Warning Text 2 22" xfId="2902" xr:uid="{00000000-0005-0000-0000-0000570B0000}"/>
     <cellStyle name="Warning Text 2 3" xfId="2903" xr:uid="{00000000-0005-0000-0000-0000580B0000}"/>
     <cellStyle name="Warning Text 2 4" xfId="2904" xr:uid="{00000000-0005-0000-0000-0000590B0000}"/>
     <cellStyle name="Warning Text 2 5" xfId="2905" xr:uid="{00000000-0005-0000-0000-00005A0B0000}"/>
     <cellStyle name="Warning Text 2 6" xfId="2906" xr:uid="{00000000-0005-0000-0000-00005B0B0000}"/>
     <cellStyle name="Warning Text 2 7" xfId="2907" xr:uid="{00000000-0005-0000-0000-00005C0B0000}"/>
     <cellStyle name="Warning Text 2 8" xfId="2908" xr:uid="{00000000-0005-0000-0000-00005D0B0000}"/>
     <cellStyle name="Warning Text 2 9" xfId="2909" xr:uid="{00000000-0005-0000-0000-00005E0B0000}"/>
     <cellStyle name="Warning Text 3" xfId="2910" xr:uid="{00000000-0005-0000-0000-00005F0B0000}"/>
     <cellStyle name="Warning Text 4" xfId="2911" xr:uid="{00000000-0005-0000-0000-0000600B0000}"/>
     <cellStyle name="Warning Text 5" xfId="2912" xr:uid="{00000000-0005-0000-0000-0000610B0000}"/>
     <cellStyle name="Warning Text 6" xfId="2913" xr:uid="{00000000-0005-0000-0000-0000620B0000}"/>
     <cellStyle name="Warning Text 7" xfId="2914" xr:uid="{00000000-0005-0000-0000-0000630B0000}"/>
     <cellStyle name="Warning Text 8" xfId="2915" xr:uid="{00000000-0005-0000-0000-0000640B0000}"/>
     <cellStyle name="Warning Text 9" xfId="2916" xr:uid="{00000000-0005-0000-0000-0000650B0000}"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="9">
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="10" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <numFmt numFmtId="14" formatCode="0.00%"/>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left/>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor rgb="FF000000"/>
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color rgb="FFC1C1C1"/>
+        </left>
+        <right style="thin">
+          <color rgb="FFC1C1C1"/>
+        </right>
+        <top/>
+        <bottom style="thin">
+          <color rgb="FFC1C1C1"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <top style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="4" tint="-0.249977111117893"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
@@ -7585,50 +7981,65 @@
           </a:endParaRPr>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPts val="900"/>
             </a:lnSpc>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="900"/>
         </a:p>
         <a:p>
           <a:pPr>
             <a:lnSpc>
               <a:spcPts val="1100"/>
             </a:lnSpc>
           </a:pPr>
           <a:endParaRPr lang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{52BD7DEB-0831-4D37-9ADA-484F5E3A7CE3}" name="Table1" displayName="Table1" ref="A2:F254" totalsRowShown="0" headerRowDxfId="8" headerRowBorderDxfId="7" tableBorderDxfId="6">
+  <autoFilter ref="A2:F254" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <tableColumns count="6">
+    <tableColumn id="1" xr3:uid="{FEAD98D6-0ED9-4447-B2B6-3985FCD8A4DA}" name="Fiscal Year" dataDxfId="5"/>
+    <tableColumn id="2" xr3:uid="{F484BD88-E98F-489C-9040-0BADF0473914}" name="NIH Institute/Center" dataDxfId="4"/>
+    <tableColumn id="3" xr3:uid="{6FE3BBA8-6179-4657-A074-D2B6E13ACBA6}" name="Number of Applications Reviewed" dataDxfId="3"/>
+    <tableColumn id="4" xr3:uid="{257AADD4-F5DB-4ADE-9576-26596C7A53BF}" name="Number of Applications Awarded" dataDxfId="2"/>
+    <tableColumn id="5" xr3:uid="{E711D6C9-11E0-467A-8657-F45C0C10183B}" name="Success Rate" dataDxfId="1"/>
+    <tableColumn id="6" xr3:uid="{C4EBABEC-B2DE-4895-AAA9-B53ECC33DD66}" name="Total Funding" dataDxfId="0"/>
+  </tableColumns>
+  <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
@@ -7871,4869 +8282,5312 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nih.gov/about-nih/what-we-do/nih-almanac/office-director-nih" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H232"/>
+  <dimension ref="A1:H254"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="13" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="20.6640625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="15.6640625" style="11" customWidth="1"/>
+    <col min="2" max="2" width="23" style="11" customWidth="1"/>
+    <col min="3" max="3" width="36.44140625" style="55" customWidth="1"/>
+    <col min="4" max="4" width="35.88671875" style="55" customWidth="1"/>
+    <col min="5" max="5" width="20.6640625" style="54" customWidth="1"/>
+    <col min="6" max="6" width="20.6640625" style="55" customWidth="1"/>
     <col min="7" max="16384" width="9.109375" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="96" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="15" t="s">
+      <c r="A1" s="51" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" s="12" customFormat="1" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="73" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="73" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="73" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="73" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="73" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="73" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B3" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" s="65">
+        <v>36</v>
+      </c>
+      <c r="D3" s="65">
+        <v>5</v>
+      </c>
+      <c r="E3" s="56">
+        <v>0.13900000000000001</v>
+      </c>
+      <c r="F3" s="57">
+        <v>2039429</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="65">
+        <v>218</v>
+      </c>
+      <c r="D4" s="65">
+        <v>18</v>
+      </c>
+      <c r="E4" s="58">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="F4" s="57">
+        <v>7167222</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B5" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="65">
+        <v>18</v>
+      </c>
+      <c r="D5" s="65">
+        <v>2</v>
+      </c>
+      <c r="E5" s="58">
+        <v>0.111</v>
+      </c>
+      <c r="F5" s="57">
+        <v>832973</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B6" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C6" s="65">
+        <v>4</v>
+      </c>
+      <c r="D6" s="65">
+        <v>0</v>
+      </c>
+      <c r="E6" s="58">
+        <v>0</v>
+      </c>
+      <c r="F6" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B7" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="65">
+        <v>124</v>
+      </c>
+      <c r="D7" s="65">
+        <v>22</v>
+      </c>
+      <c r="E7" s="58">
+        <v>0.17699999999999999</v>
+      </c>
+      <c r="F7" s="57">
+        <v>9549605</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B8" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="65">
+        <v>64</v>
+      </c>
+      <c r="D8" s="65">
+        <v>13</v>
+      </c>
+      <c r="E8" s="58">
+        <v>0.20300000000000001</v>
+      </c>
+      <c r="F8" s="57">
+        <v>4403056</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B9" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="65">
+        <v>12</v>
+      </c>
+      <c r="D9" s="65">
+        <v>1</v>
+      </c>
+      <c r="E9" s="58">
+        <v>8.3000000000000004E-2</v>
+      </c>
+      <c r="F9" s="57">
+        <v>330833</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="65">
+        <v>170</v>
+      </c>
+      <c r="D10" s="65">
+        <v>24</v>
+      </c>
+      <c r="E10" s="58">
+        <v>0.14099999999999999</v>
+      </c>
+      <c r="F10" s="57">
+        <v>9997658</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B11" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="65">
+        <v>63</v>
+      </c>
+      <c r="D11" s="65">
+        <v>6</v>
+      </c>
+      <c r="E11" s="58">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="F11" s="57">
+        <v>1982302</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="65">
+        <v>59</v>
+      </c>
+      <c r="D12" s="65">
+        <v>3</v>
+      </c>
+      <c r="E12" s="58">
+        <v>5.0999999999999997E-2</v>
+      </c>
+      <c r="F12" s="57">
+        <v>1327933</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B13" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="65">
+        <v>165</v>
+      </c>
+      <c r="D13" s="65">
+        <v>14</v>
+      </c>
+      <c r="E13" s="58">
+        <v>8.5000000000000006E-2</v>
+      </c>
+      <c r="F13" s="57">
+        <v>5768043</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B14" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="65">
+        <v>30</v>
+      </c>
+      <c r="D14" s="65">
+        <v>5</v>
+      </c>
+      <c r="E14" s="58">
+        <v>0.16700000000000001</v>
+      </c>
+      <c r="F14" s="57">
+        <v>1999934</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B15" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="65">
+        <v>25</v>
+      </c>
+      <c r="D15" s="65">
+        <v>5</v>
+      </c>
+      <c r="E15" s="58">
+        <v>0.2</v>
+      </c>
+      <c r="F15" s="57">
+        <v>2113857</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B16" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="65">
+        <v>21</v>
+      </c>
+      <c r="D16" s="65">
+        <v>8</v>
+      </c>
+      <c r="E16" s="58">
+        <v>0.38100000000000001</v>
+      </c>
+      <c r="F16" s="57">
+        <v>3384492</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B17" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="65">
+        <v>82</v>
+      </c>
+      <c r="D17" s="65">
+        <v>9</v>
+      </c>
+      <c r="E17" s="58">
+        <v>0.11</v>
+      </c>
+      <c r="F17" s="57">
+        <v>3452315</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B18" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="65">
+        <v>42</v>
+      </c>
+      <c r="D18" s="65">
+        <v>4</v>
+      </c>
+      <c r="E18" s="58">
+        <v>9.5000000000000001E-2</v>
+      </c>
+      <c r="F18" s="57">
+        <v>1768590</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B19" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="65">
+        <v>324</v>
+      </c>
+      <c r="D19" s="65">
+        <v>111</v>
+      </c>
+      <c r="E19" s="58">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="F19" s="57">
+        <v>38164454</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B20" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" s="65">
+        <v>58</v>
+      </c>
+      <c r="D20" s="65">
+        <v>10</v>
+      </c>
+      <c r="E20" s="58">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="F20" s="57">
+        <v>4226504</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B21" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="65">
+        <v>47</v>
+      </c>
+      <c r="D21" s="65">
+        <v>11</v>
+      </c>
+      <c r="E21" s="58">
+        <v>0.23400000000000001</v>
+      </c>
+      <c r="F21" s="57">
+        <v>4628348</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B22" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="65">
+        <v>100</v>
+      </c>
+      <c r="D22" s="65">
+        <v>15</v>
+      </c>
+      <c r="E22" s="58">
+        <v>0.15</v>
+      </c>
+      <c r="F22" s="57">
+        <v>6108077</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B23" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C23" s="65">
+        <v>33</v>
+      </c>
+      <c r="D23" s="65">
+        <v>1</v>
+      </c>
+      <c r="E23" s="58">
+        <v>0.03</v>
+      </c>
+      <c r="F23" s="57">
+        <v>463104</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="15">
+        <v>2015</v>
+      </c>
+      <c r="B24" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="65">
+        <v>5</v>
+      </c>
+      <c r="D24" s="65">
+        <v>1</v>
+      </c>
+      <c r="E24" s="58">
+        <v>0.2</v>
+      </c>
+      <c r="F24" s="57">
+        <v>312651</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="27">
+        <v>2015</v>
+      </c>
+      <c r="B25" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C25" s="66">
+        <v>1700</v>
+      </c>
+      <c r="D25" s="66">
+        <v>288</v>
+      </c>
+      <c r="E25" s="59">
+        <v>0.16900000000000001</v>
+      </c>
+      <c r="F25" s="60">
+        <v>110021380</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B26" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" s="65">
+        <v>233</v>
+      </c>
+      <c r="D26" s="65">
+        <v>22</v>
+      </c>
+      <c r="E26" s="58">
+        <v>9.4E-2</v>
+      </c>
+      <c r="F26" s="57">
+        <v>9284568</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B27" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C27" s="65">
+        <v>125</v>
+      </c>
+      <c r="D27" s="65">
+        <v>20</v>
+      </c>
+      <c r="E27" s="58">
+        <v>0.16</v>
+      </c>
+      <c r="F27" s="57">
+        <v>8433743</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B28" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C28" s="65">
+        <v>28</v>
+      </c>
+      <c r="D28" s="65">
+        <v>3</v>
+      </c>
+      <c r="E28" s="58">
+        <v>0.107</v>
+      </c>
+      <c r="F28" s="57">
+        <v>1391997</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B29" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C29" s="65">
+        <v>77</v>
+      </c>
+      <c r="D29" s="65">
+        <v>10</v>
+      </c>
+      <c r="E29" s="58">
+        <v>0.13</v>
+      </c>
+      <c r="F29" s="57">
+        <v>3971190</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B30" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30" s="65">
+        <v>95</v>
+      </c>
+      <c r="D30" s="65">
+        <v>16</v>
+      </c>
+      <c r="E30" s="58">
+        <v>0.16800000000000001</v>
+      </c>
+      <c r="F30" s="57">
+        <v>6462280</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B31" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="65">
+        <v>162</v>
+      </c>
+      <c r="D31" s="65">
+        <v>14</v>
+      </c>
+      <c r="E31" s="58">
+        <v>8.5999999999999993E-2</v>
+      </c>
+      <c r="F31" s="57">
+        <v>6171439</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B32" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32" s="65">
+        <v>323</v>
+      </c>
+      <c r="D32" s="65">
+        <v>115</v>
+      </c>
+      <c r="E32" s="58">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="F32" s="57">
+        <v>49355542</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B33" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" s="65">
+        <v>163</v>
+      </c>
+      <c r="D33" s="65">
+        <v>17</v>
+      </c>
+      <c r="E33" s="58">
+        <v>0.104</v>
+      </c>
+      <c r="F33" s="57">
+        <v>6632525</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B34" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" s="65">
+        <v>21</v>
+      </c>
+      <c r="D34" s="65">
+        <v>5</v>
+      </c>
+      <c r="E34" s="58">
+        <v>0.23799999999999999</v>
+      </c>
+      <c r="F34" s="57">
+        <v>2011875</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B35" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C35" s="65">
+        <v>44</v>
+      </c>
+      <c r="D35" s="65">
+        <v>8</v>
+      </c>
+      <c r="E35" s="58">
+        <v>0.182</v>
+      </c>
+      <c r="F35" s="57">
+        <v>3401058</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B36" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C36" s="65">
+        <v>64</v>
+      </c>
+      <c r="D36" s="65">
+        <v>8</v>
+      </c>
+      <c r="E36" s="58">
+        <v>0.125</v>
+      </c>
+      <c r="F36" s="57">
+        <v>3159780</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B37" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C37" s="65">
+        <v>56</v>
+      </c>
+      <c r="D37" s="65">
+        <v>7</v>
+      </c>
+      <c r="E37" s="58">
+        <v>0.125</v>
+      </c>
+      <c r="F37" s="57">
+        <v>2961382</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B38" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C38" s="65">
+        <v>29</v>
+      </c>
+      <c r="D38" s="65">
+        <v>5</v>
+      </c>
+      <c r="E38" s="58">
+        <v>0.17199999999999999</v>
+      </c>
+      <c r="F38" s="57">
+        <v>2072915</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B39" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C39" s="65">
+        <v>47</v>
+      </c>
+      <c r="D39" s="65">
+        <v>9</v>
+      </c>
+      <c r="E39" s="58">
+        <v>0.191</v>
+      </c>
+      <c r="F39" s="57">
+        <v>3255505</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B40" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C40" s="65">
+        <v>36</v>
+      </c>
+      <c r="D40" s="65">
+        <v>7</v>
+      </c>
+      <c r="E40" s="58">
+        <v>0.19400000000000001</v>
+      </c>
+      <c r="F40" s="57">
+        <v>2844079</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B41" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" s="65">
+        <v>11</v>
+      </c>
+      <c r="D41" s="65">
+        <v>3</v>
+      </c>
+      <c r="E41" s="58">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="F41" s="57">
+        <v>1126186</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B42" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C42" s="65">
+        <v>30</v>
+      </c>
+      <c r="D42" s="65">
+        <v>3</v>
+      </c>
+      <c r="E42" s="58">
+        <v>0.1</v>
+      </c>
+      <c r="F42" s="57">
+        <v>1115127</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B43" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C43" s="65">
+        <v>5</v>
+      </c>
+      <c r="D43" s="65">
+        <v>2</v>
+      </c>
+      <c r="E43" s="58">
+        <v>0.4</v>
+      </c>
+      <c r="F43" s="57">
+        <v>822781</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B44" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C44" s="65">
+        <v>56</v>
+      </c>
+      <c r="D44" s="65">
+        <v>3</v>
+      </c>
+      <c r="E44" s="58">
+        <v>5.3999999999999999E-2</v>
+      </c>
+      <c r="F44" s="57">
+        <v>1266845</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B45" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C45" s="65">
+        <v>20</v>
+      </c>
+      <c r="D45" s="65">
+        <v>4</v>
+      </c>
+      <c r="E45" s="58">
+        <v>0.2</v>
+      </c>
+      <c r="F45" s="57">
+        <v>1736992</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B46" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C46" s="65">
+        <v>18</v>
+      </c>
+      <c r="D46" s="65">
+        <v>0</v>
+      </c>
+      <c r="E46" s="58">
+        <v>0</v>
+      </c>
+      <c r="F46" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="15">
+        <v>2016</v>
+      </c>
+      <c r="B47" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C47" s="65">
+        <v>9</v>
+      </c>
+      <c r="D47" s="65">
+        <v>1</v>
+      </c>
+      <c r="E47" s="58">
+        <v>0.111</v>
+      </c>
+      <c r="F47" s="57">
+        <v>408357</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="27">
+        <v>2016</v>
+      </c>
+      <c r="B48" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C48" s="66">
+        <v>1652</v>
+      </c>
+      <c r="D48" s="66">
+        <v>282</v>
+      </c>
+      <c r="E48" s="59">
+        <v>0.17100000000000001</v>
+      </c>
+      <c r="F48" s="60">
+        <v>117886166</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B49" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C49" s="65">
+        <v>271</v>
+      </c>
+      <c r="D49" s="65">
+        <v>20</v>
+      </c>
+      <c r="E49" s="58">
+        <v>7.3800738007380004E-2</v>
+      </c>
+      <c r="F49" s="57">
+        <v>8522437</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B50" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C50" s="65">
+        <v>126</v>
+      </c>
+      <c r="D50" s="65">
+        <v>17</v>
+      </c>
+      <c r="E50" s="58">
+        <v>0.13492063492063</v>
+      </c>
+      <c r="F50" s="57">
+        <v>7314141</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B51" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C51" s="65">
         <v>35</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="12" t="s">
+      <c r="D51" s="65">
+        <v>5</v>
+      </c>
+      <c r="E51" s="58">
+        <v>0.14285714285713999</v>
+      </c>
+      <c r="F51" s="57">
+        <v>2149075</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B52" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C52" s="65">
+        <v>77</v>
+      </c>
+      <c r="D52" s="65">
+        <v>5</v>
+      </c>
+      <c r="E52" s="58">
+        <v>6.4935064935060002E-2</v>
+      </c>
+      <c r="F52" s="57">
+        <v>1990801</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B53" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C53" s="65">
+        <v>96</v>
+      </c>
+      <c r="D53" s="65">
+        <v>5</v>
+      </c>
+      <c r="E53" s="58">
+        <v>5.2083333333329998E-2</v>
+      </c>
+      <c r="F53" s="57">
+        <v>2030789</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B54" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C54" s="65">
+        <v>190</v>
+      </c>
+      <c r="D54" s="65">
+        <v>18</v>
+      </c>
+      <c r="E54" s="58">
+        <v>9.4736842105259997E-2</v>
+      </c>
+      <c r="F54" s="57">
+        <v>7733149</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B55" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C55" s="65">
+        <v>284</v>
+      </c>
+      <c r="D55" s="65">
+        <v>96</v>
+      </c>
+      <c r="E55" s="58">
+        <v>0.33802816901408</v>
+      </c>
+      <c r="F55" s="57">
+        <v>41599616</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B56" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C56" s="65">
+        <v>140</v>
+      </c>
+      <c r="D56" s="65">
+        <v>20</v>
+      </c>
+      <c r="E56" s="58">
+        <v>0.14285714285713999</v>
+      </c>
+      <c r="F56" s="57">
+        <v>8254351</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B57" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" s="65">
+        <v>22</v>
+      </c>
+      <c r="D57" s="65">
+        <v>4</v>
+      </c>
+      <c r="E57" s="58">
+        <v>0.18181818181817999</v>
+      </c>
+      <c r="F57" s="57">
+        <v>1721506</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B58" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C58" s="65">
+        <v>52</v>
+      </c>
+      <c r="D58" s="65">
+        <v>10</v>
+      </c>
+      <c r="E58" s="58">
+        <v>0.19230769230768999</v>
+      </c>
+      <c r="F58" s="57">
+        <v>3987923</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B59" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C59" s="65">
+        <v>69</v>
+      </c>
+      <c r="D59" s="65">
+        <v>8</v>
+      </c>
+      <c r="E59" s="58">
+        <v>0.11594202898551</v>
+      </c>
+      <c r="F59" s="57">
+        <v>3384885</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B60" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C60" s="65">
+        <v>31</v>
+      </c>
+      <c r="D60" s="65">
+        <v>5</v>
+      </c>
+      <c r="E60" s="58">
+        <v>0.16129032258064999</v>
+      </c>
+      <c r="F60" s="57">
+        <v>1850137</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B61" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C61" s="65">
+        <v>30</v>
+      </c>
+      <c r="D61" s="65">
+        <v>6</v>
+      </c>
+      <c r="E61" s="58">
+        <v>0.2</v>
+      </c>
+      <c r="F61" s="57">
+        <v>2592006</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B62" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C62" s="65">
+        <v>73</v>
+      </c>
+      <c r="D62" s="65">
+        <v>11</v>
+      </c>
+      <c r="E62" s="58">
+        <v>0.15068493150685</v>
+      </c>
+      <c r="F62" s="57">
+        <v>4521309</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B63" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C63" s="65">
+        <v>32</v>
+      </c>
+      <c r="D63" s="65">
+        <v>6</v>
+      </c>
+      <c r="E63" s="58">
+        <v>0.1875</v>
+      </c>
+      <c r="F63" s="57">
+        <v>1401456</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B64" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" s="65">
+        <v>10</v>
+      </c>
+      <c r="D64" s="65">
+        <v>1</v>
+      </c>
+      <c r="E64" s="58">
+        <v>0.1</v>
+      </c>
+      <c r="F64" s="57">
+        <v>431312</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B65" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C65" s="65">
+        <v>37</v>
+      </c>
+      <c r="D65" s="65">
+        <v>7</v>
+      </c>
+      <c r="E65" s="58">
+        <v>0.18918918918919</v>
+      </c>
+      <c r="F65" s="57">
+        <v>2658139</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B66" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C66" s="65">
+        <v>5</v>
+      </c>
+      <c r="D66" s="65">
+        <v>2</v>
+      </c>
+      <c r="E66" s="58">
+        <v>0.4</v>
+      </c>
+      <c r="F66" s="57">
+        <v>867452</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B67" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C67" s="65">
+        <v>58</v>
+      </c>
+      <c r="D67" s="65">
+        <v>4</v>
+      </c>
+      <c r="E67" s="58">
+        <v>6.8965517241380003E-2</v>
+      </c>
+      <c r="F67" s="57">
+        <v>1733843</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B68" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C68" s="65">
+        <v>7</v>
+      </c>
+      <c r="D68" s="65">
+        <v>1</v>
+      </c>
+      <c r="E68" s="58">
+        <v>0.14285714285713999</v>
+      </c>
+      <c r="F68" s="57">
+        <v>451522</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B69" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C69" s="65">
+        <v>31</v>
+      </c>
+      <c r="D69" s="65">
+        <v>7</v>
+      </c>
+      <c r="E69" s="58">
+        <v>0.2258064516129</v>
+      </c>
+      <c r="F69" s="57">
+        <v>3008706</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="15">
+        <v>2017</v>
+      </c>
+      <c r="B70" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C70" s="65">
+        <v>4</v>
+      </c>
+      <c r="D70" s="65">
         <v>0</v>
       </c>
-      <c r="B2" s="12" t="s">
+      <c r="E70" s="58">
+        <v>0</v>
+      </c>
+      <c r="F70" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="27">
+        <v>2017</v>
+      </c>
+      <c r="B71" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C71" s="66">
+        <v>1680</v>
+      </c>
+      <c r="D71" s="66">
+        <v>258</v>
+      </c>
+      <c r="E71" s="59">
+        <v>0.15357142857143</v>
+      </c>
+      <c r="F71" s="60">
+        <v>108204555</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B72" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C72" s="65">
+        <v>222</v>
+      </c>
+      <c r="D72" s="65">
+        <v>20</v>
+      </c>
+      <c r="E72" s="58">
+        <v>9.0090090090090003E-2</v>
+      </c>
+      <c r="F72" s="57">
+        <v>8944158</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B73" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C73" s="65">
+        <v>141</v>
+      </c>
+      <c r="D73" s="65">
+        <v>23</v>
+      </c>
+      <c r="E73" s="58">
+        <v>0.16312056737589001</v>
+      </c>
+      <c r="F73" s="57">
+        <v>10036158</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B74" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C74" s="65">
+        <v>32</v>
+      </c>
+      <c r="D74" s="65">
+        <v>8</v>
+      </c>
+      <c r="E74" s="58">
+        <v>0.25</v>
+      </c>
+      <c r="F74" s="57">
+        <v>3083798</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B75" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C75" s="65">
+        <v>80</v>
+      </c>
+      <c r="D75" s="65">
+        <v>9</v>
+      </c>
+      <c r="E75" s="58">
+        <v>0.1125</v>
+      </c>
+      <c r="F75" s="57">
+        <v>3438510</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B76" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C76" s="65">
+        <v>112</v>
+      </c>
+      <c r="D76" s="65">
+        <v>15</v>
+      </c>
+      <c r="E76" s="58">
+        <v>0.13392857142857001</v>
+      </c>
+      <c r="F76" s="57">
+        <v>6380492</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B77" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C77" s="65">
+        <v>198</v>
+      </c>
+      <c r="D77" s="65">
+        <v>25</v>
+      </c>
+      <c r="E77" s="58">
+        <v>0.12626262626262999</v>
+      </c>
+      <c r="F77" s="57">
+        <v>10745587</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B78" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C78" s="65">
+        <v>342</v>
+      </c>
+      <c r="D78" s="65">
+        <v>103</v>
+      </c>
+      <c r="E78" s="58">
+        <v>0.30116959064326998</v>
+      </c>
+      <c r="F78" s="57">
+        <v>45331869</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B79" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C79" s="65">
+        <v>145</v>
+      </c>
+      <c r="D79" s="65">
+        <v>19</v>
+      </c>
+      <c r="E79" s="58">
+        <v>0.13103448275862001</v>
+      </c>
+      <c r="F79" s="57">
+        <v>8002821</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B80" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" s="65">
+        <v>21</v>
+      </c>
+      <c r="D80" s="65">
+        <v>4</v>
+      </c>
+      <c r="E80" s="58">
+        <v>0.19047619047618999</v>
+      </c>
+      <c r="F80" s="57">
+        <v>1323346</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B81" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C81" s="65">
+        <v>41</v>
+      </c>
+      <c r="D81" s="65">
+        <v>6</v>
+      </c>
+      <c r="E81" s="58">
+        <v>0.14634146341463</v>
+      </c>
+      <c r="F81" s="57">
+        <v>2617421</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B82" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C82" s="65">
+        <v>92</v>
+      </c>
+      <c r="D82" s="65">
+        <v>17</v>
+      </c>
+      <c r="E82" s="58">
+        <v>0.18478260869565</v>
+      </c>
+      <c r="F82" s="57">
+        <v>7274391</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B83" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C83" s="65">
+        <v>48</v>
+      </c>
+      <c r="D83" s="65">
+        <v>5</v>
+      </c>
+      <c r="E83" s="58">
+        <v>0.10416666666667</v>
+      </c>
+      <c r="F83" s="57">
+        <v>1757058</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B84" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C84" s="65">
+        <v>35</v>
+      </c>
+      <c r="D84" s="65">
+        <v>7</v>
+      </c>
+      <c r="E84" s="58">
+        <v>0.2</v>
+      </c>
+      <c r="F84" s="57">
+        <v>3145185</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B85" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C85" s="65">
+        <v>75</v>
+      </c>
+      <c r="D85" s="65">
+        <v>16</v>
+      </c>
+      <c r="E85" s="58">
+        <v>0.21333333333332999</v>
+      </c>
+      <c r="F85" s="57">
+        <v>6575615</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B86" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C86" s="65">
+        <v>49</v>
+      </c>
+      <c r="D86" s="65">
+        <v>10</v>
+      </c>
+      <c r="E86" s="58">
+        <v>0.20408163265306001</v>
+      </c>
+      <c r="F86" s="57">
+        <v>3624823</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B87" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C87" s="65">
+        <v>9</v>
+      </c>
+      <c r="D87" s="65">
+        <v>1</v>
+      </c>
+      <c r="E87" s="58">
+        <v>0.11111111111110999</v>
+      </c>
+      <c r="F87" s="57">
+        <v>403361</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B88" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C88" s="65">
+        <v>45</v>
+      </c>
+      <c r="D88" s="65">
+        <v>3</v>
+      </c>
+      <c r="E88" s="58">
+        <v>6.6666666666669996E-2</v>
+      </c>
+      <c r="F88" s="57">
+        <v>1065398</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B89" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C89" s="65">
+        <v>6</v>
+      </c>
+      <c r="D89" s="65">
+        <v>1</v>
+      </c>
+      <c r="E89" s="58">
+        <v>0.16666666666666999</v>
+      </c>
+      <c r="F89" s="57">
+        <v>451682</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B90" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C90" s="65">
+        <v>37</v>
+      </c>
+      <c r="D90" s="65">
+        <v>7</v>
+      </c>
+      <c r="E90" s="58">
+        <v>0.18918918918919</v>
+      </c>
+      <c r="F90" s="57">
+        <v>2303380</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B91" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C91" s="65">
+        <v>26</v>
+      </c>
+      <c r="D91" s="65">
+        <v>6</v>
+      </c>
+      <c r="E91" s="58">
+        <v>0.23076923076923</v>
+      </c>
+      <c r="F91" s="57">
+        <v>2498131</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B92" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C92" s="65">
+        <v>33</v>
+      </c>
+      <c r="D92" s="65">
+        <v>2</v>
+      </c>
+      <c r="E92" s="58">
+        <v>6.0606060606059997E-2</v>
+      </c>
+      <c r="F92" s="57">
+        <v>890087</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="15">
+        <v>2018</v>
+      </c>
+      <c r="B93" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C93" s="65">
+        <v>7</v>
+      </c>
+      <c r="D93" s="65">
+        <v>2</v>
+      </c>
+      <c r="E93" s="58">
+        <v>0.28571428571428997</v>
+      </c>
+      <c r="F93" s="57">
+        <v>719870</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="27">
+        <v>2018</v>
+      </c>
+      <c r="B94" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C94" s="66">
+        <v>1796</v>
+      </c>
+      <c r="D94" s="66">
+        <v>309</v>
+      </c>
+      <c r="E94" s="59">
+        <v>0.17204899777283</v>
+      </c>
+      <c r="F94" s="60">
+        <v>130613141</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B95" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C95" s="65">
+        <v>233</v>
+      </c>
+      <c r="D95" s="65">
+        <v>23</v>
+      </c>
+      <c r="E95" s="58">
+        <v>9.8712446351929994E-2</v>
+      </c>
+      <c r="F95" s="57">
+        <v>9912761</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B96" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C96" s="65">
+        <v>144</v>
+      </c>
+      <c r="D96" s="65">
+        <v>25</v>
+      </c>
+      <c r="E96" s="58">
+        <v>0.17361111111110999</v>
+      </c>
+      <c r="F96" s="57">
+        <v>10780349</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B97" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C97" s="65">
+        <v>27</v>
+      </c>
+      <c r="D97" s="65">
+        <v>9</v>
+      </c>
+      <c r="E97" s="58">
+        <v>0.33333333333332998</v>
+      </c>
+      <c r="F97" s="57">
+        <v>3448810</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B98" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C98" s="65">
+        <v>71</v>
+      </c>
+      <c r="D98" s="65">
+        <v>8</v>
+      </c>
+      <c r="E98" s="58">
+        <v>0.11267605633803</v>
+      </c>
+      <c r="F98" s="57">
+        <v>2727026</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B99" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C99" s="65">
+        <v>93</v>
+      </c>
+      <c r="D99" s="65">
+        <v>11</v>
+      </c>
+      <c r="E99" s="58">
+        <v>0.11827956989247</v>
+      </c>
+      <c r="F99" s="57">
+        <v>4767613</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B100" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C100" s="65">
+        <v>203</v>
+      </c>
+      <c r="D100" s="65">
+        <v>22</v>
+      </c>
+      <c r="E100" s="58">
+        <v>0.10837438423645</v>
+      </c>
+      <c r="F100" s="57">
+        <v>9042735</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B101" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C101" s="65">
+        <v>295</v>
+      </c>
+      <c r="D101" s="65">
+        <v>97</v>
+      </c>
+      <c r="E101" s="58">
+        <v>0.32881355932202999</v>
+      </c>
+      <c r="F101" s="57">
+        <v>42722020</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B102" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C102" s="65">
+        <v>116</v>
+      </c>
+      <c r="D102" s="65">
+        <v>28</v>
+      </c>
+      <c r="E102" s="58">
+        <v>0.24137931034483001</v>
+      </c>
+      <c r="F102" s="57">
+        <v>11932761</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B103" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" s="65">
+        <v>32</v>
+      </c>
+      <c r="D103" s="65">
+        <v>8</v>
+      </c>
+      <c r="E103" s="58">
+        <v>0.25</v>
+      </c>
+      <c r="F103" s="57">
+        <v>3140842</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B104" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C104" s="65">
+        <v>49</v>
+      </c>
+      <c r="D104" s="65">
+        <v>8</v>
+      </c>
+      <c r="E104" s="58">
+        <v>0.16326530612244999</v>
+      </c>
+      <c r="F104" s="57">
+        <v>3086130</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B105" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C105" s="65">
+        <v>92</v>
+      </c>
+      <c r="D105" s="65">
+        <v>22</v>
+      </c>
+      <c r="E105" s="58">
+        <v>0.23913043478261001</v>
+      </c>
+      <c r="F105" s="57">
+        <v>9176984</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B106" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C106" s="65">
+        <v>51</v>
+      </c>
+      <c r="D106" s="65">
+        <v>5</v>
+      </c>
+      <c r="E106" s="58">
+        <v>9.8039215686269998E-2</v>
+      </c>
+      <c r="F106" s="57">
+        <v>1810718</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B107" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C107" s="65">
         <v>30</v>
       </c>
-      <c r="C2" s="12" t="s">
+      <c r="D107" s="65">
+        <v>7</v>
+      </c>
+      <c r="E107" s="58">
+        <v>0.23333333333333001</v>
+      </c>
+      <c r="F107" s="57">
+        <v>2987539</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B108" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C108" s="65">
+        <v>65</v>
+      </c>
+      <c r="D108" s="65">
+        <v>17</v>
+      </c>
+      <c r="E108" s="58">
+        <v>0.26153846153846</v>
+      </c>
+      <c r="F108" s="57">
+        <v>7363063</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B109" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C109" s="65">
+        <v>36</v>
+      </c>
+      <c r="D109" s="65">
+        <v>9</v>
+      </c>
+      <c r="E109" s="58">
+        <v>0.25</v>
+      </c>
+      <c r="F109" s="57">
+        <v>3348496</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B110" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C110" s="65">
+        <v>23</v>
+      </c>
+      <c r="D110" s="65">
         <v>1</v>
       </c>
-      <c r="D2" s="12" t="s">
+      <c r="E110" s="58">
+        <v>4.3478260869569997E-2</v>
+      </c>
+      <c r="F110" s="57">
+        <v>436371</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B111" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C111" s="65">
+        <v>30</v>
+      </c>
+      <c r="D111" s="65">
         <v>2</v>
       </c>
-      <c r="E2" s="12" t="s">
+      <c r="E111" s="58">
+        <v>6.6666666666669996E-2</v>
+      </c>
+      <c r="F111" s="57">
+        <v>593737</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B112" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C112" s="65">
+        <v>7</v>
+      </c>
+      <c r="D112" s="65">
+        <v>2</v>
+      </c>
+      <c r="E112" s="58">
+        <v>0.28571428571428997</v>
+      </c>
+      <c r="F112" s="57">
+        <v>752906</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B113" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C113" s="65">
+        <v>31</v>
+      </c>
+      <c r="D113" s="65">
+        <v>6</v>
+      </c>
+      <c r="E113" s="58">
+        <v>0.19354838709677</v>
+      </c>
+      <c r="F113" s="57">
+        <v>2586972</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B114" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C114" s="65">
+        <v>15</v>
+      </c>
+      <c r="D114" s="65">
+        <v>2</v>
+      </c>
+      <c r="E114" s="58">
+        <v>0.13333333333333</v>
+      </c>
+      <c r="F114" s="57">
+        <v>780666</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B115" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C115" s="65">
+        <v>25</v>
+      </c>
+      <c r="D115" s="65">
+        <v>1</v>
+      </c>
+      <c r="E115" s="58">
+        <v>0.04</v>
+      </c>
+      <c r="F115" s="57">
+        <v>406491</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="15">
+        <v>2019</v>
+      </c>
+      <c r="B116" s="15" t="s">
         <v>28</v>
       </c>
-      <c r="F2" s="12" t="s">
+      <c r="C116" s="65">
+        <v>2</v>
+      </c>
+      <c r="D116" s="65">
+        <v>1</v>
+      </c>
+      <c r="E116" s="58">
+        <v>0.5</v>
+      </c>
+      <c r="F116" s="57">
+        <v>414798</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="27">
+        <v>2019</v>
+      </c>
+      <c r="B117" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C117" s="66">
+        <v>1670</v>
+      </c>
+      <c r="D117" s="66">
+        <v>314</v>
+      </c>
+      <c r="E117" s="59">
+        <v>0.18802395209580999</v>
+      </c>
+      <c r="F117" s="60">
+        <v>132219788</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B118" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C118" s="65">
+        <v>201</v>
+      </c>
+      <c r="D118" s="65">
+        <v>22</v>
+      </c>
+      <c r="E118" s="58">
+        <v>0.10945273631841</v>
+      </c>
+      <c r="F118" s="57">
+        <v>8955398</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B119" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C119" s="65">
+        <v>106</v>
+      </c>
+      <c r="D119" s="65">
+        <v>24</v>
+      </c>
+      <c r="E119" s="58">
+        <v>0.22641509433962001</v>
+      </c>
+      <c r="F119" s="57">
+        <v>10367820</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B120" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C120" s="65">
+        <v>17</v>
+      </c>
+      <c r="D120" s="65">
+        <v>2</v>
+      </c>
+      <c r="E120" s="58">
+        <v>0.11764705882353001</v>
+      </c>
+      <c r="F120" s="57">
+        <v>580404</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B121" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C121" s="65">
+        <v>51</v>
+      </c>
+      <c r="D121" s="65">
+        <v>3</v>
+      </c>
+      <c r="E121" s="58">
+        <v>5.882352941176E-2</v>
+      </c>
+      <c r="F121" s="57">
+        <v>1234432</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B122" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C122" s="65">
+        <v>98</v>
+      </c>
+      <c r="D122" s="65">
+        <v>17</v>
+      </c>
+      <c r="E122" s="58">
+        <v>0.17346938775510001</v>
+      </c>
+      <c r="F122" s="57">
+        <v>6837701</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B123" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C123" s="65">
+        <v>152</v>
+      </c>
+      <c r="D123" s="65">
+        <v>18</v>
+      </c>
+      <c r="E123" s="58">
+        <v>0.11842105263158</v>
+      </c>
+      <c r="F123" s="57">
+        <v>6984991</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B124" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C124" s="65">
+        <v>265</v>
+      </c>
+      <c r="D124" s="65">
+        <v>106</v>
+      </c>
+      <c r="E124" s="58">
+        <v>0.4</v>
+      </c>
+      <c r="F124" s="57">
+        <v>46151291</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B125" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C125" s="65">
+        <v>96</v>
+      </c>
+      <c r="D125" s="65">
+        <v>18</v>
+      </c>
+      <c r="E125" s="58">
+        <v>0.1875</v>
+      </c>
+      <c r="F125" s="57">
+        <v>7692497</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B126" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" s="65">
+        <v>18</v>
+      </c>
+      <c r="D126" s="65">
+        <v>7</v>
+      </c>
+      <c r="E126" s="58">
+        <v>0.38888888888889001</v>
+      </c>
+      <c r="F126" s="57">
+        <v>2615870</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B127" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C127" s="65">
+        <v>34</v>
+      </c>
+      <c r="D127" s="65">
+        <v>7</v>
+      </c>
+      <c r="E127" s="58">
+        <v>0.20588235294118001</v>
+      </c>
+      <c r="F127" s="57">
+        <v>2641728</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B128" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C128" s="65">
+        <v>65</v>
+      </c>
+      <c r="D128" s="65">
+        <v>12</v>
+      </c>
+      <c r="E128" s="58">
+        <v>0.18461538461537999</v>
+      </c>
+      <c r="F128" s="57">
+        <v>5173500</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B129" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C129" s="65">
+        <v>10</v>
+      </c>
+      <c r="D129" s="65">
+        <v>0</v>
+      </c>
+      <c r="E129" s="58">
+        <v>0</v>
+      </c>
+      <c r="F129" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B130" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C130" s="65">
+        <v>28</v>
+      </c>
+      <c r="D130" s="65">
+        <v>5</v>
+      </c>
+      <c r="E130" s="58">
+        <v>0.17857142857142999</v>
+      </c>
+      <c r="F130" s="57">
+        <v>2171347</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B131" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C131" s="65">
+        <v>57</v>
+      </c>
+      <c r="D131" s="65">
+        <v>14</v>
+      </c>
+      <c r="E131" s="58">
+        <v>0.24561403508772001</v>
+      </c>
+      <c r="F131" s="57">
+        <v>5976814</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B132" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C132" s="65">
+        <v>35</v>
+      </c>
+      <c r="D132" s="65">
+        <v>9</v>
+      </c>
+      <c r="E132" s="58">
+        <v>0.25714285714286</v>
+      </c>
+      <c r="F132" s="57">
+        <v>3766530</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B133" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C133" s="65">
+        <v>19</v>
+      </c>
+      <c r="D133" s="65">
+        <v>6</v>
+      </c>
+      <c r="E133" s="58">
+        <v>0.31578947368421001</v>
+      </c>
+      <c r="F133" s="57">
+        <v>2379409</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B134" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C134" s="65">
+        <v>17</v>
+      </c>
+      <c r="D134" s="65">
+        <v>2</v>
+      </c>
+      <c r="E134" s="58">
+        <v>0.11764705882353001</v>
+      </c>
+      <c r="F134" s="57">
+        <v>877267</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B135" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C135" s="65">
+        <v>2</v>
+      </c>
+      <c r="D135" s="65">
+        <v>1</v>
+      </c>
+      <c r="E135" s="58">
+        <v>0.5</v>
+      </c>
+      <c r="F135" s="57">
+        <v>436000</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B136" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C136" s="65">
+        <v>28</v>
+      </c>
+      <c r="D136" s="65">
+        <v>6</v>
+      </c>
+      <c r="E136" s="58">
+        <v>0.21428571428571</v>
+      </c>
+      <c r="F136" s="57">
+        <v>2466396</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B137" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C137" s="65">
+        <v>16</v>
+      </c>
+      <c r="D137" s="65">
+        <v>2</v>
+      </c>
+      <c r="E137" s="58">
+        <v>0.125</v>
+      </c>
+      <c r="F137" s="57">
+        <v>869265</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B138" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C138" s="65">
+        <v>8</v>
+      </c>
+      <c r="D138" s="65">
+        <v>0</v>
+      </c>
+      <c r="E138" s="58">
+        <v>0</v>
+      </c>
+      <c r="F138" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="15">
+        <v>2020</v>
+      </c>
+      <c r="B139" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C139" s="65">
+        <v>5</v>
+      </c>
+      <c r="D139" s="65">
+        <v>2</v>
+      </c>
+      <c r="E139" s="58">
+        <v>0.4</v>
+      </c>
+      <c r="F139" s="57">
+        <v>783002</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="27">
+        <v>2020</v>
+      </c>
+      <c r="B140" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C140" s="66">
+        <v>1328</v>
+      </c>
+      <c r="D140" s="66">
+        <v>283</v>
+      </c>
+      <c r="E140" s="59">
+        <v>0.21310240963855001</v>
+      </c>
+      <c r="F140" s="60">
+        <v>118961662</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B141" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C141" s="65">
+        <v>160</v>
+      </c>
+      <c r="D141" s="65">
+        <v>18</v>
+      </c>
+      <c r="E141" s="58">
+        <v>0.1125</v>
+      </c>
+      <c r="F141" s="57">
+        <v>7018239</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B142" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C142" s="65">
+        <v>104</v>
+      </c>
+      <c r="D142" s="65">
+        <v>18</v>
+      </c>
+      <c r="E142" s="58">
+        <v>0.17307692307691999</v>
+      </c>
+      <c r="F142" s="57">
+        <v>7614801</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B143" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C143" s="65">
+        <v>13</v>
+      </c>
+      <c r="D143" s="65">
+        <v>1</v>
+      </c>
+      <c r="E143" s="58">
+        <v>7.6923076923079994E-2</v>
+      </c>
+      <c r="F143" s="57">
+        <v>447000</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B144" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C144" s="65">
+        <v>39</v>
+      </c>
+      <c r="D144" s="65">
+        <v>11</v>
+      </c>
+      <c r="E144" s="58">
+        <v>0.28205128205127999</v>
+      </c>
+      <c r="F144" s="57">
+        <v>3877982</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B145" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C145" s="65">
+        <v>75</v>
+      </c>
+      <c r="D145" s="65">
+        <v>11</v>
+      </c>
+      <c r="E145" s="58">
+        <v>0.14666666666667</v>
+      </c>
+      <c r="F145" s="57">
+        <v>4379019</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B146" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C146" s="65">
+        <v>151</v>
+      </c>
+      <c r="D146" s="65">
+        <v>15</v>
+      </c>
+      <c r="E146" s="58">
+        <v>9.9337748344369994E-2</v>
+      </c>
+      <c r="F146" s="57">
+        <v>6341997</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A147" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B147" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C147" s="65">
+        <v>193</v>
+      </c>
+      <c r="D147" s="65">
+        <v>81</v>
+      </c>
+      <c r="E147" s="58">
+        <v>0.41968911917098001</v>
+      </c>
+      <c r="F147" s="57">
+        <v>36351269</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A148" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B148" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C148" s="65">
+        <v>73</v>
+      </c>
+      <c r="D148" s="65">
+        <v>19</v>
+      </c>
+      <c r="E148" s="58">
+        <v>0.26027397260273999</v>
+      </c>
+      <c r="F148" s="57">
+        <v>7648613</v>
+      </c>
+      <c r="G148" s="9"/>
+    </row>
+    <row r="149" spans="1:8" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A149" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B149" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" s="65">
+        <v>16</v>
+      </c>
+      <c r="D149" s="65">
+        <v>4</v>
+      </c>
+      <c r="E149" s="58">
+        <v>0.25</v>
+      </c>
+      <c r="F149" s="57">
+        <v>1626123</v>
+      </c>
+      <c r="G149" s="9"/>
+    </row>
+    <row r="150" spans="1:8" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A150" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B150" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C150" s="65">
+        <v>18</v>
+      </c>
+      <c r="D150" s="65">
+        <v>7</v>
+      </c>
+      <c r="E150" s="58">
+        <v>0.38888888888889001</v>
+      </c>
+      <c r="F150" s="57">
+        <v>3067601</v>
+      </c>
+      <c r="G150" s="10"/>
+      <c r="H150" s="10"/>
+    </row>
+    <row r="151" spans="1:8" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A151" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B151" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C151" s="65">
+        <v>81</v>
+      </c>
+      <c r="D151" s="65">
+        <v>14</v>
+      </c>
+      <c r="E151" s="58">
+        <v>0.17283950617284</v>
+      </c>
+      <c r="F151" s="57">
+        <v>6237265</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B152" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C152" s="65">
+        <v>6</v>
+      </c>
+      <c r="D152" s="65">
+        <v>0</v>
+      </c>
+      <c r="E152" s="58">
+        <v>0</v>
+      </c>
+      <c r="F152" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B153" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C153" s="65">
+        <v>18</v>
+      </c>
+      <c r="D153" s="65">
+        <v>8</v>
+      </c>
+      <c r="E153" s="58">
+        <v>0.44444444444443998</v>
+      </c>
+      <c r="F153" s="57">
+        <v>3553571</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B154" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C154" s="65">
+        <v>45</v>
+      </c>
+      <c r="D154" s="65">
+        <v>15</v>
+      </c>
+      <c r="E154" s="58">
+        <v>0.33333333333332998</v>
+      </c>
+      <c r="F154" s="57">
+        <v>5817983</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B155" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C155" s="65">
+        <v>33</v>
+      </c>
+      <c r="D155" s="65">
+        <v>2</v>
+      </c>
+      <c r="E155" s="58">
+        <v>6.0606060606059997E-2</v>
+      </c>
+      <c r="F155" s="57">
+        <v>892014</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B156" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C156" s="65">
+        <v>17</v>
+      </c>
+      <c r="D156" s="65">
+        <v>3</v>
+      </c>
+      <c r="E156" s="58">
+        <v>0.17647058823528999</v>
+      </c>
+      <c r="F156" s="57">
+        <v>1166572</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B157" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C157" s="65">
+        <v>16</v>
+      </c>
+      <c r="D157" s="65">
+        <v>1</v>
+      </c>
+      <c r="E157" s="58">
+        <v>6.25E-2</v>
+      </c>
+      <c r="F157" s="57">
+        <v>430947</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B158" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C158" s="65">
+        <v>4</v>
+      </c>
+      <c r="D158" s="65">
+        <v>2</v>
+      </c>
+      <c r="E158" s="58">
+        <v>0.5</v>
+      </c>
+      <c r="F158" s="57">
+        <v>883343</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B159" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C159" s="65">
+        <v>15</v>
+      </c>
+      <c r="D159" s="65">
+        <v>5</v>
+      </c>
+      <c r="E159" s="58">
+        <v>0.33333333333332998</v>
+      </c>
+      <c r="F159" s="57">
+        <v>2143855</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B160" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C160" s="65">
+        <v>14</v>
+      </c>
+      <c r="D160" s="65">
+        <v>2</v>
+      </c>
+      <c r="E160" s="58">
+        <v>0.14285714285713999</v>
+      </c>
+      <c r="F160" s="57">
+        <v>605340</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B161" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C161" s="65">
+        <v>7</v>
+      </c>
+      <c r="D161" s="65">
+        <v>1</v>
+      </c>
+      <c r="E161" s="58">
+        <v>0.14285714285713999</v>
+      </c>
+      <c r="F161" s="57">
+        <v>450100</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="15">
+        <v>2021</v>
+      </c>
+      <c r="B162" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C162" s="65">
+        <v>6</v>
+      </c>
+      <c r="D162" s="65">
+        <v>2</v>
+      </c>
+      <c r="E162" s="58">
+        <v>0.33333333333332998</v>
+      </c>
+      <c r="F162" s="57">
+        <v>702956</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="27">
+        <v>2021</v>
+      </c>
+      <c r="B163" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C163" s="66">
+        <v>1104</v>
+      </c>
+      <c r="D163" s="66">
+        <v>240</v>
+      </c>
+      <c r="E163" s="59">
+        <v>0.21739130434782999</v>
+      </c>
+      <c r="F163" s="60">
+        <v>101256590</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B164" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="C164" s="65">
+        <v>152</v>
+      </c>
+      <c r="D164" s="65">
+        <v>24</v>
+      </c>
+      <c r="E164" s="58">
+        <v>0.15789473684211</v>
+      </c>
+      <c r="F164" s="57">
+        <v>10456410</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B165" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C165" s="65">
+        <v>73</v>
+      </c>
+      <c r="D165" s="65">
+        <v>19</v>
+      </c>
+      <c r="E165" s="58">
+        <v>0.26027397260273999</v>
+      </c>
+      <c r="F165" s="57">
+        <v>8322466</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B166" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C166" s="65">
+        <v>17</v>
+      </c>
+      <c r="D166" s="65">
+        <v>3</v>
+      </c>
+      <c r="E166" s="58">
+        <v>0.17647058823528999</v>
+      </c>
+      <c r="F166" s="57">
+        <v>1335816</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B167" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C167" s="65">
+        <v>32</v>
+      </c>
+      <c r="D167" s="65">
+        <v>9</v>
+      </c>
+      <c r="E167" s="58">
+        <v>0.28125</v>
+      </c>
+      <c r="F167" s="57">
+        <v>3864130</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B168" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C168" s="65">
+        <v>75</v>
+      </c>
+      <c r="D168" s="65">
+        <v>20</v>
+      </c>
+      <c r="E168" s="58">
+        <v>0.26666666666666999</v>
+      </c>
+      <c r="F168" s="57">
+        <v>8421647</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B169" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="C169" s="65">
+        <v>133</v>
+      </c>
+      <c r="D169" s="65">
+        <v>20</v>
+      </c>
+      <c r="E169" s="58">
+        <v>0.15037593984962</v>
+      </c>
+      <c r="F169" s="57">
+        <v>7850416</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B170" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C170" s="65">
+        <v>191</v>
+      </c>
+      <c r="D170" s="65">
+        <v>89</v>
+      </c>
+      <c r="E170" s="58">
+        <v>0.46596858638742999</v>
+      </c>
+      <c r="F170" s="57">
+        <v>39640601</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B171" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="C171" s="65">
+        <v>84</v>
+      </c>
+      <c r="D171" s="65">
+        <v>19</v>
+      </c>
+      <c r="E171" s="58">
+        <v>0.22619047619047999</v>
+      </c>
+      <c r="F171" s="57">
+        <v>7458709</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B172" s="15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" s="65">
+        <v>13</v>
+      </c>
+      <c r="D172" s="65">
+        <v>5</v>
+      </c>
+      <c r="E172" s="58">
+        <v>0.38461538461537997</v>
+      </c>
+      <c r="F172" s="57">
+        <v>2130411</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B173" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="C173" s="65">
+        <v>31</v>
+      </c>
+      <c r="D173" s="65">
+        <v>9</v>
+      </c>
+      <c r="E173" s="58">
+        <v>0.29032258064515998</v>
+      </c>
+      <c r="F173" s="57">
+        <v>3546832</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B174" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="C174" s="65">
+        <v>78</v>
+      </c>
+      <c r="D174" s="65">
+        <v>15</v>
+      </c>
+      <c r="E174" s="58">
+        <v>0.19230769230768999</v>
+      </c>
+      <c r="F174" s="57">
+        <v>6513354</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B175" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="C175" s="65">
+        <v>20</v>
+      </c>
+      <c r="D175" s="65">
+        <v>3</v>
+      </c>
+      <c r="E175" s="58">
+        <v>0.15</v>
+      </c>
+      <c r="F175" s="57">
+        <v>941827</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B176" s="15" t="s">
+        <v>19</v>
+      </c>
+      <c r="C176" s="65">
+        <v>23</v>
+      </c>
+      <c r="D176" s="65">
+        <v>4</v>
+      </c>
+      <c r="E176" s="58">
+        <v>0.17391304347826</v>
+      </c>
+      <c r="F176" s="57">
+        <v>1630367</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B177" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C177" s="65">
+        <v>46</v>
+      </c>
+      <c r="D177" s="65">
+        <v>14</v>
+      </c>
+      <c r="E177" s="58">
+        <v>0.30434782608695998</v>
+      </c>
+      <c r="F177" s="57">
+        <v>5853648</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B178" s="15" t="s">
+        <v>18</v>
+      </c>
+      <c r="C178" s="65">
+        <v>31</v>
+      </c>
+      <c r="D178" s="65">
+        <v>6</v>
+      </c>
+      <c r="E178" s="58">
+        <v>0.19354838709677</v>
+      </c>
+      <c r="F178" s="57">
+        <v>2511876</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B179" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C179" s="65">
+        <v>10</v>
+      </c>
+      <c r="D179" s="65">
+        <v>3</v>
+      </c>
+      <c r="E179" s="58">
+        <v>0.3</v>
+      </c>
+      <c r="F179" s="57">
+        <v>1239192</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B180" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="C180" s="65">
+        <v>7</v>
+      </c>
+      <c r="D180" s="65">
+        <v>0</v>
+      </c>
+      <c r="E180" s="58">
+        <v>0</v>
+      </c>
+      <c r="F180" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B181" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="C181" s="65">
+        <v>1</v>
+      </c>
+      <c r="D181" s="65">
+        <v>0</v>
+      </c>
+      <c r="E181" s="58">
+        <v>0</v>
+      </c>
+      <c r="F181" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B182" s="15" t="s">
+        <v>16</v>
+      </c>
+      <c r="C182" s="65">
+        <v>28</v>
+      </c>
+      <c r="D182" s="65">
+        <v>3</v>
+      </c>
+      <c r="E182" s="58">
+        <v>0.10714285714286</v>
+      </c>
+      <c r="F182" s="57">
+        <v>1133402</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B183" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C183" s="65">
+        <v>14</v>
+      </c>
+      <c r="D183" s="65">
+        <v>3</v>
+      </c>
+      <c r="E183" s="58">
+        <v>0.21428571428571</v>
+      </c>
+      <c r="F183" s="57">
+        <v>1364451</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B184" s="15" t="s">
+        <v>25</v>
+      </c>
+      <c r="C184" s="65">
+        <v>6</v>
+      </c>
+      <c r="D184" s="65">
+        <v>2</v>
+      </c>
+      <c r="E184" s="58">
+        <v>0.33333333333332998</v>
+      </c>
+      <c r="F184" s="57">
+        <v>879698</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="15">
+        <v>2022</v>
+      </c>
+      <c r="B185" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="C185" s="65">
+        <v>5</v>
+      </c>
+      <c r="D185" s="65">
+        <v>3</v>
+      </c>
+      <c r="E185" s="58">
+        <v>0.6</v>
+      </c>
+      <c r="F185" s="57">
+        <v>933913</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="13">
+        <v>2022</v>
+      </c>
+      <c r="B186" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C186" s="66">
+        <v>1070</v>
+      </c>
+      <c r="D186" s="66">
+        <v>273</v>
+      </c>
+      <c r="E186" s="59">
+        <v>0.25514018691589002</v>
+      </c>
+      <c r="F186" s="60">
+        <v>116029166</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B187" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="C187" s="17">
+        <v>138</v>
+      </c>
+      <c r="D187" s="17">
+        <v>20</v>
+      </c>
+      <c r="E187" s="18">
+        <v>0.14492753623188001</v>
+      </c>
+      <c r="F187" s="19">
+        <v>8818798</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B188" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C188" s="17">
+        <v>77</v>
+      </c>
+      <c r="D188" s="17">
+        <v>22</v>
+      </c>
+      <c r="E188" s="18">
+        <v>0.28571428571428997</v>
+      </c>
+      <c r="F188" s="19">
+        <v>9427168</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B189" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="C189" s="17">
+        <v>5</v>
+      </c>
+      <c r="D189" s="17">
+        <v>3</v>
+      </c>
+      <c r="E189" s="18">
+        <v>0.6</v>
+      </c>
+      <c r="F189" s="19">
+        <v>899229</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B190" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="C190" s="17">
+        <v>26</v>
+      </c>
+      <c r="D190" s="17">
+        <v>7</v>
+      </c>
+      <c r="E190" s="18">
+        <v>0.26923076923077</v>
+      </c>
+      <c r="F190" s="19">
+        <v>3084264</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B191" s="16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C191" s="17">
+        <v>55</v>
+      </c>
+      <c r="D191" s="17">
+        <v>12</v>
+      </c>
+      <c r="E191" s="18">
+        <v>0.21818181818182</v>
+      </c>
+      <c r="F191" s="19">
+        <v>5320631</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B192" s="16" t="s">
+        <v>14</v>
+      </c>
+      <c r="C192" s="17">
+        <v>106</v>
+      </c>
+      <c r="D192" s="17">
+        <v>21</v>
+      </c>
+      <c r="E192" s="18">
+        <v>0.19811320754716999</v>
+      </c>
+      <c r="F192" s="19">
+        <v>9118645</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B193" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="C193" s="17">
+        <v>161</v>
+      </c>
+      <c r="D193" s="17">
+        <v>74</v>
+      </c>
+      <c r="E193" s="18">
+        <v>0.45962732919255</v>
+      </c>
+      <c r="F193" s="19">
+        <v>32430189</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B194" s="16" t="s">
+        <v>17</v>
+      </c>
+      <c r="C194" s="17">
+        <v>76</v>
+      </c>
+      <c r="D194" s="17">
+        <v>23</v>
+      </c>
+      <c r="E194" s="18">
+        <v>0.30263157894736997</v>
+      </c>
+      <c r="F194" s="19">
+        <v>10146981</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B195" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" s="17">
+        <v>16</v>
+      </c>
+      <c r="D195" s="17">
+        <v>6</v>
+      </c>
+      <c r="E195" s="18">
+        <v>0.375</v>
+      </c>
+      <c r="F195" s="19">
+        <v>2590660</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B196" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="C196" s="17">
+        <v>25</v>
+      </c>
+      <c r="D196" s="17">
+        <v>9</v>
+      </c>
+      <c r="E196" s="18">
+        <v>0.36</v>
+      </c>
+      <c r="F196" s="19">
+        <v>3736668</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B197" s="16" t="s">
+        <v>12</v>
+      </c>
+      <c r="C197" s="17">
+        <v>64</v>
+      </c>
+      <c r="D197" s="17">
+        <v>6</v>
+      </c>
+      <c r="E197" s="18">
+        <v>9.375E-2</v>
+      </c>
+      <c r="F197" s="19">
+        <v>2501971</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B198" s="16" t="s">
+        <v>15</v>
+      </c>
+      <c r="C198" s="17">
         <v>29</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D3" s="16">
+      <c r="D198" s="17">
+        <v>4</v>
+      </c>
+      <c r="E198" s="18">
+        <v>0.13793103448276001</v>
+      </c>
+      <c r="F198" s="19">
+        <v>1798692</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B199" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="C199" s="17">
+        <v>17</v>
+      </c>
+      <c r="D199" s="17">
+        <v>6</v>
+      </c>
+      <c r="E199" s="18">
+        <v>0.35294117647058998</v>
+      </c>
+      <c r="F199" s="19">
+        <v>2616639</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B200" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C200" s="17">
+        <v>41</v>
+      </c>
+      <c r="D200" s="17">
+        <v>9</v>
+      </c>
+      <c r="E200" s="18">
+        <v>0.21951219512195</v>
+      </c>
+      <c r="F200" s="19">
+        <v>3697327</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B201" s="16" t="s">
+        <v>18</v>
+      </c>
+      <c r="C201" s="17">
+        <v>28</v>
+      </c>
+      <c r="D201" s="17">
+        <v>6</v>
+      </c>
+      <c r="E201" s="18">
+        <v>0.21428571428571</v>
+      </c>
+      <c r="F201" s="19">
+        <v>1937460</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B202" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C202" s="17">
+        <v>8</v>
+      </c>
+      <c r="D202" s="17">
+        <v>2</v>
+      </c>
+      <c r="E202" s="18">
+        <v>0.25</v>
+      </c>
+      <c r="F202" s="19">
+        <v>863149</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B203" s="16" t="s">
+        <v>27</v>
+      </c>
+      <c r="C203" s="17">
+        <v>7</v>
+      </c>
+      <c r="D203" s="17">
+        <v>0</v>
+      </c>
+      <c r="E203" s="18">
+        <v>0</v>
+      </c>
+      <c r="F203" s="19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B204" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="C204" s="17">
+        <v>3</v>
+      </c>
+      <c r="D204" s="17">
+        <v>2</v>
+      </c>
+      <c r="E204" s="18">
+        <v>0.66666666666666996</v>
+      </c>
+      <c r="F204" s="19">
+        <v>884595</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B205" s="16" t="s">
+        <v>16</v>
+      </c>
+      <c r="C205" s="17">
+        <v>26</v>
+      </c>
+      <c r="D205" s="17">
+        <v>8</v>
+      </c>
+      <c r="E205" s="18">
+        <v>0.30769230769230999</v>
+      </c>
+      <c r="F205" s="19">
+        <v>3087747</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B206" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C206" s="17">
+        <v>8</v>
+      </c>
+      <c r="D206" s="17">
+        <v>0</v>
+      </c>
+      <c r="E206" s="18">
+        <v>0</v>
+      </c>
+      <c r="F206" s="19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B207" s="16" t="s">
+        <v>25</v>
+      </c>
+      <c r="C207" s="17">
         <v>5</v>
       </c>
-      <c r="E3" s="20">
-[...10 lines deleted...]
-      <c r="B4" s="22" t="s">
+      <c r="D207" s="17">
+        <v>0</v>
+      </c>
+      <c r="E207" s="18">
+        <v>0</v>
+      </c>
+      <c r="F207" s="19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="28">
+        <v>2023</v>
+      </c>
+      <c r="B208" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="C208" s="17">
+        <v>1</v>
+      </c>
+      <c r="D208" s="17">
+        <v>0</v>
+      </c>
+      <c r="E208" s="18">
+        <v>0</v>
+      </c>
+      <c r="F208" s="19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="29">
+        <v>2023</v>
+      </c>
+      <c r="B209" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C209" s="20">
+        <v>922</v>
+      </c>
+      <c r="D209" s="20">
+        <v>240</v>
+      </c>
+      <c r="E209" s="21">
+        <v>0.26030368763556999</v>
+      </c>
+      <c r="F209" s="22">
+        <v>102960813</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B210" s="34" t="s">
+        <v>8</v>
+      </c>
+      <c r="C210" s="35">
+        <v>136</v>
+      </c>
+      <c r="D210" s="35">
+        <v>20</v>
+      </c>
+      <c r="E210" s="36">
+        <v>0.14705882352940999</v>
+      </c>
+      <c r="F210" s="37">
+        <v>8955354</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B211" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="C211" s="35">
+        <v>69</v>
+      </c>
+      <c r="D211" s="35">
+        <v>15</v>
+      </c>
+      <c r="E211" s="36">
+        <v>0.21739130434782999</v>
+      </c>
+      <c r="F211" s="37">
+        <v>6543932</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B212" s="34" t="s">
+        <v>20</v>
+      </c>
+      <c r="C212" s="35">
         <v>7</v>
       </c>
-      <c r="C4" s="16">
-[...2 lines deleted...]
-      <c r="D4" s="16">
+      <c r="D212" s="35">
+        <v>3</v>
+      </c>
+      <c r="E212" s="36">
+        <v>0.42857142857142999</v>
+      </c>
+      <c r="F212" s="37">
+        <v>1341600</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B213" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="C213" s="35">
+        <v>25</v>
+      </c>
+      <c r="D213" s="35">
+        <v>5</v>
+      </c>
+      <c r="E213" s="36">
+        <v>0.2</v>
+      </c>
+      <c r="F213" s="37">
+        <v>1703681</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B214" s="34" t="s">
+        <v>26</v>
+      </c>
+      <c r="C214" s="35">
+        <v>60</v>
+      </c>
+      <c r="D214" s="35">
+        <v>13</v>
+      </c>
+      <c r="E214" s="36">
+        <v>0.21666666666667</v>
+      </c>
+      <c r="F214" s="37">
+        <v>5663020</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B215" s="34" t="s">
+        <v>14</v>
+      </c>
+      <c r="C215" s="35">
+        <v>110</v>
+      </c>
+      <c r="D215" s="35">
+        <v>20</v>
+      </c>
+      <c r="E215" s="36">
+        <v>0.18181818181817999</v>
+      </c>
+      <c r="F215" s="37">
+        <v>8636040</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B216" s="34" t="s">
+        <v>23</v>
+      </c>
+      <c r="C216" s="35">
+        <v>160</v>
+      </c>
+      <c r="D216" s="35">
+        <v>78</v>
+      </c>
+      <c r="E216" s="36">
+        <v>0.48749999999999999</v>
+      </c>
+      <c r="F216" s="37">
+        <v>33965046</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B217" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="C217" s="35">
+        <v>70</v>
+      </c>
+      <c r="D217" s="35">
+        <v>14</v>
+      </c>
+      <c r="E217" s="36">
+        <v>0.2</v>
+      </c>
+      <c r="F217" s="37">
+        <v>5906945</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B218" s="34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" s="35">
+        <v>11</v>
+      </c>
+      <c r="D218" s="35">
+        <v>6</v>
+      </c>
+      <c r="E218" s="36">
+        <v>0.54545454545454997</v>
+      </c>
+      <c r="F218" s="37">
+        <v>2377086</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B219" s="34" t="s">
+        <v>22</v>
+      </c>
+      <c r="C219" s="35">
+        <v>23</v>
+      </c>
+      <c r="D219" s="35">
+        <v>7</v>
+      </c>
+      <c r="E219" s="36">
+        <v>0.30434782608695998</v>
+      </c>
+      <c r="F219" s="37">
+        <v>2959480</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B220" s="34" t="s">
+        <v>12</v>
+      </c>
+      <c r="C220" s="35">
+        <v>68</v>
+      </c>
+      <c r="D220" s="35">
+        <v>13</v>
+      </c>
+      <c r="E220" s="36">
+        <v>0.19117647058824</v>
+      </c>
+      <c r="F220" s="37">
+        <v>5643985</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B221" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="C221" s="35">
+        <v>26</v>
+      </c>
+      <c r="D221" s="35">
+        <v>4</v>
+      </c>
+      <c r="E221" s="36">
+        <v>0.15384615384615</v>
+      </c>
+      <c r="F221" s="37">
+        <v>1665130</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B222" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="C222" s="35">
+        <v>11</v>
+      </c>
+      <c r="D222" s="35">
+        <v>7</v>
+      </c>
+      <c r="E222" s="36">
+        <v>0.63636363636364002</v>
+      </c>
+      <c r="F222" s="37">
+        <v>2967426</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B223" s="34" t="s">
+        <v>24</v>
+      </c>
+      <c r="C223" s="35">
+        <v>53</v>
+      </c>
+      <c r="D223" s="35">
+        <v>9</v>
+      </c>
+      <c r="E223" s="36">
+        <v>0.16981132075472</v>
+      </c>
+      <c r="F223" s="37">
+        <v>3846710</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B224" s="34" t="s">
         <v>18</v>
       </c>
-      <c r="E4" s="23">
-[...10 lines deleted...]
-      <c r="B5" s="22" t="s">
+      <c r="C224" s="35">
+        <v>27</v>
+      </c>
+      <c r="D224" s="35">
+        <v>8</v>
+      </c>
+      <c r="E224" s="36">
+        <v>0.2962962962963</v>
+      </c>
+      <c r="F224" s="37">
+        <v>3058683</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B225" s="34" t="s">
+        <v>13</v>
+      </c>
+      <c r="C225" s="35">
         <v>14</v>
       </c>
-      <c r="C5" s="16">
+      <c r="D225" s="35">
+        <v>5</v>
+      </c>
+      <c r="E225" s="36">
+        <v>0.35714285714285998</v>
+      </c>
+      <c r="F225" s="37">
+        <v>2080214</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B226" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="C226" s="35">
+        <v>6</v>
+      </c>
+      <c r="D226" s="35">
+        <v>0</v>
+      </c>
+      <c r="E226" s="36">
+        <v>0</v>
+      </c>
+      <c r="F226" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B227" s="34" t="s">
+        <v>10</v>
+      </c>
+      <c r="C227" s="35">
+        <v>4</v>
+      </c>
+      <c r="D227" s="35">
+        <v>3</v>
+      </c>
+      <c r="E227" s="36">
+        <v>0.75</v>
+      </c>
+      <c r="F227" s="37">
+        <v>826014</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B228" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="C228" s="35">
+        <v>20</v>
+      </c>
+      <c r="D228" s="35">
+        <v>8</v>
+      </c>
+      <c r="E228" s="36">
+        <v>0.4</v>
+      </c>
+      <c r="F228" s="37">
+        <v>3438425</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B229" s="34" t="s">
+        <v>7</v>
+      </c>
+      <c r="C229" s="35">
+        <v>5</v>
+      </c>
+      <c r="D229" s="35">
+        <v>1</v>
+      </c>
+      <c r="E229" s="36">
+        <v>0.2</v>
+      </c>
+      <c r="F229" s="37">
+        <v>427500</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B230" s="34" t="s">
+        <v>25</v>
+      </c>
+      <c r="C230" s="35">
+        <v>3</v>
+      </c>
+      <c r="D230" s="35">
+        <v>0</v>
+      </c>
+      <c r="E230" s="36">
+        <v>0</v>
+      </c>
+      <c r="F230" s="37">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="33">
+        <v>2024</v>
+      </c>
+      <c r="B231" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="C231" s="35">
+        <v>8</v>
+      </c>
+      <c r="D231" s="35">
+        <v>1</v>
+      </c>
+      <c r="E231" s="36">
+        <v>0.125</v>
+      </c>
+      <c r="F231" s="37">
+        <v>419294</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="38">
+        <v>2024</v>
+      </c>
+      <c r="B232" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C232" s="39">
+        <v>916</v>
+      </c>
+      <c r="D232" s="39">
+        <v>240</v>
+      </c>
+      <c r="E232" s="40">
+        <v>0.26200873362444999</v>
+      </c>
+      <c r="F232" s="41">
+        <v>102425565</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="49">
+        <v>2025</v>
+      </c>
+      <c r="B233" s="52" t="s">
+        <v>8</v>
+      </c>
+      <c r="C233" s="67">
+        <v>135</v>
+      </c>
+      <c r="D233" s="67">
+        <v>22</v>
+      </c>
+      <c r="E233" s="61">
+        <v>0.16300000000000001</v>
+      </c>
+      <c r="F233" s="62">
+        <v>10347502</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B234" s="53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C234" s="68">
+        <v>81</v>
+      </c>
+      <c r="D234" s="68">
+        <v>23</v>
+      </c>
+      <c r="E234" s="63">
+        <v>0.28399999999999997</v>
+      </c>
+      <c r="F234" s="64">
+        <v>10576001</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B235" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="C235" s="68">
+        <v>3</v>
+      </c>
+      <c r="D235" s="68">
+        <v>2</v>
+      </c>
+      <c r="E235" s="63">
+        <v>0.66700000000000004</v>
+      </c>
+      <c r="F235" s="64">
+        <v>1057458</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B236" s="53" t="s">
+        <v>21</v>
+      </c>
+      <c r="C236" s="68">
+        <v>35</v>
+      </c>
+      <c r="D236" s="68">
+        <v>12</v>
+      </c>
+      <c r="E236" s="63">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="F236" s="64">
+        <v>6161722</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B237" s="53" t="s">
+        <v>26</v>
+      </c>
+      <c r="C237" s="68">
+        <v>63</v>
+      </c>
+      <c r="D237" s="68">
+        <v>14</v>
+      </c>
+      <c r="E237" s="63">
+        <v>0.222</v>
+      </c>
+      <c r="F237" s="64">
+        <v>6518650</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B238" s="53" t="s">
+        <v>14</v>
+      </c>
+      <c r="C238" s="68">
+        <v>124</v>
+      </c>
+      <c r="D238" s="68">
+        <v>14</v>
+      </c>
+      <c r="E238" s="63">
+        <v>0.113</v>
+      </c>
+      <c r="F238" s="64">
+        <v>6527418</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B239" s="53" t="s">
+        <v>23</v>
+      </c>
+      <c r="C239" s="68">
+        <v>151</v>
+      </c>
+      <c r="D239" s="68">
+        <v>62</v>
+      </c>
+      <c r="E239" s="63">
+        <v>0.41099999999999998</v>
+      </c>
+      <c r="F239" s="64">
+        <v>31767171</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B240" s="53" t="s">
+        <v>17</v>
+      </c>
+      <c r="C240" s="68">
+        <v>63</v>
+      </c>
+      <c r="D240" s="68">
+        <v>9</v>
+      </c>
+      <c r="E240" s="63">
+        <v>0.14299999999999999</v>
+      </c>
+      <c r="F240" s="64">
+        <v>4184341</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B241" s="53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" s="68">
+        <v>11</v>
+      </c>
+      <c r="D241" s="68">
+        <v>0</v>
+      </c>
+      <c r="E241" s="63">
+        <v>0</v>
+      </c>
+      <c r="F241" s="64">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B242" s="53" t="s">
+        <v>22</v>
+      </c>
+      <c r="C242" s="68">
         <v>18</v>
       </c>
-      <c r="D5" s="16">
-[...2 lines deleted...]
-      <c r="E5" s="23">
+      <c r="D242" s="68">
+        <v>4</v>
+      </c>
+      <c r="E242" s="63">
+        <v>0.222</v>
+      </c>
+      <c r="F242" s="64">
+        <v>1912059</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B243" s="53" t="s">
+        <v>12</v>
+      </c>
+      <c r="C243" s="68">
+        <v>65</v>
+      </c>
+      <c r="D243" s="68">
+        <v>7</v>
+      </c>
+      <c r="E243" s="63">
+        <v>0.108</v>
+      </c>
+      <c r="F243" s="64">
+        <v>3187171</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B244" s="53" t="s">
+        <v>15</v>
+      </c>
+      <c r="C244" s="68">
+        <v>23</v>
+      </c>
+      <c r="D244" s="68">
+        <v>4</v>
+      </c>
+      <c r="E244" s="63">
+        <v>0.17399999999999999</v>
+      </c>
+      <c r="F244" s="64">
+        <v>2097663</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B245" s="53" t="s">
+        <v>19</v>
+      </c>
+      <c r="C245" s="68">
+        <v>11</v>
+      </c>
+      <c r="D245" s="68">
+        <v>3</v>
+      </c>
+      <c r="E245" s="63">
+        <v>0.27300000000000002</v>
+      </c>
+      <c r="F245" s="64">
+        <v>1458469</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B246" s="53" t="s">
+        <v>24</v>
+      </c>
+      <c r="C246" s="68">
+        <v>52</v>
+      </c>
+      <c r="D246" s="68">
+        <v>12</v>
+      </c>
+      <c r="E246" s="63">
+        <v>0.23100000000000001</v>
+      </c>
+      <c r="F246" s="64">
+        <v>5155492</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B247" s="53" t="s">
+        <v>18</v>
+      </c>
+      <c r="C247" s="68">
+        <v>19</v>
+      </c>
+      <c r="D247" s="68">
+        <v>7</v>
+      </c>
+      <c r="E247" s="63">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="F247" s="64">
+        <v>3275838</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B248" s="53" t="s">
+        <v>13</v>
+      </c>
+      <c r="C248" s="68">
+        <v>9</v>
+      </c>
+      <c r="D248" s="68">
+        <v>1</v>
+      </c>
+      <c r="E248" s="63">
         <v>0.111</v>
       </c>
-      <c r="F5" s="21">
-[...10 lines deleted...]
-      <c r="C6" s="16">
+      <c r="F248" s="64">
+        <v>543425</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B249" s="53" t="s">
+        <v>27</v>
+      </c>
+      <c r="C249" s="68">
+        <v>5</v>
+      </c>
+      <c r="D249" s="68">
+        <v>0</v>
+      </c>
+      <c r="E249" s="63">
+        <v>0</v>
+      </c>
+      <c r="F249" s="64">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B250" s="53" t="s">
+        <v>16</v>
+      </c>
+      <c r="C250" s="68">
+        <v>20</v>
+      </c>
+      <c r="D250" s="68">
         <v>4</v>
       </c>
-      <c r="D6" s="16">
+      <c r="E250" s="63">
+        <v>0.2</v>
+      </c>
+      <c r="F250" s="64">
+        <v>2071218</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B251" s="53" t="s">
+        <v>29</v>
+      </c>
+      <c r="C251" s="68">
+        <v>14</v>
+      </c>
+      <c r="D251" s="68">
         <v>0</v>
       </c>
-      <c r="E6" s="23">
+      <c r="E251" s="63">
         <v>0</v>
       </c>
-      <c r="F6" s="21">
+      <c r="F251" s="64">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...23 lines deleted...]
-      <c r="B8" s="22" t="s">
+    <row r="252" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B252" s="53" t="s">
+        <v>30</v>
+      </c>
+      <c r="C252" s="68">
         <v>4</v>
       </c>
-      <c r="C8" s="16">
-[...356 lines deleted...]
-      <c r="B26" s="22" t="s">
+      <c r="D252" s="68">
+        <v>0</v>
+      </c>
+      <c r="E252" s="63">
+        <v>0</v>
+      </c>
+      <c r="F252" s="64">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="50">
+        <v>2025</v>
+      </c>
+      <c r="B253" s="53" t="s">
+        <v>28</v>
+      </c>
+      <c r="C253" s="68">
         <v>7</v>
       </c>
-      <c r="C26" s="16">
-[...402 lines deleted...]
-      <c r="D46" s="16">
+      <c r="D253" s="68">
         <v>0</v>
       </c>
-      <c r="E46" s="23">
+      <c r="E253" s="63">
         <v>0</v>
       </c>
-      <c r="F46" s="21">
+      <c r="F253" s="64">
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...686 lines deleted...]
-      <c r="C81" s="16">
+    <row r="254" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="69">
+        <v>2025</v>
+      </c>
+      <c r="B254" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="D81" s="16">
-[...3030 lines deleted...]
-        <v>102425565</v>
+      <c r="C254" s="70">
+        <v>913</v>
+      </c>
+      <c r="D254" s="70">
+        <v>200</v>
+      </c>
+      <c r="E254" s="71">
+        <v>0.219</v>
+      </c>
+      <c r="F254" s="72">
+        <v>96841598</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
-  <autoFilter ref="A2:F209" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="5" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{144BB1CD-3E7D-47D7-B6B8-2F29EB0725E3}">
   <dimension ref="A1:N9"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="61" style="34" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.88671875" style="34"/>
+    <col min="1" max="1" width="61" style="23" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="125.6640625" style="23" customWidth="1"/>
+    <col min="3" max="16384" width="8.88671875" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="58" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B1" s="42" t="s">
+    <row r="1" spans="1:14" s="46" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="45"/>
+      <c r="B1" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="C1" s="42"/>
-[...33 lines deleted...]
-      <c r="A3" s="56" t="s">
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="31"/>
+      <c r="G1" s="31"/>
+      <c r="H1" s="31"/>
+      <c r="I1" s="31"/>
+      <c r="J1" s="31"/>
+      <c r="K1" s="31"/>
+      <c r="L1" s="31"/>
+      <c r="M1" s="31"/>
+      <c r="N1" s="31"/>
+    </row>
+    <row r="2" spans="1:14" s="25" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="43" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" s="30" t="s">
         <v>33</v>
       </c>
-      <c r="B3" s="43" t="s">
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+    </row>
+    <row r="3" spans="1:14" s="25" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="44" t="s">
         <v>34</v>
       </c>
-      <c r="C3" s="37"/>
-[...10 lines deleted...]
-      <c r="N3" s="35"/>
+      <c r="B3" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" s="26"/>
+      <c r="D3" s="26"/>
+      <c r="E3" s="26"/>
+      <c r="F3" s="24"/>
+      <c r="G3" s="24"/>
+      <c r="H3" s="24"/>
+      <c r="I3" s="24"/>
+      <c r="J3" s="24"/>
+      <c r="K3" s="24"/>
+      <c r="L3" s="24"/>
+      <c r="M3" s="24"/>
+      <c r="N3" s="24"/>
     </row>
     <row r="5" spans="1:14" ht="14.4" x14ac:dyDescent="0.25">
-      <c r="A5" s="61"/>
-[...1 lines deleted...]
-      <c r="C5" s="61"/>
+      <c r="A5" s="74"/>
+      <c r="B5" s="74"/>
+      <c r="C5" s="74"/>
     </row>
     <row r="6" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="59" t="s">
+      <c r="A6" s="47" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="48" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="48" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="42" t="s">
         <v>39</v>
-      </c>
-[...13 lines deleted...]
-        <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A5:C5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3" r:id="rId1" xr:uid="{2E315501-7B27-4460-B446-29CE113B4094}"/>
     <hyperlink ref="A6" r:id="rId2" display="Source: NIH PUB File" xr:uid="{2553B779-055A-4A45-8071-4632F2098443}"/>
     <hyperlink ref="A8" r:id="rId3" xr:uid="{E482ED4C-BC44-49CD-A5CD-97174EA914DC}"/>
     <hyperlink ref="A7" r:id="rId4" display="NIH Grants and Funding Glossary" xr:uid="{345D0AF2-4D5C-4E6E-AA52-229EFF6B318A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" verticalDpi="90" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="5" tint="-0.249977111117893"/>
   </sheetPr>
   <dimension ref="A1:O53"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.6" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="14" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="3"/>
       <c r="B1" s="3"/>
       <c r="C1" s="3"/>
       <c r="D1" s="3"/>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A53" s="62" t="s">
-[...2 lines deleted...]
-      <c r="B53" s="62"/>
+      <c r="A53" s="75" t="s">
+        <v>40</v>
+      </c>
+      <c r="B53" s="75"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A53:B53"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A53:B53" location="'Table #207'!A6" display="return to table" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
@@ -12765,95 +13619,97 @@
       <Description>Academic Research Enhancement Awards (AREA/R15): Competing applications, awards, success rates, and funding, by Institute/Center (~250KB)</Description>
     </RePORTTitleandLink>
     <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
     <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst1>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Messan, Komi (NIH/OD) [E]</DisplayName>
         <AccountId>56</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst2>
     <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307233afc278fc503943648cbe4c01eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="643250b946235c332f643571124ea32d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f4234e76b0cb473625794601bc3d0e1d" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -13013,50 +13869,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -13168,66 +14029,60 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F54412BE-7B48-4CF8-80F2-2BB5CEB94726}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{720CADF8-9828-4B74-B1F6-9C294F9180C8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07443EE4-0395-41A9-BB7C-15F9A83CA7EB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A319406-98ED-4A0E-8EFF-A0760E35F010}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 