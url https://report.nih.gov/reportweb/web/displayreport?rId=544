--- v0 (2025-12-31)
+++ v1 (2026-03-02)
@@ -5,89 +5,89 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A424299B-3E7F-4544-811B-1F8FED20247E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ADA975FB-8F3E-412E-A8D5-6C2DFBDFB3BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #102" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #102'!$A$2:$N$262</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #102'!$A$1:$N$244</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #102'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="49">
   <si>
     <t>FIC</t>
   </si>
   <si>
     <t>NCATS</t>
   </si>
   <si>
     <t>NCI</t>
   </si>
   <si>
     <t>NEI</t>
   </si>
   <si>
     <t>NHGRI</t>
   </si>
   <si>
     <t>NHLBI</t>
   </si>
   <si>
     <t>NIA</t>
   </si>
   <si>
     <t>NIAAA</t>
   </si>
   <si>
@@ -176,208 +176,181 @@
     <t xml:space="preserve"> Noncompeting Continuations - Total Number</t>
   </si>
   <si>
     <t xml:space="preserve"> Noncompeting Continuations - 
 Total Funding</t>
   </si>
   <si>
     <t xml:space="preserve"> Competing Revisions - 
 Total Number</t>
   </si>
   <si>
     <t xml:space="preserve"> Competing Revisions - Total Funding</t>
   </si>
   <si>
     <t xml:space="preserve"> Noncompeting Revisions -
 Total Number</t>
   </si>
   <si>
     <t xml:space="preserve"> Noncompeting Revisions - 
 Total Funding </t>
   </si>
   <si>
     <t>FY Total</t>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-  <si>
     <t>Research Grants</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Data last updated 10/21/2024</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
     <t>Extramural awards made for Research Centers, Research Projects, Small Business Innovation Research/Small Business Technology Transfer (SBIR/STTR) Grants, and Other Research Grants.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Source and Brief Methods: </t>
+      <t xml:space="preserve">Source: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
-        <rFont val="Calibri"/>
-[...19 lines deleted...]
-        <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH PUB File</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF0000FF"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
+  </si>
+  <si>
     <r>
       <rPr>
-        <sz val="11"/>
+        <b/>
+        <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>document</t>
+      <t xml:space="preserve">Table #102: NIH Research Grants - </t>
     </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Number and Total Funding of New, Continuation and Supplement Awards by NIH Institutes/Centers and Competing Status, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>FY TOTAL</t>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="####0"/>
     <numFmt numFmtId="166" formatCode="###,##0"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;###,###,###,###,##0"/>
   </numFmts>
-  <fonts count="45" x14ac:knownFonts="1">
+  <fonts count="44" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -550,56 +523,50 @@
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1096,195 +1063,195 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="33" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="33" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="33" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="33" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="28" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="54">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="28" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="28" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="30" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="27" fillId="34" borderId="0" xfId="41" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="34" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="34" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="39" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="35" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="36" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="36" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="37" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="31" fillId="37" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="31" fillId="37" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="38" fillId="37" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="37" fillId="37" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="6" fontId="38" fillId="37" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="37" fillId="37" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="37" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="37" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="38" fillId="37" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="37" fillId="37" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="25" fillId="37" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="37" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="37" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="38" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="38" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="40" fillId="38" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="39" fillId="38" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="40" fillId="38" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="39" fillId="38" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="37" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="37" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="41" fillId="37" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="40" fillId="37" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="41" fillId="37" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="40" fillId="37" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="40" fillId="38" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="39" fillId="38" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="41" fillId="37" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="40" fillId="37" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="34" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="34" borderId="0" xfId="35" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="41" fillId="34" borderId="0" xfId="35" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="34" borderId="0" xfId="35" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="32" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="31" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="81">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
@@ -1634,12090 +1601,13172 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O262"/>
+  <dimension ref="A1:O288"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="19" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="15" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="15.7109375" style="19" customWidth="1"/>
+    <col min="2" max="2" width="20.140625" style="19" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="25.7109375" style="3" customWidth="1"/>
+    <col min="5" max="5" width="20.7109375" style="2" customWidth="1"/>
+    <col min="6" max="6" width="25.7109375" style="3" customWidth="1"/>
+    <col min="7" max="7" width="20.7109375" style="2" customWidth="1"/>
+    <col min="8" max="8" width="25.7109375" style="3" customWidth="1"/>
+    <col min="9" max="9" width="20.7109375" style="2" customWidth="1"/>
+    <col min="10" max="10" width="25.7109375" style="3" customWidth="1"/>
+    <col min="11" max="11" width="20.7109375" style="2" customWidth="1"/>
+    <col min="12" max="12" width="25.7109375" style="3" customWidth="1"/>
+    <col min="13" max="13" width="20.7109375" style="2" customWidth="1"/>
+    <col min="14" max="14" width="24.140625" style="3" customWidth="1"/>
+    <col min="15" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:15" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="37" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B1" s="18"/>
       <c r="C1" s="16"/>
       <c r="D1" s="16"/>
       <c r="E1" s="16"/>
       <c r="F1" s="16"/>
     </row>
-    <row r="2" spans="1:15" s="1" customFormat="1" ht="73.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:15" s="1" customFormat="1" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="17" t="s">
         <v>26</v>
       </c>
       <c r="B2" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C2" s="17" t="s">
         <v>27</v>
       </c>
       <c r="D2" s="17" t="s">
         <v>28</v>
       </c>
       <c r="E2" s="17" t="s">
         <v>30</v>
       </c>
       <c r="F2" s="17" t="s">
         <v>31</v>
       </c>
       <c r="G2" s="17" t="s">
         <v>32</v>
       </c>
       <c r="H2" s="17" t="s">
         <v>33</v>
       </c>
       <c r="I2" s="17" t="s">
         <v>34</v>
       </c>
       <c r="J2" s="17" t="s">
         <v>35</v>
       </c>
       <c r="K2" s="17" t="s">
         <v>36</v>
       </c>
       <c r="L2" s="17" t="s">
         <v>37</v>
       </c>
       <c r="M2" s="17" t="s">
         <v>38</v>
       </c>
       <c r="N2" s="17" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="26">
         <v>2015</v>
       </c>
       <c r="B3" s="26" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="27">
         <v>122</v>
       </c>
       <c r="D3" s="28">
         <v>39101803</v>
       </c>
       <c r="E3" s="27">
         <v>38</v>
       </c>
       <c r="F3" s="28">
         <v>7348870</v>
       </c>
       <c r="G3" s="27">
         <v>0</v>
       </c>
       <c r="H3" s="28">
         <v>0</v>
       </c>
       <c r="I3" s="27">
         <v>84</v>
       </c>
       <c r="J3" s="28">
         <v>20239590</v>
       </c>
       <c r="K3" s="27">
         <v>0</v>
       </c>
       <c r="L3" s="28">
         <v>0</v>
       </c>
       <c r="M3" s="27">
         <v>31</v>
       </c>
       <c r="N3" s="28">
         <v>11513343</v>
       </c>
       <c r="O3" s="9"/>
     </row>
-    <row r="4" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="26">
         <v>2015</v>
       </c>
       <c r="B4" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="27">
         <v>189</v>
       </c>
       <c r="D4" s="28">
         <v>510742940</v>
       </c>
       <c r="E4" s="27">
         <v>59</v>
       </c>
       <c r="F4" s="28">
         <v>94037540</v>
       </c>
       <c r="G4" s="27">
         <v>6</v>
       </c>
       <c r="H4" s="28">
         <v>4474950</v>
       </c>
       <c r="I4" s="27">
         <v>124</v>
       </c>
       <c r="J4" s="28">
         <v>388518244</v>
       </c>
       <c r="K4" s="27">
         <v>0</v>
       </c>
       <c r="L4" s="28">
         <v>0</v>
       </c>
       <c r="M4" s="27">
         <v>52</v>
       </c>
       <c r="N4" s="28">
         <v>23712206</v>
       </c>
       <c r="O4" s="9"/>
     </row>
-    <row r="5" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="26">
         <v>2015</v>
       </c>
       <c r="B5" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="27">
         <v>215</v>
       </c>
       <c r="D5" s="28">
         <v>96959987</v>
       </c>
       <c r="E5" s="27">
         <v>59</v>
       </c>
       <c r="F5" s="28">
         <v>25919976</v>
       </c>
       <c r="G5" s="27">
         <v>4</v>
       </c>
       <c r="H5" s="28">
         <v>4443039</v>
       </c>
       <c r="I5" s="27">
         <v>152</v>
       </c>
       <c r="J5" s="28">
         <v>64785365</v>
       </c>
       <c r="K5" s="27">
         <v>0</v>
       </c>
       <c r="L5" s="28">
         <v>0</v>
       </c>
       <c r="M5" s="27">
         <v>15</v>
       </c>
       <c r="N5" s="28">
         <v>1811607</v>
       </c>
       <c r="O5" s="9"/>
     </row>
-    <row r="6" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="26">
         <v>2015</v>
       </c>
       <c r="B6" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="27">
         <v>5772</v>
       </c>
       <c r="D6" s="28">
         <v>2998555930</v>
       </c>
       <c r="E6" s="27">
         <v>1435</v>
       </c>
       <c r="F6" s="28">
         <v>549390302</v>
       </c>
       <c r="G6" s="27">
         <v>205</v>
       </c>
       <c r="H6" s="28">
         <v>178520785</v>
       </c>
       <c r="I6" s="27">
         <v>4131</v>
       </c>
       <c r="J6" s="28">
         <v>2191965914</v>
       </c>
       <c r="K6" s="27">
         <v>1</v>
       </c>
       <c r="L6" s="28">
         <v>374707</v>
       </c>
       <c r="M6" s="27">
         <v>515</v>
       </c>
       <c r="N6" s="28">
         <v>78304222</v>
       </c>
       <c r="O6" s="9"/>
     </row>
-    <row r="7" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="26">
         <v>2015</v>
       </c>
       <c r="B7" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="27">
         <v>1284</v>
       </c>
       <c r="D7" s="28">
         <v>533718313</v>
       </c>
       <c r="E7" s="27">
         <v>261</v>
       </c>
       <c r="F7" s="28">
         <v>90302381</v>
       </c>
       <c r="G7" s="27">
         <v>110</v>
       </c>
       <c r="H7" s="28">
         <v>55446696</v>
       </c>
       <c r="I7" s="27">
         <v>913</v>
       </c>
       <c r="J7" s="28">
         <v>383741068</v>
       </c>
       <c r="K7" s="27">
         <v>0</v>
       </c>
       <c r="L7" s="28">
         <v>0</v>
       </c>
       <c r="M7" s="27">
         <v>57</v>
       </c>
       <c r="N7" s="28">
         <v>4228168</v>
       </c>
       <c r="O7" s="9"/>
     </row>
-    <row r="8" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="26">
         <v>2015</v>
       </c>
       <c r="B8" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="27">
         <v>378</v>
       </c>
       <c r="D8" s="28">
         <v>447281846</v>
       </c>
       <c r="E8" s="27">
         <v>101</v>
       </c>
       <c r="F8" s="28">
         <v>56974849</v>
       </c>
       <c r="G8" s="27">
         <v>16</v>
       </c>
       <c r="H8" s="28">
         <v>10261600</v>
       </c>
       <c r="I8" s="27">
         <v>261</v>
       </c>
       <c r="J8" s="28">
         <v>324947975</v>
       </c>
       <c r="K8" s="27">
         <v>0</v>
       </c>
       <c r="L8" s="28">
         <v>0</v>
       </c>
       <c r="M8" s="27">
         <v>86</v>
       </c>
       <c r="N8" s="28">
         <v>55097422</v>
       </c>
       <c r="O8" s="9"/>
     </row>
-    <row r="9" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="26">
         <v>2015</v>
       </c>
       <c r="B9" s="26" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="27">
         <v>4066</v>
       </c>
       <c r="D9" s="28">
         <v>2184685135</v>
       </c>
       <c r="E9" s="27">
         <v>990</v>
       </c>
       <c r="F9" s="28">
         <v>426431006</v>
       </c>
       <c r="G9" s="27">
         <v>235</v>
       </c>
       <c r="H9" s="28">
         <v>150927590</v>
       </c>
       <c r="I9" s="27">
         <v>2836</v>
       </c>
       <c r="J9" s="28">
         <v>1569866196</v>
       </c>
       <c r="K9" s="27">
         <v>5</v>
       </c>
       <c r="L9" s="28">
         <v>641958</v>
       </c>
       <c r="M9" s="27">
         <v>145</v>
       </c>
       <c r="N9" s="28">
         <v>36818385</v>
       </c>
       <c r="O9" s="9"/>
     </row>
-    <row r="10" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="26">
         <v>2015</v>
       </c>
       <c r="B10" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="27">
         <v>1821</v>
       </c>
       <c r="D10" s="28">
         <v>975568092</v>
       </c>
       <c r="E10" s="27">
         <v>491</v>
       </c>
       <c r="F10" s="28">
         <v>219760484</v>
       </c>
       <c r="G10" s="27">
         <v>111</v>
       </c>
       <c r="H10" s="28">
         <v>101374506</v>
       </c>
       <c r="I10" s="27">
         <v>1210</v>
       </c>
       <c r="J10" s="28">
         <v>605337930</v>
       </c>
       <c r="K10" s="27">
         <v>9</v>
       </c>
       <c r="L10" s="28">
         <v>18171371</v>
       </c>
       <c r="M10" s="27">
         <v>134</v>
       </c>
       <c r="N10" s="28">
         <v>30923801</v>
       </c>
       <c r="O10" s="9"/>
     </row>
-    <row r="11" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="26">
         <v>2015</v>
       </c>
       <c r="B11" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="27">
         <v>832</v>
       </c>
       <c r="D11" s="28">
         <v>317627370</v>
       </c>
       <c r="E11" s="27">
         <v>159</v>
       </c>
       <c r="F11" s="28">
         <v>45110884</v>
       </c>
       <c r="G11" s="27">
         <v>39</v>
       </c>
       <c r="H11" s="28">
         <v>18120526</v>
       </c>
       <c r="I11" s="27">
         <v>633</v>
       </c>
       <c r="J11" s="28">
         <v>250773272</v>
       </c>
       <c r="K11" s="27">
         <v>1</v>
       </c>
       <c r="L11" s="28">
         <v>140263</v>
       </c>
       <c r="M11" s="27">
         <v>44</v>
       </c>
       <c r="N11" s="28">
         <v>3482425</v>
       </c>
       <c r="O11" s="9"/>
     </row>
-    <row r="12" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="26">
         <v>2015</v>
       </c>
       <c r="B12" s="26" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="27">
         <v>4536</v>
       </c>
       <c r="D12" s="28">
         <v>2762604449</v>
       </c>
       <c r="E12" s="27">
         <v>1368</v>
       </c>
       <c r="F12" s="28">
         <v>559829063</v>
       </c>
       <c r="G12" s="27">
         <v>202</v>
       </c>
       <c r="H12" s="28">
         <v>123104953</v>
       </c>
       <c r="I12" s="27">
         <v>2965</v>
       </c>
       <c r="J12" s="28">
         <v>2057328540</v>
       </c>
       <c r="K12" s="27">
         <v>1</v>
       </c>
       <c r="L12" s="28">
         <v>134391</v>
       </c>
       <c r="M12" s="27">
         <v>69</v>
       </c>
       <c r="N12" s="28">
         <v>22207502</v>
       </c>
       <c r="O12" s="9"/>
     </row>
-    <row r="13" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="26">
         <v>2015</v>
       </c>
       <c r="B13" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="27">
         <v>1212</v>
       </c>
       <c r="D13" s="28">
         <v>434283736</v>
       </c>
       <c r="E13" s="27">
         <v>301</v>
       </c>
       <c r="F13" s="28">
         <v>94915054</v>
       </c>
       <c r="G13" s="27">
         <v>59</v>
       </c>
       <c r="H13" s="28">
         <v>26809755</v>
       </c>
       <c r="I13" s="27">
         <v>846</v>
       </c>
       <c r="J13" s="28">
         <v>308241185</v>
       </c>
       <c r="K13" s="27">
         <v>6</v>
       </c>
       <c r="L13" s="28">
         <v>841060</v>
       </c>
       <c r="M13" s="27">
         <v>55</v>
       </c>
       <c r="N13" s="28">
         <v>3476682</v>
       </c>
       <c r="O13" s="9"/>
     </row>
-    <row r="14" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="26">
         <v>2015</v>
       </c>
       <c r="B14" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="27">
         <v>743</v>
       </c>
       <c r="D14" s="28">
         <v>328272723</v>
       </c>
       <c r="E14" s="27">
         <v>258</v>
       </c>
       <c r="F14" s="28">
         <v>104280276</v>
       </c>
       <c r="G14" s="27">
         <v>24</v>
       </c>
       <c r="H14" s="28">
         <v>19730801</v>
       </c>
       <c r="I14" s="27">
         <v>461</v>
       </c>
       <c r="J14" s="28">
         <v>201887800</v>
       </c>
       <c r="K14" s="27">
         <v>0</v>
       </c>
       <c r="L14" s="28">
         <v>0</v>
       </c>
       <c r="M14" s="27">
         <v>28</v>
       </c>
       <c r="N14" s="28">
         <v>2373846</v>
       </c>
       <c r="O14" s="9"/>
     </row>
-    <row r="15" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="26">
         <v>2015</v>
       </c>
       <c r="B15" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="27">
         <v>2047</v>
       </c>
       <c r="D15" s="28">
         <v>939619335</v>
       </c>
       <c r="E15" s="27">
         <v>502</v>
       </c>
       <c r="F15" s="28">
         <v>211959732</v>
       </c>
       <c r="G15" s="27">
         <v>78</v>
       </c>
       <c r="H15" s="28">
         <v>50774559</v>
       </c>
       <c r="I15" s="27">
         <v>1467</v>
       </c>
       <c r="J15" s="28">
         <v>667469393</v>
       </c>
       <c r="K15" s="27">
         <v>0</v>
       </c>
       <c r="L15" s="28">
         <v>0</v>
       </c>
       <c r="M15" s="27">
         <v>54</v>
       </c>
       <c r="N15" s="28">
         <v>9415651</v>
       </c>
       <c r="O15" s="9"/>
     </row>
-    <row r="16" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="26">
         <v>2015</v>
       </c>
       <c r="B16" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="27">
         <v>1685</v>
       </c>
       <c r="D16" s="28">
         <v>809008422</v>
       </c>
       <c r="E16" s="27">
         <v>420</v>
       </c>
       <c r="F16" s="28">
         <v>180464533</v>
       </c>
       <c r="G16" s="27">
         <v>78</v>
       </c>
       <c r="H16" s="28">
         <v>46565232</v>
       </c>
       <c r="I16" s="27">
         <v>1187</v>
       </c>
       <c r="J16" s="28">
         <v>547524333</v>
       </c>
       <c r="K16" s="27">
         <v>0</v>
       </c>
       <c r="L16" s="28">
         <v>0</v>
       </c>
       <c r="M16" s="27">
         <v>191</v>
       </c>
       <c r="N16" s="28">
         <v>34454324</v>
       </c>
       <c r="O16" s="9"/>
     </row>
-    <row r="17" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="26">
         <v>2015</v>
       </c>
       <c r="B17" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="27">
         <v>856</v>
       </c>
       <c r="D17" s="28">
         <v>312180832</v>
       </c>
       <c r="E17" s="27">
         <v>168</v>
       </c>
       <c r="F17" s="28">
         <v>51530902</v>
       </c>
       <c r="G17" s="27">
         <v>47</v>
       </c>
       <c r="H17" s="28">
         <v>21591140</v>
       </c>
       <c r="I17" s="27">
         <v>641</v>
       </c>
       <c r="J17" s="28">
         <v>237469289</v>
       </c>
       <c r="K17" s="27">
         <v>0</v>
       </c>
       <c r="L17" s="28">
         <v>0</v>
       </c>
       <c r="M17" s="27">
         <v>33</v>
       </c>
       <c r="N17" s="28">
         <v>1589501</v>
       </c>
       <c r="O17" s="9"/>
     </row>
-    <row r="18" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="26">
         <v>2015</v>
       </c>
       <c r="B18" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="27">
         <v>655</v>
       </c>
       <c r="D18" s="28">
         <v>279605863</v>
       </c>
       <c r="E18" s="27">
         <v>182</v>
       </c>
       <c r="F18" s="28">
         <v>60974824</v>
       </c>
       <c r="G18" s="27">
         <v>28</v>
       </c>
       <c r="H18" s="28">
         <v>14670461</v>
       </c>
       <c r="I18" s="27">
         <v>445</v>
       </c>
       <c r="J18" s="28">
         <v>194412810</v>
       </c>
       <c r="K18" s="27">
         <v>0</v>
       </c>
       <c r="L18" s="28">
         <v>0</v>
       </c>
       <c r="M18" s="27">
         <v>35</v>
       </c>
       <c r="N18" s="28">
         <v>9547768</v>
       </c>
       <c r="O18" s="9"/>
     </row>
-    <row r="19" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="26">
         <v>2015</v>
       </c>
       <c r="B19" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="27">
         <v>3328</v>
       </c>
       <c r="D19" s="28">
         <v>1539069183</v>
       </c>
       <c r="E19" s="27">
         <v>747</v>
       </c>
       <c r="F19" s="28">
         <v>371771930</v>
       </c>
       <c r="G19" s="27">
         <v>239</v>
       </c>
       <c r="H19" s="28">
         <v>136090849</v>
       </c>
       <c r="I19" s="27">
         <v>2340</v>
       </c>
       <c r="J19" s="28">
         <v>999703168</v>
       </c>
       <c r="K19" s="27">
         <v>2</v>
       </c>
       <c r="L19" s="28">
         <v>224063</v>
       </c>
       <c r="M19" s="27">
         <v>216</v>
       </c>
       <c r="N19" s="28">
         <v>31279173</v>
       </c>
       <c r="O19" s="9"/>
     </row>
-    <row r="20" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="26">
         <v>2015</v>
       </c>
       <c r="B20" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="27">
         <v>877</v>
       </c>
       <c r="D20" s="28">
         <v>450261797</v>
       </c>
       <c r="E20" s="27">
         <v>272</v>
       </c>
       <c r="F20" s="28">
         <v>124809298</v>
       </c>
       <c r="G20" s="27">
         <v>59</v>
       </c>
       <c r="H20" s="28">
         <v>60106305</v>
       </c>
       <c r="I20" s="27">
         <v>541</v>
       </c>
       <c r="J20" s="28">
         <v>251216610</v>
       </c>
       <c r="K20" s="27">
         <v>5</v>
       </c>
       <c r="L20" s="28">
         <v>1848570</v>
       </c>
       <c r="M20" s="27">
         <v>99</v>
       </c>
       <c r="N20" s="28">
         <v>12281014</v>
       </c>
       <c r="O20" s="9"/>
     </row>
-    <row r="21" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="26">
         <v>2015</v>
       </c>
       <c r="B21" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="27">
         <v>4663</v>
       </c>
       <c r="D21" s="28">
         <v>2105692381</v>
       </c>
       <c r="E21" s="27">
         <v>888</v>
       </c>
       <c r="F21" s="28">
         <v>335954246</v>
       </c>
       <c r="G21" s="27">
         <v>476</v>
       </c>
       <c r="H21" s="28">
         <v>248004987</v>
       </c>
       <c r="I21" s="27">
         <v>3297</v>
       </c>
       <c r="J21" s="28">
         <v>1482593881</v>
       </c>
       <c r="K21" s="27">
         <v>2</v>
       </c>
       <c r="L21" s="28">
         <v>422084</v>
       </c>
       <c r="M21" s="27">
         <v>341</v>
       </c>
       <c r="N21" s="28">
         <v>38717183</v>
       </c>
       <c r="O21" s="9"/>
     </row>
-    <row r="22" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="26">
         <v>2015</v>
       </c>
       <c r="B22" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="27">
         <v>2467</v>
       </c>
       <c r="D22" s="28">
         <v>1126832094</v>
       </c>
       <c r="E22" s="27">
         <v>526</v>
       </c>
       <c r="F22" s="28">
         <v>235701487</v>
       </c>
       <c r="G22" s="27">
         <v>96</v>
       </c>
       <c r="H22" s="28">
         <v>48886745</v>
       </c>
       <c r="I22" s="27">
         <v>1843</v>
       </c>
       <c r="J22" s="28">
         <v>812897701</v>
       </c>
       <c r="K22" s="27">
         <v>2</v>
       </c>
       <c r="L22" s="28">
         <v>769729</v>
       </c>
       <c r="M22" s="27">
         <v>173</v>
       </c>
       <c r="N22" s="28">
         <v>28576432</v>
       </c>
       <c r="O22" s="9"/>
     </row>
-    <row r="23" spans="1:15" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:15" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="26">
         <v>2015</v>
       </c>
       <c r="B23" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="27">
         <v>284</v>
       </c>
       <c r="D23" s="28">
         <v>226856079</v>
       </c>
       <c r="E23" s="27">
         <v>62</v>
       </c>
       <c r="F23" s="28">
         <v>22818135</v>
       </c>
       <c r="G23" s="27">
         <v>4</v>
       </c>
       <c r="H23" s="28">
         <v>1285298</v>
       </c>
       <c r="I23" s="27">
         <v>218</v>
       </c>
       <c r="J23" s="28">
         <v>196074408</v>
       </c>
       <c r="K23" s="27">
         <v>0</v>
       </c>
       <c r="L23" s="28">
         <v>0</v>
       </c>
       <c r="M23" s="27">
         <v>16</v>
       </c>
       <c r="N23" s="28">
         <v>6678238</v>
       </c>
       <c r="O23" s="29"/>
     </row>
-    <row r="24" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="26">
         <v>2015</v>
       </c>
       <c r="B24" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="27">
         <v>3317</v>
       </c>
       <c r="D24" s="28">
         <v>1314642253</v>
       </c>
       <c r="E24" s="27">
         <v>854</v>
       </c>
       <c r="F24" s="28">
         <v>293505827</v>
       </c>
       <c r="G24" s="27">
         <v>168</v>
       </c>
       <c r="H24" s="28">
         <v>81642601</v>
       </c>
       <c r="I24" s="27">
         <v>2295</v>
       </c>
       <c r="J24" s="28">
         <v>929703797</v>
       </c>
       <c r="K24" s="27">
         <v>0</v>
       </c>
       <c r="L24" s="28">
         <v>0</v>
       </c>
       <c r="M24" s="27">
         <v>142</v>
       </c>
       <c r="N24" s="28">
         <v>9790028</v>
       </c>
       <c r="O24" s="9"/>
     </row>
-    <row r="25" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="26">
         <v>2015</v>
       </c>
       <c r="B25" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C25" s="27">
         <v>253</v>
       </c>
       <c r="D25" s="28">
         <v>104569789</v>
       </c>
       <c r="E25" s="27">
         <v>53</v>
       </c>
       <c r="F25" s="28">
         <v>23185996</v>
       </c>
       <c r="G25" s="27">
         <v>3</v>
       </c>
       <c r="H25" s="28">
         <v>1869631</v>
       </c>
       <c r="I25" s="27">
         <v>197</v>
       </c>
       <c r="J25" s="28">
         <v>77879793</v>
       </c>
       <c r="K25" s="27">
         <v>0</v>
       </c>
       <c r="L25" s="28">
         <v>0</v>
       </c>
       <c r="M25" s="27">
         <v>13</v>
       </c>
       <c r="N25" s="28">
         <v>1634369</v>
       </c>
       <c r="O25" s="9"/>
     </row>
-    <row r="26" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="26">
         <v>2015</v>
       </c>
       <c r="B26" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C26" s="27">
         <v>111</v>
       </c>
       <c r="D26" s="28">
         <v>32569037</v>
       </c>
       <c r="E26" s="27">
         <v>34</v>
       </c>
       <c r="F26" s="28">
         <v>10208190</v>
       </c>
       <c r="G26" s="27">
         <v>3</v>
       </c>
       <c r="H26" s="28">
         <v>1613579</v>
       </c>
       <c r="I26" s="27">
         <v>74</v>
       </c>
       <c r="J26" s="28">
         <v>20706643</v>
       </c>
       <c r="K26" s="27">
         <v>0</v>
       </c>
       <c r="L26" s="28">
         <v>0</v>
       </c>
       <c r="M26" s="27">
         <v>1</v>
       </c>
       <c r="N26" s="28">
         <v>40625</v>
       </c>
       <c r="O26" s="9"/>
     </row>
-    <row r="27" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="26">
         <v>2015</v>
       </c>
       <c r="B27" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C27" s="27">
         <v>453</v>
       </c>
       <c r="D27" s="28">
         <v>304035568</v>
       </c>
       <c r="E27" s="27">
         <v>185</v>
       </c>
       <c r="F27" s="28">
         <v>93813357</v>
       </c>
       <c r="G27" s="27">
         <v>19</v>
       </c>
       <c r="H27" s="28">
         <v>26204463</v>
       </c>
       <c r="I27" s="27">
         <v>246</v>
       </c>
       <c r="J27" s="28">
         <v>171911665</v>
       </c>
       <c r="K27" s="27">
         <v>3</v>
       </c>
       <c r="L27" s="28">
         <v>1449582</v>
       </c>
       <c r="M27" s="27">
         <v>40</v>
       </c>
       <c r="N27" s="28">
         <v>10656501</v>
       </c>
       <c r="O27" s="9"/>
     </row>
-    <row r="28" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="20">
         <v>2015</v>
       </c>
       <c r="B28" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C28" s="21">
         <v>42166</v>
       </c>
       <c r="D28" s="22">
         <v>21174344957</v>
       </c>
       <c r="E28" s="23">
         <v>10413</v>
       </c>
       <c r="F28" s="24">
         <v>4290999142</v>
       </c>
       <c r="G28" s="23">
         <v>2309</v>
       </c>
       <c r="H28" s="24">
         <v>1432521051</v>
       </c>
       <c r="I28" s="23">
         <v>29407</v>
       </c>
       <c r="J28" s="24">
         <v>14957196570</v>
       </c>
       <c r="K28" s="25">
         <v>37</v>
       </c>
       <c r="L28" s="24">
         <v>25017778</v>
       </c>
       <c r="M28" s="23">
         <v>2585</v>
       </c>
       <c r="N28" s="24">
         <v>468610416</v>
       </c>
       <c r="O28" s="9"/>
     </row>
-    <row r="29" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="26">
         <v>2016</v>
       </c>
       <c r="B29" s="26" t="s">
         <v>0</v>
       </c>
       <c r="C29" s="27">
         <v>132</v>
       </c>
       <c r="D29" s="28">
         <v>32038753</v>
       </c>
       <c r="E29" s="27">
         <v>38</v>
       </c>
       <c r="F29" s="28">
         <v>6441942</v>
       </c>
       <c r="G29" s="27">
         <v>3</v>
       </c>
       <c r="H29" s="28">
         <v>859466</v>
       </c>
       <c r="I29" s="27">
         <v>91</v>
       </c>
       <c r="J29" s="28">
         <v>23065874</v>
       </c>
       <c r="K29" s="27">
         <v>0</v>
       </c>
       <c r="L29" s="28">
         <v>0</v>
       </c>
       <c r="M29" s="27">
         <v>21</v>
       </c>
       <c r="N29" s="28">
         <v>1671471</v>
       </c>
       <c r="O29" s="9"/>
     </row>
-    <row r="30" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="26">
         <v>2016</v>
       </c>
       <c r="B30" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C30" s="27">
         <v>215</v>
       </c>
       <c r="D30" s="28">
         <v>542296312</v>
       </c>
       <c r="E30" s="27">
         <v>79</v>
       </c>
       <c r="F30" s="28">
         <v>165876460</v>
       </c>
       <c r="G30" s="27">
         <v>5</v>
       </c>
       <c r="H30" s="28">
         <v>3719578</v>
       </c>
       <c r="I30" s="27">
         <v>131</v>
       </c>
       <c r="J30" s="28">
         <v>352347927</v>
       </c>
       <c r="K30" s="27">
         <v>0</v>
       </c>
       <c r="L30" s="28">
         <v>0</v>
       </c>
       <c r="M30" s="27">
         <v>61</v>
       </c>
       <c r="N30" s="28">
         <v>20352347</v>
       </c>
       <c r="O30" s="9"/>
     </row>
-    <row r="31" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="26">
         <v>2016</v>
       </c>
       <c r="B31" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C31" s="27">
         <v>218</v>
       </c>
       <c r="D31" s="28">
         <v>107447348</v>
       </c>
       <c r="E31" s="27">
         <v>69</v>
       </c>
       <c r="F31" s="28">
         <v>29513510</v>
       </c>
       <c r="G31" s="27">
         <v>3</v>
       </c>
       <c r="H31" s="28">
         <v>1316056</v>
       </c>
       <c r="I31" s="27">
         <v>146</v>
       </c>
       <c r="J31" s="28">
         <v>73537560</v>
       </c>
       <c r="K31" s="27">
         <v>0</v>
       </c>
       <c r="L31" s="28">
         <v>0</v>
       </c>
       <c r="M31" s="27">
         <v>21</v>
       </c>
       <c r="N31" s="28">
         <v>3080222</v>
       </c>
       <c r="O31" s="9"/>
     </row>
-    <row r="32" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="26">
         <v>2016</v>
       </c>
       <c r="B32" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="27">
         <v>5714</v>
       </c>
       <c r="D32" s="28">
         <v>3072897028</v>
       </c>
       <c r="E32" s="27">
         <v>1464</v>
       </c>
       <c r="F32" s="28">
         <v>544287370</v>
       </c>
       <c r="G32" s="27">
         <v>200</v>
       </c>
       <c r="H32" s="28">
         <v>181828631</v>
       </c>
       <c r="I32" s="27">
         <v>4041</v>
       </c>
       <c r="J32" s="28">
         <v>2228047571</v>
       </c>
       <c r="K32" s="27">
         <v>9</v>
       </c>
       <c r="L32" s="28">
         <v>6927911</v>
       </c>
       <c r="M32" s="27">
         <v>549</v>
       </c>
       <c r="N32" s="28">
         <v>111805545</v>
       </c>
       <c r="O32" s="9"/>
     </row>
-    <row r="33" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="26">
         <v>2016</v>
       </c>
       <c r="B33" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C33" s="27">
         <v>1339</v>
       </c>
       <c r="D33" s="28">
         <v>560993898</v>
       </c>
       <c r="E33" s="27">
         <v>309</v>
       </c>
       <c r="F33" s="28">
         <v>111749818</v>
       </c>
       <c r="G33" s="27">
         <v>110</v>
       </c>
       <c r="H33" s="28">
         <v>52183297</v>
       </c>
       <c r="I33" s="27">
         <v>920</v>
       </c>
       <c r="J33" s="28">
         <v>392198260</v>
       </c>
       <c r="K33" s="27">
         <v>0</v>
       </c>
       <c r="L33" s="28">
         <v>0</v>
       </c>
       <c r="M33" s="27">
         <v>60</v>
       </c>
       <c r="N33" s="28">
         <v>4862523</v>
       </c>
       <c r="O33" s="9"/>
     </row>
-    <row r="34" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="26">
         <v>2016</v>
       </c>
       <c r="B34" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="27">
         <v>384</v>
       </c>
       <c r="D34" s="28">
         <v>425151618</v>
       </c>
       <c r="E34" s="27">
         <v>98</v>
       </c>
       <c r="F34" s="28">
         <v>110501489</v>
       </c>
       <c r="G34" s="27">
         <v>26</v>
       </c>
       <c r="H34" s="28">
         <v>40407507</v>
       </c>
       <c r="I34" s="27">
         <v>260</v>
       </c>
       <c r="J34" s="28">
         <v>213977981</v>
       </c>
       <c r="K34" s="27">
         <v>0</v>
       </c>
       <c r="L34" s="28">
         <v>0</v>
       </c>
       <c r="M34" s="27">
         <v>97</v>
       </c>
       <c r="N34" s="28">
         <v>60264641</v>
       </c>
       <c r="O34" s="9"/>
     </row>
-    <row r="35" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="26">
         <v>2016</v>
       </c>
       <c r="B35" s="26" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="27">
         <v>4341</v>
       </c>
       <c r="D35" s="28">
         <v>2331574562</v>
       </c>
       <c r="E35" s="27">
         <v>1140</v>
       </c>
       <c r="F35" s="28">
         <v>524697248</v>
       </c>
       <c r="G35" s="27">
         <v>194</v>
       </c>
       <c r="H35" s="28">
         <v>116156059</v>
       </c>
       <c r="I35" s="27">
         <v>3002</v>
       </c>
       <c r="J35" s="28">
         <v>1669242441</v>
       </c>
       <c r="K35" s="27">
         <v>5</v>
       </c>
       <c r="L35" s="28">
         <v>636463</v>
       </c>
       <c r="M35" s="27">
         <v>116</v>
       </c>
       <c r="N35" s="28">
         <v>20842351</v>
       </c>
       <c r="O35" s="9"/>
     </row>
-    <row r="36" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="26">
         <v>2016</v>
       </c>
       <c r="B36" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="27">
         <v>2042</v>
       </c>
       <c r="D36" s="28">
         <v>1324501294</v>
       </c>
       <c r="E36" s="27">
         <v>686</v>
       </c>
       <c r="F36" s="28">
         <v>467100918</v>
       </c>
       <c r="G36" s="27">
         <v>102</v>
       </c>
       <c r="H36" s="28">
         <v>123521719</v>
       </c>
       <c r="I36" s="27">
         <v>1243</v>
       </c>
       <c r="J36" s="28">
         <v>689806801</v>
       </c>
       <c r="K36" s="27">
         <v>11</v>
       </c>
       <c r="L36" s="28">
         <v>5201701</v>
       </c>
       <c r="M36" s="27">
         <v>175</v>
       </c>
       <c r="N36" s="28">
         <v>38870155</v>
       </c>
       <c r="O36" s="9"/>
     </row>
-    <row r="37" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="26">
         <v>2016</v>
       </c>
       <c r="B37" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="27">
         <v>835</v>
       </c>
       <c r="D37" s="28">
         <v>331097554</v>
       </c>
       <c r="E37" s="27">
         <v>192</v>
       </c>
       <c r="F37" s="28">
         <v>64763327</v>
       </c>
       <c r="G37" s="27">
         <v>54</v>
       </c>
       <c r="H37" s="28">
         <v>26899313</v>
       </c>
       <c r="I37" s="27">
         <v>589</v>
       </c>
       <c r="J37" s="28">
         <v>234679251</v>
       </c>
       <c r="K37" s="27">
         <v>0</v>
       </c>
       <c r="L37" s="28">
         <v>0</v>
       </c>
       <c r="M37" s="27">
         <v>44</v>
       </c>
       <c r="N37" s="28">
         <v>4755663</v>
       </c>
       <c r="O37" s="9"/>
     </row>
-    <row r="38" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="26">
         <v>2016</v>
       </c>
       <c r="B38" s="26" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="27">
         <v>4883</v>
       </c>
       <c r="D38" s="28">
         <v>2983260567</v>
       </c>
       <c r="E38" s="27">
         <v>1552</v>
       </c>
       <c r="F38" s="28">
         <v>610506403</v>
       </c>
       <c r="G38" s="27">
         <v>229</v>
       </c>
       <c r="H38" s="28">
         <v>176375369</v>
       </c>
       <c r="I38" s="27">
         <v>3101</v>
       </c>
       <c r="J38" s="28">
         <v>2172547393</v>
       </c>
       <c r="K38" s="27">
         <v>1</v>
       </c>
       <c r="L38" s="28">
         <v>384741</v>
       </c>
       <c r="M38" s="27">
         <v>112</v>
       </c>
       <c r="N38" s="28">
         <v>23446661</v>
       </c>
       <c r="O38" s="9"/>
     </row>
-    <row r="39" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="26">
         <v>2016</v>
       </c>
       <c r="B39" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="27">
         <v>1191</v>
       </c>
       <c r="D39" s="28">
         <v>434251376</v>
       </c>
       <c r="E39" s="27">
         <v>304</v>
       </c>
       <c r="F39" s="28">
         <v>97960173</v>
       </c>
       <c r="G39" s="27">
         <v>43</v>
       </c>
       <c r="H39" s="28">
         <v>22235008</v>
       </c>
       <c r="I39" s="27">
         <v>843</v>
       </c>
       <c r="J39" s="28">
         <v>305944554</v>
       </c>
       <c r="K39" s="27">
         <v>1</v>
       </c>
       <c r="L39" s="28">
         <v>367934</v>
       </c>
       <c r="M39" s="27">
         <v>67</v>
       </c>
       <c r="N39" s="28">
         <v>7743707</v>
       </c>
       <c r="O39" s="9"/>
     </row>
-    <row r="40" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="26">
         <v>2016</v>
       </c>
       <c r="B40" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="27">
         <v>796</v>
       </c>
       <c r="D40" s="28">
         <v>327705539</v>
       </c>
       <c r="E40" s="27">
         <v>287</v>
       </c>
       <c r="F40" s="28">
         <v>94264719</v>
       </c>
       <c r="G40" s="27">
         <v>24</v>
       </c>
       <c r="H40" s="28">
         <v>14797916</v>
       </c>
       <c r="I40" s="27">
         <v>485</v>
       </c>
       <c r="J40" s="28">
         <v>214974427</v>
       </c>
       <c r="K40" s="27">
         <v>0</v>
       </c>
       <c r="L40" s="28">
         <v>0</v>
       </c>
       <c r="M40" s="27">
         <v>47</v>
       </c>
       <c r="N40" s="28">
         <v>3668477</v>
       </c>
       <c r="O40" s="9"/>
     </row>
-    <row r="41" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="26">
         <v>2016</v>
       </c>
       <c r="B41" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C41" s="27">
         <v>2100</v>
       </c>
       <c r="D41" s="28">
         <v>1021132045</v>
       </c>
       <c r="E41" s="27">
         <v>595</v>
       </c>
       <c r="F41" s="28">
         <v>292251820</v>
       </c>
       <c r="G41" s="27">
         <v>108</v>
       </c>
       <c r="H41" s="28">
         <v>57567765</v>
       </c>
       <c r="I41" s="27">
         <v>1396</v>
       </c>
       <c r="J41" s="28">
         <v>648834760</v>
       </c>
       <c r="K41" s="27">
         <v>1</v>
       </c>
       <c r="L41" s="28">
         <v>206836</v>
       </c>
       <c r="M41" s="27">
         <v>61</v>
       </c>
       <c r="N41" s="28">
         <v>22270864</v>
       </c>
       <c r="O41" s="9"/>
     </row>
-    <row r="42" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="26">
         <v>2016</v>
       </c>
       <c r="B42" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="27">
         <v>1707</v>
       </c>
       <c r="D42" s="28">
         <v>828534997</v>
       </c>
       <c r="E42" s="27">
         <v>401</v>
       </c>
       <c r="F42" s="28">
         <v>162761561</v>
       </c>
       <c r="G42" s="27">
         <v>38</v>
       </c>
       <c r="H42" s="28">
         <v>17561180</v>
       </c>
       <c r="I42" s="27">
         <v>1267</v>
       </c>
       <c r="J42" s="28">
         <v>620849571</v>
       </c>
       <c r="K42" s="27">
         <v>1</v>
       </c>
       <c r="L42" s="28">
         <v>194497</v>
       </c>
       <c r="M42" s="27">
         <v>162</v>
       </c>
       <c r="N42" s="28">
         <v>27168188</v>
       </c>
       <c r="O42" s="9"/>
     </row>
-    <row r="43" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="26">
         <v>2016</v>
       </c>
       <c r="B43" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="27">
         <v>890</v>
       </c>
       <c r="D43" s="28">
         <v>331638780</v>
       </c>
       <c r="E43" s="27">
         <v>194</v>
       </c>
       <c r="F43" s="28">
         <v>64354583</v>
       </c>
       <c r="G43" s="27">
         <v>67</v>
       </c>
       <c r="H43" s="28">
         <v>28739319</v>
       </c>
       <c r="I43" s="27">
         <v>629</v>
       </c>
       <c r="J43" s="28">
         <v>237314048</v>
       </c>
       <c r="K43" s="27">
         <v>0</v>
       </c>
       <c r="L43" s="28">
         <v>0</v>
       </c>
       <c r="M43" s="27">
         <v>25</v>
       </c>
       <c r="N43" s="28">
         <v>1230830</v>
       </c>
       <c r="O43" s="9"/>
     </row>
-    <row r="44" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="26">
         <v>2016</v>
       </c>
       <c r="B44" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="27">
         <v>674</v>
       </c>
       <c r="D44" s="28">
         <v>292486346</v>
       </c>
       <c r="E44" s="27">
         <v>185</v>
       </c>
       <c r="F44" s="28">
         <v>60857343</v>
       </c>
       <c r="G44" s="27">
         <v>35</v>
       </c>
       <c r="H44" s="28">
         <v>17513390</v>
       </c>
       <c r="I44" s="27">
         <v>454</v>
       </c>
       <c r="J44" s="28">
         <v>208099056</v>
       </c>
       <c r="K44" s="27">
         <v>0</v>
       </c>
       <c r="L44" s="28">
         <v>0</v>
       </c>
       <c r="M44" s="27">
         <v>28</v>
       </c>
       <c r="N44" s="28">
         <v>6016557</v>
       </c>
       <c r="O44" s="9"/>
     </row>
-    <row r="45" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="26">
         <v>2016</v>
       </c>
       <c r="B45" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="27">
         <v>3343</v>
       </c>
       <c r="D45" s="28">
         <v>1580485601</v>
       </c>
       <c r="E45" s="27">
         <v>755</v>
       </c>
       <c r="F45" s="28">
         <v>360063096</v>
       </c>
       <c r="G45" s="27">
         <v>249</v>
       </c>
       <c r="H45" s="28">
         <v>141267967</v>
       </c>
       <c r="I45" s="27">
         <v>2339</v>
       </c>
       <c r="J45" s="28">
         <v>1031529243</v>
       </c>
       <c r="K45" s="27">
         <v>0</v>
       </c>
       <c r="L45" s="28">
         <v>0</v>
       </c>
       <c r="M45" s="27">
         <v>204</v>
       </c>
       <c r="N45" s="28">
         <v>47625295</v>
       </c>
       <c r="O45" s="9"/>
     </row>
-    <row r="46" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="26">
         <v>2016</v>
       </c>
       <c r="B46" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="27">
         <v>870</v>
       </c>
       <c r="D46" s="28">
         <v>407288463</v>
       </c>
       <c r="E46" s="27">
         <v>225</v>
       </c>
       <c r="F46" s="28">
         <v>69678883</v>
       </c>
       <c r="G46" s="27">
         <v>34</v>
       </c>
       <c r="H46" s="28">
         <v>18890235</v>
       </c>
       <c r="I46" s="27">
         <v>606</v>
       </c>
       <c r="J46" s="28">
         <v>295099320</v>
       </c>
       <c r="K46" s="27">
         <v>5</v>
       </c>
       <c r="L46" s="28">
         <v>1976698</v>
       </c>
       <c r="M46" s="27">
         <v>102</v>
       </c>
       <c r="N46" s="28">
         <v>21643327</v>
       </c>
       <c r="O46" s="9"/>
     </row>
-    <row r="47" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="26">
         <v>2016</v>
       </c>
       <c r="B47" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="27">
         <v>4763</v>
       </c>
       <c r="D47" s="28">
         <v>2231411724</v>
       </c>
       <c r="E47" s="27">
         <v>1002</v>
       </c>
       <c r="F47" s="28">
         <v>437708931</v>
       </c>
       <c r="G47" s="27">
         <v>446</v>
       </c>
       <c r="H47" s="28">
         <v>209893657</v>
       </c>
       <c r="I47" s="27">
         <v>3313</v>
       </c>
       <c r="J47" s="28">
         <v>1528765669</v>
       </c>
       <c r="K47" s="27">
         <v>2</v>
       </c>
       <c r="L47" s="28">
         <v>395825</v>
       </c>
       <c r="M47" s="27">
         <v>483</v>
       </c>
       <c r="N47" s="28">
         <v>54647642</v>
       </c>
       <c r="O47" s="9"/>
     </row>
-    <row r="48" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="26">
         <v>2016</v>
       </c>
       <c r="B48" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C48" s="27">
         <v>2532</v>
       </c>
       <c r="D48" s="28">
         <v>1203950812</v>
       </c>
       <c r="E48" s="27">
         <v>660</v>
       </c>
       <c r="F48" s="28">
         <v>285784267</v>
       </c>
       <c r="G48" s="27">
         <v>84</v>
       </c>
       <c r="H48" s="28">
         <v>50871319</v>
       </c>
       <c r="I48" s="27">
         <v>1786</v>
       </c>
       <c r="J48" s="28">
         <v>835676079</v>
       </c>
       <c r="K48" s="27">
         <v>2</v>
       </c>
       <c r="L48" s="28">
         <v>187025</v>
       </c>
       <c r="M48" s="27">
         <v>174</v>
       </c>
       <c r="N48" s="28">
         <v>31432122</v>
       </c>
       <c r="O48" s="9"/>
     </row>
-    <row r="49" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="26">
         <v>2016</v>
       </c>
       <c r="B49" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C49" s="27">
         <v>246</v>
       </c>
       <c r="D49" s="28">
         <v>230242141</v>
       </c>
       <c r="E49" s="27">
         <v>88</v>
       </c>
       <c r="F49" s="28">
         <v>60425442</v>
       </c>
       <c r="G49" s="27">
         <v>7</v>
       </c>
       <c r="H49" s="28">
         <v>3291804</v>
       </c>
       <c r="I49" s="27">
         <v>151</v>
       </c>
       <c r="J49" s="28">
         <v>148460823</v>
       </c>
       <c r="K49" s="27">
         <v>0</v>
       </c>
       <c r="L49" s="28">
         <v>0</v>
       </c>
       <c r="M49" s="27">
         <v>31</v>
       </c>
       <c r="N49" s="28">
         <v>18064072</v>
       </c>
       <c r="O49" s="9"/>
     </row>
-    <row r="50" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="26">
         <v>2016</v>
       </c>
       <c r="B50" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="27">
         <v>3364</v>
       </c>
       <c r="D50" s="28">
         <v>1406721851</v>
       </c>
       <c r="E50" s="27">
         <v>859</v>
       </c>
       <c r="F50" s="28">
         <v>329219398</v>
       </c>
       <c r="G50" s="27">
         <v>131</v>
       </c>
       <c r="H50" s="28">
         <v>65506315</v>
       </c>
       <c r="I50" s="27">
         <v>2374</v>
       </c>
       <c r="J50" s="28">
         <v>997462582</v>
       </c>
       <c r="K50" s="27">
         <v>0</v>
       </c>
       <c r="L50" s="28">
         <v>0</v>
       </c>
       <c r="M50" s="27">
         <v>156</v>
       </c>
       <c r="N50" s="28">
         <v>14533556</v>
       </c>
       <c r="O50" s="9"/>
     </row>
-    <row r="51" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="26">
         <v>2016</v>
       </c>
       <c r="B51" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C51" s="27">
         <v>252</v>
       </c>
       <c r="D51" s="28">
         <v>108197436</v>
       </c>
       <c r="E51" s="27">
         <v>78</v>
       </c>
       <c r="F51" s="28">
         <v>31151373</v>
       </c>
       <c r="G51" s="27">
         <v>3</v>
       </c>
       <c r="H51" s="28">
         <v>2008889</v>
       </c>
       <c r="I51" s="27">
         <v>171</v>
       </c>
       <c r="J51" s="28">
         <v>74579975</v>
       </c>
       <c r="K51" s="27">
         <v>0</v>
       </c>
       <c r="L51" s="28">
         <v>0</v>
       </c>
       <c r="M51" s="27">
         <v>8</v>
       </c>
       <c r="N51" s="28">
         <v>457199</v>
       </c>
       <c r="O51" s="9"/>
     </row>
-    <row r="52" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="26">
         <v>2016</v>
       </c>
       <c r="B52" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C52" s="27">
         <v>104</v>
       </c>
       <c r="D52" s="28">
         <v>41471193</v>
       </c>
       <c r="E52" s="27">
         <v>31</v>
       </c>
       <c r="F52" s="28">
         <v>17870202</v>
       </c>
       <c r="G52" s="27">
         <v>3</v>
       </c>
       <c r="H52" s="28">
         <v>1476209</v>
       </c>
       <c r="I52" s="27">
         <v>70</v>
       </c>
       <c r="J52" s="28">
         <v>21771045</v>
       </c>
       <c r="K52" s="27">
         <v>0</v>
       </c>
       <c r="L52" s="28">
         <v>0</v>
       </c>
       <c r="M52" s="27">
         <v>5</v>
       </c>
       <c r="N52" s="28">
         <v>353737</v>
       </c>
       <c r="O52" s="9"/>
     </row>
-    <row r="53" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="26">
         <v>2016</v>
       </c>
       <c r="B53" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C53" s="27">
         <v>496</v>
       </c>
       <c r="D53" s="28">
         <v>492975052</v>
       </c>
       <c r="E53" s="27">
         <v>244</v>
       </c>
       <c r="F53" s="28">
         <v>279960740</v>
       </c>
       <c r="G53" s="27">
         <v>22</v>
       </c>
       <c r="H53" s="28">
         <v>47031160</v>
       </c>
       <c r="I53" s="27">
         <v>230</v>
       </c>
       <c r="J53" s="28">
         <v>159484400</v>
       </c>
       <c r="K53" s="27">
         <v>0</v>
       </c>
       <c r="L53" s="28">
         <v>0</v>
       </c>
       <c r="M53" s="27">
         <v>31</v>
       </c>
       <c r="N53" s="28">
         <v>6498752</v>
       </c>
       <c r="O53" s="9"/>
     </row>
-    <row r="54" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="20">
         <v>2016</v>
       </c>
       <c r="B54" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C54" s="21">
         <v>43431</v>
       </c>
       <c r="D54" s="22">
         <v>22649752290</v>
       </c>
       <c r="E54" s="23">
         <v>11535</v>
       </c>
       <c r="F54" s="30">
         <v>5279751016</v>
       </c>
       <c r="G54" s="23">
         <v>2220</v>
       </c>
       <c r="H54" s="30">
         <v>1421919128</v>
       </c>
       <c r="I54" s="23">
         <v>29638</v>
       </c>
       <c r="J54" s="30">
         <v>15378296611</v>
       </c>
       <c r="K54" s="23">
         <v>38</v>
       </c>
       <c r="L54" s="30">
         <v>16479631</v>
       </c>
       <c r="M54" s="23">
         <v>2840</v>
       </c>
       <c r="N54" s="30">
         <v>553305904</v>
       </c>
       <c r="O54" s="9"/>
     </row>
-    <row r="55" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="26">
         <v>2017</v>
       </c>
       <c r="B55" s="26" t="s">
         <v>0</v>
       </c>
       <c r="C55" s="27">
         <v>138</v>
       </c>
       <c r="D55" s="28">
         <v>28261440</v>
       </c>
       <c r="E55" s="27">
         <v>43</v>
       </c>
       <c r="F55" s="28">
         <v>8090921</v>
       </c>
       <c r="G55" s="27">
         <v>3</v>
       </c>
       <c r="H55" s="28">
         <v>860019</v>
       </c>
       <c r="I55" s="27">
         <v>92</v>
       </c>
       <c r="J55" s="28">
         <v>19046978</v>
       </c>
       <c r="K55" s="27">
         <v>0</v>
       </c>
       <c r="L55" s="28">
         <v>0</v>
       </c>
       <c r="M55" s="27">
         <v>3</v>
       </c>
       <c r="N55" s="28">
         <v>263522</v>
       </c>
       <c r="O55" s="9"/>
     </row>
-    <row r="56" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="26">
         <v>2017</v>
       </c>
       <c r="B56" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C56" s="27">
         <v>242</v>
       </c>
       <c r="D56" s="28">
         <v>549330174</v>
       </c>
       <c r="E56" s="27">
         <v>88</v>
       </c>
       <c r="F56" s="28">
         <v>139415058</v>
       </c>
       <c r="G56" s="27">
         <v>6</v>
       </c>
       <c r="H56" s="28">
         <v>4074035</v>
       </c>
       <c r="I56" s="27">
         <v>148</v>
       </c>
       <c r="J56" s="28">
         <v>390169694</v>
       </c>
       <c r="K56" s="27">
         <v>0</v>
       </c>
       <c r="L56" s="28">
         <v>0</v>
       </c>
       <c r="M56" s="27">
         <v>39</v>
       </c>
       <c r="N56" s="28">
         <v>15671387</v>
       </c>
       <c r="O56" s="9"/>
     </row>
-    <row r="57" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="26">
         <v>2017</v>
       </c>
       <c r="B57" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C57" s="27">
         <v>212</v>
       </c>
       <c r="D57" s="28">
         <v>108381818</v>
       </c>
       <c r="E57" s="27">
         <v>58</v>
       </c>
       <c r="F57" s="28">
         <v>27856577</v>
       </c>
       <c r="G57" s="27">
         <v>4</v>
       </c>
       <c r="H57" s="28">
         <v>1919022</v>
       </c>
       <c r="I57" s="27">
         <v>150</v>
       </c>
       <c r="J57" s="28">
         <v>73905851</v>
       </c>
       <c r="K57" s="27">
         <v>0</v>
       </c>
       <c r="L57" s="28">
         <v>0</v>
       </c>
       <c r="M57" s="27">
         <v>17</v>
       </c>
       <c r="N57" s="28">
         <v>4700368</v>
       </c>
       <c r="O57" s="9"/>
     </row>
-    <row r="58" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="26">
         <v>2017</v>
       </c>
       <c r="B58" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C58" s="27">
         <v>5739</v>
       </c>
       <c r="D58" s="28">
         <v>3302149548</v>
       </c>
       <c r="E58" s="27">
         <v>1415</v>
       </c>
       <c r="F58" s="28">
         <v>674584647</v>
       </c>
       <c r="G58" s="27">
         <v>166</v>
       </c>
       <c r="H58" s="28">
         <v>157519971</v>
       </c>
       <c r="I58" s="27">
         <v>4153</v>
       </c>
       <c r="J58" s="28">
         <v>2380835072</v>
       </c>
       <c r="K58" s="27">
         <v>5</v>
       </c>
       <c r="L58" s="28">
         <v>1316886</v>
       </c>
       <c r="M58" s="27">
         <v>484</v>
       </c>
       <c r="N58" s="28">
         <v>87892972</v>
       </c>
       <c r="O58" s="9"/>
     </row>
-    <row r="59" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="26">
         <v>2017</v>
       </c>
       <c r="B59" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C59" s="27">
         <v>1343</v>
       </c>
       <c r="D59" s="28">
         <v>564219670</v>
       </c>
       <c r="E59" s="27">
         <v>266</v>
       </c>
       <c r="F59" s="28">
         <v>97659496</v>
       </c>
       <c r="G59" s="27">
         <v>118</v>
       </c>
       <c r="H59" s="28">
         <v>49510625</v>
       </c>
       <c r="I59" s="27">
         <v>958</v>
       </c>
       <c r="J59" s="28">
         <v>408790647</v>
       </c>
       <c r="K59" s="27">
         <v>1</v>
       </c>
       <c r="L59" s="28">
         <v>275698</v>
       </c>
       <c r="M59" s="27">
         <v>77</v>
       </c>
       <c r="N59" s="28">
         <v>7983204</v>
       </c>
       <c r="O59" s="9"/>
     </row>
-    <row r="60" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="26">
         <v>2017</v>
       </c>
       <c r="B60" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="27">
         <v>408</v>
       </c>
       <c r="D60" s="28">
         <v>438561934</v>
       </c>
       <c r="E60" s="27">
         <v>127</v>
       </c>
       <c r="F60" s="28">
         <v>97010197</v>
       </c>
       <c r="G60" s="27">
         <v>38</v>
       </c>
       <c r="H60" s="28">
         <v>46945352</v>
       </c>
       <c r="I60" s="27">
         <v>243</v>
       </c>
       <c r="J60" s="28">
         <v>263925036</v>
       </c>
       <c r="K60" s="27">
         <v>0</v>
       </c>
       <c r="L60" s="28">
         <v>0</v>
       </c>
       <c r="M60" s="27">
         <v>67</v>
       </c>
       <c r="N60" s="28">
         <v>30681349</v>
       </c>
       <c r="O60" s="9"/>
     </row>
-    <row r="61" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="26">
         <v>2017</v>
       </c>
       <c r="B61" s="26" t="s">
         <v>5</v>
       </c>
       <c r="C61" s="27">
         <v>4554</v>
       </c>
       <c r="D61" s="28">
         <v>2463498743</v>
       </c>
       <c r="E61" s="27">
         <v>1152</v>
       </c>
       <c r="F61" s="28">
         <v>563211190</v>
       </c>
       <c r="G61" s="27">
         <v>187</v>
       </c>
       <c r="H61" s="28">
         <v>116248712</v>
       </c>
       <c r="I61" s="27">
         <v>3211</v>
       </c>
       <c r="J61" s="28">
         <v>1751396132</v>
       </c>
       <c r="K61" s="27">
         <v>4</v>
       </c>
       <c r="L61" s="28">
         <v>1221282</v>
       </c>
       <c r="M61" s="27">
         <v>163</v>
       </c>
       <c r="N61" s="28">
         <v>31421427</v>
       </c>
       <c r="O61" s="9"/>
     </row>
-    <row r="62" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="26">
         <v>2017</v>
       </c>
       <c r="B62" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C62" s="27">
         <v>2399</v>
       </c>
       <c r="D62" s="28">
         <v>1708012380</v>
       </c>
       <c r="E62" s="27">
         <v>885</v>
       </c>
       <c r="F62" s="28">
         <v>703602796</v>
       </c>
       <c r="G62" s="27">
         <v>95</v>
       </c>
       <c r="H62" s="28">
         <v>90595351</v>
       </c>
       <c r="I62" s="27">
         <v>1412</v>
       </c>
       <c r="J62" s="28">
         <v>842478669</v>
       </c>
       <c r="K62" s="27">
         <v>7</v>
       </c>
       <c r="L62" s="28">
         <v>7309482</v>
       </c>
       <c r="M62" s="27">
         <v>257</v>
       </c>
       <c r="N62" s="28">
         <v>64026082</v>
       </c>
       <c r="O62" s="9"/>
     </row>
-    <row r="63" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="26">
         <v>2017</v>
       </c>
       <c r="B63" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C63" s="27">
         <v>869</v>
       </c>
       <c r="D63" s="28">
         <v>342212488</v>
       </c>
       <c r="E63" s="27">
         <v>227</v>
       </c>
       <c r="F63" s="28">
         <v>64018932</v>
       </c>
       <c r="G63" s="27">
         <v>56</v>
       </c>
       <c r="H63" s="28">
         <v>24934963</v>
       </c>
       <c r="I63" s="27">
         <v>586</v>
       </c>
       <c r="J63" s="28">
         <v>247729250</v>
       </c>
       <c r="K63" s="27">
         <v>0</v>
       </c>
       <c r="L63" s="28">
         <v>0</v>
       </c>
       <c r="M63" s="27">
         <v>47</v>
       </c>
       <c r="N63" s="28">
         <v>5529343</v>
       </c>
       <c r="O63" s="9"/>
     </row>
-    <row r="64" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="26">
         <v>2017</v>
       </c>
       <c r="B64" s="26" t="s">
         <v>8</v>
       </c>
       <c r="C64" s="27">
         <v>4872</v>
       </c>
       <c r="D64" s="28">
         <v>3111996367</v>
       </c>
       <c r="E64" s="27">
         <v>1395</v>
       </c>
       <c r="F64" s="28">
         <v>586965385</v>
       </c>
       <c r="G64" s="27">
         <v>217</v>
       </c>
       <c r="H64" s="28">
         <v>154526527</v>
       </c>
       <c r="I64" s="27">
         <v>3259</v>
       </c>
       <c r="J64" s="28">
         <v>2362962329</v>
       </c>
       <c r="K64" s="27">
         <v>1</v>
       </c>
       <c r="L64" s="28">
         <v>147254</v>
       </c>
       <c r="M64" s="27">
         <v>69</v>
       </c>
       <c r="N64" s="28">
         <v>7394872</v>
       </c>
       <c r="O64" s="9"/>
     </row>
-    <row r="65" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="26">
         <v>2017</v>
       </c>
       <c r="B65" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="27">
         <v>1195</v>
       </c>
       <c r="D65" s="28">
         <v>449293684</v>
       </c>
       <c r="E65" s="27">
         <v>314</v>
       </c>
       <c r="F65" s="28">
         <v>98977698</v>
       </c>
       <c r="G65" s="27">
         <v>54</v>
       </c>
       <c r="H65" s="28">
         <v>27011100</v>
       </c>
       <c r="I65" s="27">
         <v>826</v>
       </c>
       <c r="J65" s="28">
         <v>313630038</v>
       </c>
       <c r="K65" s="27">
         <v>1</v>
       </c>
       <c r="L65" s="28">
         <v>428909</v>
       </c>
       <c r="M65" s="27">
         <v>56</v>
       </c>
       <c r="N65" s="28">
         <v>9245939</v>
       </c>
       <c r="O65" s="9"/>
     </row>
-    <row r="66" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="26">
         <v>2017</v>
       </c>
       <c r="B66" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="27">
         <v>797</v>
       </c>
       <c r="D66" s="28">
         <v>337331695</v>
       </c>
       <c r="E66" s="27">
         <v>243</v>
       </c>
       <c r="F66" s="28">
         <v>88665407</v>
       </c>
       <c r="G66" s="27">
         <v>23</v>
       </c>
       <c r="H66" s="28">
         <v>13257732</v>
       </c>
       <c r="I66" s="27">
         <v>531</v>
       </c>
       <c r="J66" s="28">
         <v>231741838</v>
       </c>
       <c r="K66" s="27">
         <v>0</v>
       </c>
       <c r="L66" s="28">
         <v>0</v>
       </c>
       <c r="M66" s="27">
         <v>35</v>
       </c>
       <c r="N66" s="28">
         <v>3666718</v>
       </c>
       <c r="O66" s="9"/>
     </row>
-    <row r="67" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="26">
         <v>2017</v>
       </c>
       <c r="B67" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C67" s="27">
         <v>2130</v>
       </c>
       <c r="D67" s="28">
         <v>967265488</v>
       </c>
       <c r="E67" s="27">
         <v>614</v>
       </c>
       <c r="F67" s="28">
         <v>209972641</v>
       </c>
       <c r="G67" s="27">
         <v>80</v>
       </c>
       <c r="H67" s="28">
         <v>50740935</v>
       </c>
       <c r="I67" s="27">
         <v>1433</v>
       </c>
       <c r="J67" s="28">
         <v>679461858</v>
       </c>
       <c r="K67" s="27">
         <v>3</v>
       </c>
       <c r="L67" s="28">
         <v>816191</v>
       </c>
       <c r="M67" s="27">
         <v>91</v>
       </c>
       <c r="N67" s="28">
         <v>26273863</v>
       </c>
       <c r="O67" s="9"/>
     </row>
-    <row r="68" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="26">
         <v>2017</v>
       </c>
       <c r="B68" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="27">
         <v>1741</v>
       </c>
       <c r="D68" s="28">
         <v>844440725</v>
       </c>
       <c r="E68" s="27">
         <v>481</v>
       </c>
       <c r="F68" s="28">
         <v>186405093</v>
       </c>
       <c r="G68" s="27">
         <v>58</v>
       </c>
       <c r="H68" s="28">
         <v>36247814</v>
       </c>
       <c r="I68" s="27">
         <v>1202</v>
       </c>
       <c r="J68" s="28">
         <v>588665145</v>
       </c>
       <c r="K68" s="27">
         <v>0</v>
       </c>
       <c r="L68" s="28">
         <v>0</v>
       </c>
       <c r="M68" s="27">
         <v>167</v>
       </c>
       <c r="N68" s="28">
         <v>33122673</v>
       </c>
       <c r="O68" s="9"/>
     </row>
-    <row r="69" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="26">
         <v>2017</v>
       </c>
       <c r="B69" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="27">
         <v>887</v>
       </c>
       <c r="D69" s="28">
         <v>338134705</v>
       </c>
       <c r="E69" s="27">
         <v>191</v>
       </c>
       <c r="F69" s="28">
         <v>65808481</v>
       </c>
       <c r="G69" s="27">
         <v>46</v>
       </c>
       <c r="H69" s="28">
         <v>23046398</v>
       </c>
       <c r="I69" s="27">
         <v>650</v>
       </c>
       <c r="J69" s="28">
         <v>247010526</v>
       </c>
       <c r="K69" s="27">
         <v>0</v>
       </c>
       <c r="L69" s="28">
         <v>0</v>
       </c>
       <c r="M69" s="27">
         <v>30</v>
       </c>
       <c r="N69" s="28">
         <v>2269300</v>
       </c>
       <c r="O69" s="9"/>
     </row>
-    <row r="70" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="26">
         <v>2017</v>
       </c>
       <c r="B70" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="27">
         <v>672</v>
       </c>
       <c r="D70" s="28">
         <v>300418768</v>
       </c>
       <c r="E70" s="27">
         <v>163</v>
       </c>
       <c r="F70" s="28">
         <v>62716642</v>
       </c>
       <c r="G70" s="27">
         <v>32</v>
       </c>
       <c r="H70" s="28">
         <v>16619996</v>
       </c>
       <c r="I70" s="27">
         <v>476</v>
       </c>
       <c r="J70" s="28">
         <v>215132085</v>
       </c>
       <c r="K70" s="27">
         <v>1</v>
       </c>
       <c r="L70" s="28">
         <v>423180</v>
       </c>
       <c r="M70" s="27">
         <v>28</v>
       </c>
       <c r="N70" s="28">
         <v>5526865</v>
       </c>
       <c r="O70" s="9"/>
     </row>
-    <row r="71" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="26">
         <v>2017</v>
       </c>
       <c r="B71" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C71" s="27">
         <v>3346</v>
       </c>
       <c r="D71" s="28">
         <v>1638513361</v>
       </c>
       <c r="E71" s="27">
         <v>672</v>
       </c>
       <c r="F71" s="28">
         <v>350580059</v>
       </c>
       <c r="G71" s="27">
         <v>191</v>
       </c>
       <c r="H71" s="28">
         <v>161749916</v>
       </c>
       <c r="I71" s="27">
         <v>2481</v>
       </c>
       <c r="J71" s="28">
         <v>1096135231</v>
       </c>
       <c r="K71" s="27">
         <v>2</v>
       </c>
       <c r="L71" s="28">
         <v>792962</v>
       </c>
       <c r="M71" s="27">
         <v>162</v>
       </c>
       <c r="N71" s="28">
         <v>29255193</v>
       </c>
       <c r="O71" s="9"/>
     </row>
-    <row r="72" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="26">
         <v>2017</v>
       </c>
       <c r="B72" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C72" s="27">
         <v>841</v>
       </c>
       <c r="D72" s="28">
         <v>411526579</v>
       </c>
       <c r="E72" s="27">
         <v>229</v>
       </c>
       <c r="F72" s="28">
         <v>73081938</v>
       </c>
       <c r="G72" s="27">
         <v>50</v>
       </c>
       <c r="H72" s="28">
         <v>38542194</v>
       </c>
       <c r="I72" s="27">
         <v>558</v>
       </c>
       <c r="J72" s="28">
         <v>284885356</v>
       </c>
       <c r="K72" s="27">
         <v>4</v>
       </c>
       <c r="L72" s="28">
         <v>1175223</v>
       </c>
       <c r="M72" s="27">
         <v>98</v>
       </c>
       <c r="N72" s="28">
         <v>13841868</v>
       </c>
       <c r="O72" s="9"/>
     </row>
-    <row r="73" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="26">
         <v>2017</v>
       </c>
       <c r="B73" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C73" s="27">
         <v>4944</v>
       </c>
       <c r="D73" s="28">
         <v>2332733161</v>
       </c>
       <c r="E73" s="27">
         <v>1063</v>
       </c>
       <c r="F73" s="28">
         <v>439453686</v>
       </c>
       <c r="G73" s="27">
         <v>418</v>
       </c>
       <c r="H73" s="28">
         <v>236782811</v>
       </c>
       <c r="I73" s="27">
         <v>3462</v>
       </c>
       <c r="J73" s="28">
         <v>1630941422</v>
       </c>
       <c r="K73" s="27">
         <v>1</v>
       </c>
       <c r="L73" s="28">
         <v>184890</v>
       </c>
       <c r="M73" s="27">
         <v>220</v>
       </c>
       <c r="N73" s="28">
         <v>25370352</v>
       </c>
       <c r="O73" s="9"/>
     </row>
-    <row r="74" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="26">
         <v>2017</v>
       </c>
       <c r="B74" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C74" s="27">
         <v>2544</v>
       </c>
       <c r="D74" s="28">
         <v>1320594869</v>
       </c>
       <c r="E74" s="27">
         <v>686</v>
       </c>
       <c r="F74" s="28">
         <v>392135965</v>
       </c>
       <c r="G74" s="27">
         <v>75</v>
       </c>
       <c r="H74" s="28">
         <v>54376564</v>
       </c>
       <c r="I74" s="27">
         <v>1781</v>
       </c>
       <c r="J74" s="28">
         <v>855013189</v>
       </c>
       <c r="K74" s="27">
         <v>2</v>
       </c>
       <c r="L74" s="28">
         <v>1148933</v>
       </c>
       <c r="M74" s="27">
         <v>127</v>
       </c>
       <c r="N74" s="28">
         <v>17920218</v>
       </c>
       <c r="O74" s="9"/>
     </row>
-    <row r="75" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="26">
         <v>2017</v>
       </c>
       <c r="B75" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C75" s="27">
         <v>309</v>
       </c>
       <c r="D75" s="28">
         <v>239179215</v>
       </c>
       <c r="E75" s="27">
         <v>118</v>
       </c>
       <c r="F75" s="28">
         <v>68405852</v>
       </c>
       <c r="G75" s="27">
         <v>23</v>
       </c>
       <c r="H75" s="28">
         <v>32411052</v>
       </c>
       <c r="I75" s="27">
         <v>168</v>
       </c>
       <c r="J75" s="28">
         <v>132301699</v>
       </c>
       <c r="K75" s="27">
         <v>0</v>
       </c>
       <c r="L75" s="28">
         <v>0</v>
       </c>
       <c r="M75" s="27">
         <v>23</v>
       </c>
       <c r="N75" s="28">
         <v>6060612</v>
       </c>
       <c r="O75" s="9"/>
     </row>
-    <row r="76" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="26">
         <v>2017</v>
       </c>
       <c r="B76" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="27">
         <v>3403</v>
       </c>
       <c r="D76" s="28">
         <v>1490015530</v>
       </c>
       <c r="E76" s="27">
         <v>869</v>
       </c>
       <c r="F76" s="28">
         <v>356472934</v>
       </c>
       <c r="G76" s="27">
         <v>127</v>
       </c>
       <c r="H76" s="28">
         <v>77253528</v>
       </c>
       <c r="I76" s="27">
         <v>2406</v>
       </c>
       <c r="J76" s="28">
         <v>1046974711</v>
       </c>
       <c r="K76" s="27">
         <v>1</v>
       </c>
       <c r="L76" s="28">
         <v>421777</v>
       </c>
       <c r="M76" s="27">
         <v>127</v>
       </c>
       <c r="N76" s="28">
         <v>8892580</v>
       </c>
       <c r="O76" s="9"/>
     </row>
-    <row r="77" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="26">
         <v>2017</v>
       </c>
       <c r="B77" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C77" s="27">
         <v>250</v>
       </c>
       <c r="D77" s="28">
         <v>112553744</v>
       </c>
       <c r="E77" s="27">
         <v>59</v>
       </c>
       <c r="F77" s="28">
         <v>23941914</v>
       </c>
       <c r="G77" s="27">
         <v>6</v>
       </c>
       <c r="H77" s="28">
         <v>3815810</v>
       </c>
       <c r="I77" s="27">
         <v>184</v>
       </c>
       <c r="J77" s="28">
         <v>83871137</v>
       </c>
       <c r="K77" s="27">
         <v>1</v>
       </c>
       <c r="L77" s="28">
         <v>188395</v>
       </c>
       <c r="M77" s="27">
         <v>9</v>
       </c>
       <c r="N77" s="28">
         <v>736488</v>
       </c>
       <c r="O77" s="9"/>
     </row>
-    <row r="78" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="26">
         <v>2017</v>
       </c>
       <c r="B78" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C78" s="27">
         <v>109</v>
       </c>
       <c r="D78" s="28">
         <v>54298970</v>
       </c>
       <c r="E78" s="27">
         <v>32</v>
       </c>
       <c r="F78" s="28">
         <v>13378292</v>
       </c>
       <c r="G78" s="27">
         <v>4</v>
       </c>
       <c r="H78" s="28">
         <v>1891003</v>
       </c>
       <c r="I78" s="27">
         <v>73</v>
       </c>
       <c r="J78" s="28">
         <v>34238745</v>
       </c>
       <c r="K78" s="27">
         <v>0</v>
       </c>
       <c r="L78" s="28">
         <v>0</v>
       </c>
       <c r="M78" s="27">
         <v>12</v>
       </c>
       <c r="N78" s="28">
         <v>4790930</v>
       </c>
       <c r="O78" s="9"/>
     </row>
-    <row r="79" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="26">
         <v>2017</v>
       </c>
       <c r="B79" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C79" s="27">
         <v>501</v>
       </c>
       <c r="D79" s="28">
         <v>578745708</v>
       </c>
       <c r="E79" s="27">
         <v>192</v>
       </c>
       <c r="F79" s="28">
         <v>112997879</v>
       </c>
       <c r="G79" s="27">
         <v>10</v>
       </c>
       <c r="H79" s="28">
         <v>27329825</v>
       </c>
       <c r="I79" s="27">
         <v>293</v>
       </c>
       <c r="J79" s="28">
         <v>367342704</v>
       </c>
       <c r="K79" s="27">
         <v>6</v>
       </c>
       <c r="L79" s="28">
         <v>1298692</v>
       </c>
       <c r="M79" s="27">
         <v>36</v>
       </c>
       <c r="N79" s="28">
         <v>69776608</v>
       </c>
       <c r="O79" s="9"/>
     </row>
-    <row r="80" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="20">
         <v>2017</v>
       </c>
       <c r="B80" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C80" s="21">
         <v>44445</v>
       </c>
       <c r="D80" s="22">
         <v>24031670764</v>
       </c>
       <c r="E80" s="23">
         <v>11582</v>
       </c>
       <c r="F80" s="30">
         <v>5505409680</v>
       </c>
       <c r="G80" s="23">
         <v>2087</v>
       </c>
       <c r="H80" s="30">
         <v>1448211255</v>
       </c>
       <c r="I80" s="23">
         <v>30736</v>
       </c>
       <c r="J80" s="30">
         <v>16548585342</v>
       </c>
       <c r="K80" s="23">
         <v>40</v>
       </c>
       <c r="L80" s="30">
         <v>17149754</v>
       </c>
       <c r="M80" s="23">
         <v>2444</v>
       </c>
       <c r="N80" s="30">
         <v>512314733</v>
       </c>
       <c r="O80" s="9"/>
     </row>
-    <row r="81" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="26">
         <v>2018</v>
       </c>
       <c r="B81" s="26" t="s">
         <v>0</v>
       </c>
       <c r="C81" s="27">
         <v>166</v>
       </c>
       <c r="D81" s="28">
         <v>39240781</v>
       </c>
       <c r="E81" s="27">
         <v>67</v>
       </c>
       <c r="F81" s="28">
         <v>16256194</v>
       </c>
       <c r="G81" s="27">
         <v>1</v>
       </c>
       <c r="H81" s="28">
         <v>245912</v>
       </c>
       <c r="I81" s="27">
         <v>98</v>
       </c>
       <c r="J81" s="28">
         <v>21670262</v>
       </c>
       <c r="K81" s="27">
         <v>0</v>
       </c>
       <c r="L81" s="28">
         <v>0</v>
       </c>
       <c r="M81" s="27">
         <v>8</v>
       </c>
       <c r="N81" s="28">
         <v>1068413</v>
       </c>
       <c r="O81" s="9"/>
     </row>
-    <row r="82" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="26">
         <v>2018</v>
       </c>
       <c r="B82" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C82" s="27">
         <v>240</v>
       </c>
       <c r="D82" s="28">
         <v>562211477</v>
       </c>
       <c r="E82" s="27">
         <v>89</v>
       </c>
       <c r="F82" s="28">
         <v>160516867</v>
       </c>
       <c r="G82" s="27">
         <v>10</v>
       </c>
       <c r="H82" s="28">
         <v>8057087</v>
       </c>
       <c r="I82" s="27">
         <v>141</v>
       </c>
       <c r="J82" s="28">
         <v>369473881</v>
       </c>
       <c r="K82" s="27">
         <v>0</v>
       </c>
       <c r="L82" s="28">
         <v>0</v>
       </c>
       <c r="M82" s="27">
         <v>54</v>
       </c>
       <c r="N82" s="28">
         <v>24163642</v>
       </c>
       <c r="O82" s="9"/>
     </row>
-    <row r="83" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="26">
         <v>2018</v>
       </c>
       <c r="B83" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C83" s="27">
         <v>239</v>
       </c>
       <c r="D83" s="28">
         <v>123937589</v>
       </c>
       <c r="E83" s="27">
         <v>87</v>
       </c>
       <c r="F83" s="28">
         <v>35255429</v>
       </c>
       <c r="G83" s="27">
         <v>8</v>
       </c>
       <c r="H83" s="28">
         <v>4083784</v>
       </c>
       <c r="I83" s="27">
         <v>144</v>
       </c>
       <c r="J83" s="28">
         <v>76325028</v>
       </c>
       <c r="K83" s="27">
         <v>0</v>
       </c>
       <c r="L83" s="28">
         <v>0</v>
       </c>
       <c r="M83" s="27">
         <v>31</v>
       </c>
       <c r="N83" s="28">
         <v>8273348</v>
       </c>
       <c r="O83" s="9"/>
     </row>
-    <row r="84" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="26">
         <v>2018</v>
       </c>
       <c r="B84" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C84" s="27">
         <v>5847</v>
       </c>
       <c r="D84" s="28">
         <v>3578180191</v>
       </c>
       <c r="E84" s="27">
         <v>1495</v>
       </c>
       <c r="F84" s="28">
         <v>798037968</v>
       </c>
       <c r="G84" s="27">
         <v>170</v>
       </c>
       <c r="H84" s="28">
         <v>179347304</v>
       </c>
       <c r="I84" s="27">
         <v>4179</v>
       </c>
       <c r="J84" s="28">
         <v>2475180705</v>
       </c>
       <c r="K84" s="27">
         <v>3</v>
       </c>
       <c r="L84" s="28">
         <v>952232</v>
       </c>
       <c r="M84" s="27">
         <v>632</v>
       </c>
       <c r="N84" s="28">
         <v>124661982</v>
       </c>
       <c r="O84" s="9"/>
     </row>
-    <row r="85" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="26">
         <v>2018</v>
       </c>
       <c r="B85" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C85" s="27">
         <v>1395</v>
       </c>
       <c r="D85" s="28">
         <v>598674829</v>
       </c>
       <c r="E85" s="27">
         <v>286</v>
       </c>
       <c r="F85" s="28">
         <v>101922246</v>
       </c>
       <c r="G85" s="27">
         <v>117</v>
       </c>
       <c r="H85" s="28">
         <v>53834059</v>
       </c>
       <c r="I85" s="27">
         <v>992</v>
       </c>
       <c r="J85" s="28">
         <v>428390606</v>
       </c>
       <c r="K85" s="27">
         <v>0</v>
       </c>
       <c r="L85" s="28">
         <v>0</v>
       </c>
       <c r="M85" s="27">
         <v>104</v>
       </c>
       <c r="N85" s="28">
         <v>14527918</v>
       </c>
       <c r="O85" s="9"/>
     </row>
-    <row r="86" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="26">
         <v>2018</v>
       </c>
       <c r="B86" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="27">
         <v>434</v>
       </c>
       <c r="D86" s="28">
         <v>448125641</v>
       </c>
       <c r="E86" s="27">
         <v>119</v>
       </c>
       <c r="F86" s="28">
         <v>59918458</v>
       </c>
       <c r="G86" s="27">
         <v>39</v>
       </c>
       <c r="H86" s="28">
         <v>41660144</v>
       </c>
       <c r="I86" s="27">
         <v>275</v>
       </c>
       <c r="J86" s="28">
         <v>303043922</v>
       </c>
       <c r="K86" s="27">
         <v>1</v>
       </c>
       <c r="L86" s="28">
         <v>204000</v>
       </c>
       <c r="M86" s="27">
         <v>79</v>
       </c>
       <c r="N86" s="28">
         <v>43299117</v>
       </c>
       <c r="O86" s="9"/>
     </row>
-    <row r="87" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="26">
         <v>2018</v>
       </c>
       <c r="B87" s="26" t="s">
         <v>5</v>
       </c>
       <c r="C87" s="27">
         <v>4803</v>
       </c>
       <c r="D87" s="28">
         <v>2608850512</v>
       </c>
       <c r="E87" s="27">
         <v>1244</v>
       </c>
       <c r="F87" s="28">
         <v>560777125</v>
       </c>
       <c r="G87" s="27">
         <v>166</v>
       </c>
       <c r="H87" s="28">
         <v>123029664</v>
       </c>
       <c r="I87" s="27">
         <v>3392</v>
       </c>
       <c r="J87" s="28">
         <v>1873163758</v>
       </c>
       <c r="K87" s="27">
         <v>1</v>
       </c>
       <c r="L87" s="28">
         <v>876953</v>
       </c>
       <c r="M87" s="27">
         <v>160</v>
       </c>
       <c r="N87" s="28">
         <v>51003012</v>
       </c>
       <c r="O87" s="9"/>
     </row>
-    <row r="88" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="26">
         <v>2018</v>
       </c>
       <c r="B88" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C88" s="27">
         <v>2818</v>
       </c>
       <c r="D88" s="28">
         <v>2053235620</v>
       </c>
       <c r="E88" s="27">
         <v>1072</v>
       </c>
       <c r="F88" s="28">
         <v>829835555</v>
       </c>
       <c r="G88" s="27">
         <v>95</v>
       </c>
       <c r="H88" s="28">
         <v>140877473</v>
       </c>
       <c r="I88" s="27">
         <v>1638</v>
       </c>
       <c r="J88" s="28">
         <v>968454588</v>
       </c>
       <c r="K88" s="27">
         <v>13</v>
       </c>
       <c r="L88" s="28">
         <v>14405960</v>
       </c>
       <c r="M88" s="27">
         <v>345</v>
       </c>
       <c r="N88" s="28">
         <v>99662044</v>
       </c>
       <c r="O88" s="9"/>
     </row>
-    <row r="89" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="26">
         <v>2018</v>
       </c>
       <c r="B89" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C89" s="27">
         <v>962</v>
       </c>
       <c r="D89" s="28">
         <v>369745360</v>
       </c>
       <c r="E89" s="27">
         <v>286</v>
       </c>
       <c r="F89" s="28">
         <v>95043106</v>
       </c>
       <c r="G89" s="27">
         <v>39</v>
       </c>
       <c r="H89" s="28">
         <v>22908008</v>
       </c>
       <c r="I89" s="27">
         <v>637</v>
       </c>
       <c r="J89" s="28">
         <v>244355002</v>
       </c>
       <c r="K89" s="27">
         <v>0</v>
       </c>
       <c r="L89" s="28">
         <v>0</v>
       </c>
       <c r="M89" s="27">
         <v>58</v>
       </c>
       <c r="N89" s="28">
         <v>7439244</v>
       </c>
       <c r="O89" s="9"/>
     </row>
-    <row r="90" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="26">
         <v>2018</v>
       </c>
       <c r="B90" s="26" t="s">
         <v>8</v>
       </c>
       <c r="C90" s="27">
         <v>5145</v>
       </c>
       <c r="D90" s="28">
         <v>3339613240</v>
       </c>
       <c r="E90" s="27">
         <v>1551</v>
       </c>
       <c r="F90" s="28">
         <v>594424356</v>
       </c>
       <c r="G90" s="27">
         <v>196</v>
       </c>
       <c r="H90" s="28">
         <v>128085209</v>
       </c>
       <c r="I90" s="27">
         <v>3398</v>
       </c>
       <c r="J90" s="28">
         <v>2581023933</v>
       </c>
       <c r="K90" s="27">
         <v>0</v>
       </c>
       <c r="L90" s="28">
         <v>0</v>
       </c>
       <c r="M90" s="27">
         <v>80</v>
       </c>
       <c r="N90" s="28">
         <v>36079742</v>
       </c>
       <c r="O90" s="9"/>
     </row>
-    <row r="91" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="26">
         <v>2018</v>
       </c>
       <c r="B91" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="27">
         <v>1269</v>
       </c>
       <c r="D91" s="28">
         <v>486819422</v>
       </c>
       <c r="E91" s="27">
         <v>317</v>
       </c>
       <c r="F91" s="28">
         <v>99104967</v>
       </c>
       <c r="G91" s="27">
         <v>42</v>
       </c>
       <c r="H91" s="28">
         <v>21541161</v>
       </c>
       <c r="I91" s="27">
         <v>910</v>
       </c>
       <c r="J91" s="28">
         <v>360116187</v>
       </c>
       <c r="K91" s="27">
         <v>0</v>
       </c>
       <c r="L91" s="28">
         <v>0</v>
       </c>
       <c r="M91" s="27">
         <v>64</v>
       </c>
       <c r="N91" s="28">
         <v>6057107</v>
       </c>
       <c r="O91" s="9"/>
     </row>
-    <row r="92" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="26">
         <v>2018</v>
       </c>
       <c r="B92" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C92" s="27">
         <v>813</v>
       </c>
       <c r="D92" s="28">
         <v>358435921</v>
       </c>
       <c r="E92" s="27">
         <v>292</v>
       </c>
       <c r="F92" s="28">
         <v>100926563</v>
       </c>
       <c r="G92" s="27">
         <v>33</v>
       </c>
       <c r="H92" s="28">
         <v>21856657</v>
       </c>
       <c r="I92" s="27">
         <v>488</v>
       </c>
       <c r="J92" s="28">
         <v>220941829</v>
       </c>
       <c r="K92" s="27">
         <v>0</v>
       </c>
       <c r="L92" s="28">
         <v>0</v>
       </c>
       <c r="M92" s="27">
         <v>103</v>
       </c>
       <c r="N92" s="28">
         <v>14710872</v>
       </c>
       <c r="O92" s="9"/>
     </row>
-    <row r="93" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="26">
         <v>2018</v>
       </c>
       <c r="B93" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C93" s="27">
         <v>2292</v>
       </c>
       <c r="D93" s="28">
         <v>1028491002</v>
       </c>
       <c r="E93" s="27">
         <v>670</v>
       </c>
       <c r="F93" s="28">
         <v>235397677</v>
       </c>
       <c r="G93" s="27">
         <v>89</v>
       </c>
       <c r="H93" s="28">
         <v>49574940</v>
       </c>
       <c r="I93" s="27">
         <v>1530</v>
       </c>
       <c r="J93" s="28">
         <v>725136690</v>
       </c>
       <c r="K93" s="27">
         <v>3</v>
       </c>
       <c r="L93" s="28">
         <v>1234964</v>
       </c>
       <c r="M93" s="27">
         <v>84</v>
       </c>
       <c r="N93" s="28">
         <v>17146731</v>
       </c>
       <c r="O93" s="9"/>
     </row>
-    <row r="94" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="26">
         <v>2018</v>
       </c>
       <c r="B94" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="27">
         <v>1794</v>
       </c>
       <c r="D94" s="28">
         <v>918684514</v>
       </c>
       <c r="E94" s="27">
         <v>474</v>
       </c>
       <c r="F94" s="28">
         <v>208520462</v>
       </c>
       <c r="G94" s="27">
         <v>49</v>
       </c>
       <c r="H94" s="28">
         <v>40749470</v>
       </c>
       <c r="I94" s="27">
         <v>1270</v>
       </c>
       <c r="J94" s="28">
         <v>614574163</v>
       </c>
       <c r="K94" s="27">
         <v>1</v>
       </c>
       <c r="L94" s="28">
         <v>241122</v>
       </c>
       <c r="M94" s="27">
         <v>238</v>
       </c>
       <c r="N94" s="28">
         <v>54599297</v>
       </c>
       <c r="O94" s="9"/>
     </row>
-    <row r="95" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="26">
         <v>2018</v>
       </c>
       <c r="B95" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="27">
         <v>933</v>
       </c>
       <c r="D95" s="28">
         <v>366463607</v>
       </c>
       <c r="E95" s="27">
         <v>221</v>
       </c>
       <c r="F95" s="28">
         <v>74232907</v>
       </c>
       <c r="G95" s="27">
         <v>53</v>
       </c>
       <c r="H95" s="28">
         <v>28991649</v>
       </c>
       <c r="I95" s="27">
         <v>659</v>
       </c>
       <c r="J95" s="28">
         <v>255547312</v>
       </c>
       <c r="K95" s="27">
         <v>0</v>
       </c>
       <c r="L95" s="28">
         <v>0</v>
       </c>
       <c r="M95" s="27">
         <v>55</v>
       </c>
       <c r="N95" s="28">
         <v>7691739</v>
       </c>
       <c r="O95" s="9"/>
     </row>
-    <row r="96" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="26">
         <v>2018</v>
       </c>
       <c r="B96" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="27">
         <v>720</v>
       </c>
       <c r="D96" s="28">
         <v>322010966</v>
       </c>
       <c r="E96" s="27">
         <v>212</v>
       </c>
       <c r="F96" s="28">
         <v>67342952</v>
       </c>
       <c r="G96" s="27">
         <v>36</v>
       </c>
       <c r="H96" s="28">
         <v>18663199</v>
       </c>
       <c r="I96" s="27">
         <v>472</v>
       </c>
       <c r="J96" s="28">
         <v>229558864</v>
       </c>
       <c r="K96" s="27">
         <v>0</v>
       </c>
       <c r="L96" s="28">
         <v>0</v>
       </c>
       <c r="M96" s="27">
         <v>35</v>
       </c>
       <c r="N96" s="28">
         <v>6445951</v>
       </c>
       <c r="O96" s="9"/>
     </row>
-    <row r="97" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="26">
         <v>2018</v>
       </c>
       <c r="B97" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C97" s="27">
         <v>3420</v>
       </c>
       <c r="D97" s="28">
         <v>1613382619</v>
       </c>
       <c r="E97" s="27">
         <v>747</v>
       </c>
       <c r="F97" s="28">
         <v>295841613</v>
       </c>
       <c r="G97" s="27">
         <v>213</v>
       </c>
       <c r="H97" s="28">
         <v>132420685</v>
       </c>
       <c r="I97" s="27">
         <v>2459</v>
       </c>
       <c r="J97" s="28">
         <v>1151237285</v>
       </c>
       <c r="K97" s="27">
         <v>1</v>
       </c>
       <c r="L97" s="28">
         <v>506970</v>
       </c>
       <c r="M97" s="27">
         <v>186</v>
       </c>
       <c r="N97" s="28">
         <v>33376066</v>
       </c>
       <c r="O97" s="9"/>
     </row>
-    <row r="98" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="26">
         <v>2018</v>
       </c>
       <c r="B98" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C98" s="27">
         <v>900</v>
       </c>
       <c r="D98" s="28">
         <v>458275648</v>
       </c>
       <c r="E98" s="27">
         <v>263</v>
       </c>
       <c r="F98" s="28">
         <v>94838188</v>
       </c>
       <c r="G98" s="27">
         <v>34</v>
       </c>
       <c r="H98" s="28">
         <v>20532145</v>
       </c>
       <c r="I98" s="27">
         <v>601</v>
       </c>
       <c r="J98" s="28">
         <v>309128250</v>
       </c>
       <c r="K98" s="27">
         <v>2</v>
       </c>
       <c r="L98" s="28">
         <v>766758</v>
       </c>
       <c r="M98" s="27">
         <v>144</v>
       </c>
       <c r="N98" s="28">
         <v>33010307</v>
       </c>
       <c r="O98" s="9"/>
     </row>
-    <row r="99" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="26">
         <v>2018</v>
       </c>
       <c r="B99" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C99" s="27">
         <v>5225</v>
       </c>
       <c r="D99" s="28">
         <v>2506055218</v>
       </c>
       <c r="E99" s="27">
         <v>1118</v>
       </c>
       <c r="F99" s="28">
         <v>460486181</v>
       </c>
       <c r="G99" s="27">
         <v>331</v>
       </c>
       <c r="H99" s="28">
         <v>181291278</v>
       </c>
       <c r="I99" s="27">
         <v>3773</v>
       </c>
       <c r="J99" s="28">
         <v>1769122935</v>
       </c>
       <c r="K99" s="27">
         <v>3</v>
       </c>
       <c r="L99" s="28">
         <v>411387</v>
       </c>
       <c r="M99" s="27">
         <v>765</v>
       </c>
       <c r="N99" s="28">
         <v>94743437</v>
       </c>
       <c r="O99" s="9"/>
     </row>
-    <row r="100" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="26">
         <v>2018</v>
       </c>
       <c r="B100" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C100" s="27">
         <v>2640</v>
       </c>
       <c r="D100" s="28">
         <v>1417960100</v>
       </c>
       <c r="E100" s="27">
         <v>702</v>
       </c>
       <c r="F100" s="28">
         <v>361041779</v>
       </c>
       <c r="G100" s="27">
         <v>90</v>
       </c>
       <c r="H100" s="28">
         <v>71136953</v>
       </c>
       <c r="I100" s="27">
         <v>1847</v>
       </c>
       <c r="J100" s="28">
         <v>945085139</v>
       </c>
       <c r="K100" s="27">
         <v>1</v>
       </c>
       <c r="L100" s="28">
         <v>244541</v>
       </c>
       <c r="M100" s="27">
         <v>190</v>
       </c>
       <c r="N100" s="28">
         <v>40451688</v>
       </c>
       <c r="O100" s="9"/>
     </row>
-    <row r="101" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="26">
         <v>2018</v>
       </c>
       <c r="B101" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C101" s="27">
         <v>360</v>
       </c>
       <c r="D101" s="28">
         <v>257507677</v>
       </c>
       <c r="E101" s="27">
         <v>100</v>
       </c>
       <c r="F101" s="28">
         <v>44370447</v>
       </c>
       <c r="G101" s="27">
         <v>7</v>
       </c>
       <c r="H101" s="28">
         <v>8180048</v>
       </c>
       <c r="I101" s="27">
         <v>253</v>
       </c>
       <c r="J101" s="28">
         <v>196459818</v>
       </c>
       <c r="K101" s="27">
         <v>0</v>
       </c>
       <c r="L101" s="28">
         <v>0</v>
       </c>
       <c r="M101" s="27">
         <v>47</v>
       </c>
       <c r="N101" s="28">
         <v>8497364</v>
       </c>
       <c r="O101" s="9"/>
     </row>
-    <row r="102" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="26">
         <v>2018</v>
       </c>
       <c r="B102" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C102" s="27">
         <v>3697</v>
       </c>
       <c r="D102" s="28">
         <v>1731223953</v>
       </c>
       <c r="E102" s="27">
         <v>1133</v>
       </c>
       <c r="F102" s="28">
         <v>534446745</v>
       </c>
       <c r="G102" s="27">
         <v>156</v>
       </c>
       <c r="H102" s="28">
         <v>99539053</v>
       </c>
       <c r="I102" s="27">
         <v>2406</v>
       </c>
       <c r="J102" s="28">
         <v>1070458908</v>
       </c>
       <c r="K102" s="27">
         <v>2</v>
       </c>
       <c r="L102" s="28">
         <v>932308</v>
       </c>
       <c r="M102" s="27">
         <v>188</v>
       </c>
       <c r="N102" s="28">
         <v>25846939</v>
       </c>
       <c r="O102" s="9"/>
     </row>
-    <row r="103" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="26">
         <v>2018</v>
       </c>
       <c r="B103" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C103" s="27">
         <v>277</v>
       </c>
       <c r="D103" s="28">
         <v>124787249</v>
       </c>
       <c r="E103" s="27">
         <v>103</v>
       </c>
       <c r="F103" s="28">
         <v>37827272</v>
       </c>
       <c r="G103" s="27">
         <v>5</v>
       </c>
       <c r="H103" s="28">
         <v>3893537</v>
       </c>
       <c r="I103" s="27">
         <v>169</v>
       </c>
       <c r="J103" s="28">
         <v>76814391</v>
       </c>
       <c r="K103" s="27">
         <v>0</v>
       </c>
       <c r="L103" s="28">
         <v>0</v>
       </c>
       <c r="M103" s="27">
         <v>21</v>
       </c>
       <c r="N103" s="28">
         <v>6252049</v>
       </c>
       <c r="O103" s="9"/>
     </row>
-    <row r="104" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="26">
         <v>2018</v>
       </c>
       <c r="B104" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C104" s="27">
         <v>120</v>
       </c>
       <c r="D104" s="28">
         <v>59329294</v>
       </c>
       <c r="E104" s="27">
         <v>41</v>
       </c>
       <c r="F104" s="28">
         <v>13348926</v>
       </c>
       <c r="G104" s="27">
         <v>4</v>
       </c>
       <c r="H104" s="28">
         <v>2299480</v>
       </c>
       <c r="I104" s="27">
         <v>75</v>
       </c>
       <c r="J104" s="28">
         <v>41473900</v>
       </c>
       <c r="K104" s="27">
         <v>0</v>
       </c>
       <c r="L104" s="28">
         <v>0</v>
       </c>
       <c r="M104" s="27">
         <v>9</v>
       </c>
       <c r="N104" s="28">
         <v>2206988</v>
       </c>
       <c r="O104" s="9"/>
     </row>
-    <row r="105" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="26">
         <v>2018</v>
       </c>
       <c r="B105" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C105" s="27">
         <v>421</v>
       </c>
       <c r="D105" s="28">
         <v>535546305</v>
       </c>
       <c r="E105" s="27">
         <v>173</v>
       </c>
       <c r="F105" s="28">
         <v>105168928</v>
       </c>
       <c r="G105" s="27">
         <v>14</v>
       </c>
       <c r="H105" s="28">
         <v>32642501</v>
       </c>
       <c r="I105" s="27">
         <v>234</v>
       </c>
       <c r="J105" s="28">
         <v>354434789</v>
       </c>
       <c r="K105" s="27">
         <v>0</v>
       </c>
       <c r="L105" s="28">
         <v>0</v>
       </c>
       <c r="M105" s="27">
         <v>54</v>
       </c>
       <c r="N105" s="28">
         <v>43300087</v>
       </c>
       <c r="O105" s="9"/>
     </row>
-    <row r="106" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="20">
         <v>2018</v>
       </c>
       <c r="B106" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C106" s="21">
         <v>46930</v>
       </c>
       <c r="D106" s="22">
         <v>25906788735</v>
       </c>
       <c r="E106" s="23">
         <v>12862</v>
       </c>
       <c r="F106" s="30">
         <v>5984882911</v>
       </c>
       <c r="G106" s="23">
         <v>1997</v>
       </c>
       <c r="H106" s="30">
         <v>1435441400</v>
       </c>
       <c r="I106" s="23">
         <v>32040</v>
       </c>
       <c r="J106" s="30">
         <v>17661172145</v>
       </c>
       <c r="K106" s="23">
         <v>31</v>
       </c>
       <c r="L106" s="30">
         <v>20777195</v>
       </c>
       <c r="M106" s="23">
         <v>3734</v>
       </c>
       <c r="N106" s="30">
         <v>804515084</v>
       </c>
       <c r="O106" s="9"/>
     </row>
-    <row r="107" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="26">
         <v>2019</v>
       </c>
       <c r="B107" s="26" t="s">
         <v>0</v>
       </c>
       <c r="C107" s="27">
         <v>192</v>
       </c>
       <c r="D107" s="28">
         <v>41401676</v>
       </c>
       <c r="E107" s="27">
         <v>49</v>
       </c>
       <c r="F107" s="28">
         <v>9193661</v>
       </c>
       <c r="G107" s="27">
         <v>3</v>
       </c>
       <c r="H107" s="28">
         <v>745745</v>
       </c>
       <c r="I107" s="27">
         <v>140</v>
       </c>
       <c r="J107" s="28">
         <v>29766846</v>
       </c>
       <c r="K107" s="27">
         <v>0</v>
       </c>
       <c r="L107" s="28">
         <v>0</v>
       </c>
       <c r="M107" s="27">
         <v>18</v>
       </c>
       <c r="N107" s="28">
         <v>1695424</v>
       </c>
       <c r="O107" s="9"/>
     </row>
-    <row r="108" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="26">
         <v>2019</v>
       </c>
       <c r="B108" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C108" s="27">
         <v>269</v>
       </c>
       <c r="D108" s="28">
         <v>600765171</v>
       </c>
       <c r="E108" s="27">
         <v>82</v>
       </c>
       <c r="F108" s="28">
         <v>89731090</v>
       </c>
       <c r="G108" s="27">
         <v>14</v>
       </c>
       <c r="H108" s="28">
         <v>27950747</v>
       </c>
       <c r="I108" s="27">
         <v>173</v>
       </c>
       <c r="J108" s="28">
         <v>457112056</v>
       </c>
       <c r="K108" s="27">
         <v>0</v>
       </c>
       <c r="L108" s="28">
         <v>0</v>
       </c>
       <c r="M108" s="27">
         <v>41</v>
       </c>
       <c r="N108" s="28">
         <v>25971278</v>
       </c>
       <c r="O108" s="9"/>
     </row>
-    <row r="109" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="26">
         <v>2019</v>
       </c>
       <c r="B109" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C109" s="27">
         <v>266</v>
       </c>
       <c r="D109" s="28">
         <v>147039738</v>
       </c>
       <c r="E109" s="27">
         <v>88</v>
       </c>
       <c r="F109" s="28">
         <v>48197792</v>
       </c>
       <c r="G109" s="27">
         <v>2</v>
       </c>
       <c r="H109" s="28">
         <v>976303</v>
       </c>
       <c r="I109" s="27">
         <v>176</v>
       </c>
       <c r="J109" s="28">
         <v>91513664</v>
       </c>
       <c r="K109" s="27">
         <v>0</v>
       </c>
       <c r="L109" s="28">
         <v>0</v>
       </c>
       <c r="M109" s="27">
         <v>35</v>
       </c>
       <c r="N109" s="28">
         <v>6351979</v>
       </c>
       <c r="O109" s="9"/>
     </row>
-    <row r="110" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="26">
         <v>2019</v>
       </c>
       <c r="B110" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C110" s="27">
         <v>6120</v>
       </c>
       <c r="D110" s="28">
         <v>3680069114</v>
       </c>
       <c r="E110" s="27">
         <v>1494</v>
       </c>
       <c r="F110" s="28">
         <v>738553064</v>
       </c>
       <c r="G110" s="27">
         <v>222</v>
       </c>
       <c r="H110" s="28">
         <v>444743084</v>
       </c>
       <c r="I110" s="27">
         <v>4395</v>
       </c>
       <c r="J110" s="28">
         <v>2385424811</v>
       </c>
       <c r="K110" s="27">
         <v>9</v>
       </c>
       <c r="L110" s="28">
         <v>5660835</v>
       </c>
       <c r="M110" s="27">
         <v>616</v>
       </c>
       <c r="N110" s="28">
         <v>105687320</v>
       </c>
       <c r="O110" s="9"/>
     </row>
-    <row r="111" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="26">
         <v>2019</v>
       </c>
       <c r="B111" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C111" s="27">
         <v>1452</v>
       </c>
       <c r="D111" s="28">
         <v>623163635</v>
       </c>
       <c r="E111" s="27">
         <v>323</v>
       </c>
       <c r="F111" s="28">
         <v>119227112</v>
       </c>
       <c r="G111" s="27">
         <v>109</v>
       </c>
       <c r="H111" s="28">
         <v>66438609</v>
       </c>
       <c r="I111" s="27">
         <v>1019</v>
       </c>
       <c r="J111" s="28">
         <v>423410996</v>
       </c>
       <c r="K111" s="27">
         <v>1</v>
       </c>
       <c r="L111" s="28">
         <v>433751</v>
       </c>
       <c r="M111" s="27">
         <v>86</v>
       </c>
       <c r="N111" s="28">
         <v>13653167</v>
       </c>
       <c r="O111" s="9"/>
     </row>
-    <row r="112" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="26">
         <v>2019</v>
       </c>
       <c r="B112" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C112" s="27">
         <v>444</v>
       </c>
       <c r="D112" s="28">
         <v>459561306</v>
       </c>
       <c r="E112" s="27">
         <v>110</v>
       </c>
       <c r="F112" s="28">
         <v>55910347</v>
       </c>
       <c r="G112" s="27">
         <v>11</v>
       </c>
       <c r="H112" s="28">
         <v>10071882</v>
       </c>
       <c r="I112" s="27">
         <v>323</v>
       </c>
       <c r="J112" s="28">
         <v>350548750</v>
       </c>
       <c r="K112" s="27">
         <v>0</v>
       </c>
       <c r="L112" s="28">
         <v>0</v>
       </c>
       <c r="M112" s="27">
         <v>78</v>
       </c>
       <c r="N112" s="28">
         <v>43030327</v>
       </c>
       <c r="O112" s="9"/>
     </row>
-    <row r="113" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="26">
         <v>2019</v>
       </c>
       <c r="B113" s="26" t="s">
         <v>5</v>
       </c>
       <c r="C113" s="27">
         <v>4992</v>
       </c>
       <c r="D113" s="28">
         <v>2791281184</v>
       </c>
       <c r="E113" s="27">
         <v>1216</v>
       </c>
       <c r="F113" s="28">
         <v>653959378</v>
       </c>
       <c r="G113" s="27">
         <v>185</v>
       </c>
       <c r="H113" s="28">
         <v>136655765</v>
       </c>
       <c r="I113" s="27">
         <v>3589</v>
       </c>
       <c r="J113" s="28">
         <v>1949178374</v>
       </c>
       <c r="K113" s="27">
         <v>2</v>
       </c>
       <c r="L113" s="28">
         <v>697838</v>
       </c>
       <c r="M113" s="27">
         <v>213</v>
       </c>
       <c r="N113" s="28">
         <v>50789829</v>
       </c>
       <c r="O113" s="9"/>
     </row>
-    <row r="114" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="26">
         <v>2019</v>
       </c>
       <c r="B114" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C114" s="27">
         <v>3154</v>
       </c>
       <c r="D114" s="28">
         <v>2444364250</v>
       </c>
       <c r="E114" s="27">
         <v>1121</v>
       </c>
       <c r="F114" s="28">
         <v>918040136</v>
       </c>
       <c r="G114" s="27">
         <v>102</v>
       </c>
       <c r="H114" s="28">
         <v>146322596</v>
       </c>
       <c r="I114" s="27">
         <v>1918</v>
       </c>
       <c r="J114" s="28">
         <v>1229659671</v>
       </c>
       <c r="K114" s="27">
         <v>13</v>
       </c>
       <c r="L114" s="28">
         <v>15577065</v>
       </c>
       <c r="M114" s="27">
         <v>352</v>
       </c>
       <c r="N114" s="28">
         <v>134764782</v>
       </c>
       <c r="O114" s="9"/>
     </row>
-    <row r="115" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="26">
         <v>2019</v>
       </c>
       <c r="B115" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C115" s="27">
         <v>972</v>
       </c>
       <c r="D115" s="28">
         <v>382485537</v>
       </c>
       <c r="E115" s="27">
         <v>187</v>
       </c>
       <c r="F115" s="28">
         <v>64763887</v>
       </c>
       <c r="G115" s="27">
         <v>29</v>
       </c>
       <c r="H115" s="28">
         <v>24054306</v>
       </c>
       <c r="I115" s="27">
         <v>756</v>
       </c>
       <c r="J115" s="28">
         <v>284509037</v>
       </c>
       <c r="K115" s="27">
         <v>0</v>
       </c>
       <c r="L115" s="28">
         <v>0</v>
       </c>
       <c r="M115" s="27">
         <v>52</v>
       </c>
       <c r="N115" s="28">
         <v>9158307</v>
       </c>
       <c r="O115" s="9"/>
     </row>
-    <row r="116" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="26">
         <v>2019</v>
       </c>
       <c r="B116" s="26" t="s">
         <v>8</v>
       </c>
       <c r="C116" s="27">
         <v>5541</v>
       </c>
       <c r="D116" s="28">
         <v>3496548418</v>
       </c>
       <c r="E116" s="27">
         <v>1553</v>
       </c>
       <c r="F116" s="28">
         <v>733357245</v>
       </c>
       <c r="G116" s="27">
         <v>198</v>
       </c>
       <c r="H116" s="28">
         <v>162282850</v>
       </c>
       <c r="I116" s="27">
         <v>3782</v>
       </c>
       <c r="J116" s="28">
         <v>2583411727</v>
       </c>
       <c r="K116" s="27">
         <v>8</v>
       </c>
       <c r="L116" s="28">
         <v>4013228</v>
       </c>
       <c r="M116" s="27">
         <v>85</v>
       </c>
       <c r="N116" s="28">
         <v>13483368</v>
       </c>
       <c r="O116" s="9"/>
     </row>
-    <row r="117" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="26">
         <v>2019</v>
       </c>
       <c r="B117" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C117" s="27">
         <v>1290</v>
       </c>
       <c r="D117" s="28">
         <v>622501191</v>
       </c>
       <c r="E117" s="27">
         <v>361</v>
       </c>
       <c r="F117" s="28">
         <v>227000486</v>
       </c>
       <c r="G117" s="27">
         <v>33</v>
       </c>
       <c r="H117" s="28">
         <v>19109077</v>
       </c>
       <c r="I117" s="27">
         <v>894</v>
       </c>
       <c r="J117" s="28">
         <v>366033883</v>
       </c>
       <c r="K117" s="27">
         <v>2</v>
       </c>
       <c r="L117" s="28">
         <v>1511619</v>
       </c>
       <c r="M117" s="27">
         <v>57</v>
       </c>
       <c r="N117" s="28">
         <v>8846126</v>
       </c>
       <c r="O117" s="9"/>
     </row>
-    <row r="118" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="26">
         <v>2019</v>
       </c>
       <c r="B118" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C118" s="27">
         <v>854</v>
       </c>
       <c r="D118" s="28">
         <v>381987928</v>
       </c>
       <c r="E118" s="27">
         <v>297</v>
       </c>
       <c r="F118" s="28">
         <v>121057878</v>
       </c>
       <c r="G118" s="27">
         <v>22</v>
       </c>
       <c r="H118" s="28">
         <v>13638974</v>
       </c>
       <c r="I118" s="27">
         <v>535</v>
       </c>
       <c r="J118" s="28">
         <v>240386310</v>
       </c>
       <c r="K118" s="27">
         <v>0</v>
       </c>
       <c r="L118" s="28">
         <v>0</v>
       </c>
       <c r="M118" s="27">
         <v>38</v>
       </c>
       <c r="N118" s="28">
         <v>6904766</v>
       </c>
       <c r="O118" s="9"/>
     </row>
-    <row r="119" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="26">
         <v>2019</v>
       </c>
       <c r="B119" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C119" s="27">
         <v>2368</v>
       </c>
       <c r="D119" s="28">
         <v>1099202749</v>
       </c>
       <c r="E119" s="27">
         <v>653</v>
       </c>
       <c r="F119" s="28">
         <v>233296891</v>
       </c>
       <c r="G119" s="27">
         <v>67</v>
       </c>
       <c r="H119" s="28">
         <v>46742417</v>
       </c>
       <c r="I119" s="27">
         <v>1641</v>
       </c>
       <c r="J119" s="28">
         <v>781937331</v>
       </c>
       <c r="K119" s="27">
         <v>7</v>
       </c>
       <c r="L119" s="28">
         <v>2639797</v>
       </c>
       <c r="M119" s="27">
         <v>80</v>
       </c>
       <c r="N119" s="28">
         <v>34586313</v>
       </c>
       <c r="O119" s="9"/>
     </row>
-    <row r="120" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="26">
         <v>2019</v>
       </c>
       <c r="B120" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="27">
         <v>1908</v>
       </c>
       <c r="D120" s="28">
         <v>1367709244</v>
       </c>
       <c r="E120" s="27">
         <v>570</v>
       </c>
       <c r="F120" s="28">
         <v>521164190</v>
       </c>
       <c r="G120" s="27">
         <v>55</v>
       </c>
       <c r="H120" s="28">
         <v>38347752</v>
       </c>
       <c r="I120" s="27">
         <v>1282</v>
       </c>
       <c r="J120" s="28">
         <v>680910191</v>
       </c>
       <c r="K120" s="27">
         <v>1</v>
       </c>
       <c r="L120" s="28">
         <v>945860</v>
       </c>
       <c r="M120" s="27">
         <v>338</v>
       </c>
       <c r="N120" s="28">
         <v>126341251</v>
       </c>
       <c r="O120" s="9"/>
     </row>
-    <row r="121" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="26">
         <v>2019</v>
       </c>
       <c r="B121" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="27">
         <v>937</v>
       </c>
       <c r="D121" s="28">
         <v>382248459</v>
       </c>
       <c r="E121" s="27">
         <v>214</v>
       </c>
       <c r="F121" s="28">
         <v>74022055</v>
       </c>
       <c r="G121" s="27">
         <v>43</v>
       </c>
       <c r="H121" s="28">
         <v>22851914</v>
       </c>
       <c r="I121" s="27">
         <v>679</v>
       </c>
       <c r="J121" s="28">
         <v>271941334</v>
       </c>
       <c r="K121" s="27">
         <v>1</v>
       </c>
       <c r="L121" s="28">
         <v>442049</v>
       </c>
       <c r="M121" s="27">
         <v>62</v>
       </c>
       <c r="N121" s="28">
         <v>12991107</v>
       </c>
       <c r="O121" s="9"/>
     </row>
-    <row r="122" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="26">
         <v>2019</v>
       </c>
       <c r="B122" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="27">
         <v>745</v>
       </c>
       <c r="D122" s="28">
         <v>340644378</v>
       </c>
       <c r="E122" s="27">
         <v>201</v>
       </c>
       <c r="F122" s="28">
         <v>88492007</v>
       </c>
       <c r="G122" s="27">
         <v>33</v>
       </c>
       <c r="H122" s="28">
         <v>16437234</v>
       </c>
       <c r="I122" s="27">
         <v>511</v>
       </c>
       <c r="J122" s="28">
         <v>227795439</v>
       </c>
       <c r="K122" s="27">
         <v>0</v>
       </c>
       <c r="L122" s="28">
         <v>0</v>
       </c>
       <c r="M122" s="27">
         <v>56</v>
       </c>
       <c r="N122" s="28">
         <v>7919698</v>
       </c>
       <c r="O122" s="9"/>
     </row>
-    <row r="123" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="26">
         <v>2019</v>
       </c>
       <c r="B123" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C123" s="27">
         <v>3525</v>
       </c>
       <c r="D123" s="28">
         <v>1758290060</v>
       </c>
       <c r="E123" s="27">
         <v>755</v>
       </c>
       <c r="F123" s="28">
         <v>326415715</v>
       </c>
       <c r="G123" s="27">
         <v>201</v>
       </c>
       <c r="H123" s="28">
         <v>136222177</v>
       </c>
       <c r="I123" s="27">
         <v>2562</v>
       </c>
       <c r="J123" s="28">
         <v>1240252059</v>
       </c>
       <c r="K123" s="27">
         <v>7</v>
       </c>
       <c r="L123" s="28">
         <v>4703129</v>
       </c>
       <c r="M123" s="27">
         <v>195</v>
       </c>
       <c r="N123" s="28">
         <v>50696980</v>
       </c>
       <c r="O123" s="9"/>
     </row>
-    <row r="124" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="26">
         <v>2019</v>
       </c>
       <c r="B124" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C124" s="27">
         <v>898</v>
       </c>
       <c r="D124" s="28">
         <v>454787252</v>
       </c>
       <c r="E124" s="27">
         <v>218</v>
       </c>
       <c r="F124" s="28">
         <v>73505044</v>
       </c>
       <c r="G124" s="27">
         <v>31</v>
       </c>
       <c r="H124" s="28">
         <v>21864878</v>
       </c>
       <c r="I124" s="27">
         <v>649</v>
       </c>
       <c r="J124" s="28">
         <v>331843770</v>
       </c>
       <c r="K124" s="27">
         <v>0</v>
       </c>
       <c r="L124" s="28">
         <v>0</v>
       </c>
       <c r="M124" s="27">
         <v>107</v>
       </c>
       <c r="N124" s="28">
         <v>27573560</v>
       </c>
       <c r="O124" s="9"/>
     </row>
-    <row r="125" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="26">
         <v>2019</v>
       </c>
       <c r="B125" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C125" s="27">
         <v>5349</v>
       </c>
       <c r="D125" s="28">
         <v>2558317976</v>
       </c>
       <c r="E125" s="27">
         <v>1174</v>
       </c>
       <c r="F125" s="28">
         <v>486880517</v>
       </c>
       <c r="G125" s="27">
         <v>374</v>
       </c>
       <c r="H125" s="28">
         <v>236717191</v>
       </c>
       <c r="I125" s="27">
         <v>3801</v>
       </c>
       <c r="J125" s="28">
         <v>1729069477</v>
       </c>
       <c r="K125" s="27">
         <v>0</v>
       </c>
       <c r="L125" s="28">
         <v>0</v>
       </c>
       <c r="M125" s="27">
         <v>641</v>
       </c>
       <c r="N125" s="28">
         <v>105650791</v>
       </c>
       <c r="O125" s="9"/>
     </row>
-    <row r="126" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="26">
         <v>2019</v>
       </c>
       <c r="B126" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C126" s="27">
         <v>2756</v>
       </c>
       <c r="D126" s="28">
         <v>1537595739</v>
       </c>
       <c r="E126" s="27">
         <v>770</v>
       </c>
       <c r="F126" s="28">
         <v>465092229</v>
       </c>
       <c r="G126" s="27">
         <v>70</v>
       </c>
       <c r="H126" s="28">
         <v>49997793</v>
       </c>
       <c r="I126" s="27">
         <v>1911</v>
       </c>
       <c r="J126" s="28">
         <v>991196704</v>
       </c>
       <c r="K126" s="27">
         <v>5</v>
       </c>
       <c r="L126" s="28">
         <v>1200945</v>
       </c>
       <c r="M126" s="27">
         <v>181</v>
       </c>
       <c r="N126" s="28">
         <v>30108068</v>
       </c>
       <c r="O126" s="9"/>
     </row>
-    <row r="127" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="26">
         <v>2019</v>
       </c>
       <c r="B127" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C127" s="27">
         <v>363</v>
       </c>
       <c r="D127" s="28">
         <v>270164247</v>
       </c>
       <c r="E127" s="27">
         <v>88</v>
       </c>
       <c r="F127" s="28">
         <v>42152479</v>
       </c>
       <c r="G127" s="27">
         <v>11</v>
       </c>
       <c r="H127" s="28">
         <v>25380093</v>
       </c>
       <c r="I127" s="27">
         <v>262</v>
       </c>
       <c r="J127" s="28">
         <v>192159506</v>
       </c>
       <c r="K127" s="27">
         <v>2</v>
       </c>
       <c r="L127" s="28">
         <v>2216873</v>
       </c>
       <c r="M127" s="27">
         <v>45</v>
       </c>
       <c r="N127" s="28">
         <v>8255296</v>
       </c>
       <c r="O127" s="9"/>
     </row>
-    <row r="128" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="128" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="26">
         <v>2019</v>
       </c>
       <c r="B128" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C128" s="27">
         <v>3845</v>
       </c>
       <c r="D128" s="28">
         <v>1915580984</v>
       </c>
       <c r="E128" s="27">
         <v>1028</v>
       </c>
       <c r="F128" s="28">
         <v>612330083</v>
       </c>
       <c r="G128" s="27">
         <v>129</v>
       </c>
       <c r="H128" s="28">
         <v>82304208</v>
       </c>
       <c r="I128" s="27">
         <v>2686</v>
       </c>
       <c r="J128" s="28">
         <v>1194126769</v>
       </c>
       <c r="K128" s="27">
         <v>2</v>
       </c>
       <c r="L128" s="28">
         <v>347412</v>
       </c>
       <c r="M128" s="27">
         <v>181</v>
       </c>
       <c r="N128" s="28">
         <v>26472512</v>
       </c>
       <c r="O128" s="31"/>
     </row>
-    <row r="129" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="26">
         <v>2019</v>
       </c>
       <c r="B129" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C129" s="27">
         <v>284</v>
       </c>
       <c r="D129" s="28">
         <v>129862737</v>
       </c>
       <c r="E129" s="27">
         <v>74</v>
       </c>
       <c r="F129" s="28">
         <v>28755679</v>
       </c>
       <c r="G129" s="27">
         <v>4</v>
       </c>
       <c r="H129" s="28">
         <v>2567897</v>
       </c>
       <c r="I129" s="27">
         <v>205</v>
       </c>
       <c r="J129" s="28">
         <v>91233574</v>
       </c>
       <c r="K129" s="27">
         <v>1</v>
       </c>
       <c r="L129" s="28">
         <v>197753</v>
       </c>
       <c r="M129" s="27">
         <v>28</v>
       </c>
       <c r="N129" s="28">
         <v>7107834</v>
       </c>
       <c r="O129" s="31"/>
     </row>
-    <row r="130" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="26">
         <v>2019</v>
       </c>
       <c r="B130" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C130" s="27">
         <v>129</v>
       </c>
       <c r="D130" s="28">
         <v>63143755</v>
       </c>
       <c r="E130" s="27">
         <v>44</v>
       </c>
       <c r="F130" s="28">
         <v>15372579</v>
       </c>
       <c r="G130" s="27">
         <v>6</v>
       </c>
       <c r="H130" s="28">
         <v>3170814</v>
       </c>
       <c r="I130" s="27">
         <v>79</v>
       </c>
       <c r="J130" s="28">
         <v>43717103</v>
       </c>
       <c r="K130" s="27">
         <v>0</v>
       </c>
       <c r="L130" s="28">
         <v>0</v>
       </c>
       <c r="M130" s="27">
         <v>4</v>
       </c>
       <c r="N130" s="28">
         <v>883259</v>
       </c>
       <c r="O130" s="31"/>
     </row>
-    <row r="131" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="26">
         <v>2019</v>
       </c>
       <c r="B131" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C131" s="27">
         <v>439</v>
       </c>
       <c r="D131" s="28">
         <v>594535751</v>
       </c>
       <c r="E131" s="27">
         <v>186</v>
       </c>
       <c r="F131" s="28">
         <v>97841383</v>
       </c>
       <c r="G131" s="27">
         <v>17</v>
       </c>
       <c r="H131" s="28">
         <v>24484450</v>
       </c>
       <c r="I131" s="27">
         <v>236</v>
       </c>
       <c r="J131" s="28">
         <v>391751506</v>
       </c>
       <c r="K131" s="27">
         <v>0</v>
       </c>
       <c r="L131" s="28">
         <v>0</v>
       </c>
       <c r="M131" s="27">
         <v>65</v>
       </c>
       <c r="N131" s="28">
         <v>80458412</v>
       </c>
       <c r="O131" s="31"/>
     </row>
-    <row r="132" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="20">
         <v>2019</v>
       </c>
       <c r="B132" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C132" s="21">
         <v>49092</v>
       </c>
       <c r="D132" s="22">
         <v>28143252479</v>
       </c>
       <c r="E132" s="23">
         <v>12856</v>
       </c>
       <c r="F132" s="30">
         <v>6844312927</v>
       </c>
       <c r="G132" s="23">
         <v>1971</v>
       </c>
       <c r="H132" s="30">
         <v>1760078756</v>
       </c>
       <c r="I132" s="23">
         <v>34204</v>
       </c>
       <c r="J132" s="30">
         <v>18558890888</v>
       </c>
       <c r="K132" s="23">
         <v>61</v>
       </c>
       <c r="L132" s="30">
         <v>40588154</v>
       </c>
       <c r="M132" s="23">
         <v>3654</v>
       </c>
       <c r="N132" s="30">
         <v>939381754</v>
       </c>
       <c r="O132" s="31"/>
     </row>
-    <row r="133" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="26">
         <v>2020</v>
       </c>
       <c r="B133" s="26" t="s">
         <v>0</v>
       </c>
       <c r="C133" s="27">
         <v>178</v>
       </c>
       <c r="D133" s="28">
         <v>38976119</v>
       </c>
       <c r="E133" s="27">
         <v>47</v>
       </c>
       <c r="F133" s="28">
         <v>8300062</v>
       </c>
       <c r="G133" s="27">
         <v>1</v>
       </c>
       <c r="H133" s="28">
         <v>244793</v>
       </c>
       <c r="I133" s="27">
         <v>130</v>
       </c>
       <c r="J133" s="28">
         <v>27383694</v>
       </c>
       <c r="K133" s="27">
         <v>0</v>
       </c>
       <c r="L133" s="28">
         <v>0</v>
       </c>
       <c r="M133" s="27">
         <v>29</v>
       </c>
       <c r="N133" s="28">
         <v>3047570</v>
       </c>
       <c r="O133" s="31"/>
     </row>
-    <row r="134" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="26">
         <v>2020</v>
       </c>
       <c r="B134" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C134" s="27">
         <v>283</v>
       </c>
       <c r="D134" s="28">
         <v>595765458</v>
       </c>
       <c r="E134" s="27">
         <v>73</v>
       </c>
       <c r="F134" s="28">
         <v>26013098</v>
       </c>
       <c r="G134" s="27">
         <v>30</v>
       </c>
       <c r="H134" s="28">
         <v>68793645</v>
       </c>
       <c r="I134" s="27">
         <v>179</v>
       </c>
       <c r="J134" s="28">
         <v>473152106</v>
       </c>
       <c r="K134" s="27">
         <v>1</v>
       </c>
       <c r="L134" s="28">
         <v>983738</v>
       </c>
       <c r="M134" s="27">
         <v>71</v>
       </c>
       <c r="N134" s="28">
         <v>26822871</v>
       </c>
       <c r="O134" s="31"/>
     </row>
-    <row r="135" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="26">
         <v>2020</v>
       </c>
       <c r="B135" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C135" s="27">
         <v>255</v>
       </c>
       <c r="D135" s="28">
         <v>147733452</v>
       </c>
       <c r="E135" s="27">
         <v>66</v>
       </c>
       <c r="F135" s="28">
         <v>35422223</v>
       </c>
       <c r="G135" s="27">
         <v>5</v>
       </c>
       <c r="H135" s="28">
         <v>4783419</v>
       </c>
       <c r="I135" s="27">
         <v>183</v>
       </c>
       <c r="J135" s="28">
         <v>97237523</v>
       </c>
       <c r="K135" s="27">
         <v>1</v>
       </c>
       <c r="L135" s="28">
         <v>247617</v>
       </c>
       <c r="M135" s="27">
         <v>47</v>
       </c>
       <c r="N135" s="28">
         <v>10042670</v>
       </c>
       <c r="O135" s="31"/>
     </row>
-    <row r="136" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="26">
         <v>2020</v>
       </c>
       <c r="B136" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C136" s="27">
         <v>6203</v>
       </c>
       <c r="D136" s="28">
         <v>3881820817</v>
       </c>
       <c r="E136" s="27">
         <v>1461</v>
       </c>
       <c r="F136" s="28">
         <v>690356382</v>
       </c>
       <c r="G136" s="27">
         <v>176</v>
       </c>
       <c r="H136" s="28">
         <v>270816715</v>
       </c>
       <c r="I136" s="27">
         <v>4561</v>
       </c>
       <c r="J136" s="28">
         <v>2777255548</v>
       </c>
       <c r="K136" s="27">
         <v>5</v>
       </c>
       <c r="L136" s="28">
         <v>1235715</v>
       </c>
       <c r="M136" s="27">
         <v>640</v>
       </c>
       <c r="N136" s="28">
         <v>142156457</v>
       </c>
       <c r="O136" s="31"/>
     </row>
-    <row r="137" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="26">
         <v>2020</v>
       </c>
       <c r="B137" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C137" s="27">
         <v>1469</v>
       </c>
       <c r="D137" s="28">
         <v>646040633</v>
       </c>
       <c r="E137" s="27">
         <v>329</v>
       </c>
       <c r="F137" s="28">
         <v>126848026</v>
       </c>
       <c r="G137" s="27">
         <v>115</v>
       </c>
       <c r="H137" s="28">
         <v>55630072</v>
       </c>
       <c r="I137" s="27">
         <v>1025</v>
       </c>
       <c r="J137" s="28">
         <v>447396190</v>
       </c>
       <c r="K137" s="27">
         <v>0</v>
       </c>
       <c r="L137" s="28">
         <v>0</v>
       </c>
       <c r="M137" s="27">
         <v>116</v>
       </c>
       <c r="N137" s="28">
         <v>16166345</v>
       </c>
       <c r="O137" s="31"/>
     </row>
-    <row r="138" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:15" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="26">
         <v>2020</v>
       </c>
       <c r="B138" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C138" s="27">
         <v>477</v>
       </c>
       <c r="D138" s="28">
         <v>461575112</v>
       </c>
       <c r="E138" s="27">
         <v>129</v>
       </c>
       <c r="F138" s="28">
         <v>82530722</v>
       </c>
       <c r="G138" s="27">
         <v>23</v>
       </c>
       <c r="H138" s="28">
         <v>15864877</v>
       </c>
       <c r="I138" s="27">
         <v>325</v>
       </c>
       <c r="J138" s="28">
         <v>289619273</v>
       </c>
       <c r="K138" s="27">
         <v>0</v>
       </c>
       <c r="L138" s="28">
         <v>0</v>
       </c>
       <c r="M138" s="27">
         <v>60</v>
       </c>
       <c r="N138" s="28">
         <v>73560240</v>
       </c>
       <c r="O138" s="31"/>
     </row>
-    <row r="139" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="26">
         <v>2020</v>
       </c>
       <c r="B139" s="26" t="s">
         <v>5</v>
       </c>
       <c r="C139" s="27">
         <v>5019</v>
       </c>
       <c r="D139" s="28">
         <v>2835831980</v>
       </c>
       <c r="E139" s="27">
         <v>1206</v>
       </c>
       <c r="F139" s="28">
         <v>619192971</v>
       </c>
       <c r="G139" s="27">
         <v>169</v>
       </c>
       <c r="H139" s="28">
         <v>100924343</v>
       </c>
       <c r="I139" s="27">
         <v>3643</v>
       </c>
       <c r="J139" s="28">
         <v>2074263326</v>
       </c>
       <c r="K139" s="27">
         <v>1</v>
       </c>
       <c r="L139" s="28">
         <v>498962</v>
       </c>
       <c r="M139" s="27">
         <v>226</v>
       </c>
       <c r="N139" s="28">
         <v>40952378</v>
       </c>
       <c r="O139" s="9"/>
     </row>
-    <row r="140" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="26">
         <v>2020</v>
       </c>
       <c r="B140" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C140" s="27">
         <v>3515</v>
       </c>
       <c r="D140" s="28">
         <v>2736244915</v>
       </c>
       <c r="E140" s="27">
         <v>1206</v>
       </c>
       <c r="F140" s="28">
         <v>922307508</v>
       </c>
       <c r="G140" s="27">
         <v>107</v>
       </c>
       <c r="H140" s="28">
         <v>127737970</v>
       </c>
       <c r="I140" s="27">
         <v>2195</v>
       </c>
       <c r="J140" s="28">
         <v>1555363416</v>
       </c>
       <c r="K140" s="27">
         <v>7</v>
       </c>
       <c r="L140" s="28">
         <v>10947277</v>
       </c>
       <c r="M140" s="27">
         <v>343</v>
       </c>
       <c r="N140" s="28">
         <v>119888744</v>
       </c>
       <c r="O140" s="9"/>
     </row>
-    <row r="141" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="26">
         <v>2020</v>
       </c>
       <c r="B141" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C141" s="27">
         <v>952</v>
       </c>
       <c r="D141" s="28">
         <v>393113451</v>
       </c>
       <c r="E141" s="27">
         <v>179</v>
       </c>
       <c r="F141" s="28">
         <v>64939892</v>
       </c>
       <c r="G141" s="27">
         <v>32</v>
       </c>
       <c r="H141" s="28">
         <v>17629361</v>
       </c>
       <c r="I141" s="27">
         <v>740</v>
       </c>
       <c r="J141" s="28">
         <v>303480990</v>
       </c>
       <c r="K141" s="27">
         <v>1</v>
       </c>
       <c r="L141" s="28">
         <v>250773</v>
       </c>
       <c r="M141" s="27">
         <v>46</v>
       </c>
       <c r="N141" s="28">
         <v>6812435</v>
       </c>
       <c r="O141" s="9"/>
     </row>
-    <row r="142" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="26">
         <v>2020</v>
       </c>
       <c r="B142" s="26" t="s">
         <v>8</v>
       </c>
       <c r="C142" s="27">
         <v>5859</v>
       </c>
       <c r="D142" s="28">
         <v>3738968508</v>
       </c>
       <c r="E142" s="27">
         <v>1746</v>
       </c>
       <c r="F142" s="28">
         <v>769615035</v>
       </c>
       <c r="G142" s="27">
         <v>244</v>
       </c>
       <c r="H142" s="28">
         <v>190036156</v>
       </c>
       <c r="I142" s="27">
         <v>3867</v>
       </c>
       <c r="J142" s="28">
         <v>2764564192</v>
       </c>
       <c r="K142" s="27">
         <v>2</v>
       </c>
       <c r="L142" s="28">
         <v>636829</v>
       </c>
       <c r="M142" s="27">
         <v>106</v>
       </c>
       <c r="N142" s="28">
         <v>14116296</v>
       </c>
       <c r="O142" s="9"/>
     </row>
-    <row r="143" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="26">
         <v>2020</v>
       </c>
       <c r="B143" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C143" s="27">
         <v>1267</v>
       </c>
       <c r="D143" s="28">
         <v>539173558</v>
       </c>
       <c r="E143" s="27">
         <v>302</v>
       </c>
       <c r="F143" s="28">
         <v>104186363</v>
       </c>
       <c r="G143" s="27">
         <v>46</v>
       </c>
       <c r="H143" s="28">
         <v>24590235</v>
       </c>
       <c r="I143" s="27">
         <v>919</v>
       </c>
       <c r="J143" s="28">
         <v>396972635</v>
       </c>
       <c r="K143" s="27">
         <v>0</v>
       </c>
       <c r="L143" s="28">
         <v>0</v>
       </c>
       <c r="M143" s="27">
         <v>89</v>
       </c>
       <c r="N143" s="28">
         <v>13424325</v>
       </c>
       <c r="O143" s="9"/>
     </row>
-    <row r="144" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="26">
         <v>2020</v>
       </c>
       <c r="B144" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C144" s="27">
         <v>821</v>
       </c>
       <c r="D144" s="28">
         <v>367560501</v>
       </c>
       <c r="E144" s="27">
         <v>268</v>
       </c>
       <c r="F144" s="28">
         <v>113819340</v>
       </c>
       <c r="G144" s="27">
         <v>15</v>
       </c>
       <c r="H144" s="28">
         <v>9488858</v>
       </c>
       <c r="I144" s="27">
         <v>538</v>
       </c>
       <c r="J144" s="28">
         <v>238595270</v>
       </c>
       <c r="K144" s="27">
         <v>0</v>
       </c>
       <c r="L144" s="28">
         <v>0</v>
       </c>
       <c r="M144" s="27">
         <v>26</v>
       </c>
       <c r="N144" s="28">
         <v>5657033</v>
       </c>
       <c r="O144" s="9"/>
     </row>
-    <row r="145" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="26">
         <v>2020</v>
       </c>
       <c r="B145" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C145" s="27">
         <v>2378</v>
       </c>
       <c r="D145" s="28">
         <v>1133572974</v>
       </c>
       <c r="E145" s="27">
         <v>580</v>
       </c>
       <c r="F145" s="28">
         <v>243262850</v>
       </c>
       <c r="G145" s="27">
         <v>85</v>
       </c>
       <c r="H145" s="28">
         <v>49296986</v>
       </c>
       <c r="I145" s="27">
         <v>1710</v>
       </c>
       <c r="J145" s="28">
         <v>807158293</v>
       </c>
       <c r="K145" s="27">
         <v>3</v>
       </c>
       <c r="L145" s="28">
         <v>552125</v>
       </c>
       <c r="M145" s="27">
         <v>84</v>
       </c>
       <c r="N145" s="28">
         <v>33302720</v>
       </c>
       <c r="O145" s="9"/>
     </row>
-    <row r="146" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="26">
         <v>2020</v>
       </c>
       <c r="B146" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C146" s="27">
         <v>1844</v>
       </c>
       <c r="D146" s="28">
         <v>1218280915</v>
       </c>
       <c r="E146" s="27">
         <v>488</v>
       </c>
       <c r="F146" s="28">
         <v>252600878</v>
       </c>
       <c r="G146" s="27">
         <v>76</v>
       </c>
       <c r="H146" s="28">
         <v>85276809</v>
       </c>
       <c r="I146" s="27">
         <v>1277</v>
       </c>
       <c r="J146" s="28">
         <v>810703166</v>
       </c>
       <c r="K146" s="27">
         <v>3</v>
       </c>
       <c r="L146" s="28">
         <v>1527381</v>
       </c>
       <c r="M146" s="27">
         <v>151</v>
       </c>
       <c r="N146" s="28">
         <v>68172681</v>
       </c>
       <c r="O146" s="9"/>
     </row>
-    <row r="147" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="26">
         <v>2020</v>
       </c>
       <c r="B147" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="27">
         <v>924</v>
       </c>
       <c r="D147" s="28">
         <v>388248606</v>
       </c>
       <c r="E147" s="27">
         <v>195</v>
       </c>
       <c r="F147" s="28">
         <v>67878569</v>
       </c>
       <c r="G147" s="27">
         <v>40</v>
       </c>
       <c r="H147" s="28">
         <v>20944142</v>
       </c>
       <c r="I147" s="27">
         <v>688</v>
       </c>
       <c r="J147" s="28">
         <v>290251732</v>
       </c>
       <c r="K147" s="27">
         <v>1</v>
       </c>
       <c r="L147" s="28">
         <v>510823</v>
       </c>
       <c r="M147" s="27">
         <v>55</v>
       </c>
       <c r="N147" s="28">
         <v>8663340</v>
       </c>
       <c r="O147" s="9"/>
     </row>
-    <row r="148" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="26">
         <v>2020</v>
       </c>
       <c r="B148" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="27">
         <v>746</v>
       </c>
       <c r="D148" s="28">
         <v>342801655</v>
       </c>
       <c r="E148" s="27">
         <v>189</v>
       </c>
       <c r="F148" s="28">
         <v>84132450</v>
       </c>
       <c r="G148" s="27">
         <v>20</v>
       </c>
       <c r="H148" s="28">
         <v>12149998</v>
       </c>
       <c r="I148" s="27">
         <v>537</v>
       </c>
       <c r="J148" s="28">
         <v>235856059</v>
       </c>
       <c r="K148" s="27">
         <v>0</v>
       </c>
       <c r="L148" s="28">
         <v>0</v>
       </c>
       <c r="M148" s="27">
         <v>65</v>
       </c>
       <c r="N148" s="28">
         <v>10663148</v>
       </c>
       <c r="O148" s="9"/>
     </row>
-    <row r="149" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="26">
         <v>2020</v>
       </c>
       <c r="B149" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C149" s="27">
         <v>3590</v>
       </c>
       <c r="D149" s="28">
         <v>1825213000</v>
       </c>
       <c r="E149" s="27">
         <v>830</v>
       </c>
       <c r="F149" s="28">
         <v>386738933</v>
       </c>
       <c r="G149" s="27">
         <v>178</v>
       </c>
       <c r="H149" s="28">
         <v>110946327</v>
       </c>
       <c r="I149" s="27">
         <v>2575</v>
       </c>
       <c r="J149" s="28">
         <v>1262329383</v>
       </c>
       <c r="K149" s="27">
         <v>7</v>
       </c>
       <c r="L149" s="28">
         <v>12093933</v>
       </c>
       <c r="M149" s="27">
         <v>226</v>
       </c>
       <c r="N149" s="28">
         <v>53104424</v>
       </c>
       <c r="O149" s="9"/>
     </row>
-    <row r="150" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="26">
         <v>2020</v>
       </c>
       <c r="B150" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C150" s="27">
         <v>897</v>
       </c>
       <c r="D150" s="28">
         <v>466088243</v>
       </c>
       <c r="E150" s="27">
         <v>260</v>
       </c>
       <c r="F150" s="28">
         <v>101018346</v>
       </c>
       <c r="G150" s="27">
         <v>59</v>
       </c>
       <c r="H150" s="28">
         <v>63582945</v>
       </c>
       <c r="I150" s="27">
         <v>578</v>
       </c>
       <c r="J150" s="28">
         <v>288672306</v>
       </c>
       <c r="K150" s="27">
         <v>0</v>
       </c>
       <c r="L150" s="28">
         <v>0</v>
       </c>
       <c r="M150" s="27">
         <v>81</v>
       </c>
       <c r="N150" s="28">
         <v>12814646</v>
       </c>
       <c r="O150" s="9"/>
     </row>
-    <row r="151" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="26">
         <v>2020</v>
       </c>
       <c r="B151" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C151" s="27">
         <v>5481</v>
       </c>
       <c r="D151" s="28">
         <v>2689830370</v>
       </c>
       <c r="E151" s="27">
         <v>1164</v>
       </c>
       <c r="F151" s="28">
         <v>511050812</v>
       </c>
       <c r="G151" s="27">
         <v>317</v>
       </c>
       <c r="H151" s="28">
         <v>178602722</v>
       </c>
       <c r="I151" s="27">
         <v>3999</v>
       </c>
       <c r="J151" s="28">
         <v>1915799622</v>
       </c>
       <c r="K151" s="27">
         <v>1</v>
       </c>
       <c r="L151" s="28">
         <v>129288</v>
       </c>
       <c r="M151" s="27">
         <v>715</v>
       </c>
       <c r="N151" s="28">
         <v>84247926</v>
       </c>
       <c r="O151" s="9"/>
     </row>
-    <row r="152" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="26">
         <v>2020</v>
       </c>
       <c r="B152" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C152" s="27">
         <v>2818</v>
       </c>
       <c r="D152" s="28">
         <v>1627277187</v>
       </c>
       <c r="E152" s="27">
         <v>691</v>
       </c>
       <c r="F152" s="28">
         <v>444648091</v>
       </c>
       <c r="G152" s="27">
         <v>76</v>
       </c>
       <c r="H152" s="28">
         <v>63673457</v>
       </c>
       <c r="I152" s="27">
         <v>2043</v>
       </c>
       <c r="J152" s="28">
         <v>1076486759</v>
       </c>
       <c r="K152" s="27">
         <v>8</v>
       </c>
       <c r="L152" s="28">
         <v>6575025</v>
       </c>
       <c r="M152" s="27">
         <v>207</v>
       </c>
       <c r="N152" s="28">
         <v>35893855</v>
       </c>
       <c r="O152" s="9"/>
     </row>
-    <row r="153" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="26">
         <v>2020</v>
       </c>
       <c r="B153" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C153" s="27">
         <v>377</v>
       </c>
       <c r="D153" s="28">
         <v>284667493</v>
       </c>
       <c r="E153" s="27">
         <v>99</v>
       </c>
       <c r="F153" s="28">
         <v>43053760</v>
       </c>
       <c r="G153" s="27">
         <v>5</v>
       </c>
       <c r="H153" s="28">
         <v>6361460</v>
       </c>
       <c r="I153" s="27">
         <v>273</v>
       </c>
       <c r="J153" s="28">
         <v>225857863</v>
       </c>
       <c r="K153" s="27">
         <v>0</v>
       </c>
       <c r="L153" s="28">
         <v>0</v>
       </c>
       <c r="M153" s="27">
         <v>46</v>
       </c>
       <c r="N153" s="28">
         <v>9394410</v>
       </c>
       <c r="O153" s="9"/>
     </row>
-    <row r="154" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="26">
         <v>2020</v>
       </c>
       <c r="B154" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C154" s="27">
         <v>3806</v>
       </c>
       <c r="D154" s="28">
         <v>2096733386</v>
       </c>
       <c r="E154" s="27">
         <v>1114</v>
       </c>
       <c r="F154" s="28">
         <v>649173012</v>
       </c>
       <c r="G154" s="27">
         <v>139</v>
       </c>
       <c r="H154" s="28">
         <v>106362425</v>
       </c>
       <c r="I154" s="27">
         <v>2552</v>
       </c>
       <c r="J154" s="28">
         <v>1314301188</v>
       </c>
       <c r="K154" s="27">
         <v>1</v>
       </c>
       <c r="L154" s="28">
         <v>360447</v>
       </c>
       <c r="M154" s="27">
         <v>201</v>
       </c>
       <c r="N154" s="28">
         <v>26536314</v>
       </c>
       <c r="O154" s="9"/>
     </row>
-    <row r="155" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="26">
         <v>2020</v>
       </c>
       <c r="B155" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C155" s="27">
         <v>307</v>
       </c>
       <c r="D155" s="28">
         <v>140995315</v>
       </c>
       <c r="E155" s="27">
         <v>94</v>
       </c>
       <c r="F155" s="28">
         <v>37527814</v>
       </c>
       <c r="G155" s="27">
         <v>5</v>
       </c>
       <c r="H155" s="28">
         <v>2546323</v>
       </c>
       <c r="I155" s="27">
         <v>208</v>
       </c>
       <c r="J155" s="28">
         <v>94843002</v>
       </c>
       <c r="K155" s="27">
         <v>0</v>
       </c>
       <c r="L155" s="28">
         <v>0</v>
       </c>
       <c r="M155" s="27">
         <v>30</v>
       </c>
       <c r="N155" s="28">
         <v>6078176</v>
       </c>
       <c r="O155" s="9"/>
     </row>
-    <row r="156" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="26">
         <v>2020</v>
       </c>
       <c r="B156" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C156" s="27">
         <v>136</v>
       </c>
       <c r="D156" s="28">
         <v>59812115</v>
       </c>
       <c r="E156" s="27">
         <v>33</v>
       </c>
       <c r="F156" s="28">
         <v>10260275</v>
       </c>
       <c r="G156" s="27">
         <v>2</v>
       </c>
       <c r="H156" s="28">
         <v>329622</v>
       </c>
       <c r="I156" s="27">
         <v>101</v>
       </c>
       <c r="J156" s="28">
         <v>48331535</v>
       </c>
       <c r="K156" s="27">
         <v>0</v>
       </c>
       <c r="L156" s="28">
         <v>0</v>
       </c>
       <c r="M156" s="27">
         <v>7</v>
       </c>
       <c r="N156" s="28">
         <v>890683</v>
       </c>
       <c r="O156" s="9"/>
     </row>
-    <row r="157" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="26">
         <v>2020</v>
       </c>
       <c r="B157" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C157" s="27">
         <v>444</v>
       </c>
       <c r="D157" s="28">
         <v>600108158</v>
       </c>
       <c r="E157" s="27">
         <v>184</v>
       </c>
       <c r="F157" s="28">
         <v>114421323</v>
       </c>
       <c r="G157" s="27">
         <v>42</v>
       </c>
       <c r="H157" s="28">
         <v>39358951</v>
       </c>
       <c r="I157" s="27">
         <v>215</v>
       </c>
       <c r="J157" s="28">
         <v>394377827</v>
       </c>
       <c r="K157" s="27">
         <v>3</v>
       </c>
       <c r="L157" s="28">
         <v>1261421</v>
       </c>
       <c r="M157" s="27">
         <v>58</v>
       </c>
       <c r="N157" s="28">
         <v>50688636</v>
       </c>
       <c r="O157" s="9"/>
     </row>
-    <row r="158" spans="1:15" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:15" s="5" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="20">
         <v>2020</v>
       </c>
       <c r="B158" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C158" s="21">
         <v>50046</v>
       </c>
       <c r="D158" s="22">
         <v>29256433921</v>
       </c>
       <c r="E158" s="23">
         <v>12933</v>
       </c>
       <c r="F158" s="30">
         <v>6509298735</v>
       </c>
       <c r="G158" s="23">
         <v>2007</v>
       </c>
       <c r="H158" s="30">
         <v>1625972611</v>
       </c>
       <c r="I158" s="23">
         <v>35061</v>
       </c>
       <c r="J158" s="30">
         <v>20210252898</v>
       </c>
       <c r="K158" s="23">
         <v>45</v>
       </c>
       <c r="L158" s="30">
         <v>37811354</v>
       </c>
       <c r="M158" s="23">
         <v>3725</v>
       </c>
       <c r="N158" s="30">
         <v>873098323</v>
       </c>
       <c r="O158" s="29"/>
     </row>
-    <row r="159" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="26">
         <v>2021</v>
       </c>
       <c r="B159" s="26" t="s">
         <v>0</v>
       </c>
       <c r="C159" s="27">
         <v>194</v>
       </c>
       <c r="D159" s="28">
         <v>49981953</v>
       </c>
       <c r="E159" s="27">
         <v>57</v>
       </c>
       <c r="F159" s="28">
         <v>18680427</v>
       </c>
       <c r="G159" s="27">
         <v>3</v>
       </c>
       <c r="H159" s="28">
         <v>741686</v>
       </c>
       <c r="I159" s="27">
         <v>134</v>
       </c>
       <c r="J159" s="28">
         <v>26982160</v>
       </c>
       <c r="K159" s="27">
         <v>0</v>
       </c>
       <c r="L159" s="28">
         <v>0</v>
       </c>
       <c r="M159" s="27">
         <v>36</v>
       </c>
       <c r="N159" s="28">
         <v>3577680</v>
       </c>
       <c r="O159" s="32"/>
     </row>
-    <row r="160" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="26">
         <v>2021</v>
       </c>
       <c r="B160" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C160" s="27">
         <v>300</v>
       </c>
       <c r="D160" s="28">
         <v>611158886</v>
       </c>
       <c r="E160" s="27">
         <v>74</v>
       </c>
       <c r="F160" s="28">
         <v>29739794</v>
       </c>
       <c r="G160" s="27">
         <v>25</v>
       </c>
       <c r="H160" s="28">
         <v>90219676</v>
       </c>
       <c r="I160" s="27">
         <v>201</v>
       </c>
       <c r="J160" s="28">
         <v>457551416</v>
       </c>
       <c r="K160" s="27">
         <v>0</v>
       </c>
       <c r="L160" s="28">
         <v>0</v>
       </c>
       <c r="M160" s="27">
         <v>66</v>
       </c>
       <c r="N160" s="28">
         <v>33648000</v>
       </c>
       <c r="O160" s="32"/>
     </row>
-    <row r="161" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="26">
         <v>2021</v>
       </c>
       <c r="B161" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C161" s="27">
         <v>241</v>
       </c>
       <c r="D161" s="28">
         <v>147674105</v>
       </c>
       <c r="E161" s="27">
         <v>70</v>
       </c>
       <c r="F161" s="28">
         <v>35133981</v>
       </c>
       <c r="G161" s="27">
         <v>2</v>
       </c>
       <c r="H161" s="28">
         <v>1499993</v>
       </c>
       <c r="I161" s="27">
         <v>169</v>
       </c>
       <c r="J161" s="28">
         <v>100629882</v>
       </c>
       <c r="K161" s="27">
         <v>0</v>
       </c>
       <c r="L161" s="28">
         <v>0</v>
       </c>
       <c r="M161" s="27">
         <v>53</v>
       </c>
       <c r="N161" s="28">
         <v>10410249</v>
       </c>
       <c r="O161" s="32"/>
     </row>
-    <row r="162" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="26">
         <v>2021</v>
       </c>
       <c r="B162" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C162" s="27">
         <v>6384</v>
       </c>
       <c r="D162" s="28">
         <v>3926815037</v>
       </c>
       <c r="E162" s="27">
         <v>1560</v>
       </c>
       <c r="F162" s="28">
         <v>723521806</v>
       </c>
       <c r="G162" s="27">
         <v>172</v>
       </c>
       <c r="H162" s="28">
         <v>162060808</v>
       </c>
       <c r="I162" s="27">
         <v>4644</v>
       </c>
       <c r="J162" s="28">
         <v>2886509365</v>
       </c>
       <c r="K162" s="27">
         <v>8</v>
       </c>
       <c r="L162" s="28">
         <v>1867203</v>
       </c>
       <c r="M162" s="27">
         <v>612</v>
       </c>
       <c r="N162" s="28">
         <v>152855855</v>
       </c>
       <c r="O162" s="32"/>
     </row>
-    <row r="163" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="26">
         <v>2021</v>
       </c>
       <c r="B163" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C163" s="27">
         <v>1460</v>
       </c>
       <c r="D163" s="28">
         <v>643800731</v>
       </c>
       <c r="E163" s="27">
         <v>293</v>
       </c>
       <c r="F163" s="28">
         <v>111149689</v>
       </c>
       <c r="G163" s="27">
         <v>109</v>
       </c>
       <c r="H163" s="28">
         <v>52811782</v>
       </c>
       <c r="I163" s="27">
         <v>1058</v>
       </c>
       <c r="J163" s="28">
         <v>466393841</v>
       </c>
       <c r="K163" s="27">
         <v>0</v>
       </c>
       <c r="L163" s="28">
         <v>0</v>
       </c>
       <c r="M163" s="27">
         <v>103</v>
       </c>
       <c r="N163" s="28">
         <v>13445419</v>
       </c>
       <c r="O163" s="32"/>
     </row>
-    <row r="164" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="26">
         <v>2021</v>
       </c>
       <c r="B164" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C164" s="27">
         <v>531</v>
       </c>
       <c r="D164" s="28">
         <v>474153636</v>
       </c>
       <c r="E164" s="27">
         <v>189</v>
       </c>
       <c r="F164" s="28">
         <v>133173662</v>
       </c>
       <c r="G164" s="27">
         <v>30</v>
       </c>
       <c r="H164" s="28">
         <v>45743908</v>
       </c>
       <c r="I164" s="27">
         <v>311</v>
       </c>
       <c r="J164" s="28">
         <v>235612227</v>
       </c>
       <c r="K164" s="27">
         <v>1</v>
       </c>
       <c r="L164" s="28">
         <v>367358</v>
       </c>
       <c r="M164" s="27">
         <v>70</v>
       </c>
       <c r="N164" s="28">
         <v>59256481</v>
       </c>
       <c r="O164" s="32"/>
     </row>
-    <row r="165" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="26">
         <v>2021</v>
       </c>
       <c r="B165" s="26" t="s">
         <v>5</v>
       </c>
       <c r="C165" s="27">
         <v>5013</v>
       </c>
       <c r="D165" s="28">
         <v>2868196857</v>
       </c>
       <c r="E165" s="27">
         <v>1110</v>
       </c>
       <c r="F165" s="28">
         <v>562078861</v>
       </c>
       <c r="G165" s="27">
         <v>170</v>
       </c>
       <c r="H165" s="28">
         <v>123025856</v>
       </c>
       <c r="I165" s="27">
         <v>3732</v>
       </c>
       <c r="J165" s="28">
         <v>2147097653</v>
       </c>
       <c r="K165" s="27">
         <v>1</v>
       </c>
       <c r="L165" s="28">
         <v>498948</v>
       </c>
       <c r="M165" s="27">
         <v>277</v>
       </c>
       <c r="N165" s="28">
         <v>35495539</v>
       </c>
       <c r="O165" s="32"/>
     </row>
-    <row r="166" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="26">
         <v>2021</v>
       </c>
       <c r="B166" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C166" s="27">
         <v>3769</v>
       </c>
       <c r="D166" s="28">
         <v>3104040387</v>
       </c>
       <c r="E166" s="27">
         <v>1268</v>
       </c>
       <c r="F166" s="28">
         <v>993387159</v>
       </c>
       <c r="G166" s="27">
         <v>79</v>
       </c>
       <c r="H166" s="28">
         <v>105053116</v>
       </c>
       <c r="I166" s="27">
         <v>2416</v>
       </c>
       <c r="J166" s="28">
         <v>1862367743</v>
       </c>
       <c r="K166" s="27">
         <v>6</v>
       </c>
       <c r="L166" s="28">
         <v>27271493</v>
       </c>
       <c r="M166" s="27">
         <v>412</v>
       </c>
       <c r="N166" s="28">
         <v>115960876</v>
       </c>
       <c r="O166" s="32"/>
     </row>
-    <row r="167" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="26">
         <v>2021</v>
       </c>
       <c r="B167" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C167" s="27">
         <v>930</v>
       </c>
       <c r="D167" s="28">
         <v>401879662</v>
       </c>
       <c r="E167" s="27">
         <v>182</v>
       </c>
       <c r="F167" s="28">
         <v>68519759</v>
       </c>
       <c r="G167" s="27">
         <v>27</v>
       </c>
       <c r="H167" s="28">
         <v>23354549</v>
       </c>
       <c r="I167" s="27">
         <v>721</v>
       </c>
       <c r="J167" s="28">
         <v>298572669</v>
       </c>
       <c r="K167" s="27">
         <v>0</v>
       </c>
       <c r="L167" s="28">
         <v>0</v>
       </c>
       <c r="M167" s="27">
         <v>97</v>
       </c>
       <c r="N167" s="28">
         <v>11432685</v>
       </c>
       <c r="O167" s="32"/>
     </row>
-    <row r="168" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="26">
         <v>2021</v>
       </c>
       <c r="B168" s="26" t="s">
         <v>8</v>
       </c>
       <c r="C168" s="27">
         <v>5927</v>
       </c>
       <c r="D168" s="28">
         <v>3863084348</v>
       </c>
       <c r="E168" s="27">
         <v>1614</v>
       </c>
       <c r="F168" s="28">
         <v>732106759</v>
       </c>
       <c r="G168" s="27">
         <v>244</v>
       </c>
       <c r="H168" s="28">
         <v>605633701</v>
       </c>
       <c r="I168" s="27">
         <v>4068</v>
       </c>
       <c r="J168" s="28">
         <v>2484259303</v>
       </c>
       <c r="K168" s="27">
         <v>1</v>
       </c>
       <c r="L168" s="28">
         <v>477503</v>
       </c>
       <c r="M168" s="27">
         <v>147</v>
       </c>
       <c r="N168" s="28">
         <v>40607082</v>
       </c>
       <c r="O168" s="32"/>
     </row>
-    <row r="169" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="26">
         <v>2021</v>
       </c>
       <c r="B169" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C169" s="27">
         <v>1247</v>
       </c>
       <c r="D169" s="28">
         <v>545684328</v>
       </c>
       <c r="E169" s="27">
         <v>310</v>
       </c>
       <c r="F169" s="28">
         <v>118794878</v>
       </c>
       <c r="G169" s="27">
         <v>52</v>
       </c>
       <c r="H169" s="28">
         <v>33764385</v>
       </c>
       <c r="I169" s="27">
         <v>885</v>
       </c>
       <c r="J169" s="28">
         <v>377598884</v>
       </c>
       <c r="K169" s="27">
         <v>0</v>
       </c>
       <c r="L169" s="28">
         <v>0</v>
       </c>
       <c r="M169" s="27">
         <v>116</v>
       </c>
       <c r="N169" s="28">
         <v>15526181</v>
       </c>
       <c r="O169" s="32"/>
     </row>
-    <row r="170" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="26">
         <v>2021</v>
       </c>
       <c r="B170" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C170" s="27">
         <v>781</v>
       </c>
       <c r="D170" s="28">
         <v>363596569</v>
       </c>
       <c r="E170" s="27">
         <v>253</v>
       </c>
       <c r="F170" s="28">
         <v>112067145</v>
       </c>
       <c r="G170" s="27">
         <v>21</v>
       </c>
       <c r="H170" s="28">
         <v>14434534</v>
       </c>
       <c r="I170" s="27">
         <v>507</v>
       </c>
       <c r="J170" s="28">
         <v>227610236</v>
       </c>
       <c r="K170" s="27">
         <v>0</v>
       </c>
       <c r="L170" s="28">
         <v>0</v>
       </c>
       <c r="M170" s="27">
         <v>51</v>
       </c>
       <c r="N170" s="28">
         <v>9484654</v>
       </c>
       <c r="O170" s="32"/>
     </row>
-    <row r="171" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="26">
         <v>2021</v>
       </c>
       <c r="B171" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C171" s="27">
         <v>2328</v>
       </c>
       <c r="D171" s="28">
         <v>1163472631</v>
       </c>
       <c r="E171" s="27">
         <v>609</v>
       </c>
       <c r="F171" s="28">
         <v>266773851</v>
       </c>
       <c r="G171" s="27">
         <v>70</v>
       </c>
       <c r="H171" s="28">
         <v>50781770</v>
       </c>
       <c r="I171" s="27">
         <v>1647</v>
       </c>
       <c r="J171" s="28">
         <v>789982042</v>
       </c>
       <c r="K171" s="27">
         <v>2</v>
       </c>
       <c r="L171" s="28">
         <v>2361574</v>
       </c>
       <c r="M171" s="27">
         <v>166</v>
       </c>
       <c r="N171" s="28">
         <v>53573394</v>
       </c>
       <c r="O171" s="32"/>
     </row>
-    <row r="172" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="26">
         <v>2021</v>
       </c>
       <c r="B172" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C172" s="27">
         <v>1778</v>
       </c>
       <c r="D172" s="28">
         <v>1285178683</v>
       </c>
       <c r="E172" s="27">
         <v>415</v>
       </c>
       <c r="F172" s="28">
         <v>266698199</v>
       </c>
       <c r="G172" s="27">
         <v>41</v>
       </c>
       <c r="H172" s="28">
         <v>26650380</v>
       </c>
       <c r="I172" s="27">
         <v>1322</v>
       </c>
       <c r="J172" s="28">
         <v>912225842</v>
       </c>
       <c r="K172" s="27">
         <v>0</v>
       </c>
       <c r="L172" s="28">
         <v>0</v>
       </c>
       <c r="M172" s="27">
         <v>304</v>
       </c>
       <c r="N172" s="28">
         <v>79604262</v>
       </c>
       <c r="O172" s="32"/>
     </row>
-    <row r="173" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="26">
         <v>2021</v>
       </c>
       <c r="B173" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="27">
         <v>882</v>
       </c>
       <c r="D173" s="28">
         <v>394033024</v>
       </c>
       <c r="E173" s="27">
         <v>178</v>
       </c>
       <c r="F173" s="28">
         <v>69028127</v>
       </c>
       <c r="G173" s="27">
         <v>44</v>
       </c>
       <c r="H173" s="28">
         <v>24701328</v>
       </c>
       <c r="I173" s="27">
         <v>660</v>
       </c>
       <c r="J173" s="28">
         <v>286574338</v>
       </c>
       <c r="K173" s="27">
         <v>0</v>
       </c>
       <c r="L173" s="28">
         <v>0</v>
       </c>
       <c r="M173" s="27">
         <v>97</v>
       </c>
       <c r="N173" s="28">
         <v>13729231</v>
       </c>
       <c r="O173" s="32"/>
     </row>
-    <row r="174" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="26">
         <v>2021</v>
       </c>
       <c r="B174" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="27">
         <v>764</v>
       </c>
       <c r="D174" s="28">
         <v>339958077</v>
       </c>
       <c r="E174" s="27">
         <v>212</v>
       </c>
       <c r="F174" s="28">
         <v>73487639</v>
       </c>
       <c r="G174" s="27">
         <v>32</v>
       </c>
       <c r="H174" s="28">
         <v>20612620</v>
       </c>
       <c r="I174" s="27">
         <v>518</v>
       </c>
       <c r="J174" s="28">
         <v>236088604</v>
       </c>
       <c r="K174" s="27">
         <v>2</v>
       </c>
       <c r="L174" s="28">
         <v>2749265</v>
       </c>
       <c r="M174" s="27">
         <v>54</v>
       </c>
       <c r="N174" s="28">
         <v>7019949</v>
       </c>
       <c r="O174" s="32"/>
     </row>
-    <row r="175" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="26">
         <v>2021</v>
       </c>
       <c r="B175" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C175" s="27">
         <v>3639</v>
       </c>
       <c r="D175" s="28">
         <v>1818207818</v>
       </c>
       <c r="E175" s="27">
         <v>840</v>
       </c>
       <c r="F175" s="28">
         <v>375829497</v>
       </c>
       <c r="G175" s="27">
         <v>210</v>
       </c>
       <c r="H175" s="28">
         <v>121273925</v>
       </c>
       <c r="I175" s="27">
         <v>2588</v>
       </c>
       <c r="J175" s="28">
         <v>1283582136</v>
       </c>
       <c r="K175" s="27">
         <v>1</v>
       </c>
       <c r="L175" s="28">
         <v>223336</v>
       </c>
       <c r="M175" s="27">
         <v>275</v>
       </c>
       <c r="N175" s="28">
         <v>37298924</v>
       </c>
       <c r="O175" s="32"/>
     </row>
-    <row r="176" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="26">
         <v>2021</v>
       </c>
       <c r="B176" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C176" s="27">
         <v>880</v>
       </c>
       <c r="D176" s="28">
         <v>469354519</v>
       </c>
       <c r="E176" s="27">
         <v>221</v>
       </c>
       <c r="F176" s="28">
         <v>76201016</v>
       </c>
       <c r="G176" s="27">
         <v>24</v>
       </c>
       <c r="H176" s="28">
         <v>17297347</v>
       </c>
       <c r="I176" s="27">
         <v>635</v>
       </c>
       <c r="J176" s="28">
         <v>360705810</v>
       </c>
       <c r="K176" s="27">
         <v>0</v>
       </c>
       <c r="L176" s="28">
         <v>0</v>
       </c>
       <c r="M176" s="27">
         <v>99</v>
       </c>
       <c r="N176" s="28">
         <v>15150346</v>
       </c>
       <c r="O176" s="32"/>
     </row>
-    <row r="177" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="177" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="26">
         <v>2021</v>
       </c>
       <c r="B177" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C177" s="27">
         <v>5503</v>
       </c>
       <c r="D177" s="28">
         <v>2724181669</v>
       </c>
       <c r="E177" s="27">
         <v>1125</v>
       </c>
       <c r="F177" s="28">
         <v>468987064</v>
       </c>
       <c r="G177" s="27">
         <v>408</v>
       </c>
       <c r="H177" s="28">
         <v>237984069</v>
       </c>
       <c r="I177" s="27">
         <v>3970</v>
       </c>
       <c r="J177" s="28">
         <v>1900159763</v>
       </c>
       <c r="K177" s="27">
         <v>0</v>
       </c>
       <c r="L177" s="28">
         <v>0</v>
       </c>
       <c r="M177" s="27">
         <v>933</v>
       </c>
       <c r="N177" s="28">
         <v>117050773</v>
       </c>
       <c r="O177" s="32"/>
     </row>
-    <row r="178" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="178" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="26">
         <v>2021</v>
       </c>
       <c r="B178" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C178" s="27">
         <v>2780</v>
       </c>
       <c r="D178" s="28">
         <v>1650452142</v>
       </c>
       <c r="E178" s="27">
         <v>756</v>
       </c>
       <c r="F178" s="28">
         <v>452903479</v>
       </c>
       <c r="G178" s="27">
         <v>64</v>
       </c>
       <c r="H178" s="28">
         <v>46253643</v>
       </c>
       <c r="I178" s="27">
         <v>1959</v>
       </c>
       <c r="J178" s="28">
         <v>1120589223</v>
       </c>
       <c r="K178" s="27">
         <v>1</v>
       </c>
       <c r="L178" s="28">
         <v>277259</v>
       </c>
       <c r="M178" s="27">
         <v>173</v>
       </c>
       <c r="N178" s="28">
         <v>30428538</v>
       </c>
       <c r="O178" s="32"/>
     </row>
-    <row r="179" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="179" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="26">
         <v>2021</v>
       </c>
       <c r="B179" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C179" s="27">
         <v>434</v>
       </c>
       <c r="D179" s="28">
         <v>345574292</v>
       </c>
       <c r="E179" s="27">
         <v>143</v>
       </c>
       <c r="F179" s="28">
         <v>107334956</v>
       </c>
       <c r="G179" s="27">
         <v>9</v>
       </c>
       <c r="H179" s="28">
         <v>5825536</v>
       </c>
       <c r="I179" s="27">
         <v>282</v>
       </c>
       <c r="J179" s="28">
         <v>211330706</v>
       </c>
       <c r="K179" s="27">
         <v>0</v>
       </c>
       <c r="L179" s="28">
         <v>0</v>
       </c>
       <c r="M179" s="27">
         <v>80</v>
       </c>
       <c r="N179" s="28">
         <v>21083094</v>
       </c>
       <c r="O179" s="32"/>
     </row>
-    <row r="180" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="180" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="26">
         <v>2021</v>
       </c>
       <c r="B180" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C180" s="27">
         <v>3787</v>
       </c>
       <c r="D180" s="28">
         <v>2192066397</v>
       </c>
       <c r="E180" s="27">
         <v>1012</v>
       </c>
       <c r="F180" s="28">
         <v>659347204</v>
       </c>
       <c r="G180" s="27">
         <v>112</v>
       </c>
       <c r="H180" s="28">
         <v>92156314</v>
       </c>
       <c r="I180" s="27">
         <v>2662</v>
       </c>
       <c r="J180" s="28">
         <v>1401700540</v>
       </c>
       <c r="K180" s="27">
         <v>1</v>
       </c>
       <c r="L180" s="28">
         <v>709917</v>
       </c>
       <c r="M180" s="27">
         <v>279</v>
       </c>
       <c r="N180" s="28">
         <v>38152422</v>
       </c>
       <c r="O180" s="32"/>
     </row>
-    <row r="181" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="181" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="26">
         <v>2021</v>
       </c>
       <c r="B181" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C181" s="27">
         <v>296</v>
       </c>
       <c r="D181" s="28">
         <v>135268689</v>
       </c>
       <c r="E181" s="27">
         <v>82</v>
       </c>
       <c r="F181" s="28">
         <v>35281640</v>
       </c>
       <c r="G181" s="27">
         <v>4</v>
       </c>
       <c r="H181" s="28">
         <v>2433404</v>
       </c>
       <c r="I181" s="27">
         <v>210</v>
       </c>
       <c r="J181" s="28">
         <v>91905593</v>
       </c>
       <c r="K181" s="27">
         <v>0</v>
       </c>
       <c r="L181" s="28">
         <v>0</v>
       </c>
       <c r="M181" s="27">
         <v>24</v>
       </c>
       <c r="N181" s="28">
         <v>5648052</v>
       </c>
       <c r="O181" s="32"/>
     </row>
-    <row r="182" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="182" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="26">
         <v>2021</v>
       </c>
       <c r="B182" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C182" s="27">
         <v>137</v>
       </c>
       <c r="D182" s="28">
         <v>62415621</v>
       </c>
       <c r="E182" s="27">
         <v>41</v>
       </c>
       <c r="F182" s="28">
         <v>20064748</v>
       </c>
       <c r="G182" s="27">
         <v>9</v>
       </c>
       <c r="H182" s="28">
         <v>6483063</v>
       </c>
       <c r="I182" s="27">
         <v>87</v>
       </c>
       <c r="J182" s="28">
         <v>29008197</v>
       </c>
       <c r="K182" s="27">
         <v>0</v>
       </c>
       <c r="L182" s="28">
         <v>0</v>
       </c>
       <c r="M182" s="27">
         <v>17</v>
       </c>
       <c r="N182" s="28">
         <v>6859613</v>
       </c>
       <c r="O182" s="32"/>
     </row>
-    <row r="183" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="183" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="26">
         <v>2021</v>
       </c>
       <c r="B183" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C183" s="27">
         <v>425</v>
       </c>
       <c r="D183" s="28">
         <v>592157141</v>
       </c>
       <c r="E183" s="27">
         <v>194</v>
       </c>
       <c r="F183" s="28">
         <v>142600430</v>
       </c>
       <c r="G183" s="27">
         <v>13</v>
       </c>
       <c r="H183" s="28">
         <v>31429614</v>
       </c>
       <c r="I183" s="27">
         <v>218</v>
       </c>
       <c r="J183" s="28">
         <v>371848124</v>
       </c>
       <c r="K183" s="27">
         <v>0</v>
       </c>
       <c r="L183" s="28">
         <v>0</v>
       </c>
       <c r="M183" s="27">
         <v>97</v>
       </c>
       <c r="N183" s="28">
         <v>46278973</v>
       </c>
       <c r="O183" s="32"/>
     </row>
-    <row r="184" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="184" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="38">
         <v>2021</v>
       </c>
       <c r="B184" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C184" s="33">
         <v>50410</v>
       </c>
       <c r="D184" s="34">
         <v>30172387202</v>
       </c>
       <c r="E184" s="33">
         <v>12808</v>
       </c>
       <c r="F184" s="34">
         <v>6652891770</v>
       </c>
       <c r="G184" s="33">
         <v>1974</v>
       </c>
       <c r="H184" s="34">
         <v>1942227007</v>
       </c>
       <c r="I184" s="33">
         <v>35604</v>
       </c>
       <c r="J184" s="34">
         <v>20566886297</v>
       </c>
       <c r="K184" s="33">
         <v>24</v>
       </c>
       <c r="L184" s="34">
         <v>36803856</v>
       </c>
       <c r="M184" s="33">
         <v>4638</v>
       </c>
       <c r="N184" s="34">
         <v>973578272</v>
       </c>
       <c r="O184" s="9"/>
     </row>
-    <row r="185" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="185" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="26">
         <v>2022</v>
       </c>
       <c r="B185" s="26" t="s">
         <v>0</v>
       </c>
       <c r="C185" s="27">
         <v>194</v>
       </c>
       <c r="D185" s="28">
         <v>51143397</v>
       </c>
       <c r="E185" s="27">
         <v>51</v>
       </c>
       <c r="F185" s="28">
         <v>10130818</v>
       </c>
       <c r="G185" s="27">
         <v>8</v>
       </c>
       <c r="H185" s="28">
         <v>2359525</v>
       </c>
       <c r="I185" s="27">
         <v>135</v>
       </c>
       <c r="J185" s="28">
         <v>36200093</v>
       </c>
       <c r="K185" s="27">
         <v>0</v>
       </c>
       <c r="L185" s="28">
         <v>0</v>
       </c>
       <c r="M185" s="27">
         <v>29</v>
       </c>
       <c r="N185" s="28">
         <v>2452961</v>
       </c>
       <c r="O185" s="9"/>
     </row>
-    <row r="186" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="186" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="26">
         <v>2022</v>
       </c>
       <c r="B186" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C186" s="27">
         <v>297</v>
       </c>
       <c r="D186" s="28">
         <v>603244237</v>
       </c>
       <c r="E186" s="27">
         <v>95</v>
       </c>
       <c r="F186" s="28">
         <v>49855254</v>
       </c>
       <c r="G186" s="27">
         <v>28</v>
       </c>
       <c r="H186" s="28">
         <v>125868204</v>
       </c>
       <c r="I186" s="27">
         <v>174</v>
       </c>
       <c r="J186" s="28">
         <v>413679475</v>
       </c>
       <c r="K186" s="27">
         <v>0</v>
       </c>
       <c r="L186" s="28">
         <v>0</v>
       </c>
       <c r="M186" s="27">
         <v>42</v>
       </c>
       <c r="N186" s="28">
         <v>13841304</v>
       </c>
       <c r="O186" s="35"/>
     </row>
-    <row r="187" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="187" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="26">
         <v>2022</v>
       </c>
       <c r="B187" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C187" s="27">
         <v>271</v>
       </c>
       <c r="D187" s="28">
         <v>172342227</v>
       </c>
       <c r="E187" s="27">
         <v>87</v>
       </c>
       <c r="F187" s="28">
         <v>54004732</v>
       </c>
       <c r="G187" s="27">
         <v>7</v>
       </c>
       <c r="H187" s="28">
         <v>6990205</v>
       </c>
       <c r="I187" s="27">
         <v>177</v>
       </c>
       <c r="J187" s="28">
         <v>104822811</v>
       </c>
       <c r="K187" s="27">
         <v>0</v>
       </c>
       <c r="L187" s="28">
         <v>0</v>
       </c>
       <c r="M187" s="27">
         <v>38</v>
       </c>
       <c r="N187" s="28">
         <v>6524479</v>
       </c>
       <c r="O187" s="8"/>
     </row>
-    <row r="188" spans="1:15" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:15" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="26">
         <v>2022</v>
       </c>
       <c r="B188" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C188" s="27">
         <v>6776</v>
       </c>
       <c r="D188" s="28">
         <v>4165433766</v>
       </c>
       <c r="E188" s="27">
         <v>1611</v>
       </c>
       <c r="F188" s="28">
         <v>771853974</v>
       </c>
       <c r="G188" s="27">
         <v>183</v>
       </c>
       <c r="H188" s="28">
         <v>202926046</v>
       </c>
       <c r="I188" s="27">
         <v>4970</v>
       </c>
       <c r="J188" s="28">
         <v>3069282678</v>
       </c>
       <c r="K188" s="27">
         <v>12</v>
       </c>
       <c r="L188" s="28">
         <v>3362831</v>
       </c>
       <c r="M188" s="27">
         <v>624</v>
       </c>
       <c r="N188" s="28">
         <v>118008237</v>
       </c>
       <c r="O188" s="8"/>
     </row>
-    <row r="189" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="189" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="26">
         <v>2022</v>
       </c>
       <c r="B189" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C189" s="27">
         <v>1484</v>
       </c>
       <c r="D189" s="28">
         <v>664623572</v>
       </c>
       <c r="E189" s="27">
         <v>309</v>
       </c>
       <c r="F189" s="28">
         <v>126290447</v>
       </c>
       <c r="G189" s="27">
         <v>95</v>
       </c>
       <c r="H189" s="28">
         <v>46369751</v>
       </c>
       <c r="I189" s="27">
         <v>1080</v>
       </c>
       <c r="J189" s="28">
         <v>479135732</v>
       </c>
       <c r="K189" s="27">
         <v>0</v>
       </c>
       <c r="L189" s="28">
         <v>0</v>
       </c>
       <c r="M189" s="27">
         <v>123</v>
       </c>
       <c r="N189" s="28">
         <v>12827642</v>
       </c>
       <c r="O189" s="9"/>
     </row>
-    <row r="190" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="190" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="26">
         <v>2022</v>
       </c>
       <c r="B190" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C190" s="27">
         <v>548</v>
       </c>
       <c r="D190" s="28">
         <v>475284115</v>
       </c>
       <c r="E190" s="27">
         <v>144</v>
       </c>
       <c r="F190" s="28">
         <v>90713338</v>
       </c>
       <c r="G190" s="27">
         <v>19</v>
       </c>
       <c r="H190" s="28">
         <v>22699035</v>
       </c>
       <c r="I190" s="27">
         <v>385</v>
       </c>
       <c r="J190" s="28">
         <v>339036389</v>
       </c>
       <c r="K190" s="27">
         <v>0</v>
       </c>
       <c r="L190" s="28">
         <v>0</v>
       </c>
       <c r="M190" s="27">
         <v>74</v>
       </c>
       <c r="N190" s="28">
         <v>22835353</v>
       </c>
       <c r="O190" s="9"/>
     </row>
-    <row r="191" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="191" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="26">
         <v>2022</v>
       </c>
       <c r="B191" s="26" t="s">
         <v>5</v>
       </c>
       <c r="C191" s="27">
         <v>5099</v>
       </c>
       <c r="D191" s="28">
         <v>2944901837</v>
       </c>
       <c r="E191" s="27">
         <v>1207</v>
       </c>
       <c r="F191" s="28">
         <v>633197778</v>
       </c>
       <c r="G191" s="27">
         <v>169</v>
       </c>
       <c r="H191" s="28">
         <v>116098617</v>
       </c>
       <c r="I191" s="27">
         <v>3723</v>
       </c>
       <c r="J191" s="28">
         <v>2159529633</v>
       </c>
       <c r="K191" s="27">
         <v>0</v>
       </c>
       <c r="L191" s="28">
         <v>0</v>
       </c>
       <c r="M191" s="27">
         <v>291</v>
       </c>
       <c r="N191" s="28">
         <v>36075809</v>
       </c>
       <c r="O191" s="9"/>
     </row>
-    <row r="192" spans="1:15" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:15" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="26">
         <v>2022</v>
       </c>
       <c r="B192" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C192" s="27">
         <v>4004</v>
       </c>
       <c r="D192" s="28">
         <v>3426354775</v>
       </c>
       <c r="E192" s="27">
         <v>1267</v>
       </c>
       <c r="F192" s="28">
         <v>944074305</v>
       </c>
       <c r="G192" s="27">
         <v>97</v>
       </c>
       <c r="H192" s="28">
         <v>190169068</v>
       </c>
       <c r="I192" s="27">
         <v>2639</v>
       </c>
       <c r="J192" s="28">
         <v>2139567306</v>
       </c>
       <c r="K192" s="27">
         <v>1</v>
       </c>
       <c r="L192" s="28">
         <v>1140779</v>
       </c>
       <c r="M192" s="27">
         <v>508</v>
       </c>
       <c r="N192" s="28">
         <v>151403317</v>
       </c>
       <c r="O192" s="36"/>
     </row>
-    <row r="193" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="193" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="26">
         <v>2022</v>
       </c>
       <c r="B193" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C193" s="27">
         <v>946</v>
       </c>
       <c r="D193" s="28">
         <v>417263307</v>
       </c>
       <c r="E193" s="27">
         <v>227</v>
       </c>
       <c r="F193" s="28">
         <v>83910282</v>
       </c>
       <c r="G193" s="27">
         <v>48</v>
       </c>
       <c r="H193" s="28">
         <v>24004574</v>
       </c>
       <c r="I193" s="27">
         <v>671</v>
       </c>
       <c r="J193" s="28">
         <v>300472454</v>
       </c>
       <c r="K193" s="27">
         <v>0</v>
       </c>
       <c r="L193" s="28">
         <v>0</v>
       </c>
       <c r="M193" s="27">
         <v>67</v>
       </c>
       <c r="N193" s="28">
         <v>8875997</v>
       </c>
       <c r="O193" s="9"/>
     </row>
-    <row r="194" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="194" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="26">
         <v>2022</v>
       </c>
       <c r="B194" s="26" t="s">
         <v>8</v>
       </c>
       <c r="C194" s="27">
         <v>5718</v>
       </c>
       <c r="D194" s="28">
         <v>3905830250</v>
       </c>
       <c r="E194" s="27">
         <v>1371</v>
       </c>
       <c r="F194" s="28">
         <v>692815698</v>
       </c>
       <c r="G194" s="27">
         <v>180</v>
       </c>
       <c r="H194" s="28">
         <v>168958901</v>
       </c>
       <c r="I194" s="27">
         <v>4167</v>
       </c>
       <c r="J194" s="28">
         <v>2978768077</v>
       </c>
       <c r="K194" s="27">
         <v>0</v>
       </c>
       <c r="L194" s="28">
         <v>0</v>
       </c>
       <c r="M194" s="27">
         <v>190</v>
       </c>
       <c r="N194" s="28">
         <v>65287574</v>
       </c>
       <c r="O194" s="9"/>
     </row>
-    <row r="195" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="195" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="26">
         <v>2022</v>
       </c>
       <c r="B195" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C195" s="27">
         <v>1285</v>
       </c>
       <c r="D195" s="28">
         <v>588249385</v>
       </c>
       <c r="E195" s="27">
         <v>368</v>
       </c>
       <c r="F195" s="28">
         <v>166448160</v>
       </c>
       <c r="G195" s="27">
         <v>41</v>
       </c>
       <c r="H195" s="28">
         <v>23996910</v>
       </c>
       <c r="I195" s="27">
         <v>875</v>
       </c>
       <c r="J195" s="28">
         <v>381959635</v>
       </c>
       <c r="K195" s="27">
         <v>1</v>
       </c>
       <c r="L195" s="28">
         <v>738890</v>
       </c>
       <c r="M195" s="27">
         <v>107</v>
       </c>
       <c r="N195" s="28">
         <v>15105790</v>
       </c>
       <c r="O195" s="9"/>
     </row>
-    <row r="196" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="196" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="26">
         <v>2022</v>
       </c>
       <c r="B196" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C196" s="27">
         <v>836</v>
       </c>
       <c r="D196" s="28">
         <v>377187296</v>
       </c>
       <c r="E196" s="27">
         <v>276</v>
       </c>
       <c r="F196" s="28">
         <v>103777749</v>
       </c>
       <c r="G196" s="27">
         <v>25</v>
       </c>
       <c r="H196" s="28">
         <v>18396308</v>
       </c>
       <c r="I196" s="27">
         <v>535</v>
       </c>
       <c r="J196" s="28">
         <v>241432546</v>
       </c>
       <c r="K196" s="27">
         <v>0</v>
       </c>
       <c r="L196" s="28">
         <v>0</v>
       </c>
       <c r="M196" s="27">
         <v>61</v>
       </c>
       <c r="N196" s="28">
         <v>13580693</v>
       </c>
       <c r="O196" s="9"/>
     </row>
-    <row r="197" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="197" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="26">
         <v>2022</v>
       </c>
       <c r="B197" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C197" s="27">
         <v>2402</v>
       </c>
       <c r="D197" s="28">
         <v>1198165015</v>
       </c>
       <c r="E197" s="27">
         <v>611</v>
       </c>
       <c r="F197" s="28">
         <v>272770514</v>
       </c>
       <c r="G197" s="27">
         <v>77</v>
       </c>
       <c r="H197" s="28">
         <v>60675723</v>
       </c>
       <c r="I197" s="27">
         <v>1714</v>
       </c>
       <c r="J197" s="28">
         <v>829695304</v>
       </c>
       <c r="K197" s="27">
         <v>0</v>
       </c>
       <c r="L197" s="28">
         <v>0</v>
       </c>
       <c r="M197" s="27">
         <v>164</v>
       </c>
       <c r="N197" s="28">
         <v>35023474</v>
       </c>
       <c r="O197" s="9"/>
     </row>
-    <row r="198" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="198" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="26">
         <v>2022</v>
       </c>
       <c r="B198" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C198" s="27">
         <v>1855</v>
       </c>
       <c r="D198" s="28">
         <v>1302936561</v>
       </c>
       <c r="E198" s="27">
         <v>510</v>
       </c>
       <c r="F198" s="28">
         <v>334624313</v>
       </c>
       <c r="G198" s="27">
         <v>48</v>
       </c>
       <c r="H198" s="28">
         <v>40365309</v>
       </c>
       <c r="I198" s="27">
         <v>1297</v>
       </c>
       <c r="J198" s="28">
         <v>840933685</v>
       </c>
       <c r="K198" s="27">
         <v>0</v>
       </c>
       <c r="L198" s="28">
         <v>0</v>
       </c>
       <c r="M198" s="27">
         <v>219</v>
       </c>
       <c r="N198" s="28">
         <v>87013254</v>
       </c>
       <c r="O198" s="9"/>
     </row>
-    <row r="199" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="199" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="26">
         <v>2022</v>
       </c>
       <c r="B199" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="27">
         <v>905</v>
       </c>
       <c r="D199" s="28">
         <v>411868590</v>
       </c>
       <c r="E199" s="27">
         <v>205</v>
       </c>
       <c r="F199" s="28">
         <v>82863376</v>
       </c>
       <c r="G199" s="27">
         <v>46</v>
       </c>
       <c r="H199" s="28">
         <v>26911042</v>
       </c>
       <c r="I199" s="27">
         <v>654</v>
       </c>
       <c r="J199" s="28">
         <v>289009995</v>
       </c>
       <c r="K199" s="27">
         <v>0</v>
       </c>
       <c r="L199" s="28">
         <v>0</v>
       </c>
       <c r="M199" s="27">
         <v>100</v>
       </c>
       <c r="N199" s="28">
         <v>13084177</v>
       </c>
       <c r="O199" s="9"/>
     </row>
-    <row r="200" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="200" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="26">
         <v>2022</v>
       </c>
       <c r="B200" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="27">
         <v>796</v>
       </c>
       <c r="D200" s="28">
         <v>365222275</v>
       </c>
       <c r="E200" s="27">
         <v>205</v>
       </c>
       <c r="F200" s="28">
         <v>84566525</v>
       </c>
       <c r="G200" s="27">
         <v>26</v>
       </c>
       <c r="H200" s="28">
         <v>12092293</v>
       </c>
       <c r="I200" s="27">
         <v>565</v>
       </c>
       <c r="J200" s="28">
         <v>260895157</v>
       </c>
       <c r="K200" s="27">
         <v>0</v>
       </c>
       <c r="L200" s="28">
         <v>0</v>
       </c>
       <c r="M200" s="27">
         <v>66</v>
       </c>
       <c r="N200" s="28">
         <v>7668300</v>
       </c>
       <c r="O200" s="9"/>
     </row>
-    <row r="201" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="201" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="26">
         <v>2022</v>
       </c>
       <c r="B201" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C201" s="27">
         <v>3700</v>
       </c>
       <c r="D201" s="28">
         <v>1894588295</v>
       </c>
       <c r="E201" s="27">
         <v>788</v>
       </c>
       <c r="F201" s="28">
         <v>346446327</v>
       </c>
       <c r="G201" s="27">
         <v>154</v>
       </c>
       <c r="H201" s="28">
         <v>103109306</v>
       </c>
       <c r="I201" s="27">
         <v>2755</v>
       </c>
       <c r="J201" s="28">
         <v>1389000375</v>
       </c>
       <c r="K201" s="27">
         <v>3</v>
       </c>
       <c r="L201" s="28">
         <v>16906576</v>
       </c>
       <c r="M201" s="27">
         <v>257</v>
       </c>
       <c r="N201" s="28">
         <v>39125711</v>
       </c>
       <c r="O201" s="9"/>
     </row>
-    <row r="202" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="202" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="26">
         <v>2022</v>
       </c>
       <c r="B202" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C202" s="27">
         <v>876</v>
       </c>
       <c r="D202" s="28">
         <v>470976407</v>
       </c>
       <c r="E202" s="27">
         <v>211</v>
       </c>
       <c r="F202" s="28">
         <v>90961158</v>
       </c>
       <c r="G202" s="27">
         <v>45</v>
       </c>
       <c r="H202" s="28">
         <v>39151908</v>
       </c>
       <c r="I202" s="27">
         <v>620</v>
       </c>
       <c r="J202" s="28">
         <v>333412052</v>
       </c>
       <c r="K202" s="27">
         <v>0</v>
       </c>
       <c r="L202" s="28">
         <v>0</v>
       </c>
       <c r="M202" s="27">
         <v>70</v>
       </c>
       <c r="N202" s="28">
         <v>7451289</v>
       </c>
       <c r="O202" s="9"/>
     </row>
-    <row r="203" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="203" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="26">
         <v>2022</v>
       </c>
       <c r="B203" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C203" s="27">
         <v>5595</v>
       </c>
       <c r="D203" s="28">
         <v>2748153520</v>
       </c>
       <c r="E203" s="27">
         <v>1147</v>
       </c>
       <c r="F203" s="28">
         <v>461464740</v>
       </c>
       <c r="G203" s="27">
         <v>349</v>
       </c>
       <c r="H203" s="28">
         <v>199519375</v>
       </c>
       <c r="I203" s="27">
         <v>4099</v>
       </c>
       <c r="J203" s="28">
         <v>1972170754</v>
       </c>
       <c r="K203" s="27">
         <v>0</v>
       </c>
       <c r="L203" s="28">
         <v>0</v>
       </c>
       <c r="M203" s="27">
         <v>897</v>
       </c>
       <c r="N203" s="28">
         <v>114998651</v>
       </c>
       <c r="O203" s="9"/>
     </row>
-    <row r="204" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="204" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="26">
         <v>2022</v>
       </c>
       <c r="B204" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C204" s="27">
         <v>2919</v>
       </c>
       <c r="D204" s="28">
         <v>1742606765</v>
       </c>
       <c r="E204" s="27">
         <v>780</v>
       </c>
       <c r="F204" s="28">
         <v>525631895</v>
       </c>
       <c r="G204" s="27">
         <v>84</v>
       </c>
       <c r="H204" s="28">
         <v>69904133</v>
       </c>
       <c r="I204" s="27">
         <v>2055</v>
       </c>
       <c r="J204" s="28">
         <v>1111221397</v>
       </c>
       <c r="K204" s="27">
         <v>0</v>
       </c>
       <c r="L204" s="28">
         <v>0</v>
       </c>
       <c r="M204" s="27">
         <v>240</v>
       </c>
       <c r="N204" s="28">
         <v>35849340</v>
       </c>
       <c r="O204" s="9"/>
     </row>
-    <row r="205" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="205" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="26">
         <v>2022</v>
       </c>
       <c r="B205" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C205" s="27">
         <v>535</v>
       </c>
       <c r="D205" s="28">
         <v>400205842</v>
       </c>
       <c r="E205" s="27">
         <v>208</v>
       </c>
       <c r="F205" s="28">
         <v>107471698</v>
       </c>
       <c r="G205" s="27">
         <v>17</v>
       </c>
       <c r="H205" s="28">
         <v>30126991</v>
       </c>
       <c r="I205" s="27">
         <v>310</v>
       </c>
       <c r="J205" s="28">
         <v>230674504</v>
       </c>
       <c r="K205" s="27">
         <v>0</v>
       </c>
       <c r="L205" s="28">
         <v>0</v>
       </c>
       <c r="M205" s="27">
         <v>88</v>
       </c>
       <c r="N205" s="28">
         <v>31932649</v>
       </c>
       <c r="O205" s="9"/>
     </row>
-    <row r="206" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="206" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="26">
         <v>2022</v>
       </c>
       <c r="B206" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C206" s="27">
         <v>4002</v>
       </c>
       <c r="D206" s="28">
         <v>2369139731</v>
       </c>
       <c r="E206" s="27">
         <v>1087</v>
       </c>
       <c r="F206" s="28">
         <v>741939702</v>
       </c>
       <c r="G206" s="27">
         <v>141</v>
       </c>
       <c r="H206" s="28">
         <v>111017713</v>
       </c>
       <c r="I206" s="27">
         <v>2774</v>
       </c>
       <c r="J206" s="28">
         <v>1465771476</v>
       </c>
       <c r="K206" s="27">
         <v>0</v>
       </c>
       <c r="L206" s="28">
         <v>0</v>
       </c>
       <c r="M206" s="27">
         <v>343</v>
       </c>
       <c r="N206" s="28">
         <v>50410840</v>
       </c>
       <c r="O206" s="9"/>
     </row>
-    <row r="207" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="207" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="26">
         <v>2022</v>
       </c>
       <c r="B207" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C207" s="27">
         <v>298</v>
       </c>
       <c r="D207" s="28">
         <v>144030730</v>
       </c>
       <c r="E207" s="27">
         <v>81</v>
       </c>
       <c r="F207" s="28">
         <v>40244175</v>
       </c>
       <c r="G207" s="27">
         <v>4</v>
       </c>
       <c r="H207" s="28">
         <v>3182629</v>
       </c>
       <c r="I207" s="27">
         <v>213</v>
       </c>
       <c r="J207" s="28">
         <v>98847338</v>
       </c>
       <c r="K207" s="27">
         <v>0</v>
       </c>
       <c r="L207" s="28">
         <v>0</v>
       </c>
       <c r="M207" s="27">
         <v>11</v>
       </c>
       <c r="N207" s="28">
         <v>1756588</v>
       </c>
       <c r="O207" s="9"/>
     </row>
-    <row r="208" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="208" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="26">
         <v>2022</v>
       </c>
       <c r="B208" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C208" s="27">
         <v>159</v>
       </c>
       <c r="D208" s="28">
         <v>66484546</v>
       </c>
       <c r="E208" s="27">
         <v>50</v>
       </c>
       <c r="F208" s="28">
         <v>19550565</v>
       </c>
       <c r="G208" s="27">
         <v>2</v>
       </c>
       <c r="H208" s="28">
         <v>1071971</v>
       </c>
       <c r="I208" s="27">
         <v>107</v>
       </c>
       <c r="J208" s="28">
         <v>44540003</v>
       </c>
       <c r="K208" s="27">
         <v>0</v>
       </c>
       <c r="L208" s="28">
         <v>0</v>
       </c>
       <c r="M208" s="27">
         <v>8</v>
       </c>
       <c r="N208" s="28">
         <v>1322007</v>
       </c>
       <c r="O208" s="9"/>
     </row>
-    <row r="209" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="209" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="26">
         <v>2022</v>
       </c>
       <c r="B209" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C209" s="27">
         <v>476</v>
       </c>
       <c r="D209" s="28">
         <v>613403423</v>
       </c>
       <c r="E209" s="27">
         <v>240</v>
       </c>
       <c r="F209" s="28">
         <v>131907609</v>
       </c>
       <c r="G209" s="27">
         <v>13</v>
       </c>
       <c r="H209" s="28">
         <v>36128830</v>
       </c>
       <c r="I209" s="27">
         <v>223</v>
       </c>
       <c r="J209" s="28">
         <v>362153685</v>
       </c>
       <c r="K209" s="27">
         <v>0</v>
       </c>
       <c r="L209" s="28">
         <v>0</v>
       </c>
       <c r="M209" s="27">
         <v>119</v>
       </c>
       <c r="N209" s="28">
         <v>83213299</v>
       </c>
       <c r="O209" s="9"/>
     </row>
-    <row r="210" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="210" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="38">
         <v>2022</v>
       </c>
       <c r="B210" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C210" s="33">
         <v>51976</v>
       </c>
       <c r="D210" s="34">
         <v>31519639864</v>
       </c>
       <c r="E210" s="33">
         <v>13136</v>
       </c>
       <c r="F210" s="34">
         <v>6967515132</v>
       </c>
       <c r="G210" s="33">
         <v>1906</v>
       </c>
       <c r="H210" s="34">
         <v>1682094367</v>
       </c>
       <c r="I210" s="33">
         <v>36917</v>
       </c>
       <c r="J210" s="34">
         <v>21872212554</v>
       </c>
       <c r="K210" s="33">
         <v>17</v>
       </c>
       <c r="L210" s="34">
         <v>22149076</v>
       </c>
       <c r="M210" s="33">
         <v>4736</v>
       </c>
       <c r="N210" s="34">
         <v>975668735</v>
       </c>
       <c r="O210" s="9"/>
     </row>
-    <row r="211" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="211" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="26">
         <v>2023</v>
       </c>
       <c r="B211" s="26" t="s">
         <v>0</v>
       </c>
       <c r="C211" s="27">
         <v>200</v>
       </c>
       <c r="D211" s="28">
         <v>54797853</v>
       </c>
       <c r="E211" s="27">
         <v>46</v>
       </c>
       <c r="F211" s="28">
         <v>11801706</v>
       </c>
       <c r="G211" s="27">
         <v>3</v>
       </c>
       <c r="H211" s="28">
         <v>741703</v>
       </c>
       <c r="I211" s="27">
         <v>151</v>
       </c>
       <c r="J211" s="28">
         <v>38449663</v>
       </c>
       <c r="K211" s="27">
         <v>0</v>
       </c>
       <c r="L211" s="28">
         <v>0</v>
       </c>
       <c r="M211" s="27">
         <v>26</v>
       </c>
       <c r="N211" s="28">
         <v>3804781</v>
       </c>
       <c r="O211" s="9"/>
     </row>
-    <row r="212" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="212" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="26">
         <v>2023</v>
       </c>
       <c r="B212" s="26" t="s">
         <v>1</v>
       </c>
       <c r="C212" s="27">
         <v>314</v>
       </c>
       <c r="D212" s="28">
         <v>607628248</v>
       </c>
       <c r="E212" s="27">
         <v>127</v>
       </c>
       <c r="F212" s="28">
         <v>164538173</v>
       </c>
       <c r="G212" s="27">
         <v>2</v>
       </c>
       <c r="H212" s="28">
         <v>1980254</v>
       </c>
       <c r="I212" s="27">
         <v>185</v>
       </c>
       <c r="J212" s="28">
         <v>421170887</v>
       </c>
       <c r="K212" s="27">
         <v>0</v>
       </c>
       <c r="L212" s="28">
         <v>0</v>
       </c>
       <c r="M212" s="27">
         <v>38</v>
       </c>
       <c r="N212" s="28">
         <v>19938934</v>
       </c>
       <c r="O212" s="9"/>
     </row>
-    <row r="213" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="213" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="26">
         <v>2023</v>
       </c>
       <c r="B213" s="26" t="s">
         <v>24</v>
       </c>
       <c r="C213" s="27">
         <v>267</v>
       </c>
       <c r="D213" s="28">
         <v>154828307</v>
       </c>
       <c r="E213" s="27">
         <v>71</v>
       </c>
       <c r="F213" s="28">
         <v>32817263</v>
       </c>
       <c r="G213" s="27">
         <v>4</v>
       </c>
       <c r="H213" s="28">
         <v>1562402</v>
       </c>
       <c r="I213" s="27">
         <v>192</v>
       </c>
       <c r="J213" s="28">
         <v>114828345</v>
       </c>
       <c r="K213" s="27">
         <v>0</v>
       </c>
       <c r="L213" s="28">
         <v>0</v>
       </c>
       <c r="M213" s="27">
         <v>34</v>
       </c>
       <c r="N213" s="28">
         <v>5620297</v>
       </c>
       <c r="O213" s="9"/>
     </row>
-    <row r="214" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="214" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="26">
         <v>2023</v>
       </c>
       <c r="B214" s="26" t="s">
         <v>2</v>
       </c>
       <c r="C214" s="27">
         <v>7020</v>
       </c>
       <c r="D214" s="28">
         <v>4416030791</v>
       </c>
       <c r="E214" s="27">
         <v>1579</v>
       </c>
       <c r="F214" s="28">
         <v>774629065</v>
       </c>
       <c r="G214" s="27">
         <v>179</v>
       </c>
       <c r="H214" s="28">
         <v>199315371</v>
       </c>
       <c r="I214" s="27">
         <v>5261</v>
       </c>
       <c r="J214" s="28">
         <v>3264309843</v>
       </c>
       <c r="K214" s="27">
         <v>1</v>
       </c>
       <c r="L214" s="28">
         <v>235632</v>
       </c>
       <c r="M214" s="27">
         <v>685</v>
       </c>
       <c r="N214" s="28">
         <v>177540880</v>
       </c>
       <c r="O214" s="9"/>
     </row>
-    <row r="215" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="215" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="26">
         <v>2023</v>
       </c>
       <c r="B215" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C215" s="27">
         <v>1486</v>
       </c>
       <c r="D215" s="28">
         <v>694572855</v>
       </c>
       <c r="E215" s="27">
         <v>324</v>
       </c>
       <c r="F215" s="28">
         <v>134856153</v>
       </c>
       <c r="G215" s="27">
         <v>85</v>
       </c>
       <c r="H215" s="28">
         <v>44271086</v>
       </c>
       <c r="I215" s="27">
         <v>1077</v>
       </c>
       <c r="J215" s="28">
         <v>501533999</v>
       </c>
       <c r="K215" s="27">
         <v>0</v>
       </c>
       <c r="L215" s="28">
         <v>0</v>
       </c>
       <c r="M215" s="27">
         <v>91</v>
       </c>
       <c r="N215" s="28">
         <v>13911617</v>
       </c>
       <c r="O215" s="9"/>
     </row>
-    <row r="216" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="216" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="26">
         <v>2023</v>
       </c>
       <c r="B216" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C216" s="27">
         <v>563</v>
       </c>
       <c r="D216" s="28">
         <v>480360061</v>
       </c>
       <c r="E216" s="27">
         <v>136</v>
       </c>
       <c r="F216" s="28">
         <v>80258258</v>
       </c>
       <c r="G216" s="27">
         <v>25</v>
       </c>
       <c r="H216" s="28">
         <v>23729722</v>
       </c>
       <c r="I216" s="27">
         <v>402</v>
       </c>
       <c r="J216" s="28">
         <v>353446803</v>
       </c>
       <c r="K216" s="27">
         <v>0</v>
       </c>
       <c r="L216" s="28">
         <v>0</v>
       </c>
       <c r="M216" s="27">
         <v>83</v>
       </c>
       <c r="N216" s="28">
         <v>22925278</v>
       </c>
       <c r="O216" s="9"/>
     </row>
-    <row r="217" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="217" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="26">
         <v>2023</v>
       </c>
       <c r="B217" s="26" t="s">
         <v>5</v>
       </c>
       <c r="C217" s="27">
         <v>5077</v>
       </c>
       <c r="D217" s="28">
         <v>2991107697</v>
       </c>
       <c r="E217" s="27">
         <v>1160</v>
       </c>
       <c r="F217" s="28">
         <v>621705904</v>
       </c>
       <c r="G217" s="27">
         <v>143</v>
       </c>
       <c r="H217" s="28">
         <v>111139214</v>
       </c>
       <c r="I217" s="27">
         <v>3774</v>
       </c>
       <c r="J217" s="28">
         <v>2203121517</v>
       </c>
       <c r="K217" s="27">
         <v>0</v>
       </c>
       <c r="L217" s="28">
         <v>0</v>
       </c>
       <c r="M217" s="27">
         <v>356</v>
       </c>
       <c r="N217" s="28">
         <v>55141062</v>
       </c>
       <c r="O217" s="9"/>
     </row>
-    <row r="218" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="218" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="26">
         <v>2023</v>
       </c>
       <c r="B218" s="26" t="s">
         <v>6</v>
       </c>
       <c r="C218" s="27">
         <v>4128</v>
       </c>
       <c r="D218" s="28">
         <v>3629717889</v>
       </c>
       <c r="E218" s="27">
         <v>1191</v>
       </c>
       <c r="F218" s="28">
         <v>929557628</v>
       </c>
       <c r="G218" s="27">
         <v>119</v>
       </c>
       <c r="H218" s="28">
         <v>190188001</v>
       </c>
       <c r="I218" s="27">
         <v>2816</v>
       </c>
       <c r="J218" s="28">
         <v>2377886045</v>
       </c>
       <c r="K218" s="27">
         <v>2</v>
       </c>
       <c r="L218" s="28">
         <v>10699223</v>
       </c>
       <c r="M218" s="27">
         <v>411</v>
       </c>
       <c r="N218" s="28">
         <v>121386992</v>
       </c>
       <c r="O218" s="9"/>
     </row>
-    <row r="219" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="219" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="26">
         <v>2023</v>
       </c>
       <c r="B219" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C219" s="27">
         <v>950</v>
       </c>
       <c r="D219" s="28">
         <v>430963008</v>
       </c>
       <c r="E219" s="27">
         <v>251</v>
       </c>
       <c r="F219" s="28">
         <v>99846373</v>
       </c>
       <c r="G219" s="27">
         <v>29</v>
       </c>
       <c r="H219" s="28">
         <v>19511688</v>
       </c>
       <c r="I219" s="27">
         <v>670</v>
       </c>
       <c r="J219" s="28">
         <v>300127704</v>
       </c>
       <c r="K219" s="27">
         <v>0</v>
       </c>
       <c r="L219" s="28">
         <v>0</v>
       </c>
       <c r="M219" s="27">
         <v>81</v>
       </c>
       <c r="N219" s="28">
         <v>11477243</v>
       </c>
       <c r="O219" s="9"/>
     </row>
-    <row r="220" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="220" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="26">
         <v>2023</v>
       </c>
       <c r="B220" s="26" t="s">
         <v>8</v>
       </c>
       <c r="C220" s="27">
         <v>5640</v>
       </c>
       <c r="D220" s="28">
         <v>3966192072</v>
       </c>
       <c r="E220" s="27">
         <v>1512</v>
       </c>
       <c r="F220" s="28">
         <v>737492458</v>
       </c>
       <c r="G220" s="27">
         <v>212</v>
       </c>
       <c r="H220" s="28">
         <v>164345399</v>
       </c>
       <c r="I220" s="27">
         <v>3916</v>
       </c>
       <c r="J220" s="28">
         <v>3011078164</v>
       </c>
       <c r="K220" s="27">
         <v>0</v>
       </c>
       <c r="L220" s="28">
         <v>0</v>
       </c>
       <c r="M220" s="27">
         <v>290</v>
       </c>
       <c r="N220" s="28">
         <v>53276051</v>
       </c>
       <c r="O220" s="9"/>
     </row>
-    <row r="221" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="221" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="26">
         <v>2023</v>
       </c>
       <c r="B221" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C221" s="27">
         <v>1314</v>
       </c>
       <c r="D221" s="28">
         <v>604441891</v>
       </c>
       <c r="E221" s="27">
         <v>329</v>
       </c>
       <c r="F221" s="28">
         <v>125916809</v>
       </c>
       <c r="G221" s="27">
         <v>45</v>
       </c>
       <c r="H221" s="28">
         <v>37683252</v>
       </c>
       <c r="I221" s="27">
         <v>940</v>
       </c>
       <c r="J221" s="28">
         <v>415685386</v>
       </c>
       <c r="K221" s="27">
         <v>0</v>
       </c>
       <c r="L221" s="28">
         <v>0</v>
       </c>
       <c r="M221" s="27">
         <v>122</v>
       </c>
       <c r="N221" s="28">
         <v>25156444</v>
       </c>
       <c r="O221" s="9"/>
     </row>
-    <row r="222" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="222" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="26">
         <v>2023</v>
       </c>
       <c r="B222" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C222" s="27">
         <v>832</v>
       </c>
       <c r="D222" s="28">
         <v>391449915</v>
       </c>
       <c r="E222" s="27">
         <v>226</v>
       </c>
       <c r="F222" s="28">
         <v>94363701</v>
       </c>
       <c r="G222" s="27">
         <v>25</v>
       </c>
       <c r="H222" s="28">
         <v>18987331</v>
       </c>
       <c r="I222" s="27">
         <v>581</v>
       </c>
       <c r="J222" s="28">
         <v>271209980</v>
       </c>
       <c r="K222" s="27">
         <v>0</v>
       </c>
       <c r="L222" s="28">
         <v>0</v>
       </c>
       <c r="M222" s="27">
         <v>42</v>
       </c>
       <c r="N222" s="28">
         <v>6888903</v>
       </c>
       <c r="O222" s="9"/>
     </row>
-    <row r="223" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="223" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="26">
         <v>2023</v>
       </c>
       <c r="B223" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C223" s="27">
         <v>2494</v>
       </c>
       <c r="D223" s="28">
         <v>1334474517</v>
       </c>
       <c r="E223" s="27">
         <v>681</v>
       </c>
       <c r="F223" s="28">
         <v>334881750</v>
       </c>
       <c r="G223" s="27">
         <v>99</v>
       </c>
       <c r="H223" s="28">
         <v>70014109</v>
       </c>
       <c r="I223" s="27">
         <v>1713</v>
       </c>
       <c r="J223" s="28">
         <v>879711269</v>
       </c>
       <c r="K223" s="27">
         <v>1</v>
       </c>
       <c r="L223" s="28">
         <v>746968</v>
       </c>
       <c r="M223" s="27">
         <v>173</v>
       </c>
       <c r="N223" s="28">
         <v>49120421</v>
       </c>
       <c r="O223" s="9"/>
     </row>
-    <row r="224" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="224" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="26">
         <v>2023</v>
       </c>
       <c r="B224" s="26" t="s">
         <v>12</v>
       </c>
       <c r="C224" s="27">
         <v>1896</v>
       </c>
       <c r="D224" s="28">
         <v>1306968033</v>
       </c>
       <c r="E224" s="27">
         <v>518</v>
       </c>
       <c r="F224" s="28">
         <v>330247145</v>
       </c>
       <c r="G224" s="27">
         <v>50</v>
       </c>
       <c r="H224" s="28">
         <v>40925045</v>
       </c>
       <c r="I224" s="27">
         <v>1327</v>
       </c>
       <c r="J224" s="28">
         <v>892187561</v>
       </c>
       <c r="K224" s="27">
         <v>1</v>
       </c>
       <c r="L224" s="28">
         <v>107596</v>
       </c>
       <c r="M224" s="27">
         <v>182</v>
       </c>
       <c r="N224" s="28">
         <v>43500686</v>
       </c>
       <c r="O224" s="9"/>
     </row>
-    <row r="225" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="225" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="26">
         <v>2023</v>
       </c>
       <c r="B225" s="26" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="27">
         <v>909</v>
       </c>
       <c r="D225" s="28">
         <v>426584298</v>
       </c>
       <c r="E225" s="27">
         <v>189</v>
       </c>
       <c r="F225" s="28">
         <v>79987613</v>
       </c>
       <c r="G225" s="27">
         <v>46</v>
       </c>
       <c r="H225" s="28">
         <v>31055262</v>
       </c>
       <c r="I225" s="27">
         <v>674</v>
       </c>
       <c r="J225" s="28">
         <v>298460694</v>
       </c>
       <c r="K225" s="27">
         <v>0</v>
       </c>
       <c r="L225" s="28">
         <v>0</v>
       </c>
       <c r="M225" s="27">
         <v>101</v>
       </c>
       <c r="N225" s="28">
         <v>17080729</v>
       </c>
       <c r="O225" s="9"/>
     </row>
-    <row r="226" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="226" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="26">
         <v>2023</v>
       </c>
       <c r="B226" s="26" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="27">
         <v>798</v>
       </c>
       <c r="D226" s="28">
         <v>388756348</v>
       </c>
       <c r="E226" s="27">
         <v>217</v>
       </c>
       <c r="F226" s="28">
         <v>94081891</v>
       </c>
       <c r="G226" s="27">
         <v>29</v>
       </c>
       <c r="H226" s="28">
         <v>17049096</v>
       </c>
       <c r="I226" s="27">
         <v>552</v>
       </c>
       <c r="J226" s="28">
         <v>271673315</v>
       </c>
       <c r="K226" s="27">
         <v>0</v>
       </c>
       <c r="L226" s="28">
         <v>0</v>
       </c>
       <c r="M226" s="27">
         <v>50</v>
       </c>
       <c r="N226" s="28">
         <v>5952046</v>
       </c>
       <c r="O226" s="9"/>
     </row>
-    <row r="227" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="227" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="26">
         <v>2023</v>
       </c>
       <c r="B227" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C227" s="27">
         <v>3733</v>
       </c>
       <c r="D227" s="28">
         <v>1949105864</v>
       </c>
       <c r="E227" s="27">
         <v>803</v>
       </c>
       <c r="F227" s="28">
         <v>370555508</v>
       </c>
       <c r="G227" s="27">
         <v>191</v>
       </c>
       <c r="H227" s="28">
         <v>117560667</v>
       </c>
       <c r="I227" s="27">
         <v>2738</v>
       </c>
       <c r="J227" s="28">
         <v>1418241050</v>
       </c>
       <c r="K227" s="27">
         <v>1</v>
       </c>
       <c r="L227" s="28">
         <v>466193</v>
       </c>
       <c r="M227" s="27">
         <v>278</v>
       </c>
       <c r="N227" s="28">
         <v>42282446</v>
       </c>
       <c r="O227" s="9"/>
     </row>
-    <row r="228" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="228" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="26">
         <v>2023</v>
       </c>
       <c r="B228" s="26" t="s">
         <v>16</v>
       </c>
       <c r="C228" s="27">
         <v>866</v>
       </c>
       <c r="D228" s="28">
         <v>508759936</v>
       </c>
       <c r="E228" s="27">
         <v>197</v>
       </c>
       <c r="F228" s="28">
         <v>96566049</v>
       </c>
       <c r="G228" s="27">
         <v>38</v>
       </c>
       <c r="H228" s="28">
         <v>27967712</v>
       </c>
       <c r="I228" s="27">
         <v>631</v>
       </c>
       <c r="J228" s="28">
         <v>369186336</v>
       </c>
       <c r="K228" s="27">
         <v>0</v>
       </c>
       <c r="L228" s="28">
         <v>0</v>
       </c>
       <c r="M228" s="27">
         <v>119</v>
       </c>
       <c r="N228" s="28">
         <v>15039839</v>
       </c>
       <c r="O228" s="9"/>
     </row>
-    <row r="229" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="229" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="26">
         <v>2023</v>
       </c>
       <c r="B229" s="26" t="s">
         <v>17</v>
       </c>
       <c r="C229" s="27">
         <v>5606</v>
       </c>
       <c r="D229" s="28">
         <v>2888114100</v>
       </c>
       <c r="E229" s="27">
         <v>1054</v>
       </c>
       <c r="F229" s="28">
         <v>430347659</v>
       </c>
       <c r="G229" s="27">
         <v>340</v>
       </c>
       <c r="H229" s="28">
         <v>212229209</v>
       </c>
       <c r="I229" s="27">
         <v>4212</v>
       </c>
       <c r="J229" s="28">
         <v>2029079345</v>
       </c>
       <c r="K229" s="27">
         <v>0</v>
       </c>
       <c r="L229" s="28">
         <v>0</v>
       </c>
       <c r="M229" s="27">
         <v>1490</v>
       </c>
       <c r="N229" s="28">
         <v>216457887</v>
       </c>
       <c r="O229" s="9"/>
     </row>
-    <row r="230" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="230" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="26">
         <v>2023</v>
       </c>
       <c r="B230" s="26" t="s">
         <v>18</v>
       </c>
       <c r="C230" s="27">
         <v>2960</v>
       </c>
       <c r="D230" s="28">
         <v>1762581738</v>
       </c>
       <c r="E230" s="27">
         <v>698</v>
       </c>
       <c r="F230" s="28">
         <v>431832298</v>
       </c>
       <c r="G230" s="27">
         <v>72</v>
       </c>
       <c r="H230" s="28">
         <v>61471495</v>
       </c>
       <c r="I230" s="27">
         <v>2190</v>
       </c>
       <c r="J230" s="28">
         <v>1226421844</v>
       </c>
       <c r="K230" s="27">
         <v>0</v>
       </c>
       <c r="L230" s="28">
         <v>0</v>
       </c>
       <c r="M230" s="27">
         <v>266</v>
       </c>
       <c r="N230" s="28">
         <v>42856101</v>
       </c>
       <c r="O230" s="9"/>
     </row>
-    <row r="231" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="231" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="26">
         <v>2023</v>
       </c>
       <c r="B231" s="26" t="s">
         <v>19</v>
       </c>
       <c r="C231" s="27">
         <v>633</v>
       </c>
       <c r="D231" s="28">
         <v>462895399</v>
       </c>
       <c r="E231" s="27">
         <v>179</v>
       </c>
       <c r="F231" s="28">
         <v>93908489</v>
       </c>
       <c r="G231" s="27">
         <v>11</v>
       </c>
       <c r="H231" s="28">
         <v>23559960</v>
       </c>
       <c r="I231" s="27">
         <v>431</v>
       </c>
       <c r="J231" s="28">
         <v>316481331</v>
       </c>
       <c r="K231" s="27">
         <v>12</v>
       </c>
       <c r="L231" s="28">
         <v>9735843</v>
       </c>
       <c r="M231" s="27">
         <v>78</v>
       </c>
       <c r="N231" s="28">
         <v>19209776</v>
       </c>
       <c r="O231" s="9"/>
     </row>
-    <row r="232" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="232" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="26">
         <v>2023</v>
       </c>
       <c r="B232" s="26" t="s">
         <v>20</v>
       </c>
       <c r="C232" s="27">
         <v>4029</v>
       </c>
       <c r="D232" s="28">
         <v>2500093861</v>
       </c>
       <c r="E232" s="27">
         <v>1066</v>
       </c>
       <c r="F232" s="28">
         <v>800048410</v>
       </c>
       <c r="G232" s="27">
         <v>142</v>
       </c>
       <c r="H232" s="28">
         <v>115710921</v>
       </c>
       <c r="I232" s="27">
         <v>2820</v>
       </c>
       <c r="J232" s="28">
         <v>1538488179</v>
       </c>
       <c r="K232" s="27">
         <v>1</v>
       </c>
       <c r="L232" s="28">
         <v>480434</v>
       </c>
       <c r="M232" s="27">
         <v>373</v>
       </c>
       <c r="N232" s="28">
         <v>45365917</v>
       </c>
       <c r="O232" s="9"/>
     </row>
-    <row r="233" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="233" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="26">
         <v>2023</v>
       </c>
       <c r="B233" s="26" t="s">
         <v>21</v>
       </c>
       <c r="C233" s="27">
         <v>279</v>
       </c>
       <c r="D233" s="28">
         <v>155343274</v>
       </c>
       <c r="E233" s="27">
         <v>67</v>
       </c>
       <c r="F233" s="28">
         <v>47132683</v>
       </c>
       <c r="G233" s="27">
         <v>3</v>
       </c>
       <c r="H233" s="28">
         <v>1733833</v>
       </c>
       <c r="I233" s="27">
         <v>209</v>
       </c>
       <c r="J233" s="28">
         <v>104277043</v>
       </c>
       <c r="K233" s="27">
         <v>0</v>
       </c>
       <c r="L233" s="28">
         <v>0</v>
       </c>
       <c r="M233" s="27">
         <v>9</v>
       </c>
       <c r="N233" s="28">
         <v>2199715</v>
       </c>
       <c r="O233" s="9"/>
     </row>
-    <row r="234" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="234" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="26">
         <v>2023</v>
       </c>
       <c r="B234" s="26" t="s">
         <v>22</v>
       </c>
       <c r="C234" s="27">
         <v>164</v>
       </c>
       <c r="D234" s="28">
         <v>71655845</v>
       </c>
       <c r="E234" s="27">
         <v>36</v>
       </c>
       <c r="F234" s="28">
         <v>13962147</v>
       </c>
       <c r="G234" s="27">
         <v>4</v>
       </c>
       <c r="H234" s="28">
         <v>1777393</v>
       </c>
       <c r="I234" s="27">
         <v>124</v>
       </c>
       <c r="J234" s="28">
         <v>53764309</v>
       </c>
       <c r="K234" s="27">
         <v>0</v>
       </c>
       <c r="L234" s="28">
         <v>0</v>
       </c>
       <c r="M234" s="27">
         <v>10</v>
       </c>
       <c r="N234" s="28">
         <v>2151996</v>
       </c>
       <c r="O234" s="9"/>
     </row>
-    <row r="235" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="235" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="26">
         <v>2023</v>
       </c>
       <c r="B235" s="26" t="s">
         <v>23</v>
       </c>
       <c r="C235" s="27">
         <v>470</v>
       </c>
       <c r="D235" s="28">
         <v>557496291</v>
       </c>
       <c r="E235" s="27">
         <v>239</v>
       </c>
       <c r="F235" s="28">
         <v>186779420</v>
       </c>
       <c r="G235" s="27">
         <v>36</v>
       </c>
       <c r="H235" s="28">
         <v>147496604</v>
       </c>
       <c r="I235" s="27">
         <v>195</v>
       </c>
       <c r="J235" s="28">
         <v>201124847</v>
       </c>
       <c r="K235" s="27">
         <v>0</v>
       </c>
       <c r="L235" s="28">
         <v>0</v>
       </c>
       <c r="M235" s="27">
         <v>67</v>
       </c>
       <c r="N235" s="28">
         <v>22095420</v>
       </c>
       <c r="O235" s="9"/>
     </row>
-    <row r="236" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="236" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="38">
         <v>2023</v>
       </c>
       <c r="B236" s="20" t="s">
         <v>40</v>
       </c>
       <c r="C236" s="33">
         <v>52628</v>
       </c>
       <c r="D236" s="34">
         <v>32734920091</v>
       </c>
       <c r="E236" s="33">
         <v>12896</v>
       </c>
       <c r="F236" s="34">
         <v>7118114553</v>
       </c>
       <c r="G236" s="33">
         <v>1932</v>
       </c>
       <c r="H236" s="34">
         <v>1682006729</v>
       </c>
       <c r="I236" s="33">
         <v>37781</v>
       </c>
       <c r="J236" s="34">
         <v>22871945459</v>
       </c>
       <c r="K236" s="33">
         <v>19</v>
       </c>
       <c r="L236" s="34">
         <v>22471889</v>
       </c>
       <c r="M236" s="33">
         <v>5455</v>
       </c>
       <c r="N236" s="34">
         <v>1040381461</v>
       </c>
       <c r="O236" s="9"/>
     </row>
-    <row r="237" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="237" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="45">
         <v>2024</v>
       </c>
       <c r="B237" s="39" t="s">
         <v>0</v>
       </c>
       <c r="C237" s="40">
         <v>203</v>
       </c>
       <c r="D237" s="41">
         <v>51705708</v>
       </c>
       <c r="E237" s="40">
         <v>45</v>
       </c>
       <c r="F237" s="41">
         <v>9233196</v>
       </c>
       <c r="G237" s="40">
         <v>0</v>
       </c>
       <c r="H237" s="41">
         <v>0</v>
       </c>
       <c r="I237" s="40">
         <v>158</v>
       </c>
       <c r="J237" s="41">
         <v>39526937</v>
       </c>
       <c r="K237" s="40">
         <v>0</v>
       </c>
       <c r="L237" s="41">
         <v>0</v>
       </c>
       <c r="M237" s="40">
         <v>26</v>
       </c>
       <c r="N237" s="41">
         <v>2945575</v>
       </c>
       <c r="O237" s="9"/>
     </row>
-    <row r="238" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="238" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="45">
         <v>2024</v>
       </c>
       <c r="B238" s="39" t="s">
         <v>1</v>
       </c>
       <c r="C238" s="40">
         <v>271</v>
       </c>
       <c r="D238" s="41">
         <v>619122547</v>
       </c>
       <c r="E238" s="40">
         <v>96</v>
       </c>
       <c r="F238" s="41">
         <v>110057548</v>
       </c>
       <c r="G238" s="40">
         <v>6</v>
       </c>
       <c r="H238" s="41">
         <v>5039412</v>
       </c>
       <c r="I238" s="40">
         <v>169</v>
       </c>
       <c r="J238" s="41">
         <v>494775547</v>
       </c>
       <c r="K238" s="40">
         <v>0</v>
       </c>
       <c r="L238" s="41">
         <v>0</v>
       </c>
       <c r="M238" s="40">
         <v>25</v>
       </c>
       <c r="N238" s="41">
         <v>9250040</v>
       </c>
       <c r="O238" s="9"/>
     </row>
-    <row r="239" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="239" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="45">
         <v>2024</v>
       </c>
       <c r="B239" s="39" t="s">
         <v>24</v>
       </c>
       <c r="C239" s="40">
         <v>277</v>
       </c>
       <c r="D239" s="41">
         <v>170647201</v>
       </c>
       <c r="E239" s="40">
         <v>85</v>
       </c>
       <c r="F239" s="41">
         <v>43328650</v>
       </c>
       <c r="G239" s="40">
         <v>6</v>
       </c>
       <c r="H239" s="41">
         <v>3514579</v>
       </c>
       <c r="I239" s="40">
         <v>186</v>
       </c>
       <c r="J239" s="41">
         <v>118284774</v>
       </c>
       <c r="K239" s="40">
         <v>0</v>
       </c>
       <c r="L239" s="41">
         <v>0</v>
       </c>
       <c r="M239" s="40">
         <v>28</v>
       </c>
       <c r="N239" s="41">
         <v>5519198</v>
       </c>
       <c r="O239" s="9"/>
     </row>
-    <row r="240" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="240" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="45">
         <v>2024</v>
       </c>
       <c r="B240" s="39" t="s">
         <v>2</v>
       </c>
       <c r="C240" s="40">
         <v>7066</v>
       </c>
       <c r="D240" s="41">
         <v>4422844049</v>
       </c>
       <c r="E240" s="40">
         <v>1416</v>
       </c>
       <c r="F240" s="41">
         <v>696033802</v>
       </c>
       <c r="G240" s="40">
         <v>153</v>
       </c>
       <c r="H240" s="41">
         <v>161700307</v>
       </c>
       <c r="I240" s="40">
         <v>5492</v>
       </c>
       <c r="J240" s="41">
         <v>3434263874</v>
       </c>
       <c r="K240" s="40">
         <v>5</v>
       </c>
       <c r="L240" s="41">
         <v>992296</v>
       </c>
       <c r="M240" s="40">
         <v>714</v>
       </c>
       <c r="N240" s="41">
         <v>129853770</v>
       </c>
       <c r="O240" s="9"/>
     </row>
-    <row r="241" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="241" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="45">
         <v>2024</v>
       </c>
       <c r="B241" s="39" t="s">
         <v>3</v>
       </c>
       <c r="C241" s="40">
         <v>1447</v>
       </c>
       <c r="D241" s="41">
         <v>686236312</v>
       </c>
       <c r="E241" s="40">
         <v>308</v>
       </c>
       <c r="F241" s="41">
         <v>131347532</v>
       </c>
       <c r="G241" s="40">
         <v>92</v>
       </c>
       <c r="H241" s="41">
         <v>66707277</v>
       </c>
       <c r="I241" s="40">
         <v>1047</v>
       </c>
       <c r="J241" s="41">
         <v>477122318</v>
       </c>
       <c r="K241" s="40">
         <v>0</v>
       </c>
       <c r="L241" s="41">
         <v>0</v>
       </c>
       <c r="M241" s="40">
         <v>99</v>
       </c>
       <c r="N241" s="41">
         <v>11059185</v>
       </c>
       <c r="O241" s="9"/>
     </row>
-    <row r="242" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="242" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="45">
         <v>2024</v>
       </c>
       <c r="B242" s="39" t="s">
         <v>4</v>
       </c>
       <c r="C242" s="40">
         <v>591</v>
       </c>
       <c r="D242" s="41">
         <v>481629763</v>
       </c>
       <c r="E242" s="40">
         <v>135</v>
       </c>
       <c r="F242" s="41">
         <v>78485213</v>
       </c>
       <c r="G242" s="40">
         <v>21</v>
       </c>
       <c r="H242" s="41">
         <v>26230556</v>
       </c>
       <c r="I242" s="40">
         <v>434</v>
       </c>
       <c r="J242" s="41">
         <v>364500846</v>
       </c>
       <c r="K242" s="40">
         <v>1</v>
       </c>
       <c r="L242" s="41">
         <v>93673</v>
       </c>
       <c r="M242" s="40">
         <v>54</v>
       </c>
       <c r="N242" s="41">
         <v>12319475</v>
       </c>
       <c r="O242" s="9"/>
     </row>
-    <row r="243" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="243" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="45">
         <v>2024</v>
       </c>
       <c r="B243" s="39" t="s">
         <v>5</v>
       </c>
       <c r="C243" s="40">
         <v>5094</v>
       </c>
       <c r="D243" s="41">
         <v>2999783949</v>
       </c>
       <c r="E243" s="40">
         <v>1202</v>
       </c>
       <c r="F243" s="41">
         <v>642537054</v>
       </c>
       <c r="G243" s="40">
         <v>182</v>
       </c>
       <c r="H243" s="41">
         <v>132203323</v>
       </c>
       <c r="I243" s="40">
         <v>3709</v>
       </c>
       <c r="J243" s="41">
         <v>2188742834</v>
       </c>
       <c r="K243" s="40">
         <v>1</v>
       </c>
       <c r="L243" s="41">
         <v>569377</v>
       </c>
       <c r="M243" s="40">
         <v>291</v>
       </c>
       <c r="N243" s="41">
         <v>35731361</v>
       </c>
       <c r="O243" s="9"/>
     </row>
-    <row r="244" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="244" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="45">
         <v>2024</v>
       </c>
       <c r="B244" s="39" t="s">
         <v>6</v>
       </c>
       <c r="C244" s="40">
         <v>4347</v>
       </c>
       <c r="D244" s="41">
         <v>3662295531</v>
       </c>
       <c r="E244" s="40">
         <v>1078</v>
       </c>
       <c r="F244" s="41">
         <v>724797739</v>
       </c>
       <c r="G244" s="40">
         <v>110</v>
       </c>
       <c r="H244" s="41">
         <v>233078376</v>
       </c>
       <c r="I244" s="40">
         <v>3157</v>
       </c>
       <c r="J244" s="41">
         <v>2646692492</v>
       </c>
       <c r="K244" s="40">
         <v>2</v>
       </c>
       <c r="L244" s="41">
         <v>1450780</v>
       </c>
       <c r="M244" s="40">
         <v>320</v>
       </c>
       <c r="N244" s="41">
         <v>56276144</v>
       </c>
       <c r="O244" s="9"/>
     </row>
-    <row r="245" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="245" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="45">
         <v>2024</v>
       </c>
       <c r="B245" s="39" t="s">
         <v>7</v>
       </c>
       <c r="C245" s="40">
         <v>915</v>
       </c>
       <c r="D245" s="41">
         <v>421907963</v>
       </c>
       <c r="E245" s="40">
         <v>159</v>
       </c>
       <c r="F245" s="41">
         <v>59426374</v>
       </c>
       <c r="G245" s="40">
         <v>38</v>
       </c>
       <c r="H245" s="41">
         <v>31343995</v>
       </c>
       <c r="I245" s="40">
         <v>718</v>
       </c>
       <c r="J245" s="41">
         <v>325038625</v>
       </c>
       <c r="K245" s="40">
         <v>0</v>
       </c>
       <c r="L245" s="41">
         <v>0</v>
       </c>
       <c r="M245" s="40">
         <v>55</v>
       </c>
       <c r="N245" s="41">
         <v>6098969</v>
       </c>
     </row>
-    <row r="246" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="246" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="45">
         <v>2024</v>
       </c>
       <c r="B246" s="39" t="s">
         <v>8</v>
       </c>
       <c r="C246" s="40">
         <v>5701</v>
       </c>
       <c r="D246" s="41">
         <v>4277424078</v>
       </c>
       <c r="E246" s="40">
         <v>1395</v>
       </c>
       <c r="F246" s="41">
         <v>943397697</v>
       </c>
       <c r="G246" s="40">
         <v>190</v>
       </c>
       <c r="H246" s="41">
         <v>168089623</v>
       </c>
       <c r="I246" s="40">
         <v>4105</v>
       </c>
       <c r="J246" s="41">
         <v>3045143591</v>
       </c>
       <c r="K246" s="40">
         <v>11</v>
       </c>
       <c r="L246" s="41">
         <v>8304842</v>
       </c>
       <c r="M246" s="40">
         <v>372</v>
       </c>
       <c r="N246" s="41">
         <v>112488325</v>
       </c>
     </row>
-    <row r="247" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="247" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="45">
         <v>2024</v>
       </c>
       <c r="B247" s="39" t="s">
         <v>9</v>
       </c>
       <c r="C247" s="40">
         <v>1266</v>
       </c>
       <c r="D247" s="41">
         <v>582450959</v>
       </c>
       <c r="E247" s="40">
         <v>301</v>
       </c>
       <c r="F247" s="41">
         <v>119056108</v>
       </c>
       <c r="G247" s="40">
         <v>49</v>
       </c>
       <c r="H247" s="41">
         <v>29383499</v>
       </c>
       <c r="I247" s="40">
         <v>916</v>
       </c>
       <c r="J247" s="41">
         <v>418328629</v>
       </c>
       <c r="K247" s="40">
         <v>0</v>
       </c>
       <c r="L247" s="41">
         <v>0</v>
       </c>
       <c r="M247" s="40">
         <v>93</v>
       </c>
       <c r="N247" s="41">
         <v>15682723</v>
       </c>
     </row>
-    <row r="248" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="248" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="45">
         <v>2024</v>
       </c>
       <c r="B248" s="39" t="s">
         <v>10</v>
       </c>
       <c r="C248" s="40">
         <v>784</v>
       </c>
       <c r="D248" s="41">
         <v>373949222</v>
       </c>
       <c r="E248" s="40">
         <v>217</v>
       </c>
       <c r="F248" s="41">
         <v>84015514</v>
       </c>
       <c r="G248" s="40">
         <v>24</v>
       </c>
       <c r="H248" s="41">
         <v>18275194</v>
       </c>
       <c r="I248" s="40">
         <v>543</v>
       </c>
       <c r="J248" s="41">
         <v>249657110</v>
       </c>
       <c r="K248" s="40">
         <v>0</v>
       </c>
       <c r="L248" s="41">
         <v>0</v>
       </c>
       <c r="M248" s="40">
         <v>62</v>
       </c>
       <c r="N248" s="41">
         <v>22001404</v>
       </c>
     </row>
-    <row r="249" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="249" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="45">
         <v>2024</v>
       </c>
       <c r="B249" s="39" t="s">
         <v>11</v>
       </c>
       <c r="C249" s="40">
         <v>2419</v>
       </c>
       <c r="D249" s="41">
         <v>1319498218</v>
       </c>
       <c r="E249" s="40">
         <v>612</v>
       </c>
       <c r="F249" s="41">
         <v>284288465</v>
       </c>
       <c r="G249" s="40">
         <v>73</v>
       </c>
       <c r="H249" s="41">
         <v>48359499</v>
       </c>
       <c r="I249" s="40">
         <v>1734</v>
       </c>
       <c r="J249" s="41">
         <v>958359393</v>
       </c>
       <c r="K249" s="40">
         <v>0</v>
       </c>
       <c r="L249" s="41">
         <v>0</v>
       </c>
       <c r="M249" s="40">
         <v>118</v>
       </c>
       <c r="N249" s="41">
         <v>28490861</v>
       </c>
     </row>
-    <row r="250" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="250" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="45">
         <v>2024</v>
       </c>
       <c r="B250" s="39" t="s">
         <v>12</v>
       </c>
       <c r="C250" s="40">
         <v>1945</v>
       </c>
       <c r="D250" s="41">
         <v>1313515117</v>
       </c>
       <c r="E250" s="40">
         <v>512</v>
       </c>
       <c r="F250" s="41">
         <v>265543469</v>
       </c>
       <c r="G250" s="40">
         <v>40</v>
       </c>
       <c r="H250" s="41">
         <v>34408982</v>
       </c>
       <c r="I250" s="40">
         <v>1393</v>
       </c>
       <c r="J250" s="41">
         <v>971734729</v>
       </c>
       <c r="K250" s="40">
         <v>0</v>
       </c>
       <c r="L250" s="41">
         <v>0</v>
       </c>
       <c r="M250" s="40">
         <v>166</v>
       </c>
       <c r="N250" s="41">
         <v>41827937</v>
       </c>
     </row>
-    <row r="251" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="251" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="45">
         <v>2024</v>
       </c>
       <c r="B251" s="39" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="40">
         <v>911</v>
       </c>
       <c r="D251" s="41">
         <v>418248605</v>
       </c>
       <c r="E251" s="40">
         <v>209</v>
       </c>
       <c r="F251" s="41">
         <v>85960090</v>
       </c>
       <c r="G251" s="40">
         <v>42</v>
       </c>
       <c r="H251" s="41">
         <v>26261085</v>
       </c>
       <c r="I251" s="40">
         <v>660</v>
       </c>
       <c r="J251" s="41">
         <v>297939241</v>
       </c>
       <c r="K251" s="40">
         <v>0</v>
       </c>
       <c r="L251" s="41">
         <v>0</v>
       </c>
       <c r="M251" s="40">
         <v>82</v>
       </c>
       <c r="N251" s="41">
         <v>8088189</v>
       </c>
     </row>
-    <row r="252" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="252" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="45">
         <v>2024</v>
       </c>
       <c r="B252" s="39" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="40">
         <v>777</v>
       </c>
       <c r="D252" s="41">
         <v>379074958</v>
       </c>
       <c r="E252" s="40">
         <v>204</v>
       </c>
       <c r="F252" s="41">
         <v>88619199</v>
       </c>
       <c r="G252" s="40">
         <v>17</v>
       </c>
       <c r="H252" s="41">
         <v>9610690</v>
       </c>
       <c r="I252" s="40">
         <v>556</v>
       </c>
       <c r="J252" s="41">
         <v>274981262</v>
       </c>
       <c r="K252" s="40">
         <v>0</v>
       </c>
       <c r="L252" s="41">
         <v>0</v>
       </c>
       <c r="M252" s="40">
         <v>49</v>
       </c>
       <c r="N252" s="41">
         <v>5863807</v>
       </c>
     </row>
-    <row r="253" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="253" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="45">
         <v>2024</v>
       </c>
       <c r="B253" s="39" t="s">
         <v>15</v>
       </c>
       <c r="C253" s="40">
         <v>3732</v>
       </c>
       <c r="D253" s="41">
         <v>1939288627</v>
       </c>
       <c r="E253" s="40">
         <v>770</v>
       </c>
       <c r="F253" s="41">
         <v>369571236</v>
       </c>
       <c r="G253" s="40">
         <v>175</v>
       </c>
       <c r="H253" s="41">
         <v>110700169</v>
       </c>
       <c r="I253" s="40">
         <v>2787</v>
       </c>
       <c r="J253" s="41">
         <v>1434696637</v>
       </c>
       <c r="K253" s="40">
         <v>0</v>
       </c>
       <c r="L253" s="41">
         <v>0</v>
       </c>
       <c r="M253" s="40">
         <v>172</v>
       </c>
       <c r="N253" s="41">
         <v>24320585</v>
       </c>
     </row>
-    <row r="254" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="254" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="45">
         <v>2024</v>
       </c>
       <c r="B254" s="39" t="s">
         <v>16</v>
       </c>
       <c r="C254" s="40">
         <v>872</v>
       </c>
       <c r="D254" s="41">
         <v>490471715</v>
       </c>
       <c r="E254" s="40">
         <v>232</v>
       </c>
       <c r="F254" s="41">
         <v>97617853</v>
       </c>
       <c r="G254" s="40">
         <v>31</v>
       </c>
       <c r="H254" s="41">
         <v>21690302</v>
       </c>
       <c r="I254" s="40">
         <v>609</v>
       </c>
       <c r="J254" s="41">
         <v>362372313</v>
       </c>
       <c r="K254" s="40">
         <v>0</v>
       </c>
       <c r="L254" s="41">
         <v>0</v>
       </c>
       <c r="M254" s="40">
         <v>82</v>
       </c>
       <c r="N254" s="41">
         <v>8791247</v>
       </c>
     </row>
-    <row r="255" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="255" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="45">
         <v>2024</v>
       </c>
       <c r="B255" s="39" t="s">
         <v>17</v>
       </c>
       <c r="C255" s="40">
         <v>5483</v>
       </c>
       <c r="D255" s="41">
         <v>2827969375</v>
       </c>
       <c r="E255" s="40">
         <v>918</v>
       </c>
       <c r="F255" s="41">
         <v>403942578</v>
       </c>
       <c r="G255" s="40">
         <v>363</v>
       </c>
       <c r="H255" s="41">
         <v>232788220</v>
       </c>
       <c r="I255" s="40">
         <v>4202</v>
       </c>
       <c r="J255" s="41">
         <v>2016849308</v>
       </c>
       <c r="K255" s="40">
         <v>0</v>
       </c>
       <c r="L255" s="41">
         <v>0</v>
       </c>
       <c r="M255" s="40">
         <v>1146</v>
       </c>
       <c r="N255" s="41">
         <v>174389269</v>
       </c>
     </row>
-    <row r="256" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="256" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="45">
         <v>2024</v>
       </c>
       <c r="B256" s="39" t="s">
         <v>18</v>
       </c>
       <c r="C256" s="40">
         <v>2855</v>
       </c>
       <c r="D256" s="41">
         <v>1799766574</v>
       </c>
       <c r="E256" s="40">
         <v>725</v>
       </c>
       <c r="F256" s="41">
         <v>451063343</v>
       </c>
       <c r="G256" s="40">
         <v>68</v>
       </c>
       <c r="H256" s="41">
         <v>52958646</v>
       </c>
       <c r="I256" s="40">
         <v>2059</v>
       </c>
       <c r="J256" s="41">
         <v>1275663509</v>
       </c>
       <c r="K256" s="40">
         <v>3</v>
       </c>
       <c r="L256" s="41">
         <v>838046</v>
       </c>
       <c r="M256" s="40">
         <v>193</v>
       </c>
       <c r="N256" s="41">
         <v>19243030</v>
       </c>
     </row>
-    <row r="257" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="257" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="45">
         <v>2024</v>
       </c>
       <c r="B257" s="39" t="s">
         <v>19</v>
       </c>
       <c r="C257" s="40">
         <v>646</v>
       </c>
       <c r="D257" s="41">
         <v>485304307</v>
       </c>
       <c r="E257" s="40">
         <v>150</v>
       </c>
       <c r="F257" s="41">
         <v>87091726</v>
       </c>
       <c r="G257" s="40">
         <v>9</v>
       </c>
       <c r="H257" s="41">
         <v>25609542</v>
       </c>
       <c r="I257" s="40">
         <v>487</v>
       </c>
       <c r="J257" s="41">
         <v>347751704</v>
       </c>
       <c r="K257" s="40">
         <v>0</v>
       </c>
       <c r="L257" s="41">
         <v>0</v>
       </c>
       <c r="M257" s="40">
         <v>67</v>
       </c>
       <c r="N257" s="41">
         <v>24851335</v>
       </c>
     </row>
-    <row r="258" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="258" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="45">
         <v>2024</v>
       </c>
       <c r="B258" s="39" t="s">
         <v>20</v>
       </c>
       <c r="C258" s="40">
         <v>3967</v>
       </c>
       <c r="D258" s="41">
         <v>2397591771</v>
       </c>
       <c r="E258" s="40">
         <v>830</v>
       </c>
       <c r="F258" s="41">
         <v>512374301</v>
       </c>
       <c r="G258" s="40">
         <v>148</v>
       </c>
       <c r="H258" s="41">
         <v>118024789</v>
       </c>
       <c r="I258" s="40">
         <v>2988</v>
       </c>
       <c r="J258" s="41">
         <v>1726759588</v>
       </c>
       <c r="K258" s="40">
         <v>1</v>
       </c>
       <c r="L258" s="41">
         <v>579933</v>
       </c>
       <c r="M258" s="40">
         <v>338</v>
       </c>
       <c r="N258" s="41">
         <v>39853160</v>
       </c>
     </row>
-    <row r="259" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="259" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="45">
         <v>2024</v>
       </c>
       <c r="B259" s="39" t="s">
         <v>21</v>
       </c>
       <c r="C259" s="40">
         <v>268</v>
       </c>
       <c r="D259" s="41">
         <v>154225871</v>
       </c>
       <c r="E259" s="40">
         <v>72</v>
       </c>
       <c r="F259" s="41">
         <v>44166686</v>
       </c>
       <c r="G259" s="40">
         <v>5</v>
       </c>
       <c r="H259" s="41">
         <v>3631903</v>
       </c>
       <c r="I259" s="40">
         <v>191</v>
       </c>
       <c r="J259" s="41">
         <v>104309274</v>
       </c>
       <c r="K259" s="40">
         <v>0</v>
       </c>
       <c r="L259" s="41">
         <v>0</v>
       </c>
       <c r="M259" s="40">
         <v>11</v>
       </c>
       <c r="N259" s="41">
         <v>2118008</v>
       </c>
     </row>
-    <row r="260" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="260" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="45">
         <v>2024</v>
       </c>
       <c r="B260" s="39" t="s">
         <v>22</v>
       </c>
       <c r="C260" s="40">
         <v>162</v>
       </c>
       <c r="D260" s="41">
         <v>67279748</v>
       </c>
       <c r="E260" s="40">
         <v>40</v>
       </c>
       <c r="F260" s="41">
         <v>13071360</v>
       </c>
       <c r="G260" s="40">
         <v>2</v>
       </c>
       <c r="H260" s="41">
         <v>1344294</v>
       </c>
       <c r="I260" s="40">
         <v>120</v>
       </c>
       <c r="J260" s="41">
         <v>52632213</v>
       </c>
       <c r="K260" s="40">
         <v>0</v>
       </c>
       <c r="L260" s="41">
         <v>0</v>
       </c>
       <c r="M260" s="40">
         <v>3</v>
       </c>
       <c r="N260" s="41">
         <v>231881</v>
       </c>
     </row>
-    <row r="261" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="261" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A261" s="45">
         <v>2024</v>
       </c>
       <c r="B261" s="39" t="s">
         <v>23</v>
       </c>
       <c r="C261" s="40">
         <v>476</v>
       </c>
       <c r="D261" s="41">
         <v>550101912</v>
       </c>
       <c r="E261" s="40">
         <v>218</v>
       </c>
       <c r="F261" s="41">
         <v>141243536</v>
       </c>
       <c r="G261" s="40">
         <v>18</v>
       </c>
       <c r="H261" s="41">
         <v>34717174</v>
       </c>
       <c r="I261" s="40">
         <v>235</v>
       </c>
       <c r="J261" s="41">
         <v>354929022</v>
       </c>
       <c r="K261" s="40">
         <v>5</v>
       </c>
       <c r="L261" s="41">
         <v>1498527</v>
       </c>
       <c r="M261" s="40">
         <v>28</v>
       </c>
       <c r="N261" s="41">
         <v>17713653</v>
       </c>
     </row>
-    <row r="262" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="262" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A262" s="46">
         <v>2024</v>
       </c>
       <c r="B262" s="42" t="s">
         <v>40</v>
       </c>
       <c r="C262" s="43">
         <v>52475</v>
       </c>
       <c r="D262" s="44">
         <v>32892334080</v>
       </c>
       <c r="E262" s="43">
         <v>11929</v>
       </c>
       <c r="F262" s="44">
         <v>6486270269</v>
       </c>
       <c r="G262" s="43">
         <v>1862</v>
       </c>
       <c r="H262" s="44">
         <v>1595671436</v>
       </c>
       <c r="I262" s="43">
         <v>38655</v>
       </c>
       <c r="J262" s="44">
         <v>23981055770</v>
       </c>
       <c r="K262" s="43">
         <v>29</v>
       </c>
       <c r="L262" s="44">
         <v>14327474</v>
       </c>
       <c r="M262" s="43">
         <v>4594</v>
       </c>
       <c r="N262" s="44">
         <v>815009131</v>
+      </c>
+    </row>
+    <row r="263" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B263" s="39" t="s">
+        <v>0</v>
+      </c>
+      <c r="C263" s="40">
+        <v>193</v>
+      </c>
+      <c r="D263" s="41">
+        <v>53495461</v>
+      </c>
+      <c r="E263" s="40">
+        <v>29</v>
+      </c>
+      <c r="F263" s="41">
+        <v>10379885</v>
+      </c>
+      <c r="G263" s="40">
+        <v>3</v>
+      </c>
+      <c r="H263" s="41">
+        <v>745480</v>
+      </c>
+      <c r="I263" s="40">
+        <v>161</v>
+      </c>
+      <c r="J263" s="41">
+        <v>38982218</v>
+      </c>
+      <c r="K263" s="40">
+        <v>0</v>
+      </c>
+      <c r="L263" s="41">
+        <v>0</v>
+      </c>
+      <c r="M263" s="40">
+        <v>41</v>
+      </c>
+      <c r="N263" s="41">
+        <v>3387878</v>
+      </c>
+    </row>
+    <row r="264" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B264" s="39" t="s">
+        <v>1</v>
+      </c>
+      <c r="C264" s="40">
+        <v>264</v>
+      </c>
+      <c r="D264" s="41">
+        <v>628284898</v>
+      </c>
+      <c r="E264" s="40">
+        <v>88</v>
+      </c>
+      <c r="F264" s="41">
+        <v>98480366</v>
+      </c>
+      <c r="G264" s="40">
+        <v>5</v>
+      </c>
+      <c r="H264" s="41">
+        <v>9807845</v>
+      </c>
+      <c r="I264" s="40">
+        <v>171</v>
+      </c>
+      <c r="J264" s="41">
+        <v>515227824</v>
+      </c>
+      <c r="K264" s="40">
+        <v>0</v>
+      </c>
+      <c r="L264" s="41">
+        <v>0</v>
+      </c>
+      <c r="M264" s="40">
+        <v>9</v>
+      </c>
+      <c r="N264" s="41">
+        <v>4768863</v>
+      </c>
+    </row>
+    <row r="265" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B265" s="39" t="s">
+        <v>24</v>
+      </c>
+      <c r="C265" s="40">
+        <v>239</v>
+      </c>
+      <c r="D265" s="41">
+        <v>180711390</v>
+      </c>
+      <c r="E265" s="40">
+        <v>48</v>
+      </c>
+      <c r="F265" s="41">
+        <v>50247841</v>
+      </c>
+      <c r="G265" s="40">
+        <v>1</v>
+      </c>
+      <c r="H265" s="41">
+        <v>335257</v>
+      </c>
+      <c r="I265" s="40">
+        <v>190</v>
+      </c>
+      <c r="J265" s="41">
+        <v>129051017</v>
+      </c>
+      <c r="K265" s="40">
+        <v>0</v>
+      </c>
+      <c r="L265" s="41">
+        <v>0</v>
+      </c>
+      <c r="M265" s="40">
+        <v>10</v>
+      </c>
+      <c r="N265" s="41">
+        <v>1077275</v>
+      </c>
+    </row>
+    <row r="266" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B266" s="39" t="s">
+        <v>2</v>
+      </c>
+      <c r="C266" s="40">
+        <v>6531</v>
+      </c>
+      <c r="D266" s="41">
+        <v>4665233106</v>
+      </c>
+      <c r="E266" s="40">
+        <v>1152</v>
+      </c>
+      <c r="F266" s="41">
+        <v>692442948</v>
+      </c>
+      <c r="G266" s="40">
+        <v>129</v>
+      </c>
+      <c r="H266" s="41">
+        <v>182857004</v>
+      </c>
+      <c r="I266" s="40">
+        <v>5249</v>
+      </c>
+      <c r="J266" s="41">
+        <v>3409305098</v>
+      </c>
+      <c r="K266" s="40">
+        <v>1</v>
+      </c>
+      <c r="L266" s="41">
+        <v>210627</v>
+      </c>
+      <c r="M266" s="40">
+        <v>612</v>
+      </c>
+      <c r="N266" s="41">
+        <v>380417429</v>
+      </c>
+    </row>
+    <row r="267" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B267" s="39" t="s">
+        <v>3</v>
+      </c>
+      <c r="C267" s="40">
+        <v>1391</v>
+      </c>
+      <c r="D267" s="41">
+        <v>685405426</v>
+      </c>
+      <c r="E267" s="40">
+        <v>252</v>
+      </c>
+      <c r="F267" s="41">
+        <v>130230881</v>
+      </c>
+      <c r="G267" s="40">
+        <v>71</v>
+      </c>
+      <c r="H267" s="41">
+        <v>51695606</v>
+      </c>
+      <c r="I267" s="40">
+        <v>1068</v>
+      </c>
+      <c r="J267" s="41">
+        <v>499322047</v>
+      </c>
+      <c r="K267" s="40">
+        <v>0</v>
+      </c>
+      <c r="L267" s="41">
+        <v>0</v>
+      </c>
+      <c r="M267" s="40">
+        <v>36</v>
+      </c>
+      <c r="N267" s="41">
+        <v>4156892</v>
+      </c>
+    </row>
+    <row r="268" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B268" s="39" t="s">
+        <v>4</v>
+      </c>
+      <c r="C268" s="40">
+        <v>476</v>
+      </c>
+      <c r="D268" s="41">
+        <v>431985173</v>
+      </c>
+      <c r="E268" s="40">
+        <v>66</v>
+      </c>
+      <c r="F268" s="41">
+        <v>54767734</v>
+      </c>
+      <c r="G268" s="40">
+        <v>12</v>
+      </c>
+      <c r="H268" s="41">
+        <v>27706736</v>
+      </c>
+      <c r="I268" s="40">
+        <v>398</v>
+      </c>
+      <c r="J268" s="41">
+        <v>340085061</v>
+      </c>
+      <c r="K268" s="40">
+        <v>0</v>
+      </c>
+      <c r="L268" s="41">
+        <v>0</v>
+      </c>
+      <c r="M268" s="40">
+        <v>22</v>
+      </c>
+      <c r="N268" s="41">
+        <v>9425642</v>
+      </c>
+    </row>
+    <row r="269" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B269" s="39" t="s">
+        <v>5</v>
+      </c>
+      <c r="C269" s="40">
+        <v>4972</v>
+      </c>
+      <c r="D269" s="41">
+        <v>3091109020</v>
+      </c>
+      <c r="E269" s="40">
+        <v>1089</v>
+      </c>
+      <c r="F269" s="41">
+        <v>643859461</v>
+      </c>
+      <c r="G269" s="40">
+        <v>125</v>
+      </c>
+      <c r="H269" s="41">
+        <v>112960959</v>
+      </c>
+      <c r="I269" s="40">
+        <v>3757</v>
+      </c>
+      <c r="J269" s="41">
+        <v>2299030701</v>
+      </c>
+      <c r="K269" s="40">
+        <v>1</v>
+      </c>
+      <c r="L269" s="41">
+        <v>1586327</v>
+      </c>
+      <c r="M269" s="40">
+        <v>242</v>
+      </c>
+      <c r="N269" s="41">
+        <v>33671572</v>
+      </c>
+    </row>
+    <row r="270" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B270" s="39" t="s">
+        <v>6</v>
+      </c>
+      <c r="C270" s="40">
+        <v>3919</v>
+      </c>
+      <c r="D270" s="41">
+        <v>3751620191</v>
+      </c>
+      <c r="E270" s="40">
+        <v>702</v>
+      </c>
+      <c r="F270" s="41">
+        <v>654643873</v>
+      </c>
+      <c r="G270" s="40">
+        <v>94</v>
+      </c>
+      <c r="H270" s="41">
+        <v>216061626</v>
+      </c>
+      <c r="I270" s="40">
+        <v>3114</v>
+      </c>
+      <c r="J270" s="41">
+        <v>2808134807</v>
+      </c>
+      <c r="K270" s="40">
+        <v>9</v>
+      </c>
+      <c r="L270" s="41">
+        <v>13020305</v>
+      </c>
+      <c r="M270" s="40">
+        <v>259</v>
+      </c>
+      <c r="N270" s="41">
+        <v>59759580</v>
+      </c>
+    </row>
+    <row r="271" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B271" s="39" t="s">
+        <v>7</v>
+      </c>
+      <c r="C271" s="40">
+        <v>829</v>
+      </c>
+      <c r="D271" s="41">
+        <v>430238154</v>
+      </c>
+      <c r="E271" s="40">
+        <v>121</v>
+      </c>
+      <c r="F271" s="41">
+        <v>84687172</v>
+      </c>
+      <c r="G271" s="40">
+        <v>15</v>
+      </c>
+      <c r="H271" s="41">
+        <v>15997456</v>
+      </c>
+      <c r="I271" s="40">
+        <v>693</v>
+      </c>
+      <c r="J271" s="41">
+        <v>324580723</v>
+      </c>
+      <c r="K271" s="40">
+        <v>0</v>
+      </c>
+      <c r="L271" s="41">
+        <v>0</v>
+      </c>
+      <c r="M271" s="40">
+        <v>33</v>
+      </c>
+      <c r="N271" s="41">
+        <v>4972803</v>
+      </c>
+    </row>
+    <row r="272" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B272" s="39" t="s">
+        <v>8</v>
+      </c>
+      <c r="C272" s="40">
+        <v>5436</v>
+      </c>
+      <c r="D272" s="41">
+        <v>4340490391</v>
+      </c>
+      <c r="E272" s="40">
+        <v>1361</v>
+      </c>
+      <c r="F272" s="41">
+        <v>921472787</v>
+      </c>
+      <c r="G272" s="40">
+        <v>157</v>
+      </c>
+      <c r="H272" s="41">
+        <v>161380051</v>
+      </c>
+      <c r="I272" s="40">
+        <v>3916</v>
+      </c>
+      <c r="J272" s="41">
+        <v>3134757751</v>
+      </c>
+      <c r="K272" s="40">
+        <v>2</v>
+      </c>
+      <c r="L272" s="41">
+        <v>1775311</v>
+      </c>
+      <c r="M272" s="40">
+        <v>411</v>
+      </c>
+      <c r="N272" s="41">
+        <v>121104491</v>
+      </c>
+    </row>
+    <row r="273" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B273" s="39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" s="40">
+        <v>1219</v>
+      </c>
+      <c r="D273" s="41">
+        <v>594363348</v>
+      </c>
+      <c r="E273" s="40">
+        <v>234</v>
+      </c>
+      <c r="F273" s="41">
+        <v>132247407</v>
+      </c>
+      <c r="G273" s="40">
+        <v>38</v>
+      </c>
+      <c r="H273" s="41">
+        <v>30414596</v>
+      </c>
+      <c r="I273" s="40">
+        <v>947</v>
+      </c>
+      <c r="J273" s="41">
+        <v>423713273</v>
+      </c>
+      <c r="K273" s="40">
+        <v>0</v>
+      </c>
+      <c r="L273" s="41">
+        <v>0</v>
+      </c>
+      <c r="M273" s="40">
+        <v>82</v>
+      </c>
+      <c r="N273" s="41">
+        <v>7988072</v>
+      </c>
+    </row>
+    <row r="274" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B274" s="39" t="s">
+        <v>10</v>
+      </c>
+      <c r="C274" s="40">
+        <v>735</v>
+      </c>
+      <c r="D274" s="41">
+        <v>387956749</v>
+      </c>
+      <c r="E274" s="40">
+        <v>223</v>
+      </c>
+      <c r="F274" s="41">
+        <v>107911281</v>
+      </c>
+      <c r="G274" s="40">
+        <v>18</v>
+      </c>
+      <c r="H274" s="41">
+        <v>14010405</v>
+      </c>
+      <c r="I274" s="40">
+        <v>494</v>
+      </c>
+      <c r="J274" s="41">
+        <v>237238733</v>
+      </c>
+      <c r="K274" s="40">
+        <v>0</v>
+      </c>
+      <c r="L274" s="41">
+        <v>0</v>
+      </c>
+      <c r="M274" s="40">
+        <v>36</v>
+      </c>
+      <c r="N274" s="41">
+        <v>28796330</v>
+      </c>
+    </row>
+    <row r="275" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B275" s="39" t="s">
+        <v>11</v>
+      </c>
+      <c r="C275" s="40">
+        <v>2308</v>
+      </c>
+      <c r="D275" s="41">
+        <v>1355100991</v>
+      </c>
+      <c r="E275" s="40">
+        <v>515</v>
+      </c>
+      <c r="F275" s="41">
+        <v>304974167</v>
+      </c>
+      <c r="G275" s="40">
+        <v>70</v>
+      </c>
+      <c r="H275" s="41">
+        <v>43589794</v>
+      </c>
+      <c r="I275" s="40">
+        <v>1722</v>
+      </c>
+      <c r="J275" s="41">
+        <v>951350896</v>
+      </c>
+      <c r="K275" s="40">
+        <v>1</v>
+      </c>
+      <c r="L275" s="41">
+        <v>306262</v>
+      </c>
+      <c r="M275" s="40">
+        <v>228</v>
+      </c>
+      <c r="N275" s="41">
+        <v>54879872</v>
+      </c>
+    </row>
+    <row r="276" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B276" s="39" t="s">
+        <v>12</v>
+      </c>
+      <c r="C276" s="40">
+        <v>1913</v>
+      </c>
+      <c r="D276" s="41">
+        <v>1389399040</v>
+      </c>
+      <c r="E276" s="40">
+        <v>408</v>
+      </c>
+      <c r="F276" s="41">
+        <v>264766680</v>
+      </c>
+      <c r="G276" s="40">
+        <v>51</v>
+      </c>
+      <c r="H276" s="41">
+        <v>55706933</v>
+      </c>
+      <c r="I276" s="40">
+        <v>1454</v>
+      </c>
+      <c r="J276" s="41">
+        <v>981567363</v>
+      </c>
+      <c r="K276" s="40">
+        <v>0</v>
+      </c>
+      <c r="L276" s="41">
+        <v>0</v>
+      </c>
+      <c r="M276" s="40">
+        <v>111</v>
+      </c>
+      <c r="N276" s="41">
+        <v>87358064</v>
+      </c>
+    </row>
+    <row r="277" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B277" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="C277" s="40">
+        <v>875</v>
+      </c>
+      <c r="D277" s="41">
+        <v>423612784</v>
+      </c>
+      <c r="E277" s="40">
+        <v>179</v>
+      </c>
+      <c r="F277" s="41">
+        <v>94433319</v>
+      </c>
+      <c r="G277" s="40">
+        <v>38</v>
+      </c>
+      <c r="H277" s="41">
+        <v>21716804</v>
+      </c>
+      <c r="I277" s="40">
+        <v>658</v>
+      </c>
+      <c r="J277" s="41">
+        <v>303725031</v>
+      </c>
+      <c r="K277" s="40">
+        <v>0</v>
+      </c>
+      <c r="L277" s="41">
+        <v>0</v>
+      </c>
+      <c r="M277" s="40">
+        <v>32</v>
+      </c>
+      <c r="N277" s="41">
+        <v>3737630</v>
+      </c>
+    </row>
+    <row r="278" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B278" s="39" t="s">
+        <v>14</v>
+      </c>
+      <c r="C278" s="40">
+        <v>769</v>
+      </c>
+      <c r="D278" s="41">
+        <v>389117410</v>
+      </c>
+      <c r="E278" s="40">
+        <v>204</v>
+      </c>
+      <c r="F278" s="41">
+        <v>100855534</v>
+      </c>
+      <c r="G278" s="40">
+        <v>17</v>
+      </c>
+      <c r="H278" s="41">
+        <v>12277260</v>
+      </c>
+      <c r="I278" s="40">
+        <v>548</v>
+      </c>
+      <c r="J278" s="41">
+        <v>273884961</v>
+      </c>
+      <c r="K278" s="40">
+        <v>0</v>
+      </c>
+      <c r="L278" s="41">
+        <v>0</v>
+      </c>
+      <c r="M278" s="40">
+        <v>19</v>
+      </c>
+      <c r="N278" s="41">
+        <v>2099655</v>
+      </c>
+    </row>
+    <row r="279" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B279" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="C279" s="40">
+        <v>3399</v>
+      </c>
+      <c r="D279" s="41">
+        <v>2000358968</v>
+      </c>
+      <c r="E279" s="40">
+        <v>535</v>
+      </c>
+      <c r="F279" s="41">
+        <v>362372352</v>
+      </c>
+      <c r="G279" s="40">
+        <v>144</v>
+      </c>
+      <c r="H279" s="41">
+        <v>172222748</v>
+      </c>
+      <c r="I279" s="40">
+        <v>2720</v>
+      </c>
+      <c r="J279" s="41">
+        <v>1438564320</v>
+      </c>
+      <c r="K279" s="40">
+        <v>0</v>
+      </c>
+      <c r="L279" s="41">
+        <v>0</v>
+      </c>
+      <c r="M279" s="40">
+        <v>126</v>
+      </c>
+      <c r="N279" s="41">
+        <v>27199548</v>
+      </c>
+    </row>
+    <row r="280" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B280" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="C280" s="40">
+        <v>825</v>
+      </c>
+      <c r="D280" s="41">
+        <v>503590609</v>
+      </c>
+      <c r="E280" s="40">
+        <v>177</v>
+      </c>
+      <c r="F280" s="41">
+        <v>108812729</v>
+      </c>
+      <c r="G280" s="40">
+        <v>47</v>
+      </c>
+      <c r="H280" s="41">
+        <v>64851842</v>
+      </c>
+      <c r="I280" s="40">
+        <v>600</v>
+      </c>
+      <c r="J280" s="41">
+        <v>322860179</v>
+      </c>
+      <c r="K280" s="40">
+        <v>1</v>
+      </c>
+      <c r="L280" s="41">
+        <v>282358</v>
+      </c>
+      <c r="M280" s="40">
+        <v>58</v>
+      </c>
+      <c r="N280" s="41">
+        <v>6783501</v>
+      </c>
+    </row>
+    <row r="281" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B281" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="C281" s="40">
+        <v>5370</v>
+      </c>
+      <c r="D281" s="41">
+        <v>2834191733</v>
+      </c>
+      <c r="E281" s="40">
+        <v>869</v>
+      </c>
+      <c r="F281" s="41">
+        <v>477207756</v>
+      </c>
+      <c r="G281" s="40">
+        <v>355</v>
+      </c>
+      <c r="H281" s="41">
+        <v>274704894</v>
+      </c>
+      <c r="I281" s="40">
+        <v>4146</v>
+      </c>
+      <c r="J281" s="41">
+        <v>2029471900</v>
+      </c>
+      <c r="K281" s="40">
+        <v>0</v>
+      </c>
+      <c r="L281" s="41">
+        <v>0</v>
+      </c>
+      <c r="M281" s="40">
+        <v>251</v>
+      </c>
+      <c r="N281" s="41">
+        <v>52807183</v>
+      </c>
+    </row>
+    <row r="282" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B282" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="C282" s="40">
+        <v>2568</v>
+      </c>
+      <c r="D282" s="41">
+        <v>1784466165</v>
+      </c>
+      <c r="E282" s="40">
+        <v>404</v>
+      </c>
+      <c r="F282" s="41">
+        <v>329249352</v>
+      </c>
+      <c r="G282" s="40">
+        <v>46</v>
+      </c>
+      <c r="H282" s="41">
+        <v>40343290</v>
+      </c>
+      <c r="I282" s="40">
+        <v>2114</v>
+      </c>
+      <c r="J282" s="41">
+        <v>1374617492</v>
+      </c>
+      <c r="K282" s="40">
+        <v>4</v>
+      </c>
+      <c r="L282" s="41">
+        <v>764344</v>
+      </c>
+      <c r="M282" s="40">
+        <v>197</v>
+      </c>
+      <c r="N282" s="41">
+        <v>39491687</v>
+      </c>
+    </row>
+    <row r="283" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B283" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="C283" s="40">
+        <v>538</v>
+      </c>
+      <c r="D283" s="41">
+        <v>452306014</v>
+      </c>
+      <c r="E283" s="40">
+        <v>47</v>
+      </c>
+      <c r="F283" s="41">
+        <v>43185527</v>
+      </c>
+      <c r="G283" s="40">
+        <v>7</v>
+      </c>
+      <c r="H283" s="41">
+        <v>17194944</v>
+      </c>
+      <c r="I283" s="40">
+        <v>483</v>
+      </c>
+      <c r="J283" s="41">
+        <v>388740860</v>
+      </c>
+      <c r="K283" s="40">
+        <v>1</v>
+      </c>
+      <c r="L283" s="41">
+        <v>301792</v>
+      </c>
+      <c r="M283" s="40">
+        <v>19</v>
+      </c>
+      <c r="N283" s="41">
+        <v>2882891</v>
+      </c>
+    </row>
+    <row r="284" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B284" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="C284" s="40">
+        <v>3761</v>
+      </c>
+      <c r="D284" s="41">
+        <v>2346609537</v>
+      </c>
+      <c r="E284" s="40">
+        <v>689</v>
+      </c>
+      <c r="F284" s="41">
+        <v>444396888</v>
+      </c>
+      <c r="G284" s="40">
+        <v>100</v>
+      </c>
+      <c r="H284" s="41">
+        <v>92907678</v>
+      </c>
+      <c r="I284" s="40">
+        <v>2971</v>
+      </c>
+      <c r="J284" s="41">
+        <v>1778473845</v>
+      </c>
+      <c r="K284" s="40">
+        <v>1</v>
+      </c>
+      <c r="L284" s="41">
+        <v>624623</v>
+      </c>
+      <c r="M284" s="40">
+        <v>223</v>
+      </c>
+      <c r="N284" s="41">
+        <v>30206503</v>
+      </c>
+    </row>
+    <row r="285" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B285" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="C285" s="40">
+        <v>216</v>
+      </c>
+      <c r="D285" s="41">
+        <v>147258011</v>
+      </c>
+      <c r="E285" s="40">
+        <v>44</v>
+      </c>
+      <c r="F285" s="41">
+        <v>40411191</v>
+      </c>
+      <c r="G285" s="40">
+        <v>2</v>
+      </c>
+      <c r="H285" s="41">
+        <v>1509361</v>
+      </c>
+      <c r="I285" s="40">
+        <v>170</v>
+      </c>
+      <c r="J285" s="41">
+        <v>104534541</v>
+      </c>
+      <c r="K285" s="40">
+        <v>0</v>
+      </c>
+      <c r="L285" s="41">
+        <v>0</v>
+      </c>
+      <c r="M285" s="40">
+        <v>7</v>
+      </c>
+      <c r="N285" s="41">
+        <v>802918</v>
+      </c>
+    </row>
+    <row r="286" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B286" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="C286" s="40">
+        <v>152</v>
+      </c>
+      <c r="D286" s="41">
+        <v>71954724</v>
+      </c>
+      <c r="E286" s="40">
+        <v>30</v>
+      </c>
+      <c r="F286" s="41">
+        <v>22073879</v>
+      </c>
+      <c r="G286" s="40">
+        <v>4</v>
+      </c>
+      <c r="H286" s="41">
+        <v>1235402</v>
+      </c>
+      <c r="I286" s="40">
+        <v>118</v>
+      </c>
+      <c r="J286" s="41">
+        <v>48510983</v>
+      </c>
+      <c r="K286" s="40">
+        <v>0</v>
+      </c>
+      <c r="L286" s="41">
+        <v>0</v>
+      </c>
+      <c r="M286" s="40">
+        <v>1</v>
+      </c>
+      <c r="N286" s="41">
+        <v>134460</v>
+      </c>
+    </row>
+    <row r="287" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="45">
+        <v>2025</v>
+      </c>
+      <c r="B287" s="39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C287" s="40">
+        <v>455</v>
+      </c>
+      <c r="D287" s="41">
+        <v>540055156</v>
+      </c>
+      <c r="E287" s="40">
+        <v>199</v>
+      </c>
+      <c r="F287" s="41">
+        <v>149575218</v>
+      </c>
+      <c r="G287" s="40">
+        <v>35</v>
+      </c>
+      <c r="H287" s="41">
+        <v>30552585</v>
+      </c>
+      <c r="I287" s="40">
+        <v>221</v>
+      </c>
+      <c r="J287" s="41">
+        <v>342567496</v>
+      </c>
+      <c r="K287" s="40">
+        <v>0</v>
+      </c>
+      <c r="L287" s="41">
+        <v>0</v>
+      </c>
+      <c r="M287" s="40">
+        <v>11</v>
+      </c>
+      <c r="N287" s="41">
+        <v>17359857</v>
+      </c>
+    </row>
+    <row r="288" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="46">
+        <v>2025</v>
+      </c>
+      <c r="B288" s="42" t="s">
+        <v>47</v>
+      </c>
+      <c r="C288" s="43">
+        <v>49353</v>
+      </c>
+      <c r="D288" s="44">
+        <v>33478914449</v>
+      </c>
+      <c r="E288" s="43">
+        <v>9665</v>
+      </c>
+      <c r="F288" s="44">
+        <v>6323686228</v>
+      </c>
+      <c r="G288" s="43">
+        <v>1584</v>
+      </c>
+      <c r="H288" s="44">
+        <v>1652786556</v>
+      </c>
+      <c r="I288" s="43">
+        <v>38083</v>
+      </c>
+      <c r="J288" s="44">
+        <v>24498299120</v>
+      </c>
+      <c r="K288" s="43">
+        <v>21</v>
+      </c>
+      <c r="L288" s="44">
+        <v>18871949</v>
+      </c>
+      <c r="M288" s="43">
+        <v>3076</v>
+      </c>
+      <c r="N288" s="44">
+        <v>985270596</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="5" scale="95" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D45B8CD-B61F-4916-B20D-39CDBE8D0789}">
   <dimension ref="A1:N8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="32.5546875" style="12" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.88671875" style="12"/>
+    <col min="1" max="1" width="32.5703125" style="12" customWidth="1"/>
+    <col min="2" max="2" width="125.7109375" style="12" customWidth="1"/>
+    <col min="3" max="16384" width="8.85546875" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="47"/>
       <c r="B1" s="48" t="s">
         <v>25</v>
       </c>
       <c r="C1" s="14"/>
       <c r="D1" s="14"/>
       <c r="E1" s="14"/>
       <c r="F1" s="14"/>
       <c r="G1" s="14"/>
       <c r="H1" s="14"/>
       <c r="I1" s="14"/>
       <c r="J1" s="14"/>
       <c r="K1" s="14"/>
       <c r="L1" s="14"/>
       <c r="M1" s="14"/>
       <c r="N1" s="14"/>
     </row>
-    <row r="2" spans="1:14" s="11" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:14" s="11" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="52" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B2" s="15" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C2" s="15"/>
       <c r="D2" s="15"/>
       <c r="E2" s="15"/>
       <c r="F2" s="15"/>
       <c r="G2" s="15"/>
       <c r="H2" s="15"/>
       <c r="I2" s="15"/>
       <c r="J2" s="15"/>
       <c r="K2" s="15"/>
       <c r="L2" s="15"/>
       <c r="M2" s="15"/>
       <c r="N2" s="15"/>
     </row>
-    <row r="3" spans="1:14" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>47</v>
+    <row r="3" spans="1:14" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="51" t="s">
+        <v>45</v>
       </c>
       <c r="B3" s="13"/>
       <c r="C3" s="13"/>
       <c r="D3" s="13"/>
       <c r="E3" s="13"/>
       <c r="F3" s="13"/>
       <c r="G3" s="13"/>
       <c r="H3" s="13"/>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="13"/>
       <c r="L3" s="13"/>
       <c r="M3" s="13"/>
       <c r="N3" s="13"/>
     </row>
-    <row r="4" spans="1:14" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>43</v>
+    <row r="4" spans="1:14" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="49" t="s">
+        <v>42</v>
       </c>
       <c r="B4" s="13"/>
       <c r="C4" s="13"/>
       <c r="D4" s="13"/>
       <c r="E4" s="13"/>
       <c r="F4" s="13"/>
       <c r="G4" s="13"/>
       <c r="H4" s="13"/>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="13"/>
       <c r="L4" s="13"/>
       <c r="M4" s="13"/>
       <c r="N4" s="13"/>
     </row>
-    <row r="5" spans="1:14" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>45</v>
+    <row r="5" spans="1:14" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="49" t="s">
+        <v>43</v>
       </c>
       <c r="B5" s="13"/>
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
       <c r="E5" s="13"/>
       <c r="F5" s="13"/>
       <c r="G5" s="13"/>
       <c r="H5" s="13"/>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="13"/>
       <c r="L5" s="13"/>
       <c r="M5" s="13"/>
       <c r="N5" s="13"/>
     </row>
-    <row r="6" spans="1:14" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>44</v>
+    <row r="6" spans="1:14" s="47" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="50" t="s">
+        <v>48</v>
       </c>
       <c r="B6" s="13"/>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="13"/>
       <c r="G6" s="13"/>
       <c r="H6" s="13"/>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
       <c r="K6" s="13"/>
       <c r="L6" s="13"/>
       <c r="M6" s="13"/>
       <c r="N6" s="13"/>
     </row>
-    <row r="8" spans="1:14" ht="14.4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:14" ht="15" x14ac:dyDescent="0.2">
       <c r="A8" s="53"/>
       <c r="B8" s="53"/>
       <c r="C8" s="53"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A8:C8"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A3" r:id="rId1" display="Source: NIH PUB File" xr:uid="{A1996B99-9CDC-4CCB-BBB8-4C314AA1B155}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A4" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{BB2B3379-4713-4DB3-8DB7-142F534F6D97}"/>
+    <hyperlink ref="A5" r:id="rId1" xr:uid="{DF7D1C04-37BF-4F93-9636-B3D507949124}"/>
+    <hyperlink ref="A4" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{BB2B3379-4713-4DB3-8DB7-142F534F6D97}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="90" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="90" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...62 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -13877,50 +14926,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -14016,98 +15070,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">39, 43, 44, 64</RelatedDataBookSlide_x0023_>
+    <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">102</Table_x0023_>
+    <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">544</RePORT_x0023_>
+    <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">102-23</Password>
+    <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
+    <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Url>https://report.nih.gov/catalog/DisplayReport.aspx?rId=544</Url>
+      <Description>Research Grants: Awards and total funding, by type and Institute/Center (~62KB)</Description>
+    </RePORTTitleandLink>
+    <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
+    <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst1>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Abbott, Sandra (NIH/OD) [E]</DisplayName>
+        <AccountId>22</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst2>
+    <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4E67AE2-A834-4E6A-AEF2-1380A2D37DAA}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78AFF980-52DF-4DD5-A4CB-2F2E65725DE7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0317505-00D7-4D16-A2B6-76919CB0012E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04F00E45-DF36-4A07-BB95-B66816A578DE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F90FEA4F-2253-4AE9-8633-3EB82B84CBCE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>