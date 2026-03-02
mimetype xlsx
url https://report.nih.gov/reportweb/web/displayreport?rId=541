--- v0 (2025-11-04)
+++ v1 (2026-03-02)
@@ -5,60 +5,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{21DCBF1D-4476-4466-AAF0-B25F94125454}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{935F4ABC-548E-47CA-B2C6-1F16EB913524}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #105" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #105'!$A$1:$M$11</definedName>
   </definedNames>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>FY</t>
   </si>
   <si>
@@ -83,220 +83,188 @@
     <t>Total Funding - Renewals</t>
   </si>
   <si>
     <t>Number of Noncompeting Continuations</t>
   </si>
   <si>
     <t>Total Funding - Noncompeting Continuations</t>
   </si>
   <si>
     <t>Number of Competing Revisions</t>
   </si>
   <si>
     <t>Total Funding - Competing Revisions</t>
   </si>
   <si>
     <t>Number of Noncompeting Revisions</t>
   </si>
   <si>
     <t>Total Funding - Noncompeting Revisions</t>
   </si>
   <si>
     <t>Total Funding - 
 New Awards</t>
   </si>
   <si>
-    <r>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">Defined as activity codes DP1, DP2, DP3, DP4, DP5, P01, PN1, PM1, R00, R01, R03, R15, R16, R21, R22, R23, R29, R33, R34, R35, R36, R37, R61, R50, R55, R56, RC1, RC2, RC3, RC4, RF1, RL1, RL2, RL9, RM1, SI2, UA5, UC1, UC2, UC3, UC4, UC7, UF1, UG3, UH2, UH3, UH5, UM1, UM2, U01, U19, U34, and U3R. Research projects were first coded to NLM in fiscal year 2007. Not all of these activities may be in use by NIH every year.
 </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Data last updated 10/21/2024</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Source and Brief Methods: </t>
+      <t xml:space="preserve">Source: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
-[...20 lines deleted...]
-        <scheme val="minor"/>
       </rPr>
       <t>NIH PUB File</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF0000FF"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Table #105: NIH Research Project Grants </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>-</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t>document</t>
+      <t>Number and Total Funding of New, Continuation and Supplement Awards by Competing Status, Fiscal Years 2015 - 2025</t>
     </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="4">
+  <numFmts count="5">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="####0"/>
     <numFmt numFmtId="165" formatCode="\$#,##0"/>
+    <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
-  <fonts count="64" x14ac:knownFonts="1">
+  <fonts count="65" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -665,64 +633,69 @@
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9.5"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
       <sz val="11"/>
-      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
-  <fills count="59">
+  <fills count="60">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -990,50 +963,56 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor theme="4"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
@@ -4161,168 +4140,171 @@
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="60" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="44">
+  <cellXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="45" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="46" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="45" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="52" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="48" fillId="56" borderId="0" xfId="2349" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="58" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="24" borderId="0" xfId="2182" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="3" fontId="46" fillId="56" borderId="0" xfId="2359" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="56" borderId="0" xfId="2349" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="56" borderId="0" xfId="2347" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="56" borderId="0" xfId="2347" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="56" borderId="0" xfId="2347" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="57" fillId="24" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="57" fillId="24" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="57" fillId="24" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="58" fillId="57" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="58" fillId="57" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="57" fillId="24" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="58" fillId="57" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="2347" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="3" fontId="46" fillId="56" borderId="0" xfId="2359" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="24" borderId="0" xfId="2182" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="59" fillId="57" borderId="20" xfId="2846" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="59" fillId="57" borderId="20" xfId="2846" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="59" fillId="57" borderId="20" xfId="2846" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="55" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="56" borderId="0" xfId="2182" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="61" fillId="56" borderId="0" xfId="2182" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="56" borderId="0" xfId="2182" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="57" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="57" fillId="59" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="57" fillId="59" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="57" fillId="59" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2847">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 10" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 10 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 10 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 11 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 11 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 12 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 12 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 12 4" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 12 5" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 13 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 13 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 13 4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 13 5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent1 14 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - Accent1 14 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - Accent1 14 4" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="20% - Accent1 15" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -7437,829 +7419,855 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O27"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.33203125" style="36" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="16" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="9.28515625" style="34" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="25.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="20.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="25.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="20.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="25.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="20.7109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="25.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="20.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="25.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="20.7109375" style="1" customWidth="1"/>
+    <col min="13" max="13" width="25.7109375" style="1" customWidth="1"/>
+    <col min="14" max="15" width="9.140625" style="5"/>
+    <col min="16" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="75" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>15</v>
+    <row r="1" spans="1:15" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="27" t="s">
+        <v>19</v>
       </c>
       <c r="B1" s="12"/>
       <c r="C1" s="12"/>
       <c r="D1" s="12"/>
       <c r="E1" s="12"/>
       <c r="F1" s="12"/>
     </row>
-    <row r="2" spans="1:15" s="3" customFormat="1" ht="87.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:15" s="3" customFormat="1" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="13" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="13" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="13" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E2" s="13" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="13" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="13" t="s">
         <v>7</v>
       </c>
       <c r="H2" s="13" t="s">
         <v>8</v>
       </c>
       <c r="I2" s="13" t="s">
         <v>9</v>
       </c>
       <c r="J2" s="13" t="s">
         <v>10</v>
       </c>
       <c r="K2" s="13" t="s">
         <v>11</v>
       </c>
       <c r="L2" s="13" t="s">
         <v>12</v>
       </c>
       <c r="M2" s="13" t="s">
         <v>13</v>
       </c>
       <c r="N2" s="6"/>
       <c r="O2" s="6"/>
     </row>
-    <row r="3" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="29">
+    <row r="3" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="28">
         <v>2015</v>
       </c>
-      <c r="B3" s="24">
+      <c r="B3" s="23">
         <v>33199</v>
       </c>
-      <c r="C3" s="25">
+      <c r="C3" s="24">
         <v>15862012059</v>
       </c>
-      <c r="D3" s="24">
+      <c r="D3" s="23">
         <v>7802</v>
       </c>
-      <c r="E3" s="25">
+      <c r="E3" s="24">
         <v>3453756680</v>
       </c>
-      <c r="F3" s="24">
+      <c r="F3" s="23">
         <v>1769</v>
       </c>
-      <c r="G3" s="25">
+      <c r="G3" s="24">
         <v>940825057</v>
       </c>
-      <c r="H3" s="24">
+      <c r="H3" s="23">
         <v>23596</v>
       </c>
-      <c r="I3" s="25">
+      <c r="I3" s="24">
         <v>11200503847</v>
       </c>
-      <c r="J3" s="23">
+      <c r="J3" s="22">
         <v>32</v>
       </c>
-      <c r="K3" s="25">
+      <c r="K3" s="24">
         <v>22920852</v>
       </c>
-      <c r="L3" s="24">
+      <c r="L3" s="23">
         <v>1807</v>
       </c>
-      <c r="M3" s="25">
+      <c r="M3" s="24">
         <v>244005623</v>
       </c>
     </row>
-    <row r="4" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="29">
+    <row r="4" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="28">
         <v>2016</v>
       </c>
-      <c r="B4" s="24">
+      <c r="B4" s="23">
         <v>34329</v>
       </c>
-      <c r="C4" s="25">
+      <c r="C4" s="24">
         <v>17137754907</v>
       </c>
-      <c r="D4" s="24">
+      <c r="D4" s="23">
         <v>8790</v>
       </c>
-      <c r="E4" s="25">
+      <c r="E4" s="24">
         <v>4160962223</v>
       </c>
-      <c r="F4" s="24">
+      <c r="F4" s="23">
         <v>1626</v>
       </c>
-      <c r="G4" s="25">
+      <c r="G4" s="24">
         <v>919314614</v>
       </c>
-      <c r="H4" s="24">
+      <c r="H4" s="23">
         <v>23879</v>
       </c>
-      <c r="I4" s="25">
+      <c r="I4" s="24">
         <v>11731470927</v>
       </c>
-      <c r="J4" s="23">
+      <c r="J4" s="22">
         <v>34</v>
       </c>
-      <c r="K4" s="25">
+      <c r="K4" s="24">
         <v>14857753</v>
       </c>
-      <c r="L4" s="24">
+      <c r="L4" s="23">
         <v>1946</v>
       </c>
-      <c r="M4" s="25">
+      <c r="M4" s="24">
         <v>311149390</v>
       </c>
     </row>
-    <row r="5" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="29">
+    <row r="5" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="28">
         <v>2017</v>
       </c>
-      <c r="B5" s="24">
+      <c r="B5" s="23">
         <v>35204</v>
       </c>
-      <c r="C5" s="25">
+      <c r="C5" s="24">
         <v>18321187243</v>
       </c>
-      <c r="D5" s="24">
+      <c r="D5" s="23">
         <v>8717</v>
       </c>
-      <c r="E5" s="25">
+      <c r="E5" s="24">
         <v>4433338486</v>
       </c>
-      <c r="F5" s="24">
+      <c r="F5" s="23">
         <v>1503</v>
       </c>
-      <c r="G5" s="25">
+      <c r="G5" s="24">
         <v>879806361</v>
       </c>
-      <c r="H5" s="24">
+      <c r="H5" s="23">
         <v>24956</v>
       </c>
-      <c r="I5" s="25">
+      <c r="I5" s="24">
         <v>12740013225</v>
       </c>
-      <c r="J5" s="23">
+      <c r="J5" s="22">
         <v>28</v>
       </c>
-      <c r="K5" s="25">
+      <c r="K5" s="24">
         <v>14055186</v>
       </c>
-      <c r="L5" s="24">
+      <c r="L5" s="23">
         <v>1629</v>
       </c>
-      <c r="M5" s="25">
+      <c r="M5" s="24">
         <v>253973985</v>
       </c>
     </row>
-    <row r="6" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="29">
+    <row r="6" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="28">
         <v>2018</v>
       </c>
-      <c r="B6" s="24">
+      <c r="B6" s="23">
         <v>37123</v>
       </c>
-      <c r="C6" s="25">
+      <c r="C6" s="24">
         <v>19869684598</v>
       </c>
-      <c r="D6" s="24">
+      <c r="D6" s="23">
         <v>9703</v>
       </c>
-      <c r="E6" s="25">
+      <c r="E6" s="24">
         <v>4802388907</v>
       </c>
-      <c r="F6" s="24">
+      <c r="F6" s="23">
         <v>1409</v>
       </c>
-      <c r="G6" s="25">
+      <c r="G6" s="24">
         <v>840803921</v>
       </c>
-      <c r="H6" s="24">
+      <c r="H6" s="23">
         <v>25988</v>
       </c>
-      <c r="I6" s="25">
+      <c r="I6" s="24">
         <v>13716356393</v>
       </c>
-      <c r="J6" s="23">
+      <c r="J6" s="22">
         <v>23</v>
       </c>
-      <c r="K6" s="25">
+      <c r="K6" s="24">
         <v>11589581</v>
       </c>
-      <c r="L6" s="24">
+      <c r="L6" s="23">
         <v>2767</v>
       </c>
-      <c r="M6" s="25">
+      <c r="M6" s="24">
         <v>498545796</v>
       </c>
     </row>
-    <row r="7" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="29">
+    <row r="7" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="28">
         <v>2019</v>
       </c>
-      <c r="B7" s="24">
+      <c r="B7" s="23">
         <v>38992</v>
       </c>
-      <c r="C7" s="25">
+      <c r="C7" s="24">
         <v>21589062208</v>
       </c>
-      <c r="D7" s="24">
+      <c r="D7" s="23">
         <v>9719</v>
       </c>
-      <c r="E7" s="25">
+      <c r="E7" s="24">
         <v>5641993360</v>
       </c>
-      <c r="F7" s="24">
+      <c r="F7" s="23">
         <v>1336</v>
       </c>
-      <c r="G7" s="25">
+      <c r="G7" s="24">
         <v>856189699</v>
       </c>
-      <c r="H7" s="24">
+      <c r="H7" s="23">
         <v>27892</v>
       </c>
-      <c r="I7" s="25">
+      <c r="I7" s="24">
         <v>14569470872</v>
       </c>
-      <c r="J7" s="23">
+      <c r="J7" s="22">
         <v>45</v>
       </c>
-      <c r="K7" s="25">
+      <c r="K7" s="24">
         <v>24964947</v>
       </c>
-      <c r="L7" s="24">
+      <c r="L7" s="23">
         <v>2586</v>
       </c>
-      <c r="M7" s="25">
+      <c r="M7" s="24">
         <v>496443330</v>
       </c>
     </row>
-    <row r="8" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="29">
+    <row r="8" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="28">
         <v>2020</v>
       </c>
-      <c r="B8" s="24">
+      <c r="B8" s="23">
         <v>39941</v>
       </c>
-      <c r="C8" s="25">
+      <c r="C8" s="24">
         <v>22636319154</v>
       </c>
-      <c r="D8" s="24">
+      <c r="D8" s="23">
         <v>9957</v>
       </c>
-      <c r="E8" s="25">
+      <c r="E8" s="24">
         <v>5478011711</v>
       </c>
-      <c r="F8" s="24">
+      <c r="F8" s="23">
         <v>1389</v>
       </c>
-      <c r="G8" s="25">
+      <c r="G8" s="24">
         <v>930330935</v>
       </c>
-      <c r="H8" s="24">
+      <c r="H8" s="23">
         <v>28561</v>
       </c>
-      <c r="I8" s="25">
+      <c r="I8" s="24">
         <v>15691996390</v>
       </c>
-      <c r="J8" s="23">
+      <c r="J8" s="22">
         <v>34</v>
       </c>
-      <c r="K8" s="25">
+      <c r="K8" s="24">
         <v>30455277</v>
       </c>
-      <c r="L8" s="24">
+      <c r="L8" s="23">
         <v>2528</v>
       </c>
-      <c r="M8" s="25">
+      <c r="M8" s="24">
         <v>505524841</v>
       </c>
     </row>
-    <row r="9" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="29">
+    <row r="9" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="28">
         <v>2021</v>
       </c>
-      <c r="B9" s="24">
+      <c r="B9" s="23">
         <v>40049</v>
       </c>
-      <c r="C9" s="25">
+      <c r="C9" s="24">
         <v>23280221639</v>
       </c>
-      <c r="D9" s="24">
+      <c r="D9" s="23">
         <v>9840</v>
       </c>
-      <c r="E9" s="25">
+      <c r="E9" s="24">
         <v>5480396891</v>
       </c>
-      <c r="F9" s="24">
+      <c r="F9" s="23">
         <v>1467</v>
       </c>
-      <c r="G9" s="25">
+      <c r="G9" s="24">
         <v>1329653360</v>
       </c>
-      <c r="H9" s="24">
+      <c r="H9" s="23">
         <v>28720</v>
       </c>
-      <c r="I9" s="25">
+      <c r="I9" s="24">
         <v>15893189033</v>
       </c>
-      <c r="J9" s="23">
+      <c r="J9" s="22">
         <v>22</v>
       </c>
-      <c r="K9" s="25">
+      <c r="K9" s="24">
         <v>36090879</v>
       </c>
-      <c r="L9" s="24">
+      <c r="L9" s="23">
         <v>3174</v>
       </c>
-      <c r="M9" s="25">
+      <c r="M9" s="24">
         <v>540891476</v>
       </c>
     </row>
-    <row r="10" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="30">
+    <row r="10" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="29">
         <v>2022</v>
       </c>
-      <c r="B10" s="26">
+      <c r="B10" s="25">
         <v>41173</v>
       </c>
-      <c r="C10" s="27">
+      <c r="C10" s="26">
         <v>24399835832</v>
       </c>
-      <c r="D10" s="26">
+      <c r="D10" s="25">
         <v>9970</v>
       </c>
-      <c r="E10" s="27">
+      <c r="E10" s="26">
         <v>5769082329</v>
       </c>
-      <c r="F10" s="26">
+      <c r="F10" s="25">
         <v>1414</v>
       </c>
-      <c r="G10" s="27">
+      <c r="G10" s="26">
         <v>970539398</v>
       </c>
-      <c r="H10" s="26">
+      <c r="H10" s="25">
         <v>29772</v>
       </c>
-      <c r="I10" s="27">
+      <c r="I10" s="26">
         <v>17057481931</v>
       </c>
-      <c r="J10" s="26">
+      <c r="J10" s="25">
         <v>17</v>
       </c>
-      <c r="K10" s="27">
+      <c r="K10" s="26">
         <v>22149076</v>
       </c>
-      <c r="L10" s="26">
+      <c r="L10" s="25">
         <v>3454</v>
       </c>
-      <c r="M10" s="27">
+      <c r="M10" s="26">
         <v>580583098</v>
       </c>
     </row>
-    <row r="11" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="30">
+    <row r="11" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="29">
         <v>2023</v>
       </c>
-      <c r="B11" s="26">
+      <c r="B11" s="25">
         <v>41597</v>
       </c>
-      <c r="C11" s="27">
+      <c r="C11" s="26">
         <v>25365442608</v>
       </c>
-      <c r="D11" s="26">
+      <c r="D11" s="25">
         <v>9804</v>
       </c>
-      <c r="E11" s="27">
+      <c r="E11" s="26">
         <v>5906845421</v>
       </c>
-      <c r="F11" s="26">
+      <c r="F11" s="25">
         <v>1373</v>
       </c>
-      <c r="G11" s="27">
+      <c r="G11" s="26">
         <v>989430996</v>
       </c>
-      <c r="H11" s="26">
+      <c r="H11" s="25">
         <v>30415</v>
       </c>
-      <c r="I11" s="27">
+      <c r="I11" s="26">
         <v>17849381031</v>
       </c>
-      <c r="J11" s="26">
+      <c r="J11" s="25">
         <v>5</v>
       </c>
-      <c r="K11" s="27">
+      <c r="K11" s="26">
         <v>2243227</v>
       </c>
-      <c r="L11" s="26">
+      <c r="L11" s="25">
         <v>4100</v>
       </c>
-      <c r="M11" s="27">
+      <c r="M11" s="26">
         <v>617541933</v>
       </c>
     </row>
-    <row r="12" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="39">
+    <row r="12" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="37">
         <v>2024</v>
       </c>
-      <c r="B12" s="37">
+      <c r="B12" s="35">
         <v>41470</v>
       </c>
-      <c r="C12" s="38">
+      <c r="C12" s="36">
         <v>25721050507</v>
       </c>
-      <c r="D12" s="37">
+      <c r="D12" s="35">
         <v>8978</v>
       </c>
-      <c r="E12" s="38">
+      <c r="E12" s="36">
         <v>5397173457</v>
       </c>
-      <c r="F12" s="37">
+      <c r="F12" s="35">
         <v>1346</v>
       </c>
-      <c r="G12" s="38">
+      <c r="G12" s="36">
         <v>1009659283</v>
       </c>
-      <c r="H12" s="37">
+      <c r="H12" s="35">
         <v>31136</v>
       </c>
-      <c r="I12" s="38">
+      <c r="I12" s="36">
         <v>18814253790</v>
       </c>
-      <c r="J12" s="37">
+      <c r="J12" s="35">
         <v>10</v>
       </c>
-      <c r="K12" s="38">
+      <c r="K12" s="36">
         <v>3069818</v>
       </c>
-      <c r="L12" s="37">
+      <c r="L12" s="35">
         <v>3609</v>
       </c>
-      <c r="M12" s="38">
+      <c r="M12" s="36">
         <v>496894159</v>
       </c>
     </row>
-    <row r="13" spans="1:15" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="M13" s="18"/>
+    <row r="13" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="44">
+        <v>2025</v>
+      </c>
+      <c r="B13" s="42">
+        <v>39239</v>
+      </c>
+      <c r="C13" s="43">
+        <v>26503031656</v>
+      </c>
+      <c r="D13" s="42">
+        <v>7124</v>
+      </c>
+      <c r="E13" s="43">
+        <v>5261581225</v>
+      </c>
+      <c r="F13" s="42">
+        <v>1092</v>
+      </c>
+      <c r="G13" s="43">
+        <v>978928119</v>
+      </c>
+      <c r="H13" s="42">
+        <v>31006</v>
+      </c>
+      <c r="I13" s="43">
+        <v>19819608108</v>
+      </c>
+      <c r="J13" s="42">
+        <v>17</v>
+      </c>
+      <c r="K13" s="43">
+        <v>15330008</v>
+      </c>
+      <c r="L13" s="42">
+        <v>2321</v>
+      </c>
+      <c r="M13" s="43">
+        <v>427584196</v>
+      </c>
     </row>
-    <row r="14" spans="1:15" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="M14" s="18"/>
+    <row r="14" spans="1:15" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="30"/>
+      <c r="B14" s="19"/>
+      <c r="C14" s="17"/>
+      <c r="D14" s="17"/>
+      <c r="E14" s="17"/>
+      <c r="F14" s="17"/>
+      <c r="G14" s="17"/>
+      <c r="H14" s="17"/>
+      <c r="I14" s="17"/>
+      <c r="J14" s="17"/>
+      <c r="K14" s="17"/>
+      <c r="L14" s="17"/>
+      <c r="M14" s="17"/>
     </row>
-    <row r="15" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="33"/>
+    <row r="15" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="31"/>
       <c r="B15" s="15"/>
       <c r="C15" s="16"/>
       <c r="D15" s="16"/>
       <c r="E15" s="16"/>
       <c r="F15" s="16"/>
       <c r="G15" s="16"/>
       <c r="H15" s="16"/>
       <c r="I15" s="16"/>
       <c r="J15" s="16"/>
       <c r="K15" s="16"/>
       <c r="L15" s="16"/>
       <c r="M15" s="16"/>
       <c r="N15" s="4"/>
       <c r="O15" s="4"/>
     </row>
-    <row r="16" spans="1:15" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="33"/>
+    <row r="16" spans="1:15" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="31"/>
       <c r="B16" s="15"/>
       <c r="C16" s="15"/>
       <c r="D16" s="15"/>
       <c r="E16" s="15"/>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="10"/>
       <c r="I16" s="10"/>
       <c r="J16" s="10"/>
       <c r="K16" s="10"/>
       <c r="L16" s="10"/>
       <c r="M16" s="10"/>
       <c r="N16" s="4"/>
       <c r="O16" s="4"/>
     </row>
     <row r="17" spans="1:15" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="34"/>
-[...3 lines deleted...]
-      <c r="E17" s="19"/>
+      <c r="A17" s="32"/>
+      <c r="B17" s="18"/>
+      <c r="C17" s="18"/>
+      <c r="D17" s="18"/>
+      <c r="E17" s="18"/>
       <c r="N17" s="7"/>
       <c r="O17" s="7"/>
     </row>
     <row r="18" spans="1:15" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="35"/>
+      <c r="A18" s="33"/>
       <c r="B18" s="14"/>
       <c r="N18" s="7"/>
       <c r="O18" s="7"/>
     </row>
-    <row r="19" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
-[...7 lines deleted...]
-    <row r="27" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="19" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="20" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="21" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="23" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:15" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="80" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA97CAB9-0573-497E-9E57-49EEC09E7014}">
   <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="31.5546875" style="9" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.88671875" style="9"/>
+    <col min="1" max="1" width="31.5703125" style="9" customWidth="1"/>
+    <col min="2" max="2" width="125.7109375" style="9" customWidth="1"/>
+    <col min="3" max="16384" width="8.85546875" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="21"/>
-[...10 lines deleted...]
-      <c r="N1" s="21"/>
+      <c r="C1" s="20"/>
+      <c r="D1" s="20"/>
+      <c r="E1" s="20"/>
+      <c r="F1" s="20"/>
+      <c r="G1" s="20"/>
+      <c r="H1" s="20"/>
+      <c r="I1" s="20"/>
+      <c r="J1" s="20"/>
+      <c r="K1" s="20"/>
+      <c r="L1" s="20"/>
+      <c r="M1" s="20"/>
+      <c r="N1" s="20"/>
     </row>
-    <row r="2" spans="1:14" ht="86.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="41" t="s">
+    <row r="2" spans="1:14" ht="86.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="39" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="22" t="s">
-[...13 lines deleted...]
-      <c r="N2" s="22"/>
+      <c r="B2" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="21"/>
+      <c r="H2" s="21"/>
+      <c r="I2" s="21"/>
+      <c r="J2" s="21"/>
+      <c r="K2" s="21"/>
+      <c r="L2" s="21"/>
+      <c r="M2" s="21"/>
+      <c r="N2" s="21"/>
     </row>
-    <row r="3" spans="1:14" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>20</v>
+    <row r="3" spans="1:14" s="38" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="41" t="s">
+        <v>18</v>
       </c>
       <c r="B3" s="8"/>
       <c r="C3" s="8"/>
       <c r="D3" s="8"/>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
       <c r="G3" s="8"/>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
       <c r="J3" s="8"/>
       <c r="K3" s="8"/>
       <c r="L3" s="8"/>
       <c r="M3" s="8"/>
     </row>
-    <row r="4" spans="1:14" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>17</v>
+    <row r="4" spans="1:14" s="38" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="40" t="s">
+        <v>16</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
       <c r="E4" s="8"/>
       <c r="F4" s="8"/>
       <c r="G4" s="8"/>
       <c r="H4" s="8"/>
       <c r="I4" s="8"/>
       <c r="J4" s="8"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
     </row>
-    <row r="5" spans="1:14" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>19</v>
+    <row r="5" spans="1:14" s="38" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="40" t="s">
+        <v>17</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="8"/>
       <c r="D5" s="8"/>
       <c r="E5" s="8"/>
       <c r="F5" s="8"/>
       <c r="G5" s="8"/>
       <c r="H5" s="8"/>
       <c r="I5" s="8"/>
       <c r="J5" s="8"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
     </row>
-    <row r="6" spans="1:14" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" s="38" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="8" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="8"/>
       <c r="G6" s="8"/>
       <c r="H6" s="8"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A3" r:id="rId1" display="Source: NIH PUB File" xr:uid="{CCA639C8-60F1-427C-92FB-704168EF71C0}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A4" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{B57E33E3-8A52-495B-8251-0410FC256239}"/>
+    <hyperlink ref="A5" r:id="rId1" xr:uid="{B674532F-5AE0-4617-8A23-68295AB206B5}"/>
+    <hyperlink ref="A4" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{B57E33E3-8A52-495B-8251-0410FC256239}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307233afc278fc503943648cbe4c01eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -8419,50 +8427,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -8603,99 +8616,100 @@
       <Description>Research Project Grants: Awards and total funding, by type (~46KB)</Description>
     </RePORTTitleandLink>
     <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
     <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst1>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Abbott, Sandra (NIH/OD) [E]</DisplayName>
         <AccountId>22</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst2>
     <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2890C27B-4677-4255-89BF-B186FAF2FFBE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7ADB66FA-3F86-4472-AD61-A7338D637904}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEEC01AB-FC2D-4AD4-AE85-492D2CD533D0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF4CB9DB-28AC-4248-B19D-246A9E4974AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6CBCC31-F79F-4F98-8B48-755F0593FDB8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>