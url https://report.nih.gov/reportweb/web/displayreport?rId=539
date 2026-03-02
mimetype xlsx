--- v0 (2025-12-31)
+++ v1 (2026-03-02)
@@ -5,86 +5,86 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A4B38649-8A0F-48D0-90D9-718104F1CFFF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E1F167E5-9B38-4FCF-B60A-8B4C82DC9BE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #103" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #103'!$A$1:$T$139</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #103'!$A$1:$T$149</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #103'!$A$3:$C$140</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #103'!$A$1:$T$150</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #103'!$2:$3</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="438" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="442" uniqueCount="148">
   <si>
     <t>Other Research</t>
   </si>
   <si>
     <t>P20</t>
   </si>
   <si>
     <t>P41</t>
   </si>
   <si>
     <t>PN2</t>
   </si>
   <si>
     <t>R01</t>
   </si>
   <si>
     <t>R03</t>
   </si>
   <si>
     <t>R13</t>
   </si>
   <si>
     <t>R18</t>
   </si>
   <si>
@@ -468,200 +468,170 @@
   <si>
     <t>R16</t>
   </si>
   <si>
     <t>NOTES</t>
   </si>
   <si>
     <t>Research Grants</t>
   </si>
   <si>
     <t>Total Number of Awards</t>
   </si>
   <si>
     <t>Total Funding</t>
   </si>
   <si>
     <t>Mechanism Total</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
-        <sz val="12"/>
-[...17 lines deleted...]
-        <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Data last updated 10/21/2024</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
+    <t>Extramural awards made for Research Centers, Research Projects, Small Business Innovation Research/Small Business Technology Transfer (SBIR/STTR) Grants, and Other Research Grants.</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t>Source and Brief Methods:</t>
+      <t xml:space="preserve">Source: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
-[...20 lines deleted...]
-        <scheme val="minor"/>
       </rPr>
       <t>NIH PUB File</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF0000FF"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
+  </si>
+  <si>
+    <t>S15</t>
+  </si>
+  <si>
     <r>
       <rPr>
-        <sz val="11"/>
+        <b/>
+        <sz val="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
-        <scheme val="minor"/>
       </rPr>
-      <t>document</t>
+      <t xml:space="preserve">Table #103: NIH Research Grants </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>- Total Number of Awards and Total Funding by Grant Mechanism and Activity Code, Fiscal Years 2015 - 2025</t>
     </r>
   </si>
   <si>
-    <t>Extramural awards made for Research Centers, Research Projects, Small Business Innovation Research/Small Business Technology Transfer (SBIR/STTR) Grants, and Other Research Grants.</t>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="###,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;###,###,###,###,##0"/>
   </numFmts>
-  <fonts count="62" x14ac:knownFonts="1">
+  <fonts count="63" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -1024,61 +994,66 @@
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
       <sz val="11"/>
-      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="61">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
@@ -1364,51 +1339,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="24">
+  <borders count="25">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -1647,50 +1622,61 @@
       <bottom style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC1C1C1"/>
       </left>
       <right style="thin">
         <color rgb="FFC1C1C1"/>
       </right>
+      <top style="thin">
+        <color rgb="FFC1C1C1"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC1C1C1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color rgb="FFC1C1C1"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC1C1C1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2897">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="29" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -4621,51 +4607,51 @@
     <xf numFmtId="0" fontId="2" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="55" borderId="16" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="90">
+  <cellXfs count="95">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="56" borderId="0" xfId="2300" applyFill="1"/>
     <xf numFmtId="0" fontId="49" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="56" borderId="0" xfId="2896" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="56" borderId="0" xfId="2300" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="49" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="49" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="49" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
@@ -4852,61 +4838,76 @@
     </xf>
     <xf numFmtId="166" fontId="51" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="52" fillId="58" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="52" fillId="58" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="52" fillId="59" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="52" fillId="59" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="56" borderId="0" xfId="2140" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="55" fillId="56" borderId="0" xfId="2140" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="56" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="51" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="51" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="51" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="51" fillId="60" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="51" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="57" fillId="57" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="57" fillId="57" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2897">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 10" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 10 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 10 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 11 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 11 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 12 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 12 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 12 4" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 12 5" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 13 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 13 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 13 4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
@@ -8077,153 +8078,159 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:V158"/>
+  <dimension ref="A1:Y159"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="75" workbookViewId="0">
       <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="21.44140625" style="2" customWidth="1"/>
-[...21 lines deleted...]
-    <col min="23" max="16384" width="9.109375" style="9"/>
+    <col min="1" max="1" width="21.42578125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="17.7109375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" style="12" customWidth="1"/>
+    <col min="4" max="4" width="25.7109375" style="12" customWidth="1"/>
+    <col min="5" max="5" width="20.7109375" style="9" customWidth="1"/>
+    <col min="6" max="6" width="25.7109375" style="13" customWidth="1"/>
+    <col min="7" max="7" width="20.7109375" style="9" customWidth="1"/>
+    <col min="8" max="8" width="25.7109375" style="13" customWidth="1"/>
+    <col min="9" max="9" width="20.7109375" style="9" customWidth="1"/>
+    <col min="10" max="10" width="25.7109375" style="14" customWidth="1"/>
+    <col min="11" max="11" width="20.7109375" style="9" customWidth="1"/>
+    <col min="12" max="12" width="25.7109375" style="13" customWidth="1"/>
+    <col min="13" max="13" width="20.7109375" style="9" customWidth="1"/>
+    <col min="14" max="14" width="25.7109375" style="13" customWidth="1"/>
+    <col min="15" max="15" width="20.7109375" style="9" customWidth="1"/>
+    <col min="16" max="16" width="25.7109375" style="13" customWidth="1"/>
+    <col min="17" max="17" width="20.7109375" style="8" customWidth="1"/>
+    <col min="18" max="18" width="25.7109375" style="8" customWidth="1"/>
+    <col min="19" max="19" width="20.7109375" style="9" customWidth="1"/>
+    <col min="20" max="20" width="25.7109375" style="9" customWidth="1"/>
+    <col min="21" max="21" width="20.7109375" style="9" customWidth="1"/>
+    <col min="22" max="22" width="25.7109375" style="9" customWidth="1"/>
+    <col min="23" max="23" width="20.7109375" style="9" customWidth="1"/>
+    <col min="24" max="24" width="25.7109375" style="9" customWidth="1"/>
+    <col min="25" max="16384" width="9.140625" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" s="36" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:24" s="36" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="37" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B1" s="43"/>
       <c r="C1" s="31"/>
       <c r="D1" s="31"/>
       <c r="E1" s="31"/>
       <c r="F1" s="32"/>
       <c r="G1" s="30"/>
       <c r="H1" s="33"/>
       <c r="I1" s="34"/>
       <c r="J1" s="32"/>
       <c r="K1" s="34"/>
       <c r="L1" s="32"/>
       <c r="M1" s="34"/>
       <c r="N1" s="32"/>
       <c r="O1" s="35"/>
       <c r="P1" s="35"/>
     </row>
-    <row r="2" spans="1:22" s="26" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:24" s="26" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="38"/>
       <c r="B2" s="38"/>
-      <c r="C2" s="88">
+      <c r="C2" s="93">
         <v>2015</v>
       </c>
-      <c r="D2" s="89"/>
-      <c r="E2" s="88">
+      <c r="D2" s="94"/>
+      <c r="E2" s="93">
         <v>2016</v>
       </c>
-      <c r="F2" s="89"/>
-      <c r="G2" s="88">
+      <c r="F2" s="94"/>
+      <c r="G2" s="93">
         <v>2017</v>
       </c>
-      <c r="H2" s="89"/>
-      <c r="I2" s="88">
+      <c r="H2" s="94"/>
+      <c r="I2" s="93">
         <v>2018</v>
       </c>
-      <c r="J2" s="89"/>
-      <c r="K2" s="88">
+      <c r="J2" s="94"/>
+      <c r="K2" s="93">
         <v>2019</v>
       </c>
-      <c r="L2" s="89"/>
-      <c r="M2" s="88">
+      <c r="L2" s="94"/>
+      <c r="M2" s="93">
         <v>2020</v>
       </c>
-      <c r="N2" s="89"/>
-      <c r="O2" s="88">
+      <c r="N2" s="94"/>
+      <c r="O2" s="93">
         <v>2021</v>
       </c>
-      <c r="P2" s="89"/>
-      <c r="Q2" s="88">
+      <c r="P2" s="94"/>
+      <c r="Q2" s="93">
         <v>2022</v>
       </c>
-      <c r="R2" s="89"/>
-      <c r="S2" s="88">
+      <c r="R2" s="94"/>
+      <c r="S2" s="93">
         <v>2023</v>
       </c>
-      <c r="T2" s="89"/>
-      <c r="U2" s="88">
+      <c r="T2" s="94"/>
+      <c r="U2" s="93">
         <v>2024</v>
       </c>
-      <c r="V2" s="89"/>
+      <c r="V2" s="94"/>
+      <c r="W2" s="93">
+        <v>2025</v>
+      </c>
+      <c r="X2" s="94"/>
     </row>
-    <row r="3" spans="1:22" s="28" customFormat="1" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:24" s="28" customFormat="1" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="27" t="s">
         <v>92</v>
       </c>
       <c r="B3" s="27" t="s">
         <v>91</v>
       </c>
       <c r="C3" s="27" t="s">
         <v>137</v>
       </c>
       <c r="D3" s="27" t="s">
         <v>138</v>
       </c>
       <c r="E3" s="27" t="s">
         <v>137</v>
       </c>
       <c r="F3" s="27" t="s">
         <v>138</v>
       </c>
       <c r="G3" s="27" t="s">
         <v>137</v>
       </c>
       <c r="H3" s="27" t="s">
         <v>138</v>
       </c>
       <c r="I3" s="27" t="s">
@@ -8246,52 +8253,58 @@
       </c>
       <c r="O3" s="27" t="s">
         <v>137</v>
       </c>
       <c r="P3" s="27" t="s">
         <v>138</v>
       </c>
       <c r="Q3" s="27" t="s">
         <v>137</v>
       </c>
       <c r="R3" s="27" t="s">
         <v>138</v>
       </c>
       <c r="S3" s="27" t="s">
         <v>137</v>
       </c>
       <c r="T3" s="27" t="s">
         <v>138</v>
       </c>
       <c r="U3" s="27" t="s">
         <v>137</v>
       </c>
       <c r="V3" s="27" t="s">
         <v>138</v>
       </c>
+      <c r="W3" s="27" t="s">
+        <v>137</v>
+      </c>
+      <c r="X3" s="27" t="s">
+        <v>138</v>
+      </c>
     </row>
-    <row r="4" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B4" s="46" t="s">
         <v>65</v>
       </c>
       <c r="C4" s="47">
         <v>81</v>
       </c>
       <c r="D4" s="48">
         <v>64798309</v>
       </c>
       <c r="E4" s="47">
         <v>78</v>
       </c>
       <c r="F4" s="48">
         <v>67354076</v>
       </c>
       <c r="G4" s="47">
         <v>84</v>
       </c>
       <c r="H4" s="48">
         <v>74031308</v>
       </c>
       <c r="I4" s="47">
@@ -8314,52 +8327,58 @@
       </c>
       <c r="O4" s="47">
         <v>95</v>
       </c>
       <c r="P4" s="48">
         <v>88156578</v>
       </c>
       <c r="Q4" s="49">
         <v>90</v>
       </c>
       <c r="R4" s="50">
         <v>85023884</v>
       </c>
       <c r="S4" s="49">
         <v>92</v>
       </c>
       <c r="T4" s="50">
         <v>86984221</v>
       </c>
       <c r="U4" s="67">
         <v>118</v>
       </c>
       <c r="V4" s="68">
         <v>100803809</v>
       </c>
+      <c r="W4" s="67">
+        <v>109</v>
+      </c>
+      <c r="X4" s="68">
+        <v>95961729</v>
+      </c>
     </row>
-    <row r="5" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B5" s="46" t="s">
         <v>66</v>
       </c>
       <c r="C5" s="47">
         <v>47</v>
       </c>
       <c r="D5" s="48">
         <v>107726993</v>
       </c>
       <c r="E5" s="47">
         <v>59</v>
       </c>
       <c r="F5" s="48">
         <v>134316415</v>
       </c>
       <c r="G5" s="47">
         <v>62</v>
       </c>
       <c r="H5" s="48">
         <v>139162313</v>
       </c>
       <c r="I5" s="47">
@@ -8382,52 +8401,58 @@
       </c>
       <c r="O5" s="47">
         <v>86</v>
       </c>
       <c r="P5" s="48">
         <v>106878082</v>
       </c>
       <c r="Q5" s="49">
         <v>118</v>
       </c>
       <c r="R5" s="50">
         <v>142288504</v>
       </c>
       <c r="S5" s="49">
         <v>112</v>
       </c>
       <c r="T5" s="50">
         <v>114838587</v>
       </c>
       <c r="U5" s="67">
         <v>174</v>
       </c>
       <c r="V5" s="68">
         <v>162587112</v>
       </c>
+      <c r="W5" s="67">
+        <v>177</v>
+      </c>
+      <c r="X5" s="68">
+        <v>150586885</v>
+      </c>
     </row>
-    <row r="6" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B6" s="46" t="s">
         <v>97</v>
       </c>
       <c r="C6" s="47">
         <v>19</v>
       </c>
       <c r="D6" s="48">
         <v>37768548</v>
       </c>
       <c r="E6" s="47">
         <v>14</v>
       </c>
       <c r="F6" s="48">
         <v>39468690</v>
       </c>
       <c r="G6" s="47">
         <v>7</v>
       </c>
       <c r="H6" s="48">
         <v>16479909</v>
       </c>
       <c r="I6" s="47">
@@ -8450,52 +8475,58 @@
       </c>
       <c r="O6" s="47">
         <v>0</v>
       </c>
       <c r="P6" s="48">
         <v>0</v>
       </c>
       <c r="Q6" s="47">
         <v>0</v>
       </c>
       <c r="R6" s="48">
         <v>0</v>
       </c>
       <c r="S6" s="47">
         <v>0</v>
       </c>
       <c r="T6" s="48">
         <v>0</v>
       </c>
       <c r="U6" s="69">
         <v>0</v>
       </c>
       <c r="V6" s="70">
         <v>0</v>
       </c>
+      <c r="W6" s="67">
+        <v>0</v>
+      </c>
+      <c r="X6" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="7" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B7" s="46" t="s">
         <v>98</v>
       </c>
       <c r="C7" s="47">
         <v>71</v>
       </c>
       <c r="D7" s="48">
         <v>28035641</v>
       </c>
       <c r="E7" s="47">
         <v>77</v>
       </c>
       <c r="F7" s="48">
         <v>30909082</v>
       </c>
       <c r="G7" s="47">
         <v>75</v>
       </c>
       <c r="H7" s="48">
         <v>30471282</v>
       </c>
       <c r="I7" s="47">
@@ -8518,52 +8549,58 @@
       </c>
       <c r="O7" s="47">
         <v>62</v>
       </c>
       <c r="P7" s="48">
         <v>25424724</v>
       </c>
       <c r="Q7" s="49">
         <v>63</v>
       </c>
       <c r="R7" s="50">
         <v>26206857</v>
       </c>
       <c r="S7" s="49">
         <v>66</v>
       </c>
       <c r="T7" s="50">
         <v>27023633</v>
       </c>
       <c r="U7" s="67">
         <v>65</v>
       </c>
       <c r="V7" s="68">
         <v>26990197</v>
       </c>
+      <c r="W7" s="67">
+        <v>63</v>
+      </c>
+      <c r="X7" s="68">
+        <v>30839686</v>
+      </c>
     </row>
-    <row r="8" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B8" s="46" t="s">
         <v>67</v>
       </c>
       <c r="C8" s="47">
         <v>494</v>
       </c>
       <c r="D8" s="48">
         <v>883268296</v>
       </c>
       <c r="E8" s="47">
         <v>463</v>
       </c>
       <c r="F8" s="48">
         <v>860611618</v>
       </c>
       <c r="G8" s="47">
         <v>448</v>
       </c>
       <c r="H8" s="48">
         <v>840971406</v>
       </c>
       <c r="I8" s="47">
@@ -8586,52 +8623,58 @@
       </c>
       <c r="O8" s="47">
         <v>329</v>
       </c>
       <c r="P8" s="48">
         <v>717249584</v>
       </c>
       <c r="Q8" s="49">
         <v>324</v>
       </c>
       <c r="R8" s="50">
         <v>751122041</v>
       </c>
       <c r="S8" s="49">
         <v>313</v>
       </c>
       <c r="T8" s="50">
         <v>729552663</v>
       </c>
       <c r="U8" s="67">
         <v>303</v>
       </c>
       <c r="V8" s="68">
         <v>720008313</v>
       </c>
+      <c r="W8" s="67">
+        <v>297</v>
+      </c>
+      <c r="X8" s="68">
+        <v>707844385</v>
+      </c>
     </row>
-    <row r="9" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="46" t="s">
         <v>68</v>
       </c>
       <c r="C9" s="47">
         <v>17</v>
       </c>
       <c r="D9" s="48">
         <v>43038449</v>
       </c>
       <c r="E9" s="47">
         <v>13</v>
       </c>
       <c r="F9" s="48">
         <v>43315529</v>
       </c>
       <c r="G9" s="51" t="s">
         <v>114</v>
       </c>
       <c r="H9" s="52" t="s">
         <v>114</v>
       </c>
       <c r="I9" s="51" t="s">
@@ -8654,52 +8697,58 @@
       </c>
       <c r="O9" s="51" t="s">
         <v>114</v>
       </c>
       <c r="P9" s="52" t="s">
         <v>114</v>
       </c>
       <c r="Q9" s="51" t="s">
         <v>114</v>
       </c>
       <c r="R9" s="52" t="s">
         <v>114</v>
       </c>
       <c r="S9" s="51" t="s">
         <v>114</v>
       </c>
       <c r="T9" s="52" t="s">
         <v>114</v>
       </c>
       <c r="U9" s="71" t="s">
         <v>114</v>
       </c>
       <c r="V9" s="72" t="s">
         <v>114</v>
       </c>
+      <c r="W9" s="67">
+        <v>0</v>
+      </c>
+      <c r="X9" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="10" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="46" t="s">
         <v>69</v>
       </c>
       <c r="C10" s="47">
         <v>544</v>
       </c>
       <c r="D10" s="48">
         <v>133204835</v>
       </c>
       <c r="E10" s="47">
         <v>569</v>
       </c>
       <c r="F10" s="48">
         <v>139600769</v>
       </c>
       <c r="G10" s="47">
         <v>603</v>
       </c>
       <c r="H10" s="48">
         <v>148521992</v>
       </c>
       <c r="I10" s="47">
@@ -8722,52 +8771,58 @@
       </c>
       <c r="O10" s="47">
         <v>625</v>
       </c>
       <c r="P10" s="48">
         <v>155717953</v>
       </c>
       <c r="Q10" s="49">
         <v>703</v>
       </c>
       <c r="R10" s="50">
         <v>177813796</v>
       </c>
       <c r="S10" s="49">
         <v>802</v>
       </c>
       <c r="T10" s="50">
         <v>204372379</v>
       </c>
       <c r="U10" s="67">
         <v>932</v>
       </c>
       <c r="V10" s="68">
         <v>234678612</v>
       </c>
+      <c r="W10" s="67">
+        <v>986</v>
+      </c>
+      <c r="X10" s="68">
+        <v>252108200</v>
+      </c>
     </row>
-    <row r="11" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="46" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="53">
         <v>23101</v>
       </c>
       <c r="D11" s="48">
         <v>10044152882</v>
       </c>
       <c r="E11" s="53">
         <v>23664</v>
       </c>
       <c r="F11" s="48">
         <v>10655856742</v>
       </c>
       <c r="G11" s="53">
         <v>24169</v>
       </c>
       <c r="H11" s="48">
         <v>11187995250</v>
       </c>
       <c r="I11" s="53">
@@ -8790,52 +8845,58 @@
       </c>
       <c r="O11" s="53">
         <v>27117</v>
       </c>
       <c r="P11" s="48">
         <v>14514367995</v>
       </c>
       <c r="Q11" s="49">
         <v>27532</v>
       </c>
       <c r="R11" s="50">
         <v>15130134906</v>
       </c>
       <c r="S11" s="49">
         <v>27405</v>
       </c>
       <c r="T11" s="50">
         <v>15623740389</v>
       </c>
       <c r="U11" s="67">
         <v>27138</v>
       </c>
       <c r="V11" s="68">
         <v>15700473359</v>
       </c>
+      <c r="W11" s="67">
+        <v>25323</v>
+      </c>
+      <c r="X11" s="68">
+        <v>16063755105</v>
+      </c>
     </row>
-    <row r="12" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B12" s="46" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="53">
         <v>983</v>
       </c>
       <c r="D12" s="48">
         <v>89638890</v>
       </c>
       <c r="E12" s="53">
         <v>922</v>
       </c>
       <c r="F12" s="48">
         <v>86951347</v>
       </c>
       <c r="G12" s="53">
         <v>923</v>
       </c>
       <c r="H12" s="48">
         <v>85598195</v>
       </c>
       <c r="I12" s="53">
@@ -8858,52 +8919,58 @@
       </c>
       <c r="O12" s="53">
         <v>901</v>
       </c>
       <c r="P12" s="48">
         <v>100342989</v>
       </c>
       <c r="Q12" s="49">
         <v>894</v>
       </c>
       <c r="R12" s="50">
         <v>99864919</v>
       </c>
       <c r="S12" s="49">
         <v>812</v>
       </c>
       <c r="T12" s="50">
         <v>97986651</v>
       </c>
       <c r="U12" s="67">
         <v>688</v>
       </c>
       <c r="V12" s="68">
         <v>92263597</v>
       </c>
+      <c r="W12" s="67">
+        <v>628</v>
+      </c>
+      <c r="X12" s="68">
+        <v>99698396</v>
+      </c>
     </row>
-    <row r="13" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B13" s="46" t="s">
         <v>70</v>
       </c>
       <c r="C13" s="47">
         <v>289</v>
       </c>
       <c r="D13" s="48">
         <v>111349130</v>
       </c>
       <c r="E13" s="47">
         <v>282</v>
       </c>
       <c r="F13" s="48">
         <v>119566442</v>
       </c>
       <c r="G13" s="47">
         <v>258</v>
       </c>
       <c r="H13" s="48">
         <v>109725725</v>
       </c>
       <c r="I13" s="47">
@@ -8926,52 +8993,58 @@
       </c>
       <c r="O13" s="47">
         <v>240</v>
       </c>
       <c r="P13" s="48">
         <v>103271716</v>
       </c>
       <c r="Q13" s="49">
         <v>274</v>
       </c>
       <c r="R13" s="50">
         <v>121859182</v>
       </c>
       <c r="S13" s="49">
         <v>241</v>
       </c>
       <c r="T13" s="50">
         <v>112888698</v>
       </c>
       <c r="U13" s="67">
         <v>240</v>
       </c>
       <c r="V13" s="68">
         <v>106940781</v>
       </c>
+      <c r="W13" s="67">
+        <v>200</v>
+      </c>
+      <c r="X13" s="68">
+        <v>97416553</v>
+      </c>
     </row>
-    <row r="14" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B14" s="46" t="s">
         <v>134</v>
       </c>
       <c r="C14" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D14" s="51" t="s">
         <v>114</v>
       </c>
       <c r="E14" s="51" t="s">
         <v>114</v>
       </c>
       <c r="F14" s="51" t="s">
         <v>114</v>
       </c>
       <c r="G14" s="51" t="s">
         <v>114</v>
       </c>
       <c r="H14" s="51" t="s">
         <v>114</v>
       </c>
       <c r="I14" s="51" t="s">
@@ -8994,52 +9067,58 @@
       </c>
       <c r="O14" s="51" t="s">
         <v>114</v>
       </c>
       <c r="P14" s="51" t="s">
         <v>114</v>
       </c>
       <c r="Q14" s="49">
         <v>76</v>
       </c>
       <c r="R14" s="50">
         <v>11905065</v>
       </c>
       <c r="S14" s="49">
         <v>150</v>
       </c>
       <c r="T14" s="50">
         <v>25672525</v>
       </c>
       <c r="U14" s="67">
         <v>236</v>
       </c>
       <c r="V14" s="68">
         <v>39886088</v>
       </c>
+      <c r="W14" s="67">
+        <v>292</v>
+      </c>
+      <c r="X14" s="68">
+        <v>48321698</v>
+      </c>
     </row>
-    <row r="15" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="46" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="53">
         <v>4148</v>
       </c>
       <c r="D15" s="48">
         <v>874070505</v>
       </c>
       <c r="E15" s="53">
         <v>4344</v>
       </c>
       <c r="F15" s="48">
         <v>921577637</v>
       </c>
       <c r="G15" s="53">
         <v>4164</v>
       </c>
       <c r="H15" s="48">
         <v>883639226</v>
       </c>
       <c r="I15" s="53">
@@ -9062,52 +9141,58 @@
       </c>
       <c r="O15" s="53">
         <v>4086</v>
       </c>
       <c r="P15" s="48">
         <v>962376677</v>
       </c>
       <c r="Q15" s="49">
         <v>4091</v>
       </c>
       <c r="R15" s="50">
         <v>937681838</v>
       </c>
       <c r="S15" s="49">
         <v>3992</v>
       </c>
       <c r="T15" s="50">
         <v>961406802</v>
       </c>
       <c r="U15" s="67">
         <v>3553</v>
       </c>
       <c r="V15" s="68">
         <v>860538405</v>
       </c>
+      <c r="W15" s="67">
+        <v>2959</v>
+      </c>
+      <c r="X15" s="68">
+        <v>814616939</v>
+      </c>
     </row>
-    <row r="16" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B16" s="46" t="s">
         <v>11</v>
       </c>
       <c r="C16" s="47">
         <v>0</v>
       </c>
       <c r="D16" s="48">
         <v>0</v>
       </c>
       <c r="E16" s="47">
         <v>0</v>
       </c>
       <c r="F16" s="48">
         <v>0</v>
       </c>
       <c r="G16" s="47">
         <v>0</v>
       </c>
       <c r="H16" s="48">
         <v>0</v>
       </c>
       <c r="I16" s="47">
@@ -9130,52 +9215,58 @@
       </c>
       <c r="O16" s="47">
         <v>0</v>
       </c>
       <c r="P16" s="48">
         <v>0</v>
       </c>
       <c r="Q16" s="47">
         <v>0</v>
       </c>
       <c r="R16" s="48">
         <v>0</v>
       </c>
       <c r="S16" s="47">
         <v>0</v>
       </c>
       <c r="T16" s="48">
         <v>0</v>
       </c>
       <c r="U16" s="69">
         <v>0</v>
       </c>
       <c r="V16" s="70">
         <v>0</v>
       </c>
+      <c r="W16" s="67">
+        <v>0</v>
+      </c>
+      <c r="X16" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="17" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B17" s="46" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="47">
         <v>144</v>
       </c>
       <c r="D17" s="48">
         <v>59066571</v>
       </c>
       <c r="E17" s="47">
         <v>183</v>
       </c>
       <c r="F17" s="48">
         <v>79534117</v>
       </c>
       <c r="G17" s="47">
         <v>183</v>
       </c>
       <c r="H17" s="48">
         <v>93456526</v>
       </c>
       <c r="I17" s="47">
@@ -9198,52 +9289,58 @@
       </c>
       <c r="O17" s="47">
         <v>257</v>
       </c>
       <c r="P17" s="48">
         <v>172163330</v>
       </c>
       <c r="Q17" s="49">
         <v>307</v>
       </c>
       <c r="R17" s="50">
         <v>204678053</v>
       </c>
       <c r="S17" s="49">
         <v>353</v>
       </c>
       <c r="T17" s="50">
         <v>238436076</v>
       </c>
       <c r="U17" s="67">
         <v>385</v>
       </c>
       <c r="V17" s="68">
         <v>284276708</v>
       </c>
+      <c r="W17" s="67">
+        <v>425</v>
+      </c>
+      <c r="X17" s="68">
+        <v>284578700</v>
+      </c>
     </row>
-    <row r="18" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="47">
         <v>266</v>
       </c>
       <c r="D18" s="48">
         <v>65371499</v>
       </c>
       <c r="E18" s="47">
         <v>229</v>
       </c>
       <c r="F18" s="48">
         <v>54652816</v>
       </c>
       <c r="G18" s="47">
         <v>205</v>
       </c>
       <c r="H18" s="48">
         <v>49224826</v>
       </c>
       <c r="I18" s="47">
@@ -9266,52 +9363,58 @@
       </c>
       <c r="O18" s="47">
         <v>255</v>
       </c>
       <c r="P18" s="48">
         <v>70386645</v>
       </c>
       <c r="Q18" s="49">
         <v>283</v>
       </c>
       <c r="R18" s="50">
         <v>77521221</v>
       </c>
       <c r="S18" s="49">
         <v>301</v>
       </c>
       <c r="T18" s="50">
         <v>81834342</v>
       </c>
       <c r="U18" s="67">
         <v>340</v>
       </c>
       <c r="V18" s="68">
         <v>94944311</v>
       </c>
+      <c r="W18" s="67">
+        <v>293</v>
+      </c>
+      <c r="X18" s="68">
+        <v>90252226</v>
+      </c>
     </row>
-    <row r="19" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B19" s="46" t="s">
         <v>115</v>
       </c>
       <c r="C19" s="47">
         <v>43</v>
       </c>
       <c r="D19" s="48">
         <v>34740450</v>
       </c>
       <c r="E19" s="47">
         <v>311</v>
       </c>
       <c r="F19" s="48">
         <v>173940587</v>
       </c>
       <c r="G19" s="47">
         <v>612</v>
       </c>
       <c r="H19" s="48">
         <v>359738845</v>
       </c>
       <c r="I19" s="47">
@@ -9334,52 +9437,58 @@
       </c>
       <c r="O19" s="47">
         <v>2188</v>
       </c>
       <c r="P19" s="48">
         <v>1210506890</v>
       </c>
       <c r="Q19" s="49">
         <v>2524</v>
       </c>
       <c r="R19" s="50">
         <v>1370534323</v>
       </c>
       <c r="S19" s="49">
         <v>2894</v>
       </c>
       <c r="T19" s="50">
         <v>1572524195</v>
       </c>
       <c r="U19" s="67">
         <v>3184</v>
       </c>
       <c r="V19" s="68">
         <v>1683812286</v>
       </c>
+      <c r="W19" s="67">
+        <v>3519</v>
+      </c>
+      <c r="X19" s="68">
+        <v>1878833525</v>
+      </c>
     </row>
-    <row r="20" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B20" s="46" t="s">
         <v>72</v>
       </c>
       <c r="C20" s="47">
         <v>17</v>
       </c>
       <c r="D20" s="48">
         <v>944086</v>
       </c>
       <c r="E20" s="47">
         <v>19</v>
       </c>
       <c r="F20" s="48">
         <v>1034296</v>
       </c>
       <c r="G20" s="47">
         <v>14</v>
       </c>
       <c r="H20" s="48">
         <v>690175</v>
       </c>
       <c r="I20" s="47">
@@ -9402,52 +9511,58 @@
       </c>
       <c r="O20" s="47">
         <v>35</v>
       </c>
       <c r="P20" s="48">
         <v>1966962</v>
       </c>
       <c r="Q20" s="49">
         <v>36</v>
       </c>
       <c r="R20" s="50">
         <v>1992106</v>
       </c>
       <c r="S20" s="49">
         <v>38</v>
       </c>
       <c r="T20" s="50">
         <v>1862452</v>
       </c>
       <c r="U20" s="67">
         <v>50</v>
       </c>
       <c r="V20" s="68">
         <v>2275222</v>
       </c>
+      <c r="W20" s="67">
+        <v>42</v>
+      </c>
+      <c r="X20" s="68">
+        <v>1993176</v>
+      </c>
     </row>
-    <row r="21" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B21" s="46" t="s">
         <v>73</v>
       </c>
       <c r="C21" s="47">
         <v>502</v>
       </c>
       <c r="D21" s="48">
         <v>235534290</v>
       </c>
       <c r="E21" s="47">
         <v>448</v>
       </c>
       <c r="F21" s="48">
         <v>213779459</v>
       </c>
       <c r="G21" s="47">
         <v>426</v>
       </c>
       <c r="H21" s="48">
         <v>204476113</v>
       </c>
       <c r="I21" s="47">
@@ -9470,52 +9585,58 @@
       </c>
       <c r="O21" s="47">
         <v>495</v>
       </c>
       <c r="P21" s="48">
         <v>253597556</v>
       </c>
       <c r="Q21" s="49">
         <v>540</v>
       </c>
       <c r="R21" s="50">
         <v>274164743</v>
       </c>
       <c r="S21" s="49">
         <v>602</v>
       </c>
       <c r="T21" s="50">
         <v>315668849</v>
       </c>
       <c r="U21" s="67">
         <v>658</v>
       </c>
       <c r="V21" s="68">
         <v>347919440</v>
       </c>
+      <c r="W21" s="67">
+        <v>673</v>
+      </c>
+      <c r="X21" s="68">
+        <v>394070699</v>
+      </c>
     </row>
-    <row r="22" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B22" s="46" t="s">
         <v>124</v>
       </c>
       <c r="C22" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D22" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E22" s="47">
         <v>34</v>
       </c>
       <c r="F22" s="48">
         <v>5673890</v>
       </c>
       <c r="G22" s="47">
         <v>50</v>
       </c>
       <c r="H22" s="48">
         <v>8430237</v>
       </c>
       <c r="I22" s="47">
@@ -9538,52 +9659,58 @@
       </c>
       <c r="O22" s="47">
         <v>77</v>
       </c>
       <c r="P22" s="48">
         <v>12889375</v>
       </c>
       <c r="Q22" s="49">
         <v>72</v>
       </c>
       <c r="R22" s="50">
         <v>12715587</v>
       </c>
       <c r="S22" s="49">
         <v>94</v>
       </c>
       <c r="T22" s="50">
         <v>16474274</v>
       </c>
       <c r="U22" s="67">
         <v>111</v>
       </c>
       <c r="V22" s="68">
         <v>19286417</v>
       </c>
+      <c r="W22" s="67">
+        <v>139</v>
+      </c>
+      <c r="X22" s="68">
+        <v>29538915</v>
+      </c>
     </row>
-    <row r="23" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B23" s="46" t="s">
         <v>74</v>
       </c>
       <c r="C23" s="47">
         <v>0</v>
       </c>
       <c r="D23" s="48">
         <v>0</v>
       </c>
       <c r="E23" s="47">
         <v>0</v>
       </c>
       <c r="F23" s="48">
         <v>0</v>
       </c>
       <c r="G23" s="47">
         <v>0</v>
       </c>
       <c r="H23" s="48">
         <v>0</v>
       </c>
       <c r="I23" s="47">
@@ -9606,52 +9733,58 @@
       </c>
       <c r="O23" s="47">
         <v>0</v>
       </c>
       <c r="P23" s="48">
         <v>0</v>
       </c>
       <c r="Q23" s="47">
         <v>0</v>
       </c>
       <c r="R23" s="48">
         <v>0</v>
       </c>
       <c r="S23" s="47">
         <v>0</v>
       </c>
       <c r="T23" s="48">
         <v>0</v>
       </c>
       <c r="U23" s="69">
         <v>0</v>
       </c>
       <c r="V23" s="70">
         <v>0</v>
       </c>
+      <c r="W23" s="67">
+        <v>0</v>
+      </c>
+      <c r="X23" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="24" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B24" s="46" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="47">
         <v>375</v>
       </c>
       <c r="D24" s="48">
         <v>148912696</v>
       </c>
       <c r="E24" s="47">
         <v>351</v>
       </c>
       <c r="F24" s="48">
         <v>155930194</v>
       </c>
       <c r="G24" s="47">
         <v>389</v>
       </c>
       <c r="H24" s="48">
         <v>186064320</v>
       </c>
       <c r="I24" s="47">
@@ -9674,52 +9807,58 @@
       </c>
       <c r="O24" s="47">
         <v>355</v>
       </c>
       <c r="P24" s="48">
         <v>186913297</v>
       </c>
       <c r="Q24" s="49">
         <v>360</v>
       </c>
       <c r="R24" s="50">
         <v>194053672</v>
       </c>
       <c r="S24" s="49">
         <v>350</v>
       </c>
       <c r="T24" s="50">
         <v>177323728</v>
       </c>
       <c r="U24" s="67">
         <v>318</v>
       </c>
       <c r="V24" s="68">
         <v>170458045</v>
       </c>
+      <c r="W24" s="67">
+        <v>132</v>
+      </c>
+      <c r="X24" s="68">
+        <v>71129736</v>
+      </c>
     </row>
-    <row r="25" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B25" s="46" t="s">
         <v>119</v>
       </c>
       <c r="C25" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D25" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E25" s="47">
         <v>14</v>
       </c>
       <c r="F25" s="48">
         <v>7587391</v>
       </c>
       <c r="G25" s="47">
         <v>44</v>
       </c>
       <c r="H25" s="48">
         <v>23004310</v>
       </c>
       <c r="I25" s="47">
@@ -9742,52 +9881,58 @@
       </c>
       <c r="O25" s="47">
         <v>142</v>
       </c>
       <c r="P25" s="48">
         <v>92572121</v>
       </c>
       <c r="Q25" s="49">
         <v>173</v>
       </c>
       <c r="R25" s="50">
         <v>125964564</v>
       </c>
       <c r="S25" s="49">
         <v>216</v>
       </c>
       <c r="T25" s="50">
         <v>129664384</v>
       </c>
       <c r="U25" s="67">
         <v>278</v>
       </c>
       <c r="V25" s="68">
         <v>174682564</v>
       </c>
+      <c r="W25" s="67">
+        <v>250</v>
+      </c>
+      <c r="X25" s="68">
+        <v>150116829</v>
+      </c>
     </row>
-    <row r="26" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B26" s="46" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="47">
         <v>0</v>
       </c>
       <c r="D26" s="48">
         <v>0</v>
       </c>
       <c r="E26" s="47">
         <v>0</v>
       </c>
       <c r="F26" s="48">
         <v>0</v>
       </c>
       <c r="G26" s="47">
         <v>0</v>
       </c>
       <c r="H26" s="48">
         <v>0</v>
       </c>
       <c r="I26" s="47">
@@ -9810,52 +9955,58 @@
       </c>
       <c r="O26" s="47">
         <v>0</v>
       </c>
       <c r="P26" s="48">
         <v>0</v>
       </c>
       <c r="Q26" s="47">
         <v>0</v>
       </c>
       <c r="R26" s="48">
         <v>0</v>
       </c>
       <c r="S26" s="47">
         <v>0</v>
       </c>
       <c r="T26" s="48">
         <v>0</v>
       </c>
       <c r="U26" s="69">
         <v>0</v>
       </c>
       <c r="V26" s="70">
         <v>0</v>
       </c>
+      <c r="W26" s="67">
+        <v>0</v>
+      </c>
+      <c r="X26" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="27" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B27" s="46" t="s">
         <v>99</v>
       </c>
       <c r="C27" s="47">
         <v>0</v>
       </c>
       <c r="D27" s="48">
         <v>0</v>
       </c>
       <c r="E27" s="47">
         <v>0</v>
       </c>
       <c r="F27" s="48">
         <v>0</v>
       </c>
       <c r="G27" s="47">
         <v>3</v>
       </c>
       <c r="H27" s="48">
         <v>4166665</v>
       </c>
       <c r="I27" s="47">
@@ -9878,52 +10029,58 @@
       </c>
       <c r="O27" s="47">
         <v>21</v>
       </c>
       <c r="P27" s="48">
         <v>31915268</v>
       </c>
       <c r="Q27" s="49">
         <v>22</v>
       </c>
       <c r="R27" s="50">
         <v>32224948</v>
       </c>
       <c r="S27" s="49">
         <v>28</v>
       </c>
       <c r="T27" s="50">
         <v>39937605</v>
       </c>
       <c r="U27" s="67">
         <v>27</v>
       </c>
       <c r="V27" s="68">
         <v>38859984</v>
       </c>
+      <c r="W27" s="67">
+        <v>26</v>
+      </c>
+      <c r="X27" s="68">
+        <v>37218393</v>
+      </c>
     </row>
-    <row r="28" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B28" s="46" t="s">
         <v>103</v>
       </c>
       <c r="C28" s="47">
         <v>0</v>
       </c>
       <c r="D28" s="48">
         <v>0</v>
       </c>
       <c r="E28" s="47">
         <v>0</v>
       </c>
       <c r="F28" s="48">
         <v>0</v>
       </c>
       <c r="G28" s="47">
         <v>0</v>
       </c>
       <c r="H28" s="48">
         <v>0</v>
       </c>
       <c r="I28" s="47">
@@ -9946,52 +10103,58 @@
       </c>
       <c r="O28" s="47">
         <v>0</v>
       </c>
       <c r="P28" s="48">
         <v>0</v>
       </c>
       <c r="Q28" s="47">
         <v>0</v>
       </c>
       <c r="R28" s="48">
         <v>0</v>
       </c>
       <c r="S28" s="47">
         <v>0</v>
       </c>
       <c r="T28" s="48">
         <v>0</v>
       </c>
       <c r="U28" s="69">
         <v>0</v>
       </c>
       <c r="V28" s="70">
         <v>0</v>
       </c>
+      <c r="W28" s="67">
+        <v>0</v>
+      </c>
+      <c r="X28" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="29" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B29" s="46" t="s">
         <v>95</v>
       </c>
       <c r="C29" s="47">
         <v>0</v>
       </c>
       <c r="D29" s="48">
         <v>0</v>
       </c>
       <c r="E29" s="47">
         <v>0</v>
       </c>
       <c r="F29" s="48">
         <v>0</v>
       </c>
       <c r="G29" s="47">
         <v>0</v>
       </c>
       <c r="H29" s="48">
         <v>0</v>
       </c>
       <c r="I29" s="47">
@@ -10014,52 +10177,58 @@
       </c>
       <c r="O29" s="47">
         <v>0</v>
       </c>
       <c r="P29" s="48">
         <v>0</v>
       </c>
       <c r="Q29" s="47">
         <v>0</v>
       </c>
       <c r="R29" s="48">
         <v>0</v>
       </c>
       <c r="S29" s="47">
         <v>0</v>
       </c>
       <c r="T29" s="48">
         <v>0</v>
       </c>
       <c r="U29" s="69">
         <v>0</v>
       </c>
       <c r="V29" s="70">
         <v>0</v>
       </c>
+      <c r="W29" s="67">
+        <v>0</v>
+      </c>
+      <c r="X29" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="30" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B30" s="46" t="s">
         <v>104</v>
       </c>
       <c r="C30" s="47">
         <v>14</v>
       </c>
       <c r="D30" s="48">
         <v>54160107</v>
       </c>
       <c r="E30" s="47">
         <v>59</v>
       </c>
       <c r="F30" s="48">
         <v>207614990</v>
       </c>
       <c r="G30" s="47">
         <v>136</v>
       </c>
       <c r="H30" s="48">
         <v>428374174</v>
       </c>
       <c r="I30" s="47">
@@ -10082,52 +10251,58 @@
       </c>
       <c r="O30" s="47">
         <v>197</v>
       </c>
       <c r="P30" s="48">
         <v>415415497</v>
       </c>
       <c r="Q30" s="49">
         <v>257</v>
       </c>
       <c r="R30" s="50">
         <v>575154649</v>
       </c>
       <c r="S30" s="49">
         <v>223</v>
       </c>
       <c r="T30" s="50">
         <v>503833613</v>
       </c>
       <c r="U30" s="67">
         <v>80</v>
       </c>
       <c r="V30" s="68">
         <v>209621304</v>
       </c>
+      <c r="W30" s="67">
+        <v>247</v>
+      </c>
+      <c r="X30" s="68">
+        <v>595742834</v>
+      </c>
     </row>
-    <row r="31" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B31" s="46" t="s">
         <v>76</v>
       </c>
       <c r="C31" s="47">
         <v>0</v>
       </c>
       <c r="D31" s="48">
         <v>0</v>
       </c>
       <c r="E31" s="47">
         <v>0</v>
       </c>
       <c r="F31" s="48">
         <v>0</v>
       </c>
       <c r="G31" s="47">
         <v>0</v>
       </c>
       <c r="H31" s="48">
         <v>0</v>
       </c>
       <c r="I31" s="47">
@@ -10150,52 +10325,58 @@
       </c>
       <c r="O31" s="47">
         <v>12</v>
       </c>
       <c r="P31" s="48">
         <v>1884307</v>
       </c>
       <c r="Q31" s="49">
         <v>12</v>
       </c>
       <c r="R31" s="50">
         <v>1883977</v>
       </c>
       <c r="S31" s="49">
         <v>12</v>
       </c>
       <c r="T31" s="50">
         <v>1884097</v>
       </c>
       <c r="U31" s="67">
         <v>12</v>
       </c>
       <c r="V31" s="68">
         <v>1865255</v>
       </c>
+      <c r="W31" s="67">
+        <v>12</v>
+      </c>
+      <c r="X31" s="68">
+        <v>1884094</v>
+      </c>
     </row>
-    <row r="32" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B32" s="46" t="s">
         <v>77</v>
       </c>
       <c r="C32" s="47">
         <v>0</v>
       </c>
       <c r="D32" s="48">
         <v>0</v>
       </c>
       <c r="E32" s="47">
         <v>0</v>
       </c>
       <c r="F32" s="48">
         <v>0</v>
       </c>
       <c r="G32" s="47">
         <v>0</v>
       </c>
       <c r="H32" s="48">
         <v>0</v>
       </c>
       <c r="I32" s="47">
@@ -10218,52 +10399,58 @@
       </c>
       <c r="O32" s="47">
         <v>0</v>
       </c>
       <c r="P32" s="48">
         <v>0</v>
       </c>
       <c r="Q32" s="47">
         <v>0</v>
       </c>
       <c r="R32" s="48">
         <v>0</v>
       </c>
       <c r="S32" s="47">
         <v>0</v>
       </c>
       <c r="T32" s="48">
         <v>0</v>
       </c>
       <c r="U32" s="69">
         <v>0</v>
       </c>
       <c r="V32" s="70">
         <v>0</v>
       </c>
+      <c r="W32" s="67">
+        <v>0</v>
+      </c>
+      <c r="X32" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="33" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B33" s="46" t="s">
         <v>78</v>
       </c>
       <c r="C33" s="47">
         <v>0</v>
       </c>
       <c r="D33" s="48">
         <v>0</v>
       </c>
       <c r="E33" s="47">
         <v>0</v>
       </c>
       <c r="F33" s="48">
         <v>0</v>
       </c>
       <c r="G33" s="47">
         <v>0</v>
       </c>
       <c r="H33" s="48">
         <v>0</v>
       </c>
       <c r="I33" s="47">
@@ -10286,52 +10473,58 @@
       </c>
       <c r="O33" s="47">
         <v>0</v>
       </c>
       <c r="P33" s="48">
         <v>0</v>
       </c>
       <c r="Q33" s="47">
         <v>0</v>
       </c>
       <c r="R33" s="48">
         <v>0</v>
       </c>
       <c r="S33" s="47">
         <v>0</v>
       </c>
       <c r="T33" s="48">
         <v>0</v>
       </c>
       <c r="U33" s="69">
         <v>0</v>
       </c>
       <c r="V33" s="70">
         <v>0</v>
       </c>
+      <c r="W33" s="67">
+        <v>0</v>
+      </c>
+      <c r="X33" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="34" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B34" s="46" t="s">
         <v>79</v>
       </c>
       <c r="C34" s="47">
         <v>0</v>
       </c>
       <c r="D34" s="48">
         <v>0</v>
       </c>
       <c r="E34" s="47">
         <v>0</v>
       </c>
       <c r="F34" s="48">
         <v>0</v>
       </c>
       <c r="G34" s="47">
         <v>0</v>
       </c>
       <c r="H34" s="48">
         <v>0</v>
       </c>
       <c r="I34" s="47">
@@ -10354,52 +10547,58 @@
       </c>
       <c r="O34" s="47">
         <v>0</v>
       </c>
       <c r="P34" s="48">
         <v>0</v>
       </c>
       <c r="Q34" s="47">
         <v>0</v>
       </c>
       <c r="R34" s="48">
         <v>0</v>
       </c>
       <c r="S34" s="47">
         <v>0</v>
       </c>
       <c r="T34" s="48">
         <v>0</v>
       </c>
       <c r="U34" s="69">
         <v>0</v>
       </c>
       <c r="V34" s="70">
         <v>0</v>
       </c>
+      <c r="W34" s="67">
+        <v>0</v>
+      </c>
+      <c r="X34" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="35" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B35" s="46" t="s">
         <v>116</v>
       </c>
       <c r="C35" s="47">
         <v>2</v>
       </c>
       <c r="D35" s="48">
         <v>4469443</v>
       </c>
       <c r="E35" s="47">
         <v>9</v>
       </c>
       <c r="F35" s="48">
         <v>15458836</v>
       </c>
       <c r="G35" s="47">
         <v>10</v>
       </c>
       <c r="H35" s="48">
         <v>15694582</v>
       </c>
       <c r="I35" s="47">
@@ -10422,52 +10621,58 @@
       </c>
       <c r="O35" s="47">
         <v>30</v>
       </c>
       <c r="P35" s="48">
         <v>70950749</v>
       </c>
       <c r="Q35" s="49">
         <v>34</v>
       </c>
       <c r="R35" s="50">
         <v>75602119</v>
       </c>
       <c r="S35" s="49">
         <v>55</v>
       </c>
       <c r="T35" s="50">
         <v>112721395</v>
       </c>
       <c r="U35" s="67">
         <v>51</v>
       </c>
       <c r="V35" s="68">
         <v>96498012</v>
       </c>
+      <c r="W35" s="67">
+        <v>63</v>
+      </c>
+      <c r="X35" s="68">
+        <v>128278082</v>
+      </c>
     </row>
-    <row r="36" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B36" s="46" t="s">
         <v>80</v>
       </c>
       <c r="C36" s="53">
         <v>1566</v>
       </c>
       <c r="D36" s="48">
         <v>1574529010</v>
       </c>
       <c r="E36" s="53">
         <v>1617</v>
       </c>
       <c r="F36" s="48">
         <v>1618520240</v>
       </c>
       <c r="G36" s="53">
         <v>1684</v>
       </c>
       <c r="H36" s="48">
         <v>1693585122</v>
       </c>
       <c r="I36" s="53">
@@ -10490,52 +10695,58 @@
       </c>
       <c r="O36" s="53">
         <v>1641</v>
       </c>
       <c r="P36" s="48">
         <v>1799264691</v>
       </c>
       <c r="Q36" s="49">
         <v>1601</v>
       </c>
       <c r="R36" s="50">
         <v>1750505723</v>
       </c>
       <c r="S36" s="49">
         <v>1581</v>
       </c>
       <c r="T36" s="50">
         <v>1818066512</v>
       </c>
       <c r="U36" s="67">
         <v>1698</v>
       </c>
       <c r="V36" s="68">
         <v>2059244853</v>
       </c>
+      <c r="W36" s="67">
+        <v>1516</v>
+      </c>
+      <c r="X36" s="68">
+        <v>1920950697</v>
+      </c>
     </row>
-    <row r="37" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B37" s="46" t="s">
         <v>81</v>
       </c>
       <c r="C37" s="47">
         <v>166</v>
       </c>
       <c r="D37" s="48">
         <v>465501761</v>
       </c>
       <c r="E37" s="47">
         <v>156</v>
       </c>
       <c r="F37" s="48">
         <v>438799452</v>
       </c>
       <c r="G37" s="47">
         <v>188</v>
       </c>
       <c r="H37" s="48">
         <v>506378525</v>
       </c>
       <c r="I37" s="47">
@@ -10558,52 +10769,58 @@
       </c>
       <c r="O37" s="47">
         <v>189</v>
       </c>
       <c r="P37" s="48">
         <v>647299540</v>
       </c>
       <c r="Q37" s="49">
         <v>174</v>
       </c>
       <c r="R37" s="50">
         <v>673203058</v>
       </c>
       <c r="S37" s="49">
         <v>187</v>
       </c>
       <c r="T37" s="50">
         <v>781485087</v>
       </c>
       <c r="U37" s="67">
         <v>167</v>
       </c>
       <c r="V37" s="68">
         <v>861529868</v>
       </c>
+      <c r="W37" s="67">
+        <v>158</v>
+      </c>
+      <c r="X37" s="68">
+        <v>677474234</v>
+      </c>
     </row>
-    <row r="38" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B38" s="46" t="s">
         <v>93</v>
       </c>
       <c r="C38" s="47">
         <v>24</v>
       </c>
       <c r="D38" s="48">
         <v>8285351</v>
       </c>
       <c r="E38" s="47">
         <v>14</v>
       </c>
       <c r="F38" s="48">
         <v>4485504</v>
       </c>
       <c r="G38" s="47">
         <v>8</v>
       </c>
       <c r="H38" s="48">
         <v>2246633</v>
       </c>
       <c r="I38" s="47">
@@ -10626,52 +10843,58 @@
       </c>
       <c r="O38" s="47">
         <v>7</v>
       </c>
       <c r="P38" s="48">
         <v>2689535</v>
       </c>
       <c r="Q38" s="49">
         <v>4</v>
       </c>
       <c r="R38" s="50">
         <v>1519899</v>
       </c>
       <c r="S38" s="49">
         <v>3</v>
       </c>
       <c r="T38" s="50">
         <v>1023380</v>
       </c>
       <c r="U38" s="67">
         <v>3</v>
       </c>
       <c r="V38" s="68">
         <v>891889</v>
       </c>
+      <c r="W38" s="67">
+        <v>4</v>
+      </c>
+      <c r="X38" s="68">
+        <v>1291430</v>
+      </c>
     </row>
-    <row r="39" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B39" s="46" t="s">
         <v>100</v>
       </c>
       <c r="C39" s="47">
         <v>1</v>
       </c>
       <c r="D39" s="48">
         <v>354749</v>
       </c>
       <c r="E39" s="47">
         <v>0</v>
       </c>
       <c r="F39" s="48">
         <v>0</v>
       </c>
       <c r="G39" s="47">
         <v>0</v>
       </c>
       <c r="H39" s="48">
         <v>0</v>
       </c>
       <c r="I39" s="47">
@@ -10694,52 +10917,58 @@
       </c>
       <c r="O39" s="47">
         <v>0</v>
       </c>
       <c r="P39" s="48">
         <v>0</v>
       </c>
       <c r="Q39" s="47">
         <v>0</v>
       </c>
       <c r="R39" s="48">
         <v>0</v>
       </c>
       <c r="S39" s="47">
         <v>0</v>
       </c>
       <c r="T39" s="48">
         <v>0</v>
       </c>
       <c r="U39" s="69">
         <v>0</v>
       </c>
       <c r="V39" s="70">
         <v>0</v>
       </c>
+      <c r="W39" s="67">
+        <v>0</v>
+      </c>
+      <c r="X39" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="40" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B40" s="46" t="s">
         <v>132</v>
       </c>
       <c r="C40" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D40" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E40" s="51" t="s">
         <v>114</v>
       </c>
       <c r="F40" s="52" t="s">
         <v>114</v>
       </c>
       <c r="G40" s="51" t="s">
         <v>114</v>
       </c>
       <c r="H40" s="52" t="s">
         <v>114</v>
       </c>
       <c r="I40" s="51" t="s">
@@ -10762,52 +10991,58 @@
       </c>
       <c r="O40" s="47">
         <v>1</v>
       </c>
       <c r="P40" s="48">
         <v>74250</v>
       </c>
       <c r="Q40" s="49">
         <v>1</v>
       </c>
       <c r="R40" s="50">
         <v>74250</v>
       </c>
       <c r="S40" s="47">
         <v>0</v>
       </c>
       <c r="T40" s="48">
         <v>0</v>
       </c>
       <c r="U40" s="67">
         <v>1</v>
       </c>
       <c r="V40" s="68">
         <v>80250</v>
       </c>
+      <c r="W40" s="67">
+        <v>1</v>
+      </c>
+      <c r="X40" s="68">
+        <v>77843</v>
+      </c>
     </row>
-    <row r="41" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B41" s="46" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="47">
         <v>0</v>
       </c>
       <c r="D41" s="48">
         <v>0</v>
       </c>
       <c r="E41" s="47">
         <v>0</v>
       </c>
       <c r="F41" s="48">
         <v>0</v>
       </c>
       <c r="G41" s="47">
         <v>0</v>
       </c>
       <c r="H41" s="48">
         <v>0</v>
       </c>
       <c r="I41" s="47">
@@ -10830,52 +11065,58 @@
       </c>
       <c r="O41" s="47">
         <v>0</v>
       </c>
       <c r="P41" s="48">
         <v>0</v>
       </c>
       <c r="Q41" s="47">
         <v>0</v>
       </c>
       <c r="R41" s="48">
         <v>0</v>
       </c>
       <c r="S41" s="47">
         <v>0</v>
       </c>
       <c r="T41" s="48">
         <v>0</v>
       </c>
       <c r="U41" s="69">
         <v>0</v>
       </c>
       <c r="V41" s="70">
         <v>0</v>
       </c>
+      <c r="W41" s="67">
+        <v>0</v>
+      </c>
+      <c r="X41" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="42" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B42" s="46" t="s">
         <v>129</v>
       </c>
       <c r="C42" s="47">
         <v>0</v>
       </c>
       <c r="D42" s="48">
         <v>0</v>
       </c>
       <c r="E42" s="47">
         <v>0</v>
       </c>
       <c r="F42" s="48">
         <v>0</v>
       </c>
       <c r="G42" s="47">
         <v>0</v>
       </c>
       <c r="H42" s="48">
         <v>0</v>
       </c>
       <c r="I42" s="47">
@@ -10898,52 +11139,58 @@
       </c>
       <c r="O42" s="47">
         <v>15</v>
       </c>
       <c r="P42" s="48">
         <v>6279485</v>
       </c>
       <c r="Q42" s="49">
         <v>30</v>
       </c>
       <c r="R42" s="50">
         <v>51593952</v>
       </c>
       <c r="S42" s="49">
         <v>25</v>
       </c>
       <c r="T42" s="50">
         <v>32769921</v>
       </c>
       <c r="U42" s="67">
         <v>29</v>
       </c>
       <c r="V42" s="68">
         <v>27837170</v>
       </c>
+      <c r="W42" s="67">
+        <v>32</v>
+      </c>
+      <c r="X42" s="68">
+        <v>43438448</v>
+      </c>
     </row>
-    <row r="43" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B43" s="46" t="s">
         <v>101</v>
       </c>
       <c r="C43" s="47">
         <v>9</v>
       </c>
       <c r="D43" s="48">
         <v>91526352</v>
       </c>
       <c r="E43" s="47">
         <v>4</v>
       </c>
       <c r="F43" s="48">
         <v>77795071</v>
       </c>
       <c r="G43" s="47">
         <v>17</v>
       </c>
       <c r="H43" s="48">
         <v>111256822</v>
       </c>
       <c r="I43" s="47">
@@ -10966,52 +11213,58 @@
       </c>
       <c r="O43" s="47">
         <v>0</v>
       </c>
       <c r="P43" s="48">
         <v>0</v>
       </c>
       <c r="Q43" s="47">
         <v>0</v>
       </c>
       <c r="R43" s="48">
         <v>0</v>
       </c>
       <c r="S43" s="47">
         <v>0</v>
       </c>
       <c r="T43" s="48">
         <v>0</v>
       </c>
       <c r="U43" s="69">
         <v>0</v>
       </c>
       <c r="V43" s="70">
         <v>0</v>
       </c>
+      <c r="W43" s="67">
+        <v>0</v>
+      </c>
+      <c r="X43" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="44" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B44" s="46" t="s">
         <v>83</v>
       </c>
       <c r="C44" s="47">
         <v>2</v>
       </c>
       <c r="D44" s="48">
         <v>27334697</v>
       </c>
       <c r="E44" s="47">
         <v>2</v>
       </c>
       <c r="F44" s="48">
         <v>23000000</v>
       </c>
       <c r="G44" s="47">
         <v>2</v>
       </c>
       <c r="H44" s="48">
         <v>20000000</v>
       </c>
       <c r="I44" s="47">
@@ -11034,52 +11287,58 @@
       </c>
       <c r="O44" s="47">
         <v>2</v>
       </c>
       <c r="P44" s="48">
         <v>23000000</v>
       </c>
       <c r="Q44" s="49">
         <v>2</v>
       </c>
       <c r="R44" s="50">
         <v>23000000</v>
       </c>
       <c r="S44" s="49">
         <v>14</v>
       </c>
       <c r="T44" s="50">
         <v>56273112</v>
       </c>
       <c r="U44" s="67">
         <v>14</v>
       </c>
       <c r="V44" s="68">
         <v>55845023</v>
       </c>
+      <c r="W44" s="67">
+        <v>14</v>
+      </c>
+      <c r="X44" s="68">
+        <v>55744061</v>
+      </c>
     </row>
-    <row r="45" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B45" s="46" t="s">
         <v>105</v>
       </c>
       <c r="C45" s="47">
         <v>0</v>
       </c>
       <c r="D45" s="48">
         <v>53375</v>
       </c>
       <c r="E45" s="47">
         <v>3</v>
       </c>
       <c r="F45" s="48">
         <v>14228019</v>
       </c>
       <c r="G45" s="47">
         <v>1</v>
       </c>
       <c r="H45" s="48">
         <v>7375975</v>
       </c>
       <c r="I45" s="47">
@@ -11102,52 +11361,58 @@
       </c>
       <c r="O45" s="47">
         <v>17</v>
       </c>
       <c r="P45" s="48">
         <v>52411343</v>
       </c>
       <c r="Q45" s="49">
         <v>7</v>
       </c>
       <c r="R45" s="50">
         <v>53728748</v>
       </c>
       <c r="S45" s="49">
         <v>6</v>
       </c>
       <c r="T45" s="50">
         <v>19233193</v>
       </c>
       <c r="U45" s="67">
         <v>3</v>
       </c>
       <c r="V45" s="68">
         <v>4965898</v>
       </c>
+      <c r="W45" s="67">
+        <v>9</v>
+      </c>
+      <c r="X45" s="68">
+        <v>77756727</v>
+      </c>
     </row>
-    <row r="46" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B46" s="46" t="s">
         <v>117</v>
       </c>
       <c r="C46" s="47">
         <v>3</v>
       </c>
       <c r="D46" s="48">
         <v>2128188</v>
       </c>
       <c r="E46" s="47">
         <v>44</v>
       </c>
       <c r="F46" s="48">
         <v>77963208</v>
       </c>
       <c r="G46" s="47">
         <v>106</v>
       </c>
       <c r="H46" s="48">
         <v>191194020</v>
       </c>
       <c r="I46" s="47">
@@ -11170,52 +11435,58 @@
       </c>
       <c r="O46" s="47">
         <v>126</v>
       </c>
       <c r="P46" s="48">
         <v>130620664</v>
       </c>
       <c r="Q46" s="49">
         <v>134</v>
       </c>
       <c r="R46" s="50">
         <v>146425733</v>
       </c>
       <c r="S46" s="49">
         <v>206</v>
       </c>
       <c r="T46" s="50">
         <v>290477745</v>
       </c>
       <c r="U46" s="67">
         <v>169</v>
       </c>
       <c r="V46" s="68">
         <v>273243363</v>
       </c>
+      <c r="W46" s="67">
+        <v>147</v>
+      </c>
+      <c r="X46" s="68">
+        <v>206242874</v>
+      </c>
     </row>
-    <row r="47" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B47" s="46" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="47">
         <v>71</v>
       </c>
       <c r="D47" s="48">
         <v>54657498</v>
       </c>
       <c r="E47" s="47">
         <v>91</v>
       </c>
       <c r="F47" s="48">
         <v>47350769</v>
       </c>
       <c r="G47" s="47">
         <v>88</v>
       </c>
       <c r="H47" s="48">
         <v>42983584</v>
       </c>
       <c r="I47" s="47">
@@ -11238,52 +11509,58 @@
       </c>
       <c r="O47" s="47">
         <v>14</v>
       </c>
       <c r="P47" s="48">
         <v>3503050</v>
       </c>
       <c r="Q47" s="49">
         <v>21</v>
       </c>
       <c r="R47" s="50">
         <v>5200934</v>
       </c>
       <c r="S47" s="49">
         <v>19</v>
       </c>
       <c r="T47" s="50">
         <v>6787595</v>
       </c>
       <c r="U47" s="67">
         <v>16</v>
       </c>
       <c r="V47" s="68">
         <v>5905701</v>
       </c>
+      <c r="W47" s="67">
+        <v>10</v>
+      </c>
+      <c r="X47" s="68">
+        <v>2578979</v>
+      </c>
     </row>
-    <row r="48" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B48" s="46" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="47">
         <v>49</v>
       </c>
       <c r="D48" s="48">
         <v>56411449</v>
       </c>
       <c r="E48" s="47">
         <v>79</v>
       </c>
       <c r="F48" s="48">
         <v>99252643</v>
       </c>
       <c r="G48" s="47">
         <v>76</v>
       </c>
       <c r="H48" s="48">
         <v>88350814</v>
       </c>
       <c r="I48" s="47">
@@ -11306,52 +11583,58 @@
       </c>
       <c r="O48" s="47">
         <v>292</v>
       </c>
       <c r="P48" s="48">
         <v>451166834</v>
       </c>
       <c r="Q48" s="49">
         <v>260</v>
       </c>
       <c r="R48" s="50">
         <v>402196441</v>
       </c>
       <c r="S48" s="49">
         <v>225</v>
       </c>
       <c r="T48" s="50">
         <v>279036129</v>
       </c>
       <c r="U48" s="67">
         <v>236</v>
       </c>
       <c r="V48" s="68">
         <v>291635697</v>
       </c>
+      <c r="W48" s="67">
+        <v>289</v>
+      </c>
+      <c r="X48" s="68">
+        <v>433580915</v>
+      </c>
     </row>
-    <row r="49" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B49" s="46" t="s">
         <v>102</v>
       </c>
       <c r="C49" s="47">
         <v>149</v>
       </c>
       <c r="D49" s="48">
         <v>536981989</v>
       </c>
       <c r="E49" s="47">
         <v>175</v>
       </c>
       <c r="F49" s="48">
         <v>697973355</v>
       </c>
       <c r="G49" s="47">
         <v>166</v>
       </c>
       <c r="H49" s="48">
         <v>738265004</v>
       </c>
       <c r="I49" s="47">
@@ -11374,52 +11657,58 @@
       </c>
       <c r="O49" s="47">
         <v>138</v>
       </c>
       <c r="P49" s="48">
         <v>841252677</v>
       </c>
       <c r="Q49" s="49">
         <v>151</v>
       </c>
       <c r="R49" s="50">
         <v>819863037</v>
       </c>
       <c r="S49" s="49">
         <v>177</v>
       </c>
       <c r="T49" s="50">
         <v>864624029</v>
       </c>
       <c r="U49" s="67">
         <v>190</v>
       </c>
       <c r="V49" s="68">
         <v>949363169</v>
       </c>
+      <c r="W49" s="67">
+        <v>200</v>
+      </c>
+      <c r="X49" s="68">
+        <v>1035762865</v>
+      </c>
     </row>
-    <row r="50" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="46" t="s">
         <v>64</v>
       </c>
       <c r="B50" s="46" t="s">
         <v>112</v>
       </c>
       <c r="C50" s="47">
         <v>2</v>
       </c>
       <c r="D50" s="48">
         <v>23996020</v>
       </c>
       <c r="E50" s="47">
         <v>2</v>
       </c>
       <c r="F50" s="48">
         <v>23651723</v>
       </c>
       <c r="G50" s="47">
         <v>3</v>
       </c>
       <c r="H50" s="48">
         <v>29633365</v>
       </c>
       <c r="I50" s="47">
@@ -11442,52 +11731,58 @@
       </c>
       <c r="O50" s="47">
         <v>2</v>
       </c>
       <c r="P50" s="48">
         <v>27711275</v>
       </c>
       <c r="Q50" s="49">
         <v>3</v>
       </c>
       <c r="R50" s="50">
         <v>42133103</v>
       </c>
       <c r="S50" s="49">
         <v>3</v>
       </c>
       <c r="T50" s="50">
         <v>39034347</v>
       </c>
       <c r="U50" s="67">
         <v>3</v>
       </c>
       <c r="V50" s="68">
         <v>20837805</v>
       </c>
+      <c r="W50" s="67">
+        <v>4</v>
+      </c>
+      <c r="X50" s="68">
+        <v>23345798</v>
+      </c>
     </row>
-    <row r="51" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="54" t="s">
         <v>64</v>
       </c>
       <c r="B51" s="54" t="s">
         <v>139</v>
       </c>
       <c r="C51" s="55">
         <v>33199</v>
       </c>
       <c r="D51" s="56">
         <v>15862012059</v>
       </c>
       <c r="E51" s="55">
         <v>34329</v>
       </c>
       <c r="F51" s="56">
         <v>17137754907</v>
       </c>
       <c r="G51" s="55">
         <v>35204</v>
       </c>
       <c r="H51" s="56">
         <v>18321187243</v>
       </c>
       <c r="I51" s="55">
@@ -11510,52 +11805,59 @@
       </c>
       <c r="O51" s="55">
         <v>40049</v>
       </c>
       <c r="P51" s="56">
         <v>23280221639</v>
       </c>
       <c r="Q51" s="55">
         <v>41173</v>
       </c>
       <c r="R51" s="56">
         <v>24399835832</v>
       </c>
       <c r="S51" s="57">
         <v>41597</v>
       </c>
       <c r="T51" s="58">
         <v>25365442608</v>
       </c>
       <c r="U51" s="77">
         <v>41470</v>
       </c>
       <c r="V51" s="78">
         <v>25721050507</v>
       </c>
+      <c r="W51" s="77">
+        <v>39239</v>
+      </c>
+      <c r="X51" s="78">
+        <v>26503031656</v>
+      </c>
+      <c r="Y51" s="91"/>
     </row>
-    <row r="52" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B52" s="46" t="s">
         <v>85</v>
       </c>
       <c r="C52" s="47">
         <v>172</v>
       </c>
       <c r="D52" s="48">
         <v>40819035</v>
       </c>
       <c r="E52" s="47">
         <v>202</v>
       </c>
       <c r="F52" s="48">
         <v>48230969</v>
       </c>
       <c r="G52" s="47">
         <v>179</v>
       </c>
       <c r="H52" s="48">
         <v>44108245</v>
       </c>
       <c r="I52" s="47">
@@ -11578,52 +11880,58 @@
       </c>
       <c r="O52" s="47">
         <v>210</v>
       </c>
       <c r="P52" s="48">
         <v>65229436</v>
       </c>
       <c r="Q52" s="49">
         <v>202</v>
       </c>
       <c r="R52" s="50">
         <v>65428277</v>
       </c>
       <c r="S52" s="49">
         <v>202</v>
       </c>
       <c r="T52" s="50">
         <v>64595516</v>
       </c>
       <c r="U52" s="67">
         <v>192</v>
       </c>
       <c r="V52" s="68">
         <v>64274019</v>
       </c>
+      <c r="W52" s="67">
+        <v>200</v>
+      </c>
+      <c r="X52" s="68">
+        <v>68366976</v>
+      </c>
     </row>
-    <row r="53" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B53" s="46" t="s">
         <v>86</v>
       </c>
       <c r="C53" s="47">
         <v>92</v>
       </c>
       <c r="D53" s="48">
         <v>54756326</v>
       </c>
       <c r="E53" s="47">
         <v>106</v>
       </c>
       <c r="F53" s="48">
         <v>65195599</v>
       </c>
       <c r="G53" s="47">
         <v>118</v>
       </c>
       <c r="H53" s="48">
         <v>78585353</v>
       </c>
       <c r="I53" s="47">
@@ -11646,52 +11954,58 @@
       </c>
       <c r="O53" s="47">
         <v>110</v>
       </c>
       <c r="P53" s="48">
         <v>82679497</v>
       </c>
       <c r="Q53" s="49">
         <v>126</v>
       </c>
       <c r="R53" s="50">
         <v>95555010</v>
       </c>
       <c r="S53" s="49">
         <v>129</v>
       </c>
       <c r="T53" s="50">
         <v>99699008</v>
       </c>
       <c r="U53" s="67">
         <v>124</v>
       </c>
       <c r="V53" s="68">
         <v>96280899</v>
       </c>
+      <c r="W53" s="67">
+        <v>116</v>
+      </c>
+      <c r="X53" s="68">
+        <v>99965490</v>
+      </c>
     </row>
-    <row r="54" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B54" s="46" t="s">
         <v>87</v>
       </c>
       <c r="C54" s="47">
         <v>623</v>
       </c>
       <c r="D54" s="48">
         <v>146522013</v>
       </c>
       <c r="E54" s="47">
         <v>581</v>
       </c>
       <c r="F54" s="48">
         <v>137321011</v>
       </c>
       <c r="G54" s="47">
         <v>594</v>
       </c>
       <c r="H54" s="48">
         <v>143425992</v>
       </c>
       <c r="I54" s="47">
@@ -11714,52 +12028,58 @@
       </c>
       <c r="O54" s="47">
         <v>512</v>
       </c>
       <c r="P54" s="48">
         <v>154462094</v>
       </c>
       <c r="Q54" s="49">
         <v>490</v>
       </c>
       <c r="R54" s="50">
         <v>153498353</v>
       </c>
       <c r="S54" s="49">
         <v>509</v>
       </c>
       <c r="T54" s="50">
         <v>162883966</v>
       </c>
       <c r="U54" s="67">
         <v>426</v>
       </c>
       <c r="V54" s="68">
         <v>139534755</v>
       </c>
+      <c r="W54" s="67">
+        <v>397</v>
+      </c>
+      <c r="X54" s="68">
+        <v>132900241</v>
+      </c>
     </row>
-    <row r="55" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B55" s="46" t="s">
         <v>88</v>
       </c>
       <c r="C55" s="47">
         <v>702</v>
       </c>
       <c r="D55" s="48">
         <v>472044627</v>
       </c>
       <c r="E55" s="47">
         <v>785</v>
       </c>
       <c r="F55" s="48">
         <v>544633092</v>
       </c>
       <c r="G55" s="47">
         <v>877</v>
       </c>
       <c r="H55" s="48">
         <v>622612687</v>
       </c>
       <c r="I55" s="47">
@@ -11782,52 +12102,58 @@
       </c>
       <c r="O55" s="47">
         <v>976</v>
       </c>
       <c r="P55" s="48">
         <v>816611330</v>
       </c>
       <c r="Q55" s="49">
         <v>948</v>
       </c>
       <c r="R55" s="50">
         <v>820695563</v>
       </c>
       <c r="S55" s="49">
         <v>979</v>
       </c>
       <c r="T55" s="50">
         <v>881299440</v>
       </c>
       <c r="U55" s="67">
         <v>928</v>
       </c>
       <c r="V55" s="68">
         <v>870743002</v>
       </c>
+      <c r="W55" s="67">
+        <v>895</v>
+      </c>
+      <c r="X55" s="68">
+        <v>884130504</v>
+      </c>
     </row>
-    <row r="56" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B56" s="46" t="s">
         <v>120</v>
       </c>
       <c r="C56" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D56" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E56" s="47">
         <v>15</v>
       </c>
       <c r="F56" s="48">
         <v>9135503</v>
       </c>
       <c r="G56" s="47">
         <v>37</v>
       </c>
       <c r="H56" s="48">
         <v>26878889</v>
       </c>
       <c r="I56" s="47">
@@ -11850,52 +12176,58 @@
       </c>
       <c r="O56" s="47">
         <v>26</v>
       </c>
       <c r="P56" s="48">
         <v>23167783</v>
       </c>
       <c r="Q56" s="49">
         <v>39</v>
       </c>
       <c r="R56" s="50">
         <v>32075236</v>
       </c>
       <c r="S56" s="49">
         <v>47</v>
       </c>
       <c r="T56" s="50">
         <v>41942722</v>
       </c>
       <c r="U56" s="67">
         <v>55</v>
       </c>
       <c r="V56" s="68">
         <v>47840021</v>
       </c>
+      <c r="W56" s="67">
+        <v>59</v>
+      </c>
+      <c r="X56" s="68">
+        <v>53234172</v>
+      </c>
     </row>
-    <row r="57" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B57" s="46" t="s">
         <v>89</v>
       </c>
       <c r="C57" s="47">
         <v>0</v>
       </c>
       <c r="D57" s="48">
         <v>0</v>
       </c>
       <c r="E57" s="47">
         <v>0</v>
       </c>
       <c r="F57" s="48">
         <v>0</v>
       </c>
       <c r="G57" s="47">
         <v>2</v>
       </c>
       <c r="H57" s="48">
         <v>603484</v>
       </c>
       <c r="I57" s="47">
@@ -11918,52 +12250,58 @@
       </c>
       <c r="O57" s="47">
         <v>0</v>
       </c>
       <c r="P57" s="48">
         <v>0</v>
       </c>
       <c r="Q57" s="47">
         <v>0</v>
       </c>
       <c r="R57" s="48">
         <v>0</v>
       </c>
       <c r="S57" s="49">
         <v>3</v>
       </c>
       <c r="T57" s="50">
         <v>2457789</v>
       </c>
       <c r="U57" s="67">
         <v>3</v>
       </c>
       <c r="V57" s="68">
         <v>2548757</v>
       </c>
+      <c r="W57" s="67">
+        <v>3</v>
+      </c>
+      <c r="X57" s="68">
+        <v>2407318</v>
+      </c>
     </row>
-    <row r="58" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B58" s="46" t="s">
         <v>90</v>
       </c>
       <c r="C58" s="47">
         <v>5</v>
       </c>
       <c r="D58" s="48">
         <v>4891659</v>
       </c>
       <c r="E58" s="47">
         <v>8</v>
       </c>
       <c r="F58" s="48">
         <v>5843456</v>
       </c>
       <c r="G58" s="47">
         <v>10</v>
       </c>
       <c r="H58" s="48">
         <v>8240006</v>
       </c>
       <c r="I58" s="47">
@@ -11986,52 +12324,58 @@
       </c>
       <c r="O58" s="47">
         <v>28</v>
       </c>
       <c r="P58" s="48">
         <v>30248597</v>
       </c>
       <c r="Q58" s="49">
         <v>26</v>
       </c>
       <c r="R58" s="50">
         <v>28764666</v>
       </c>
       <c r="S58" s="49">
         <v>30</v>
       </c>
       <c r="T58" s="50">
         <v>30112170</v>
       </c>
       <c r="U58" s="67">
         <v>29</v>
       </c>
       <c r="V58" s="68">
         <v>28142916</v>
       </c>
+      <c r="W58" s="67">
+        <v>19</v>
+      </c>
+      <c r="X58" s="68">
+        <v>20262445</v>
+      </c>
     </row>
-    <row r="59" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B59" s="46" t="s">
         <v>133</v>
       </c>
       <c r="C59" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D59" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E59" s="51" t="s">
         <v>114</v>
       </c>
       <c r="F59" s="52" t="s">
         <v>114</v>
       </c>
       <c r="G59" s="51" t="s">
         <v>114</v>
       </c>
       <c r="H59" s="52" t="s">
         <v>114</v>
       </c>
       <c r="I59" s="51" t="s">
@@ -12054,52 +12398,58 @@
       </c>
       <c r="O59" s="49">
         <v>1</v>
       </c>
       <c r="P59" s="50">
         <v>370341</v>
       </c>
       <c r="Q59" s="49">
         <v>1</v>
       </c>
       <c r="R59" s="50">
         <v>1125627</v>
       </c>
       <c r="S59" s="49">
         <v>1</v>
       </c>
       <c r="T59" s="50">
         <v>1125625</v>
       </c>
       <c r="U59" s="67">
         <v>1</v>
       </c>
       <c r="V59" s="68">
         <v>898341</v>
       </c>
+      <c r="W59" s="67">
+        <v>0</v>
+      </c>
+      <c r="X59" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="60" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B60" s="46" t="s">
         <v>127</v>
       </c>
       <c r="C60" s="47">
         <v>0</v>
       </c>
       <c r="D60" s="48">
         <v>0</v>
       </c>
       <c r="E60" s="47">
         <v>0</v>
       </c>
       <c r="F60" s="48">
         <v>0</v>
       </c>
       <c r="G60" s="47">
         <v>0</v>
       </c>
       <c r="H60" s="48">
         <v>0</v>
       </c>
       <c r="I60" s="47">
@@ -12122,52 +12472,58 @@
       </c>
       <c r="O60" s="47">
         <v>0</v>
       </c>
       <c r="P60" s="48">
         <v>0</v>
       </c>
       <c r="Q60" s="47">
         <v>0</v>
       </c>
       <c r="R60" s="48">
         <v>0</v>
       </c>
       <c r="S60" s="49">
         <v>1</v>
       </c>
       <c r="T60" s="50">
         <v>456840</v>
       </c>
       <c r="U60" s="67">
         <v>1</v>
       </c>
       <c r="V60" s="68">
         <v>461518</v>
       </c>
+      <c r="W60" s="67">
+        <v>0</v>
+      </c>
+      <c r="X60" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="61" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="46" t="s">
         <v>84</v>
       </c>
       <c r="B61" s="46" t="s">
         <v>121</v>
       </c>
       <c r="C61" s="47">
         <v>0</v>
       </c>
       <c r="D61" s="48">
         <v>0</v>
       </c>
       <c r="E61" s="47">
         <v>1</v>
       </c>
       <c r="F61" s="48">
         <v>1683381</v>
       </c>
       <c r="G61" s="47">
         <v>0</v>
       </c>
       <c r="H61" s="48">
         <v>0</v>
       </c>
       <c r="I61" s="47">
@@ -12190,52 +12546,58 @@
       </c>
       <c r="O61" s="47">
         <v>1</v>
       </c>
       <c r="P61" s="48">
         <v>984309</v>
       </c>
       <c r="Q61" s="49">
         <v>4</v>
       </c>
       <c r="R61" s="50">
         <v>1857203</v>
       </c>
       <c r="S61" s="49">
         <v>6</v>
       </c>
       <c r="T61" s="50">
         <v>6740725</v>
       </c>
       <c r="U61" s="67">
         <v>5</v>
       </c>
       <c r="V61" s="68">
         <v>6896577</v>
       </c>
+      <c r="W61" s="67">
+        <v>1</v>
+      </c>
+      <c r="X61" s="68">
+        <v>1461558</v>
+      </c>
     </row>
-    <row r="62" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="54" t="s">
         <v>84</v>
       </c>
       <c r="B62" s="54" t="s">
         <v>139</v>
       </c>
       <c r="C62" s="55">
         <v>1594</v>
       </c>
       <c r="D62" s="59">
         <v>719033660</v>
       </c>
       <c r="E62" s="55">
         <v>1698</v>
       </c>
       <c r="F62" s="59">
         <v>812043011</v>
       </c>
       <c r="G62" s="55">
         <v>1817</v>
       </c>
       <c r="H62" s="59">
         <v>924454656</v>
       </c>
       <c r="I62" s="55">
@@ -12258,52 +12620,58 @@
       </c>
       <c r="O62" s="55">
         <v>1864</v>
       </c>
       <c r="P62" s="59">
         <v>1173753387</v>
       </c>
       <c r="Q62" s="55">
         <v>1836</v>
       </c>
       <c r="R62" s="59">
         <v>1198999935</v>
       </c>
       <c r="S62" s="57">
         <v>1907</v>
       </c>
       <c r="T62" s="58">
         <v>1291313801</v>
       </c>
       <c r="U62" s="77">
         <v>1764</v>
       </c>
       <c r="V62" s="78">
         <v>1257620805</v>
       </c>
+      <c r="W62" s="77">
+        <v>1690</v>
+      </c>
+      <c r="X62" s="78">
+        <v>1262728704</v>
+      </c>
     </row>
-    <row r="63" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B63" s="46" t="s">
         <v>54</v>
       </c>
       <c r="C63" s="47">
         <v>13</v>
       </c>
       <c r="D63" s="48">
         <v>36151663</v>
       </c>
       <c r="E63" s="47">
         <v>8</v>
       </c>
       <c r="F63" s="48">
         <v>36164598</v>
       </c>
       <c r="G63" s="47">
         <v>8</v>
       </c>
       <c r="H63" s="48">
         <v>17299585</v>
       </c>
       <c r="I63" s="47">
@@ -12326,52 +12694,58 @@
       </c>
       <c r="O63" s="47">
         <v>0</v>
       </c>
       <c r="P63" s="48">
         <v>0</v>
       </c>
       <c r="Q63" s="47">
         <v>0</v>
       </c>
       <c r="R63" s="48">
         <v>0</v>
       </c>
       <c r="S63" s="47">
         <v>0</v>
       </c>
       <c r="T63" s="48">
         <v>0</v>
       </c>
       <c r="U63" s="73">
         <v>0</v>
       </c>
       <c r="V63" s="74">
         <v>0</v>
       </c>
+      <c r="W63" s="67">
+        <v>0</v>
+      </c>
+      <c r="X63" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="64" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:25" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B64" s="46" t="s">
         <v>55</v>
       </c>
       <c r="C64" s="47">
         <v>0</v>
       </c>
       <c r="D64" s="48">
         <v>0</v>
       </c>
       <c r="E64" s="47">
         <v>0</v>
       </c>
       <c r="F64" s="48">
         <v>0</v>
       </c>
       <c r="G64" s="47">
         <v>0</v>
       </c>
       <c r="H64" s="48">
         <v>0</v>
       </c>
       <c r="I64" s="47">
@@ -12394,52 +12768,58 @@
       </c>
       <c r="O64" s="47">
         <v>0</v>
       </c>
       <c r="P64" s="48">
         <v>0</v>
       </c>
       <c r="Q64" s="47">
         <v>0</v>
       </c>
       <c r="R64" s="48">
         <v>0</v>
       </c>
       <c r="S64" s="47">
         <v>0</v>
       </c>
       <c r="T64" s="48">
         <v>0</v>
       </c>
       <c r="U64" s="73">
         <v>0</v>
       </c>
       <c r="V64" s="74">
         <v>0</v>
       </c>
+      <c r="W64" s="67">
+        <v>0</v>
+      </c>
+      <c r="X64" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="65" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B65" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C65" s="47">
         <v>146</v>
       </c>
       <c r="D65" s="48">
         <v>242835482</v>
       </c>
       <c r="E65" s="47">
         <v>154</v>
       </c>
       <c r="F65" s="48">
         <v>264403546</v>
       </c>
       <c r="G65" s="47">
         <v>140</v>
       </c>
       <c r="H65" s="48">
         <v>250935714</v>
       </c>
       <c r="I65" s="47">
@@ -12462,52 +12842,58 @@
       </c>
       <c r="O65" s="47">
         <v>163</v>
       </c>
       <c r="P65" s="48">
         <v>360758553</v>
       </c>
       <c r="Q65" s="49">
         <v>161</v>
       </c>
       <c r="R65" s="50">
         <v>352769711</v>
       </c>
       <c r="S65" s="49">
         <v>145</v>
       </c>
       <c r="T65" s="50">
         <v>369110820</v>
       </c>
       <c r="U65" s="67">
         <v>156</v>
       </c>
       <c r="V65" s="68">
         <v>391988875</v>
       </c>
+      <c r="W65" s="67">
+        <v>143</v>
+      </c>
+      <c r="X65" s="68">
+        <v>344322845</v>
+      </c>
     </row>
-    <row r="66" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B66" s="46" t="s">
         <v>56</v>
       </c>
       <c r="C66" s="47">
         <v>416</v>
       </c>
       <c r="D66" s="48">
         <v>652624020</v>
       </c>
       <c r="E66" s="47">
         <v>403</v>
       </c>
       <c r="F66" s="48">
         <v>690900600</v>
       </c>
       <c r="G66" s="47">
         <v>383</v>
       </c>
       <c r="H66" s="48">
         <v>657782147</v>
       </c>
       <c r="I66" s="47">
@@ -12530,52 +12916,58 @@
       </c>
       <c r="O66" s="47">
         <v>397</v>
       </c>
       <c r="P66" s="48">
         <v>838129225</v>
       </c>
       <c r="Q66" s="49">
         <v>409</v>
       </c>
       <c r="R66" s="50">
         <v>858095240</v>
       </c>
       <c r="S66" s="49">
         <v>408</v>
       </c>
       <c r="T66" s="50">
         <v>871330116</v>
       </c>
       <c r="U66" s="67">
         <v>431</v>
       </c>
       <c r="V66" s="68">
         <v>881113624</v>
       </c>
+      <c r="W66" s="67">
+        <v>416</v>
+      </c>
+      <c r="X66" s="68">
+        <v>871415616</v>
+      </c>
     </row>
-    <row r="67" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B67" s="46" t="s">
         <v>57</v>
       </c>
       <c r="C67" s="47">
         <v>26</v>
       </c>
       <c r="D67" s="48">
         <v>21669361</v>
       </c>
       <c r="E67" s="47">
         <v>23</v>
       </c>
       <c r="F67" s="48">
         <v>19927907</v>
       </c>
       <c r="G67" s="47">
         <v>22</v>
       </c>
       <c r="H67" s="48">
         <v>19073292</v>
       </c>
       <c r="I67" s="47">
@@ -12598,52 +12990,58 @@
       </c>
       <c r="O67" s="47">
         <v>19</v>
       </c>
       <c r="P67" s="48">
         <v>21501179</v>
       </c>
       <c r="Q67" s="49">
         <v>18</v>
       </c>
       <c r="R67" s="50">
         <v>18948253</v>
       </c>
       <c r="S67" s="49">
         <v>18</v>
       </c>
       <c r="T67" s="50">
         <v>18018862</v>
       </c>
       <c r="U67" s="67">
         <v>23</v>
       </c>
       <c r="V67" s="68">
         <v>20019142</v>
       </c>
+      <c r="W67" s="67">
+        <v>17</v>
+      </c>
+      <c r="X67" s="68">
+        <v>19269214</v>
+      </c>
     </row>
-    <row r="68" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B68" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C68" s="47">
         <v>66</v>
       </c>
       <c r="D68" s="48">
         <v>100635324</v>
       </c>
       <c r="E68" s="47">
         <v>69</v>
       </c>
       <c r="F68" s="48">
         <v>107983191</v>
       </c>
       <c r="G68" s="47">
         <v>73</v>
       </c>
       <c r="H68" s="48">
         <v>116315113</v>
       </c>
       <c r="I68" s="47">
@@ -12666,52 +13064,58 @@
       </c>
       <c r="O68" s="47">
         <v>46</v>
       </c>
       <c r="P68" s="48">
         <v>63392904</v>
       </c>
       <c r="Q68" s="49">
         <v>40</v>
       </c>
       <c r="R68" s="50">
         <v>53224664</v>
       </c>
       <c r="S68" s="49">
         <v>36</v>
       </c>
       <c r="T68" s="50">
         <v>48618603</v>
       </c>
       <c r="U68" s="67">
         <v>34</v>
       </c>
       <c r="V68" s="68">
         <v>44474370</v>
       </c>
+      <c r="W68" s="67">
+        <v>28</v>
+      </c>
+      <c r="X68" s="68">
+        <v>36380158</v>
+      </c>
     </row>
-    <row r="69" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B69" s="46" t="s">
         <v>68</v>
       </c>
       <c r="C69" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D69" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E69" s="51" t="s">
         <v>114</v>
       </c>
       <c r="F69" s="52" t="s">
         <v>114</v>
       </c>
       <c r="G69" s="51">
         <v>21</v>
       </c>
       <c r="H69" s="52">
         <v>43521888</v>
       </c>
       <c r="I69" s="51">
@@ -12734,52 +13138,58 @@
       </c>
       <c r="O69" s="51">
         <v>21</v>
       </c>
       <c r="P69" s="52">
         <v>42244430</v>
       </c>
       <c r="Q69" s="49">
         <v>22</v>
       </c>
       <c r="R69" s="50">
         <v>43860063</v>
       </c>
       <c r="S69" s="49">
         <v>22</v>
       </c>
       <c r="T69" s="50">
         <v>43481664</v>
       </c>
       <c r="U69" s="67">
         <v>22</v>
       </c>
       <c r="V69" s="68">
         <v>41860822</v>
       </c>
+      <c r="W69" s="67">
+        <v>17</v>
+      </c>
+      <c r="X69" s="68">
+        <v>42967530</v>
+      </c>
     </row>
-    <row r="70" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B70" s="46" t="s">
         <v>58</v>
       </c>
       <c r="C70" s="47">
         <v>234</v>
       </c>
       <c r="D70" s="48">
         <v>476111093</v>
       </c>
       <c r="E70" s="47">
         <v>231</v>
       </c>
       <c r="F70" s="48">
         <v>464346768</v>
       </c>
       <c r="G70" s="47">
         <v>206</v>
       </c>
       <c r="H70" s="48">
         <v>441519429</v>
       </c>
       <c r="I70" s="47">
@@ -12802,52 +13212,58 @@
       </c>
       <c r="O70" s="47">
         <v>197</v>
       </c>
       <c r="P70" s="48">
         <v>397426837</v>
       </c>
       <c r="Q70" s="49">
         <v>192</v>
       </c>
       <c r="R70" s="50">
         <v>395285225</v>
       </c>
       <c r="S70" s="49">
         <v>209</v>
       </c>
       <c r="T70" s="50">
         <v>422947846</v>
       </c>
       <c r="U70" s="67">
         <v>190</v>
       </c>
       <c r="V70" s="68">
         <v>414056004</v>
       </c>
+      <c r="W70" s="67">
+        <v>182</v>
+      </c>
+      <c r="X70" s="68">
+        <v>412085852</v>
+      </c>
     </row>
-    <row r="71" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B71" s="46" t="s">
         <v>59</v>
       </c>
       <c r="C71" s="47">
         <v>10</v>
       </c>
       <c r="D71" s="48">
         <v>76294673</v>
       </c>
       <c r="E71" s="47">
         <v>7</v>
       </c>
       <c r="F71" s="48">
         <v>75797623</v>
       </c>
       <c r="G71" s="47">
         <v>7</v>
       </c>
       <c r="H71" s="48">
         <v>72555650</v>
       </c>
       <c r="I71" s="47">
@@ -12870,52 +13286,58 @@
       </c>
       <c r="O71" s="47">
         <v>7</v>
       </c>
       <c r="P71" s="48">
         <v>78799676</v>
       </c>
       <c r="Q71" s="49">
         <v>7</v>
       </c>
       <c r="R71" s="50">
         <v>83093374</v>
       </c>
       <c r="S71" s="49">
         <v>7</v>
       </c>
       <c r="T71" s="50">
         <v>79734178</v>
       </c>
       <c r="U71" s="67">
         <v>7</v>
       </c>
       <c r="V71" s="68">
         <v>79101490</v>
       </c>
+      <c r="W71" s="67">
+        <v>7</v>
+      </c>
+      <c r="X71" s="68">
+        <v>76045113</v>
+      </c>
     </row>
-    <row r="72" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B72" s="46" t="s">
         <v>60</v>
       </c>
       <c r="C72" s="47">
         <v>30</v>
       </c>
       <c r="D72" s="48">
         <v>38752126</v>
       </c>
       <c r="E72" s="47">
         <v>30</v>
       </c>
       <c r="F72" s="48">
         <v>39004299</v>
       </c>
       <c r="G72" s="47">
         <v>11</v>
       </c>
       <c r="H72" s="48">
         <v>15793763</v>
       </c>
       <c r="I72" s="47">
@@ -12938,52 +13360,58 @@
       </c>
       <c r="O72" s="47">
         <v>7</v>
       </c>
       <c r="P72" s="48">
         <v>12640619</v>
       </c>
       <c r="Q72" s="49">
         <v>7</v>
       </c>
       <c r="R72" s="50">
         <v>11595415</v>
       </c>
       <c r="S72" s="49">
         <v>6</v>
       </c>
       <c r="T72" s="50">
         <v>10548048</v>
       </c>
       <c r="U72" s="67">
         <v>7</v>
       </c>
       <c r="V72" s="68">
         <v>11900256</v>
       </c>
+      <c r="W72" s="67">
+        <v>10</v>
+      </c>
+      <c r="X72" s="68">
+        <v>16715546</v>
+      </c>
     </row>
-    <row r="73" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B73" s="46" t="s">
         <v>61</v>
       </c>
       <c r="C73" s="47">
         <v>0</v>
       </c>
       <c r="D73" s="48">
         <v>0</v>
       </c>
       <c r="E73" s="47">
         <v>0</v>
       </c>
       <c r="F73" s="48">
         <v>0</v>
       </c>
       <c r="G73" s="47">
         <v>0</v>
       </c>
       <c r="H73" s="48">
         <v>0</v>
       </c>
       <c r="I73" s="47">
@@ -13006,52 +13434,58 @@
       </c>
       <c r="O73" s="47">
         <v>1</v>
       </c>
       <c r="P73" s="48">
         <v>5034263</v>
       </c>
       <c r="Q73" s="49">
         <v>1</v>
       </c>
       <c r="R73" s="50">
         <v>2412756</v>
       </c>
       <c r="S73" s="49">
         <v>1</v>
       </c>
       <c r="T73" s="50">
         <v>2586748</v>
       </c>
       <c r="U73" s="67">
         <v>1</v>
       </c>
       <c r="V73" s="68">
         <v>2722115</v>
       </c>
+      <c r="W73" s="67">
+        <v>1</v>
+      </c>
+      <c r="X73" s="68">
+        <v>2582551</v>
+      </c>
     </row>
-    <row r="74" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B74" s="46" t="s">
         <v>62</v>
       </c>
       <c r="C74" s="47">
         <v>29</v>
       </c>
       <c r="D74" s="48">
         <v>69920409</v>
       </c>
       <c r="E74" s="47">
         <v>28</v>
       </c>
       <c r="F74" s="48">
         <v>70608659</v>
       </c>
       <c r="G74" s="47">
         <v>29</v>
       </c>
       <c r="H74" s="48">
         <v>70132242</v>
       </c>
       <c r="I74" s="47">
@@ -13074,52 +13508,58 @@
       </c>
       <c r="O74" s="47">
         <v>13</v>
       </c>
       <c r="P74" s="48">
         <v>24730890</v>
       </c>
       <c r="Q74" s="49">
         <v>5</v>
       </c>
       <c r="R74" s="50">
         <v>15301740</v>
       </c>
       <c r="S74" s="49">
         <v>4</v>
       </c>
       <c r="T74" s="50">
         <v>12648015</v>
       </c>
       <c r="U74" s="67">
         <v>4</v>
       </c>
       <c r="V74" s="68">
         <v>16344699</v>
       </c>
+      <c r="W74" s="67">
+        <v>1</v>
+      </c>
+      <c r="X74" s="68">
+        <v>2914480</v>
+      </c>
     </row>
-    <row r="75" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B75" s="46" t="s">
         <v>63</v>
       </c>
       <c r="C75" s="47">
         <v>19</v>
       </c>
       <c r="D75" s="48">
         <v>38459005</v>
       </c>
       <c r="E75" s="47">
         <v>16</v>
       </c>
       <c r="F75" s="48">
         <v>26655046</v>
       </c>
       <c r="G75" s="47">
         <v>19</v>
       </c>
       <c r="H75" s="48">
         <v>31508775</v>
       </c>
       <c r="I75" s="47">
@@ -13142,52 +13582,58 @@
       </c>
       <c r="O75" s="47">
         <v>21</v>
       </c>
       <c r="P75" s="48">
         <v>43421773</v>
       </c>
       <c r="Q75" s="49">
         <v>22</v>
       </c>
       <c r="R75" s="50">
         <v>42476492</v>
       </c>
       <c r="S75" s="49">
         <v>23</v>
       </c>
       <c r="T75" s="50">
         <v>40384862</v>
       </c>
       <c r="U75" s="67">
         <v>21</v>
       </c>
       <c r="V75" s="68">
         <v>32705029</v>
       </c>
+      <c r="W75" s="67">
+        <v>22</v>
+      </c>
+      <c r="X75" s="68">
+        <v>33843248</v>
+      </c>
     </row>
-    <row r="76" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B76" s="46" t="s">
         <v>29</v>
       </c>
       <c r="C76" s="47">
         <v>246</v>
       </c>
       <c r="D76" s="48">
         <v>593508741</v>
       </c>
       <c r="E76" s="47">
         <v>226</v>
       </c>
       <c r="F76" s="48">
         <v>439913558</v>
       </c>
       <c r="G76" s="47">
         <v>259</v>
       </c>
       <c r="H76" s="48">
         <v>504245189</v>
       </c>
       <c r="I76" s="47">
@@ -13210,52 +13656,58 @@
       </c>
       <c r="O76" s="47">
         <v>253</v>
       </c>
       <c r="P76" s="48">
         <v>543209678</v>
       </c>
       <c r="Q76" s="49">
         <v>260</v>
       </c>
       <c r="R76" s="50">
         <v>624636256</v>
       </c>
       <c r="S76" s="49">
         <v>298</v>
       </c>
       <c r="T76" s="50">
         <v>716204931</v>
       </c>
       <c r="U76" s="67">
         <v>275</v>
       </c>
       <c r="V76" s="68">
         <v>688824084</v>
       </c>
+      <c r="W76" s="67">
+        <v>269</v>
+      </c>
+      <c r="X76" s="68">
+        <v>658035635</v>
+      </c>
     </row>
-    <row r="77" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="46" t="s">
         <v>53</v>
       </c>
       <c r="B77" s="46" t="s">
         <v>32</v>
       </c>
       <c r="C77" s="51">
         <v>69</v>
       </c>
       <c r="D77" s="52">
         <v>424703534</v>
       </c>
       <c r="E77" s="51">
         <v>67</v>
       </c>
       <c r="F77" s="52">
         <v>407227274</v>
       </c>
       <c r="G77" s="51">
         <v>67</v>
       </c>
       <c r="H77" s="52">
         <v>405098023</v>
       </c>
       <c r="I77" s="51">
@@ -13278,52 +13730,58 @@
       </c>
       <c r="O77" s="51">
         <v>71</v>
       </c>
       <c r="P77" s="52">
         <v>424988119</v>
       </c>
       <c r="Q77" s="49">
         <v>73</v>
       </c>
       <c r="R77" s="50">
         <v>442308129</v>
       </c>
       <c r="S77" s="49">
         <v>57</v>
       </c>
       <c r="T77" s="50">
         <v>329457745</v>
       </c>
       <c r="U77" s="67">
         <v>36</v>
       </c>
       <c r="V77" s="68">
         <v>252587987</v>
       </c>
+      <c r="W77" s="67">
+        <v>24</v>
+      </c>
+      <c r="X77" s="68">
+        <v>197013539</v>
+      </c>
     </row>
-    <row r="78" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="54" t="s">
         <v>53</v>
       </c>
       <c r="B78" s="54" t="s">
         <v>139</v>
       </c>
       <c r="C78" s="55">
         <v>1304</v>
       </c>
       <c r="D78" s="59">
         <v>2771665431</v>
       </c>
       <c r="E78" s="55">
         <v>1262</v>
       </c>
       <c r="F78" s="59">
         <v>2642933069</v>
       </c>
       <c r="G78" s="55">
         <v>1245</v>
       </c>
       <c r="H78" s="59">
         <v>2645780810</v>
       </c>
       <c r="I78" s="55">
@@ -13346,52 +13804,58 @@
       </c>
       <c r="O78" s="55">
         <v>1216</v>
       </c>
       <c r="P78" s="59">
         <v>2856278146</v>
       </c>
       <c r="Q78" s="55">
         <v>1217</v>
       </c>
       <c r="R78" s="59">
         <v>2944007318</v>
       </c>
       <c r="S78" s="57">
         <v>1234</v>
       </c>
       <c r="T78" s="58">
         <v>2965072438</v>
       </c>
       <c r="U78" s="77">
         <v>1207</v>
       </c>
       <c r="V78" s="78">
         <v>2877698497</v>
       </c>
+      <c r="W78" s="77">
+        <v>1137</v>
+      </c>
+      <c r="X78" s="78">
+        <v>2713591327</v>
+      </c>
     </row>
-    <row r="79" spans="1:22" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:24" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B79" s="46" t="s">
         <v>126</v>
       </c>
       <c r="C79" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D79" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E79" s="51" t="s">
         <v>114</v>
       </c>
       <c r="F79" s="52" t="s">
         <v>114</v>
       </c>
       <c r="G79" s="51">
         <v>5</v>
       </c>
       <c r="H79" s="52">
         <v>371854</v>
       </c>
       <c r="I79" s="51">
@@ -13414,52 +13878,58 @@
       </c>
       <c r="O79" s="51">
         <v>115</v>
       </c>
       <c r="P79" s="52">
         <v>10185856</v>
       </c>
       <c r="Q79" s="49">
         <v>142</v>
       </c>
       <c r="R79" s="50">
         <v>12517923</v>
       </c>
       <c r="S79" s="49">
         <v>165</v>
       </c>
       <c r="T79" s="50">
         <v>14072960</v>
       </c>
       <c r="U79" s="67">
         <v>199</v>
       </c>
       <c r="V79" s="68">
         <v>18426903</v>
       </c>
+      <c r="W79" s="67">
+        <v>191</v>
+      </c>
+      <c r="X79" s="68">
+        <v>18084956</v>
+      </c>
     </row>
-    <row r="80" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B80" s="46" t="s">
         <v>34</v>
       </c>
       <c r="C80" s="47">
         <v>803</v>
       </c>
       <c r="D80" s="48">
         <v>111362153</v>
       </c>
       <c r="E80" s="47">
         <v>827</v>
       </c>
       <c r="F80" s="48">
         <v>117843659</v>
       </c>
       <c r="G80" s="47">
         <v>853</v>
       </c>
       <c r="H80" s="48">
         <v>124948080</v>
       </c>
       <c r="I80" s="47">
@@ -13482,52 +13952,58 @@
       </c>
       <c r="O80" s="47">
         <v>1045</v>
       </c>
       <c r="P80" s="48">
         <v>160057992</v>
       </c>
       <c r="Q80" s="49">
         <v>1108</v>
       </c>
       <c r="R80" s="50">
         <v>167864695</v>
       </c>
       <c r="S80" s="49">
         <v>1134</v>
       </c>
       <c r="T80" s="50">
         <v>172458940</v>
       </c>
       <c r="U80" s="67">
         <v>1107</v>
       </c>
       <c r="V80" s="68">
         <v>168681069</v>
       </c>
+      <c r="W80" s="67">
+        <v>1009</v>
+      </c>
+      <c r="X80" s="68">
+        <v>159293781</v>
+      </c>
     </row>
-    <row r="81" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B81" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C81" s="47">
         <v>59</v>
       </c>
       <c r="D81" s="48">
         <v>7618937</v>
       </c>
       <c r="E81" s="47">
         <v>46</v>
       </c>
       <c r="F81" s="48">
         <v>6127954</v>
       </c>
       <c r="G81" s="47">
         <v>43</v>
       </c>
       <c r="H81" s="48">
         <v>6047647</v>
       </c>
       <c r="I81" s="47">
@@ -13550,52 +14026,58 @@
       </c>
       <c r="O81" s="47">
         <v>30</v>
       </c>
       <c r="P81" s="48">
         <v>4591855</v>
       </c>
       <c r="Q81" s="49">
         <v>22</v>
       </c>
       <c r="R81" s="50">
         <v>2986011</v>
       </c>
       <c r="S81" s="49">
         <v>20</v>
       </c>
       <c r="T81" s="50">
         <v>2967552</v>
       </c>
       <c r="U81" s="67">
         <v>18</v>
       </c>
       <c r="V81" s="68">
         <v>2998553</v>
       </c>
+      <c r="W81" s="67">
+        <v>15</v>
+      </c>
+      <c r="X81" s="68">
+        <v>2352400</v>
+      </c>
     </row>
-    <row r="82" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B82" s="46" t="s">
         <v>36</v>
       </c>
       <c r="C82" s="47">
         <v>32</v>
       </c>
       <c r="D82" s="48">
         <v>4313391</v>
       </c>
       <c r="E82" s="47">
         <v>21</v>
       </c>
       <c r="F82" s="48">
         <v>2936501</v>
       </c>
       <c r="G82" s="47">
         <v>12</v>
       </c>
       <c r="H82" s="48">
         <v>1605041</v>
       </c>
       <c r="I82" s="47">
@@ -13618,52 +14100,58 @@
       </c>
       <c r="O82" s="47">
         <v>0</v>
       </c>
       <c r="P82" s="48">
         <v>0</v>
       </c>
       <c r="Q82" s="47">
         <v>0</v>
       </c>
       <c r="R82" s="48">
         <v>0</v>
       </c>
       <c r="S82" s="47">
         <v>0</v>
       </c>
       <c r="T82" s="48">
         <v>0</v>
       </c>
       <c r="U82" s="69">
         <v>0</v>
       </c>
       <c r="V82" s="70">
         <v>0</v>
       </c>
+      <c r="W82" s="67">
+        <v>0</v>
+      </c>
+      <c r="X82" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="83" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B83" s="46" t="s">
         <v>37</v>
       </c>
       <c r="C83" s="47">
         <v>1</v>
       </c>
       <c r="D83" s="48">
         <v>33939</v>
       </c>
       <c r="E83" s="47">
         <v>1</v>
       </c>
       <c r="F83" s="48">
         <v>33939</v>
       </c>
       <c r="G83" s="47">
         <v>0</v>
       </c>
       <c r="H83" s="48">
         <v>0</v>
       </c>
       <c r="I83" s="47">
@@ -13686,52 +14174,58 @@
       </c>
       <c r="O83" s="47">
         <v>0</v>
       </c>
       <c r="P83" s="48">
         <v>0</v>
       </c>
       <c r="Q83" s="47">
         <v>0</v>
       </c>
       <c r="R83" s="48">
         <v>0</v>
       </c>
       <c r="S83" s="47">
         <v>0</v>
       </c>
       <c r="T83" s="48">
         <v>0</v>
       </c>
       <c r="U83" s="69">
         <v>0</v>
       </c>
       <c r="V83" s="70">
         <v>0</v>
       </c>
+      <c r="W83" s="67">
+        <v>0</v>
+      </c>
+      <c r="X83" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="84" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B84" s="46" t="s">
         <v>38</v>
       </c>
       <c r="C84" s="47">
         <v>75</v>
       </c>
       <c r="D84" s="48">
         <v>11053594</v>
       </c>
       <c r="E84" s="47">
         <v>74</v>
       </c>
       <c r="F84" s="48">
         <v>10905779</v>
       </c>
       <c r="G84" s="47">
         <v>77</v>
       </c>
       <c r="H84" s="48">
         <v>11703359</v>
       </c>
       <c r="I84" s="47">
@@ -13754,52 +14248,58 @@
       </c>
       <c r="O84" s="47">
         <v>43</v>
       </c>
       <c r="P84" s="48">
         <v>6868401</v>
       </c>
       <c r="Q84" s="49">
         <v>31</v>
       </c>
       <c r="R84" s="50">
         <v>4609560</v>
       </c>
       <c r="S84" s="49">
         <v>16</v>
       </c>
       <c r="T84" s="50">
         <v>2827152</v>
       </c>
       <c r="U84" s="67">
         <v>15</v>
       </c>
       <c r="V84" s="68">
         <v>2215344</v>
       </c>
+      <c r="W84" s="67">
+        <v>10</v>
+      </c>
+      <c r="X84" s="68">
+        <v>1448440</v>
+      </c>
     </row>
-    <row r="85" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B85" s="46" t="s">
         <v>39</v>
       </c>
       <c r="C85" s="47">
         <v>721</v>
       </c>
       <c r="D85" s="48">
         <v>110099257</v>
       </c>
       <c r="E85" s="47">
         <v>719</v>
       </c>
       <c r="F85" s="48">
         <v>116477215</v>
       </c>
       <c r="G85" s="47">
         <v>760</v>
       </c>
       <c r="H85" s="48">
         <v>130137581</v>
       </c>
       <c r="I85" s="47">
@@ -13822,52 +14322,58 @@
       </c>
       <c r="O85" s="47">
         <v>985</v>
       </c>
       <c r="P85" s="48">
         <v>184575111</v>
       </c>
       <c r="Q85" s="49">
         <v>1021</v>
       </c>
       <c r="R85" s="50">
         <v>193918372</v>
       </c>
       <c r="S85" s="49">
         <v>997</v>
       </c>
       <c r="T85" s="50">
         <v>192843189</v>
       </c>
       <c r="U85" s="67">
         <v>1009</v>
       </c>
       <c r="V85" s="68">
         <v>194531754</v>
       </c>
+      <c r="W85" s="67">
+        <v>959</v>
+      </c>
+      <c r="X85" s="68">
+        <v>186423463</v>
+      </c>
     </row>
-    <row r="86" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B86" s="46" t="s">
         <v>40</v>
       </c>
       <c r="C86" s="47">
         <v>153</v>
       </c>
       <c r="D86" s="48">
         <v>72258486</v>
       </c>
       <c r="E86" s="47">
         <v>153</v>
       </c>
       <c r="F86" s="48">
         <v>77801431</v>
       </c>
       <c r="G86" s="47">
         <v>139</v>
       </c>
       <c r="H86" s="48">
         <v>76103829</v>
       </c>
       <c r="I86" s="47">
@@ -13890,52 +14396,58 @@
       </c>
       <c r="O86" s="47">
         <v>142</v>
       </c>
       <c r="P86" s="48">
         <v>86678540</v>
       </c>
       <c r="Q86" s="49">
         <v>133</v>
       </c>
       <c r="R86" s="50">
         <v>90130829</v>
       </c>
       <c r="S86" s="49">
         <v>155</v>
       </c>
       <c r="T86" s="50">
         <v>95425453</v>
       </c>
       <c r="U86" s="67">
         <v>156</v>
       </c>
       <c r="V86" s="68">
         <v>111765058</v>
       </c>
+      <c r="W86" s="67">
+        <v>166</v>
+      </c>
+      <c r="X86" s="68">
+        <v>130023934</v>
+      </c>
     </row>
-    <row r="87" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B87" s="46" t="s">
         <v>41</v>
       </c>
       <c r="C87" s="47">
         <v>0</v>
       </c>
       <c r="D87" s="48">
         <v>0</v>
       </c>
       <c r="E87" s="47">
         <v>0</v>
       </c>
       <c r="F87" s="48">
         <v>0</v>
       </c>
       <c r="G87" s="47">
         <v>0</v>
       </c>
       <c r="H87" s="48">
         <v>0</v>
       </c>
       <c r="I87" s="47">
@@ -13958,52 +14470,58 @@
       </c>
       <c r="O87" s="47">
         <v>0</v>
       </c>
       <c r="P87" s="48">
         <v>0</v>
       </c>
       <c r="Q87" s="47">
         <v>0</v>
       </c>
       <c r="R87" s="48">
         <v>0</v>
       </c>
       <c r="S87" s="47">
         <v>0</v>
       </c>
       <c r="T87" s="48">
         <v>0</v>
       </c>
       <c r="U87" s="69">
         <v>0</v>
       </c>
       <c r="V87" s="70">
         <v>0</v>
       </c>
+      <c r="W87" s="67">
+        <v>0</v>
+      </c>
+      <c r="X87" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="88" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B88" s="46" t="s">
         <v>42</v>
       </c>
       <c r="C88" s="47">
         <v>0</v>
       </c>
       <c r="D88" s="48">
         <v>0</v>
       </c>
       <c r="E88" s="47">
         <v>0</v>
       </c>
       <c r="F88" s="48">
         <v>0</v>
       </c>
       <c r="G88" s="47">
         <v>0</v>
       </c>
       <c r="H88" s="48">
         <v>0</v>
       </c>
       <c r="I88" s="47">
@@ -14026,52 +14544,58 @@
       </c>
       <c r="O88" s="47">
         <v>0</v>
       </c>
       <c r="P88" s="48">
         <v>0</v>
       </c>
       <c r="Q88" s="47">
         <v>0</v>
       </c>
       <c r="R88" s="48">
         <v>0</v>
       </c>
       <c r="S88" s="47">
         <v>0</v>
       </c>
       <c r="T88" s="48">
         <v>0</v>
       </c>
       <c r="U88" s="69">
         <v>0</v>
       </c>
       <c r="V88" s="70">
         <v>0</v>
       </c>
+      <c r="W88" s="67">
+        <v>0</v>
+      </c>
+      <c r="X88" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="89" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B89" s="46" t="s">
         <v>43</v>
       </c>
       <c r="C89" s="47">
         <v>5</v>
       </c>
       <c r="D89" s="48">
         <v>732246</v>
       </c>
       <c r="E89" s="47">
         <v>4</v>
       </c>
       <c r="F89" s="48">
         <v>693852</v>
       </c>
       <c r="G89" s="47">
         <v>2</v>
       </c>
       <c r="H89" s="48">
         <v>347440</v>
       </c>
       <c r="I89" s="47">
@@ -14094,52 +14618,58 @@
       </c>
       <c r="O89" s="47">
         <v>8</v>
       </c>
       <c r="P89" s="48">
         <v>1440331</v>
       </c>
       <c r="Q89" s="49">
         <v>3</v>
       </c>
       <c r="R89" s="50">
         <v>529534</v>
       </c>
       <c r="S89" s="49">
         <v>8</v>
       </c>
       <c r="T89" s="50">
         <v>2322316</v>
       </c>
       <c r="U89" s="67">
         <v>4</v>
       </c>
       <c r="V89" s="68">
         <v>1086468</v>
       </c>
+      <c r="W89" s="67">
+        <v>3</v>
+      </c>
+      <c r="X89" s="68">
+        <v>696910</v>
+      </c>
     </row>
-    <row r="90" spans="1:22" s="11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:24" s="11" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B90" s="46" t="s">
         <v>44</v>
       </c>
       <c r="C90" s="47">
         <v>104</v>
       </c>
       <c r="D90" s="48">
         <v>16977226</v>
       </c>
       <c r="E90" s="47">
         <v>127</v>
       </c>
       <c r="F90" s="48">
         <v>20536640</v>
       </c>
       <c r="G90" s="47">
         <v>124</v>
       </c>
       <c r="H90" s="48">
         <v>20290356</v>
       </c>
       <c r="I90" s="47">
@@ -14162,52 +14692,58 @@
       </c>
       <c r="O90" s="47">
         <v>93</v>
       </c>
       <c r="P90" s="48">
         <v>15839554</v>
       </c>
       <c r="Q90" s="49">
         <v>101</v>
       </c>
       <c r="R90" s="50">
         <v>17603210</v>
       </c>
       <c r="S90" s="49">
         <v>84</v>
       </c>
       <c r="T90" s="50">
         <v>15452980</v>
       </c>
       <c r="U90" s="67">
         <v>86</v>
       </c>
       <c r="V90" s="68">
         <v>15643130</v>
       </c>
+      <c r="W90" s="67">
+        <v>88</v>
+      </c>
+      <c r="X90" s="68">
+        <v>15458149</v>
+      </c>
     </row>
-    <row r="91" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B91" s="46" t="s">
         <v>45</v>
       </c>
       <c r="C91" s="47">
         <v>923</v>
       </c>
       <c r="D91" s="48">
         <v>145505258</v>
       </c>
       <c r="E91" s="47">
         <v>923</v>
       </c>
       <c r="F91" s="48">
         <v>153227847</v>
       </c>
       <c r="G91" s="47">
         <v>931</v>
       </c>
       <c r="H91" s="48">
         <v>166840550</v>
       </c>
       <c r="I91" s="47">
@@ -14230,52 +14766,58 @@
       </c>
       <c r="O91" s="47">
         <v>1207</v>
       </c>
       <c r="P91" s="48">
         <v>222821352</v>
       </c>
       <c r="Q91" s="49">
         <v>1297</v>
       </c>
       <c r="R91" s="50">
         <v>239996094</v>
       </c>
       <c r="S91" s="49">
         <v>1314</v>
       </c>
       <c r="T91" s="50">
         <v>243449220</v>
       </c>
       <c r="U91" s="67">
         <v>1342</v>
       </c>
       <c r="V91" s="68">
         <v>247033583</v>
       </c>
+      <c r="W91" s="67">
+        <v>1303</v>
+      </c>
+      <c r="X91" s="68">
+        <v>244080560</v>
+      </c>
     </row>
-    <row r="92" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B92" s="46" t="s">
         <v>46</v>
       </c>
       <c r="C92" s="47">
         <v>210</v>
       </c>
       <c r="D92" s="48">
         <v>33855090</v>
       </c>
       <c r="E92" s="47">
         <v>224</v>
       </c>
       <c r="F92" s="48">
         <v>35817603</v>
       </c>
       <c r="G92" s="47">
         <v>206</v>
       </c>
       <c r="H92" s="48">
         <v>33079768</v>
       </c>
       <c r="I92" s="47">
@@ -14298,52 +14840,58 @@
       </c>
       <c r="O92" s="47">
         <v>218</v>
       </c>
       <c r="P92" s="48">
         <v>35319688</v>
       </c>
       <c r="Q92" s="49">
         <v>213</v>
       </c>
       <c r="R92" s="50">
         <v>33560874</v>
       </c>
       <c r="S92" s="49">
         <v>218</v>
       </c>
       <c r="T92" s="50">
         <v>35034879</v>
       </c>
       <c r="U92" s="67">
         <v>226</v>
       </c>
       <c r="V92" s="68">
         <v>36246345</v>
       </c>
+      <c r="W92" s="67">
+        <v>231</v>
+      </c>
+      <c r="X92" s="68">
+        <v>37698492</v>
+      </c>
     </row>
-    <row r="93" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B93" s="46" t="s">
         <v>47</v>
       </c>
       <c r="C93" s="47">
         <v>76</v>
       </c>
       <c r="D93" s="48">
         <v>11063364</v>
       </c>
       <c r="E93" s="47">
         <v>68</v>
       </c>
       <c r="F93" s="48">
         <v>10187288</v>
       </c>
       <c r="G93" s="47">
         <v>56</v>
       </c>
       <c r="H93" s="48">
         <v>8492714</v>
       </c>
       <c r="I93" s="47">
@@ -14366,52 +14914,58 @@
       </c>
       <c r="O93" s="47">
         <v>60</v>
       </c>
       <c r="P93" s="48">
         <v>9454030</v>
       </c>
       <c r="Q93" s="49">
         <v>61</v>
       </c>
       <c r="R93" s="50">
         <v>9130777</v>
       </c>
       <c r="S93" s="49">
         <v>65</v>
       </c>
       <c r="T93" s="50">
         <v>9927159</v>
       </c>
       <c r="U93" s="67">
         <v>63</v>
       </c>
       <c r="V93" s="68">
         <v>9461404</v>
       </c>
+      <c r="W93" s="67">
+        <v>56</v>
+      </c>
+      <c r="X93" s="68">
+        <v>8258007</v>
+      </c>
     </row>
-    <row r="94" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B94" s="46" t="s">
         <v>48</v>
       </c>
       <c r="C94" s="47">
         <v>4</v>
       </c>
       <c r="D94" s="48">
         <v>433452</v>
       </c>
       <c r="E94" s="47">
         <v>2</v>
       </c>
       <c r="F94" s="48">
         <v>225576</v>
       </c>
       <c r="G94" s="47">
         <v>2</v>
       </c>
       <c r="H94" s="48">
         <v>225576</v>
       </c>
       <c r="I94" s="47">
@@ -14434,52 +14988,58 @@
       </c>
       <c r="O94" s="47">
         <v>0</v>
       </c>
       <c r="P94" s="48">
         <v>0</v>
       </c>
       <c r="Q94" s="47">
         <v>0</v>
       </c>
       <c r="R94" s="48">
         <v>0</v>
       </c>
       <c r="S94" s="49">
         <v>17</v>
       </c>
       <c r="T94" s="50">
         <v>1867007</v>
       </c>
       <c r="U94" s="67">
         <v>18</v>
       </c>
       <c r="V94" s="68">
         <v>1915420</v>
       </c>
+      <c r="W94" s="67">
+        <v>17</v>
+      </c>
+      <c r="X94" s="68">
+        <v>1915820</v>
+      </c>
     </row>
-    <row r="95" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B95" s="46" t="s">
         <v>49</v>
       </c>
       <c r="C95" s="47">
         <v>0</v>
       </c>
       <c r="D95" s="48">
         <v>0</v>
       </c>
       <c r="E95" s="47">
         <v>0</v>
       </c>
       <c r="F95" s="48">
         <v>0</v>
       </c>
       <c r="G95" s="47">
         <v>0</v>
       </c>
       <c r="H95" s="48">
         <v>0</v>
       </c>
       <c r="I95" s="47">
@@ -14502,52 +15062,58 @@
       </c>
       <c r="O95" s="47">
         <v>0</v>
       </c>
       <c r="P95" s="48">
         <v>0</v>
       </c>
       <c r="Q95" s="47">
         <v>0</v>
       </c>
       <c r="R95" s="48">
         <v>0</v>
       </c>
       <c r="S95" s="47">
         <v>0</v>
       </c>
       <c r="T95" s="48">
         <v>0</v>
       </c>
       <c r="U95" s="69">
         <v>0</v>
       </c>
       <c r="V95" s="70">
         <v>0</v>
       </c>
+      <c r="W95" s="67">
+        <v>0</v>
+      </c>
+      <c r="X95" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="96" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B96" s="46" t="s">
         <v>130</v>
       </c>
       <c r="C96" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D96" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E96" s="51" t="s">
         <v>114</v>
       </c>
       <c r="F96" s="52" t="s">
         <v>114</v>
       </c>
       <c r="G96" s="51" t="s">
         <v>114</v>
       </c>
       <c r="H96" s="52" t="s">
         <v>114</v>
       </c>
       <c r="I96" s="51" t="s">
@@ -14570,52 +15136,58 @@
       </c>
       <c r="O96" s="47">
         <v>4</v>
       </c>
       <c r="P96" s="48">
         <v>455242</v>
       </c>
       <c r="Q96" s="49">
         <v>2</v>
       </c>
       <c r="R96" s="50">
         <v>222955</v>
       </c>
       <c r="S96" s="49">
         <v>5</v>
       </c>
       <c r="T96" s="50">
         <v>544738</v>
       </c>
       <c r="U96" s="67">
         <v>10</v>
       </c>
       <c r="V96" s="68">
         <v>1042850</v>
       </c>
+      <c r="W96" s="67">
+        <v>12</v>
+      </c>
+      <c r="X96" s="68">
+        <v>1270285</v>
+      </c>
     </row>
-    <row r="97" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B97" s="46" t="s">
         <v>122</v>
       </c>
       <c r="C97" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D97" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E97" s="47">
         <v>7</v>
       </c>
       <c r="F97" s="48">
         <v>633644</v>
       </c>
       <c r="G97" s="47">
         <v>19</v>
       </c>
       <c r="H97" s="48">
         <v>1768941</v>
       </c>
       <c r="I97" s="47">
@@ -14638,52 +15210,58 @@
       </c>
       <c r="O97" s="47">
         <v>58</v>
       </c>
       <c r="P97" s="48">
         <v>6562411</v>
       </c>
       <c r="Q97" s="49">
         <v>57</v>
       </c>
       <c r="R97" s="50">
         <v>6228184</v>
       </c>
       <c r="S97" s="49">
         <v>57</v>
       </c>
       <c r="T97" s="50">
         <v>6153182</v>
       </c>
       <c r="U97" s="67">
         <v>63</v>
       </c>
       <c r="V97" s="68">
         <v>6570183</v>
       </c>
+      <c r="W97" s="67">
+        <v>60</v>
+      </c>
+      <c r="X97" s="68">
+        <v>6328225</v>
+      </c>
     </row>
-    <row r="98" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B98" s="46" t="s">
         <v>123</v>
       </c>
       <c r="C98" s="51" t="s">
         <v>114</v>
       </c>
       <c r="D98" s="52" t="s">
         <v>114</v>
       </c>
       <c r="E98" s="47">
         <v>9</v>
       </c>
       <c r="F98" s="48">
         <v>1692183</v>
       </c>
       <c r="G98" s="47">
         <v>14</v>
       </c>
       <c r="H98" s="48">
         <v>2899809</v>
       </c>
       <c r="I98" s="47">
@@ -14706,52 +15284,58 @@
       </c>
       <c r="O98" s="47">
         <v>44</v>
       </c>
       <c r="P98" s="48">
         <v>11308600</v>
       </c>
       <c r="Q98" s="49">
         <v>51</v>
       </c>
       <c r="R98" s="50">
         <v>13463438</v>
       </c>
       <c r="S98" s="49">
         <v>45</v>
       </c>
       <c r="T98" s="50">
         <v>11303873</v>
       </c>
       <c r="U98" s="67">
         <v>48</v>
       </c>
       <c r="V98" s="68">
         <v>12138047</v>
       </c>
+      <c r="W98" s="67">
+        <v>49</v>
+      </c>
+      <c r="X98" s="68">
+        <v>11790176</v>
+      </c>
     </row>
-    <row r="99" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B99" s="46" t="s">
         <v>50</v>
       </c>
       <c r="C99" s="47">
         <v>409</v>
       </c>
       <c r="D99" s="48">
         <v>43540591</v>
       </c>
       <c r="E99" s="47">
         <v>409</v>
       </c>
       <c r="F99" s="48">
         <v>45890573</v>
       </c>
       <c r="G99" s="47">
         <v>434</v>
       </c>
       <c r="H99" s="48">
         <v>49926818</v>
       </c>
       <c r="I99" s="47">
@@ -14774,52 +15358,58 @@
       </c>
       <c r="O99" s="47">
         <v>622</v>
       </c>
       <c r="P99" s="48">
         <v>76943656</v>
       </c>
       <c r="Q99" s="49">
         <v>710</v>
       </c>
       <c r="R99" s="50">
         <v>86358087</v>
       </c>
       <c r="S99" s="49">
         <v>757</v>
       </c>
       <c r="T99" s="50">
         <v>94469676</v>
       </c>
       <c r="U99" s="67">
         <v>742</v>
       </c>
       <c r="V99" s="68">
         <v>93737860</v>
       </c>
+      <c r="W99" s="67">
+        <v>639</v>
+      </c>
+      <c r="X99" s="68">
+        <v>83032086</v>
+      </c>
     </row>
-    <row r="100" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B100" s="46" t="s">
         <v>51</v>
       </c>
       <c r="C100" s="47">
         <v>0</v>
       </c>
       <c r="D100" s="48">
         <v>0</v>
       </c>
       <c r="E100" s="47">
         <v>0</v>
       </c>
       <c r="F100" s="48">
         <v>0</v>
       </c>
       <c r="G100" s="47">
         <v>0</v>
       </c>
       <c r="H100" s="48">
         <v>0</v>
       </c>
       <c r="I100" s="47">
@@ -14842,52 +15432,58 @@
       </c>
       <c r="O100" s="47">
         <v>0</v>
       </c>
       <c r="P100" s="48">
         <v>0</v>
       </c>
       <c r="Q100" s="47">
         <v>0</v>
       </c>
       <c r="R100" s="48">
         <v>0</v>
       </c>
       <c r="S100" s="47">
         <v>0</v>
       </c>
       <c r="T100" s="48">
         <v>0</v>
       </c>
       <c r="U100" s="69">
         <v>0</v>
       </c>
       <c r="V100" s="70">
         <v>0</v>
       </c>
+      <c r="W100" s="67">
+        <v>0</v>
+      </c>
+      <c r="X100" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="101" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="46" t="s">
         <v>33</v>
       </c>
       <c r="B101" s="46" t="s">
         <v>52</v>
       </c>
       <c r="C101" s="47">
         <v>59</v>
       </c>
       <c r="D101" s="48">
         <v>47440439</v>
       </c>
       <c r="E101" s="47">
         <v>57</v>
       </c>
       <c r="F101" s="48">
         <v>52291064</v>
       </c>
       <c r="G101" s="47">
         <v>57</v>
       </c>
       <c r="H101" s="48">
         <v>45477150</v>
       </c>
       <c r="I101" s="47">
@@ -14910,52 +15506,58 @@
       </c>
       <c r="O101" s="47">
         <v>61</v>
       </c>
       <c r="P101" s="48">
         <v>60839040</v>
       </c>
       <c r="Q101" s="49">
         <v>63</v>
       </c>
       <c r="R101" s="50">
         <v>58561129</v>
       </c>
       <c r="S101" s="49">
         <v>47</v>
       </c>
       <c r="T101" s="50">
         <v>47736153</v>
       </c>
       <c r="U101" s="67">
         <v>36</v>
       </c>
       <c r="V101" s="68">
         <v>37138011</v>
       </c>
+      <c r="W101" s="67">
+        <v>24</v>
+      </c>
+      <c r="X101" s="68">
+        <v>30003598</v>
+      </c>
     </row>
-    <row r="102" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A102" s="54" t="s">
         <v>33</v>
       </c>
       <c r="B102" s="54" t="s">
         <v>139</v>
       </c>
       <c r="C102" s="55">
         <v>3634</v>
       </c>
       <c r="D102" s="59">
         <v>616287423</v>
       </c>
       <c r="E102" s="55">
         <v>3671</v>
       </c>
       <c r="F102" s="59">
         <v>653322748</v>
       </c>
       <c r="G102" s="55">
         <v>3734</v>
       </c>
       <c r="H102" s="59">
         <v>680266513</v>
       </c>
       <c r="I102" s="55">
@@ -14978,52 +15580,58 @@
       </c>
       <c r="O102" s="55">
         <v>4735</v>
       </c>
       <c r="P102" s="59">
         <v>893941659</v>
       </c>
       <c r="Q102" s="55">
         <v>5015</v>
       </c>
       <c r="R102" s="59">
         <v>937681672</v>
       </c>
       <c r="S102" s="57">
         <v>5104</v>
       </c>
       <c r="T102" s="58">
         <v>948856429</v>
       </c>
       <c r="U102" s="77">
         <v>5142</v>
       </c>
       <c r="V102" s="78">
         <v>960631982</v>
       </c>
+      <c r="W102" s="77">
+        <v>4832</v>
+      </c>
+      <c r="X102" s="78">
+        <v>938159282</v>
+      </c>
     </row>
-    <row r="103" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B103" s="46" t="s">
         <v>109</v>
       </c>
       <c r="C103" s="53">
         <v>13</v>
       </c>
       <c r="D103" s="48">
         <v>9850708</v>
       </c>
       <c r="E103" s="53">
         <v>18</v>
       </c>
       <c r="F103" s="48">
         <v>12693370</v>
       </c>
       <c r="G103" s="53">
         <v>21</v>
       </c>
       <c r="H103" s="48">
         <v>14181847</v>
       </c>
       <c r="I103" s="53">
@@ -15046,52 +15654,58 @@
       </c>
       <c r="O103" s="53">
         <v>22</v>
       </c>
       <c r="P103" s="48">
         <v>14833193</v>
       </c>
       <c r="Q103" s="49">
         <v>28</v>
       </c>
       <c r="R103" s="50">
         <v>19930256</v>
       </c>
       <c r="S103" s="49">
         <v>26</v>
       </c>
       <c r="T103" s="50">
         <v>20648021</v>
       </c>
       <c r="U103" s="67">
         <v>27</v>
       </c>
       <c r="V103" s="68">
         <v>20325904</v>
       </c>
+      <c r="W103" s="67">
+        <v>19</v>
+      </c>
+      <c r="X103" s="68">
+        <v>13639007</v>
+      </c>
     </row>
-    <row r="104" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A104" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B104" s="46" t="s">
         <v>1</v>
       </c>
       <c r="C104" s="51">
         <v>0</v>
       </c>
       <c r="D104" s="52">
         <v>0</v>
       </c>
       <c r="E104" s="51">
         <v>0</v>
       </c>
       <c r="F104" s="52">
         <v>0</v>
       </c>
       <c r="G104" s="51">
         <v>0</v>
       </c>
       <c r="H104" s="52">
         <v>0</v>
       </c>
       <c r="I104" s="51">
@@ -15114,52 +15728,58 @@
       </c>
       <c r="O104" s="51">
         <v>0</v>
       </c>
       <c r="P104" s="52">
         <v>0</v>
       </c>
       <c r="Q104" s="51">
         <v>0</v>
       </c>
       <c r="R104" s="52">
         <v>0</v>
       </c>
       <c r="S104" s="51">
         <v>0</v>
       </c>
       <c r="T104" s="52">
         <v>0</v>
       </c>
       <c r="U104" s="71">
         <v>0</v>
       </c>
       <c r="V104" s="72">
         <v>0</v>
       </c>
+      <c r="W104" s="67">
+        <v>0</v>
+      </c>
+      <c r="X104" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="105" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A105" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B105" s="46" t="s">
         <v>2</v>
       </c>
       <c r="C105" s="51">
         <v>0</v>
       </c>
       <c r="D105" s="52">
         <v>0</v>
       </c>
       <c r="E105" s="51">
         <v>0</v>
       </c>
       <c r="F105" s="52">
         <v>0</v>
       </c>
       <c r="G105" s="51">
         <v>0</v>
       </c>
       <c r="H105" s="52">
         <v>0</v>
       </c>
       <c r="I105" s="51">
@@ -15182,52 +15802,58 @@
       </c>
       <c r="O105" s="51">
         <v>0</v>
       </c>
       <c r="P105" s="52">
         <v>0</v>
       </c>
       <c r="Q105" s="51">
         <v>0</v>
       </c>
       <c r="R105" s="52">
         <v>0</v>
       </c>
       <c r="S105" s="51">
         <v>0</v>
       </c>
       <c r="T105" s="52">
         <v>0</v>
       </c>
       <c r="U105" s="71">
         <v>0</v>
       </c>
       <c r="V105" s="72">
         <v>0</v>
       </c>
+      <c r="W105" s="67">
+        <v>0</v>
+      </c>
+      <c r="X105" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="106" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A106" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B106" s="46" t="s">
         <v>3</v>
       </c>
       <c r="C106" s="47">
         <v>0</v>
       </c>
       <c r="D106" s="48">
         <v>90000</v>
       </c>
       <c r="E106" s="47">
         <v>0</v>
       </c>
       <c r="F106" s="48">
         <v>0</v>
       </c>
       <c r="G106" s="47">
         <v>0</v>
       </c>
       <c r="H106" s="48">
         <v>0</v>
       </c>
       <c r="I106" s="47">
@@ -15250,52 +15876,58 @@
       </c>
       <c r="O106" s="47">
         <v>0</v>
       </c>
       <c r="P106" s="48">
         <v>0</v>
       </c>
       <c r="Q106" s="47">
         <v>0</v>
       </c>
       <c r="R106" s="48">
         <v>0</v>
       </c>
       <c r="S106" s="47">
         <v>0</v>
       </c>
       <c r="T106" s="48">
         <v>0</v>
       </c>
       <c r="U106" s="69">
         <v>0</v>
       </c>
       <c r="V106" s="70">
         <v>0</v>
       </c>
+      <c r="W106" s="67">
+        <v>0</v>
+      </c>
+      <c r="X106" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="107" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A107" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B107" s="46" t="s">
         <v>6</v>
       </c>
       <c r="C107" s="47">
         <v>515</v>
       </c>
       <c r="D107" s="48">
         <v>11480545</v>
       </c>
       <c r="E107" s="47">
         <v>548</v>
       </c>
       <c r="F107" s="48">
         <v>17218939</v>
       </c>
       <c r="G107" s="47">
         <v>510</v>
       </c>
       <c r="H107" s="48">
         <v>14031394</v>
       </c>
       <c r="I107" s="47">
@@ -15318,52 +15950,58 @@
       </c>
       <c r="O107" s="47">
         <v>352</v>
       </c>
       <c r="P107" s="48">
         <v>10712725</v>
       </c>
       <c r="Q107" s="49">
         <v>410</v>
       </c>
       <c r="R107" s="50">
         <v>12846037</v>
       </c>
       <c r="S107" s="49">
         <v>447</v>
       </c>
       <c r="T107" s="50">
         <v>17369383</v>
       </c>
       <c r="U107" s="67">
         <v>511</v>
       </c>
       <c r="V107" s="68">
         <v>16487228</v>
       </c>
+      <c r="W107" s="67">
+        <v>408</v>
+      </c>
+      <c r="X107" s="68">
+        <v>12051696</v>
+      </c>
     </row>
-    <row r="108" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A108" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B108" s="46" t="s">
         <v>7</v>
       </c>
       <c r="C108" s="47">
         <v>33</v>
       </c>
       <c r="D108" s="48">
         <v>20753592</v>
       </c>
       <c r="E108" s="47">
         <v>33</v>
       </c>
       <c r="F108" s="48">
         <v>19337545</v>
       </c>
       <c r="G108" s="47">
         <v>29</v>
       </c>
       <c r="H108" s="48">
         <v>18359074</v>
       </c>
       <c r="I108" s="47">
@@ -15386,52 +16024,58 @@
       </c>
       <c r="O108" s="47">
         <v>15</v>
       </c>
       <c r="P108" s="48">
         <v>9196535</v>
       </c>
       <c r="Q108" s="49">
         <v>9</v>
       </c>
       <c r="R108" s="50">
         <v>5689908</v>
       </c>
       <c r="S108" s="49">
         <v>13</v>
       </c>
       <c r="T108" s="50">
         <v>13092820</v>
       </c>
       <c r="U108" s="67">
         <v>8</v>
       </c>
       <c r="V108" s="68">
         <v>7796893</v>
       </c>
+      <c r="W108" s="67">
+        <v>4</v>
+      </c>
+      <c r="X108" s="68">
+        <v>10337586</v>
+      </c>
     </row>
-    <row r="109" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A109" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B109" s="46" t="s">
         <v>9</v>
       </c>
       <c r="C109" s="47">
         <v>214</v>
       </c>
       <c r="D109" s="48">
         <v>151541329</v>
       </c>
       <c r="E109" s="47">
         <v>184</v>
       </c>
       <c r="F109" s="48">
         <v>135871942</v>
       </c>
       <c r="G109" s="47">
         <v>177</v>
       </c>
       <c r="H109" s="48">
         <v>128403014</v>
       </c>
       <c r="I109" s="47">
@@ -15454,52 +16098,58 @@
       </c>
       <c r="O109" s="47">
         <v>160</v>
       </c>
       <c r="P109" s="48">
         <v>143294671</v>
       </c>
       <c r="Q109" s="49">
         <v>179</v>
       </c>
       <c r="R109" s="50">
         <v>161334091</v>
       </c>
       <c r="S109" s="49">
         <v>176</v>
       </c>
       <c r="T109" s="50">
         <v>144575546</v>
       </c>
       <c r="U109" s="67">
         <v>174</v>
       </c>
       <c r="V109" s="68">
         <v>164220902</v>
       </c>
+      <c r="W109" s="67">
+        <v>158</v>
+      </c>
+      <c r="X109" s="68">
+        <v>159859241</v>
+      </c>
     </row>
-    <row r="110" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A110" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B110" s="46" t="s">
         <v>10</v>
       </c>
       <c r="C110" s="47">
         <v>767</v>
       </c>
       <c r="D110" s="48">
         <v>199523945</v>
       </c>
       <c r="E110" s="47">
         <v>744</v>
       </c>
       <c r="F110" s="48">
         <v>196168084</v>
       </c>
       <c r="G110" s="47">
         <v>699</v>
       </c>
       <c r="H110" s="48">
         <v>179596544</v>
       </c>
       <c r="I110" s="47">
@@ -15522,52 +16172,58 @@
       </c>
       <c r="O110" s="47">
         <v>753</v>
       </c>
       <c r="P110" s="48">
         <v>194774371</v>
       </c>
       <c r="Q110" s="49">
         <v>832</v>
       </c>
       <c r="R110" s="50">
         <v>208061248</v>
       </c>
       <c r="S110" s="49">
         <v>862</v>
       </c>
       <c r="T110" s="50">
         <v>206520948</v>
       </c>
       <c r="U110" s="67">
         <v>888</v>
       </c>
       <c r="V110" s="68">
         <v>214165416</v>
       </c>
+      <c r="W110" s="67">
+        <v>760</v>
+      </c>
+      <c r="X110" s="68">
+        <v>182307175</v>
+      </c>
     </row>
-    <row r="111" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A111" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B111" s="46" t="s">
         <v>106</v>
       </c>
       <c r="C111" s="47">
         <v>1</v>
       </c>
       <c r="D111" s="48">
         <v>454540</v>
       </c>
       <c r="E111" s="47">
         <v>1</v>
       </c>
       <c r="F111" s="48">
         <v>468599</v>
       </c>
       <c r="G111" s="47">
         <v>1</v>
       </c>
       <c r="H111" s="48">
         <v>460823</v>
       </c>
       <c r="I111" s="47">
@@ -15590,52 +16246,58 @@
       </c>
       <c r="O111" s="47">
         <v>1</v>
       </c>
       <c r="P111" s="48">
         <v>452839</v>
       </c>
       <c r="Q111" s="49">
         <v>1</v>
       </c>
       <c r="R111" s="50">
         <v>450895</v>
       </c>
       <c r="S111" s="49">
         <v>1</v>
       </c>
       <c r="T111" s="50">
         <v>534636</v>
       </c>
       <c r="U111" s="67">
         <v>1</v>
       </c>
       <c r="V111" s="68">
         <v>516602</v>
       </c>
+      <c r="W111" s="67">
+        <v>1</v>
+      </c>
+      <c r="X111" s="68">
+        <v>489982</v>
+      </c>
     </row>
-    <row r="112" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B112" s="46" t="s">
         <v>128</v>
       </c>
       <c r="C112" s="47">
         <v>0</v>
       </c>
       <c r="D112" s="48">
         <v>0</v>
       </c>
       <c r="E112" s="47">
         <v>0</v>
       </c>
       <c r="F112" s="48">
         <v>0</v>
       </c>
       <c r="G112" s="47">
         <v>0</v>
       </c>
       <c r="H112" s="48">
         <v>0</v>
       </c>
       <c r="I112" s="47">
@@ -15658,52 +16320,58 @@
       </c>
       <c r="O112" s="47">
         <v>28</v>
       </c>
       <c r="P112" s="48">
         <v>8492960</v>
       </c>
       <c r="Q112" s="49">
         <v>16</v>
       </c>
       <c r="R112" s="50">
         <v>5431123</v>
       </c>
       <c r="S112" s="49">
         <v>29</v>
       </c>
       <c r="T112" s="50">
         <v>9682593</v>
       </c>
       <c r="U112" s="67">
         <v>33</v>
       </c>
       <c r="V112" s="68">
         <v>11287297</v>
       </c>
+      <c r="W112" s="67">
+        <v>37</v>
+      </c>
+      <c r="X112" s="68">
+        <v>12126657</v>
+      </c>
     </row>
-    <row r="113" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B113" s="46" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="47">
         <v>20</v>
       </c>
       <c r="D113" s="48">
         <v>1905341</v>
       </c>
       <c r="E113" s="47">
         <v>16</v>
       </c>
       <c r="F113" s="48">
         <v>2304399</v>
       </c>
       <c r="G113" s="47">
         <v>14</v>
       </c>
       <c r="H113" s="48">
         <v>1904142</v>
       </c>
       <c r="I113" s="47">
@@ -15726,52 +16394,58 @@
       </c>
       <c r="O113" s="47">
         <v>13</v>
       </c>
       <c r="P113" s="48">
         <v>1782474</v>
       </c>
       <c r="Q113" s="49">
         <v>13</v>
       </c>
       <c r="R113" s="50">
         <v>2157563</v>
       </c>
       <c r="S113" s="49">
         <v>17</v>
       </c>
       <c r="T113" s="50">
         <v>2468143</v>
       </c>
       <c r="U113" s="67">
         <v>23</v>
       </c>
       <c r="V113" s="68">
         <v>4872711</v>
       </c>
+      <c r="W113" s="67">
+        <v>22</v>
+      </c>
+      <c r="X113" s="68">
+        <v>5060039</v>
+      </c>
     </row>
-    <row r="114" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B114" s="46" t="s">
         <v>78</v>
       </c>
       <c r="C114" s="47">
         <v>10</v>
       </c>
       <c r="D114" s="48">
         <v>9743113</v>
       </c>
       <c r="E114" s="47">
         <v>10</v>
       </c>
       <c r="F114" s="48">
         <v>10480823</v>
       </c>
       <c r="G114" s="47">
         <v>10</v>
       </c>
       <c r="H114" s="48">
         <v>7993447</v>
       </c>
       <c r="I114" s="47">
@@ -15794,52 +16468,58 @@
       </c>
       <c r="O114" s="47">
         <v>10</v>
       </c>
       <c r="P114" s="48">
         <v>6959376</v>
       </c>
       <c r="Q114" s="49">
         <v>10</v>
       </c>
       <c r="R114" s="50">
         <v>5852674</v>
       </c>
       <c r="S114" s="49">
         <v>10</v>
       </c>
       <c r="T114" s="50">
         <v>5123252</v>
       </c>
       <c r="U114" s="75">
         <v>0</v>
       </c>
       <c r="V114" s="76">
         <v>0</v>
       </c>
+      <c r="W114" s="67">
+        <v>0</v>
+      </c>
+      <c r="X114" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="115" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B115" s="46" t="s">
         <v>15</v>
       </c>
       <c r="C115" s="47">
         <v>0</v>
       </c>
       <c r="D115" s="48">
         <v>0</v>
       </c>
       <c r="E115" s="47">
         <v>0</v>
       </c>
       <c r="F115" s="48">
         <v>0</v>
       </c>
       <c r="G115" s="47">
         <v>7</v>
       </c>
       <c r="H115" s="48">
         <v>4315987</v>
       </c>
       <c r="I115" s="47">
@@ -15862,52 +16542,58 @@
       </c>
       <c r="O115" s="47">
         <v>23</v>
       </c>
       <c r="P115" s="48">
         <v>15943976</v>
       </c>
       <c r="Q115" s="49">
         <v>22</v>
       </c>
       <c r="R115" s="50">
         <v>18577475</v>
       </c>
       <c r="S115" s="49">
         <v>22</v>
       </c>
       <c r="T115" s="50">
         <v>18900877</v>
       </c>
       <c r="U115" s="67">
         <v>24</v>
       </c>
       <c r="V115" s="68">
         <v>19537628</v>
       </c>
+      <c r="W115" s="67">
+        <v>18</v>
+      </c>
+      <c r="X115" s="68">
+        <v>14299540</v>
+      </c>
     </row>
-    <row r="116" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B116" s="46" t="s">
         <v>16</v>
       </c>
       <c r="C116" s="47">
         <v>111</v>
       </c>
       <c r="D116" s="48">
         <v>66873936</v>
       </c>
       <c r="E116" s="47">
         <v>107</v>
       </c>
       <c r="F116" s="48">
         <v>71203756</v>
       </c>
       <c r="G116" s="47">
         <v>109</v>
       </c>
       <c r="H116" s="48">
         <v>69961761</v>
       </c>
       <c r="I116" s="47">
@@ -15930,52 +16616,58 @@
       </c>
       <c r="O116" s="47">
         <v>138</v>
       </c>
       <c r="P116" s="48">
         <v>103887960</v>
       </c>
       <c r="Q116" s="49">
         <v>158</v>
       </c>
       <c r="R116" s="50">
         <v>105646469</v>
       </c>
       <c r="S116" s="49">
         <v>126</v>
       </c>
       <c r="T116" s="50">
         <v>112310032</v>
       </c>
       <c r="U116" s="67">
         <v>155</v>
       </c>
       <c r="V116" s="68">
         <v>113399797</v>
       </c>
+      <c r="W116" s="67">
+        <v>128</v>
+      </c>
+      <c r="X116" s="68">
+        <v>108041597</v>
+      </c>
     </row>
-    <row r="117" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A117" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B117" s="46" t="s">
         <v>17</v>
       </c>
       <c r="C117" s="47">
         <v>0</v>
       </c>
       <c r="D117" s="48">
         <v>0</v>
       </c>
       <c r="E117" s="47">
         <v>0</v>
       </c>
       <c r="F117" s="48">
         <v>0</v>
       </c>
       <c r="G117" s="47">
         <v>0</v>
       </c>
       <c r="H117" s="48">
         <v>0</v>
       </c>
       <c r="I117" s="47">
@@ -15998,1867 +16690,2080 @@
       </c>
       <c r="O117" s="47">
         <v>0</v>
       </c>
       <c r="P117" s="48">
         <v>0</v>
       </c>
       <c r="Q117" s="49">
         <v>0</v>
       </c>
       <c r="R117" s="50">
         <v>0</v>
       </c>
       <c r="S117" s="49">
         <v>0</v>
       </c>
       <c r="T117" s="50">
         <v>0</v>
       </c>
       <c r="U117" s="75">
         <v>0</v>
       </c>
       <c r="V117" s="76">
         <v>0</v>
       </c>
+      <c r="W117" s="67">
+        <v>0</v>
+      </c>
+      <c r="X117" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="118" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="46" t="s">
         <v>0</v>
       </c>
       <c r="B118" s="46" t="s">
+        <v>145</v>
+      </c>
+      <c r="C118" s="47">
+        <v>0</v>
+      </c>
+      <c r="D118" s="48">
+        <v>0</v>
+      </c>
+      <c r="E118" s="47">
+        <v>0</v>
+      </c>
+      <c r="F118" s="48">
+        <v>0</v>
+      </c>
+      <c r="G118" s="47">
+        <v>0</v>
+      </c>
+      <c r="H118" s="48">
+        <v>0</v>
+      </c>
+      <c r="I118" s="47">
+        <v>0</v>
+      </c>
+      <c r="J118" s="48">
+        <v>0</v>
+      </c>
+      <c r="K118" s="47">
+        <v>0</v>
+      </c>
+      <c r="L118" s="48">
+        <v>0</v>
+      </c>
+      <c r="M118" s="47">
+        <v>0</v>
+      </c>
+      <c r="N118" s="48">
+        <v>0</v>
+      </c>
+      <c r="O118" s="47">
+        <v>0</v>
+      </c>
+      <c r="P118" s="48">
+        <v>0</v>
+      </c>
+      <c r="Q118" s="49">
+        <v>0</v>
+      </c>
+      <c r="R118" s="50">
+        <v>0</v>
+      </c>
+      <c r="S118" s="49">
+        <v>0</v>
+      </c>
+      <c r="T118" s="50">
+        <v>0</v>
+      </c>
+      <c r="U118" s="88">
+        <v>0</v>
+      </c>
+      <c r="V118" s="89">
+        <v>0</v>
+      </c>
+      <c r="W118" s="90">
+        <v>20</v>
+      </c>
+      <c r="X118" s="92">
+        <v>5027340</v>
+      </c>
+    </row>
+    <row r="119" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B119" s="46" t="s">
         <v>18</v>
       </c>
-      <c r="C118" s="47">
+      <c r="C119" s="47">
         <v>4</v>
       </c>
-      <c r="D118" s="48">
+      <c r="D119" s="48">
         <v>20000000</v>
       </c>
-      <c r="E118" s="47">
+      <c r="E119" s="47">
         <v>4</v>
       </c>
-      <c r="F118" s="48">
+      <c r="F119" s="48">
         <v>10900000</v>
       </c>
-      <c r="G118" s="47">
+      <c r="G119" s="47">
         <v>5</v>
       </c>
-      <c r="H118" s="48">
+      <c r="H119" s="48">
         <v>9900000</v>
       </c>
-      <c r="I118" s="47">
+      <c r="I119" s="47">
         <v>5</v>
       </c>
-      <c r="J118" s="48">
+      <c r="J119" s="48">
         <v>9900000</v>
       </c>
-      <c r="K118" s="47">
+      <c r="K119" s="47">
         <v>5</v>
       </c>
-      <c r="L118" s="48">
+      <c r="L119" s="48">
         <v>9900000</v>
       </c>
-      <c r="M118" s="47">
+      <c r="M119" s="47">
         <v>5</v>
       </c>
-      <c r="N118" s="48">
+      <c r="N119" s="48">
         <v>9900000</v>
       </c>
-      <c r="O118" s="47">
+      <c r="O119" s="47">
         <v>2</v>
       </c>
-      <c r="P118" s="48">
+      <c r="P119" s="48">
         <v>4000000</v>
       </c>
-      <c r="Q118" s="49">
-[...5 lines deleted...]
-      <c r="S118" s="49">
+      <c r="Q119" s="49">
+        <v>0</v>
+      </c>
+      <c r="R119" s="50">
+        <v>0</v>
+      </c>
+      <c r="S119" s="49">
         <v>6</v>
       </c>
-      <c r="T118" s="50">
+      <c r="T119" s="50">
         <v>12000000</v>
       </c>
-      <c r="U118" s="67">
+      <c r="U119" s="67">
         <v>6</v>
       </c>
-      <c r="V118" s="68">
+      <c r="V119" s="68">
         <v>12000000</v>
       </c>
+      <c r="W119" s="67">
+        <v>6</v>
+      </c>
+      <c r="X119" s="68">
+        <v>12000000</v>
+      </c>
     </row>
-    <row r="119" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B119" s="46" t="s">
+    <row r="120" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B120" s="46" t="s">
         <v>19</v>
       </c>
-      <c r="C119" s="47">
-[...56 lines deleted...]
-      <c r="V119" s="76">
+      <c r="C120" s="47">
+        <v>0</v>
+      </c>
+      <c r="D120" s="48">
+        <v>0</v>
+      </c>
+      <c r="E120" s="47">
+        <v>0</v>
+      </c>
+      <c r="F120" s="48">
+        <v>0</v>
+      </c>
+      <c r="G120" s="47">
+        <v>0</v>
+      </c>
+      <c r="H120" s="48">
+        <v>0</v>
+      </c>
+      <c r="I120" s="47">
+        <v>0</v>
+      </c>
+      <c r="J120" s="48">
+        <v>0</v>
+      </c>
+      <c r="K120" s="47">
+        <v>0</v>
+      </c>
+      <c r="L120" s="48">
+        <v>0</v>
+      </c>
+      <c r="M120" s="47">
+        <v>0</v>
+      </c>
+      <c r="N120" s="48">
+        <v>0</v>
+      </c>
+      <c r="O120" s="47">
+        <v>0</v>
+      </c>
+      <c r="P120" s="48">
+        <v>0</v>
+      </c>
+      <c r="Q120" s="49">
+        <v>0</v>
+      </c>
+      <c r="R120" s="50">
+        <v>0</v>
+      </c>
+      <c r="S120" s="49">
+        <v>0</v>
+      </c>
+      <c r="T120" s="50">
+        <v>0</v>
+      </c>
+      <c r="U120" s="75">
+        <v>0</v>
+      </c>
+      <c r="V120" s="76">
+        <v>0</v>
+      </c>
+      <c r="W120" s="67">
+        <v>0</v>
+      </c>
+      <c r="X120" s="67">
         <v>0</v>
       </c>
     </row>
-    <row r="120" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B120" s="46" t="s">
+    <row r="121" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B121" s="46" t="s">
         <v>20</v>
       </c>
-      <c r="C120" s="47">
+      <c r="C121" s="47">
         <v>58</v>
       </c>
-      <c r="D120" s="48">
+      <c r="D121" s="48">
         <v>18995545</v>
       </c>
-      <c r="E120" s="47">
+      <c r="E121" s="47">
         <v>57</v>
       </c>
-      <c r="F120" s="48">
+      <c r="F121" s="48">
         <v>18925700</v>
       </c>
-      <c r="G120" s="47">
+      <c r="G121" s="47">
         <v>58</v>
       </c>
-      <c r="H120" s="48">
+      <c r="H121" s="48">
         <v>19163716</v>
       </c>
-      <c r="I120" s="47">
+      <c r="I121" s="47">
         <v>57</v>
       </c>
-      <c r="J120" s="48">
+      <c r="J121" s="48">
         <v>19760750</v>
       </c>
-      <c r="K120" s="47">
+      <c r="K121" s="47">
         <v>58</v>
       </c>
-      <c r="L120" s="48">
+      <c r="L121" s="48">
         <v>21839893</v>
       </c>
-      <c r="M120" s="47">
+      <c r="M121" s="47">
         <v>68</v>
       </c>
-      <c r="N120" s="48">
+      <c r="N121" s="48">
         <v>24001573</v>
       </c>
-      <c r="O120" s="47">
+      <c r="O121" s="47">
         <v>72</v>
       </c>
-      <c r="P120" s="48">
+      <c r="P121" s="48">
         <v>25958485</v>
       </c>
-      <c r="Q120" s="49">
+      <c r="Q121" s="49">
         <v>61</v>
       </c>
-      <c r="R120" s="50">
+      <c r="R121" s="50">
         <v>21791321</v>
       </c>
-      <c r="S120" s="49">
+      <c r="S121" s="49">
         <v>48</v>
       </c>
-      <c r="T120" s="50">
+      <c r="T121" s="50">
         <v>17288177</v>
       </c>
-      <c r="U120" s="67">
+      <c r="U121" s="67">
         <v>26</v>
       </c>
-      <c r="V120" s="68">
+      <c r="V121" s="68">
         <v>9332478</v>
       </c>
+      <c r="W121" s="67">
+        <v>6</v>
+      </c>
+      <c r="X121" s="68">
+        <v>2097457</v>
+      </c>
     </row>
-    <row r="121" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B121" s="46" t="s">
+    <row r="122" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B122" s="46" t="s">
         <v>21</v>
       </c>
-      <c r="C121" s="47">
+      <c r="C122" s="47">
         <v>34</v>
       </c>
-      <c r="D121" s="48">
+      <c r="D122" s="48">
         <v>4896377</v>
       </c>
-      <c r="E121" s="47">
+      <c r="E122" s="47">
         <v>38</v>
       </c>
-      <c r="F121" s="48">
+      <c r="F122" s="48">
         <v>5536487</v>
       </c>
-      <c r="G121" s="47">
+      <c r="G122" s="47">
         <v>52</v>
       </c>
-      <c r="H121" s="48">
+      <c r="H122" s="48">
         <v>7416782</v>
       </c>
-      <c r="I121" s="47">
+      <c r="I122" s="47">
         <v>54</v>
       </c>
-      <c r="J121" s="48">
+      <c r="J122" s="48">
         <v>7780258</v>
       </c>
-      <c r="K121" s="47">
+      <c r="K122" s="47">
         <v>52</v>
       </c>
-      <c r="L121" s="48">
+      <c r="L122" s="48">
         <v>7781266</v>
       </c>
-      <c r="M121" s="47">
+      <c r="M122" s="47">
         <v>57</v>
       </c>
-      <c r="N121" s="48">
+      <c r="N122" s="48">
         <v>8298084</v>
       </c>
-      <c r="O121" s="47">
+      <c r="O122" s="47">
         <v>60</v>
       </c>
-      <c r="P121" s="48">
+      <c r="P122" s="48">
         <v>8912640</v>
       </c>
-      <c r="Q121" s="49">
+      <c r="Q122" s="49">
         <v>52</v>
       </c>
-      <c r="R121" s="50">
+      <c r="R122" s="50">
         <v>7680479</v>
       </c>
-      <c r="S121" s="49">
+      <c r="S122" s="49">
         <v>27</v>
       </c>
-      <c r="T121" s="50">
+      <c r="T122" s="50">
         <v>4142133</v>
       </c>
-      <c r="U121" s="67">
+      <c r="U122" s="67">
         <v>8</v>
       </c>
-      <c r="V121" s="68">
+      <c r="V122" s="68">
         <v>1187700</v>
       </c>
+      <c r="W122" s="67">
+        <v>0</v>
+      </c>
+      <c r="X122" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="122" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B122" s="46" t="s">
+    <row r="123" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B123" s="46" t="s">
         <v>22</v>
       </c>
-      <c r="C122" s="47">
+      <c r="C123" s="47">
         <v>82</v>
       </c>
-      <c r="D122" s="48">
+      <c r="D123" s="48">
         <v>8865044</v>
       </c>
-      <c r="E122" s="47">
+      <c r="E123" s="47">
         <v>86</v>
       </c>
-      <c r="F122" s="48">
+      <c r="F123" s="48">
         <v>9333799</v>
       </c>
-      <c r="G122" s="47">
+      <c r="G123" s="47">
         <v>84</v>
       </c>
-      <c r="H122" s="48">
+      <c r="H123" s="48">
         <v>9186763</v>
       </c>
-      <c r="I122" s="47">
+      <c r="I123" s="47">
         <v>82</v>
       </c>
-      <c r="J122" s="48">
+      <c r="J123" s="48">
         <v>8884553</v>
       </c>
-      <c r="K122" s="47">
+      <c r="K123" s="47">
         <v>84</v>
       </c>
-      <c r="L122" s="48">
+      <c r="L123" s="48">
         <v>9402603</v>
       </c>
-      <c r="M122" s="47">
+      <c r="M123" s="47">
         <v>82</v>
       </c>
-      <c r="N122" s="48">
+      <c r="N123" s="48">
         <v>8950457</v>
       </c>
-      <c r="O122" s="47">
+      <c r="O123" s="47">
         <v>82</v>
       </c>
-      <c r="P122" s="48">
+      <c r="P123" s="48">
         <v>9196161</v>
       </c>
-      <c r="Q122" s="49">
+      <c r="Q123" s="49">
         <v>71</v>
       </c>
-      <c r="R122" s="50">
+      <c r="R123" s="50">
         <v>8018224</v>
       </c>
-      <c r="S122" s="49">
+      <c r="S123" s="49">
         <v>53</v>
       </c>
-      <c r="T122" s="50">
+      <c r="T123" s="50">
         <v>5934321</v>
       </c>
-      <c r="U122" s="67">
+      <c r="U123" s="67">
         <v>31</v>
       </c>
-      <c r="V122" s="68">
+      <c r="V123" s="68">
         <v>3438577</v>
       </c>
+      <c r="W123" s="67">
+        <v>13</v>
+      </c>
+      <c r="X123" s="68">
+        <v>1424414</v>
+      </c>
     </row>
-    <row r="123" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B123" s="46" t="s">
+    <row r="124" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B124" s="46" t="s">
         <v>23</v>
       </c>
-      <c r="C123" s="47">
+      <c r="C124" s="47">
         <v>287</v>
       </c>
-      <c r="D123" s="48">
+      <c r="D124" s="48">
         <v>301014473</v>
       </c>
-      <c r="E123" s="47">
+      <c r="E124" s="47">
         <v>218</v>
       </c>
-      <c r="F123" s="48">
+      <c r="F124" s="48">
         <v>282860972</v>
       </c>
-      <c r="G123" s="47">
+      <c r="G124" s="47">
         <v>161</v>
       </c>
-      <c r="H123" s="48">
+      <c r="H124" s="48">
         <v>248640061</v>
       </c>
-      <c r="I123" s="47">
+      <c r="I124" s="47">
         <v>93</v>
       </c>
-      <c r="J123" s="48">
+      <c r="J124" s="48">
         <v>207867967</v>
       </c>
-      <c r="K123" s="47">
+      <c r="K124" s="47">
         <v>15</v>
       </c>
-      <c r="L123" s="48">
+      <c r="L124" s="48">
         <v>169657538</v>
       </c>
-      <c r="M123" s="47">
+      <c r="M124" s="47">
         <v>14</v>
       </c>
-      <c r="N123" s="48">
+      <c r="N124" s="48">
         <v>158076618</v>
       </c>
-      <c r="O123" s="47">
+      <c r="O124" s="47">
         <v>13</v>
       </c>
-      <c r="P123" s="48">
+      <c r="P124" s="48">
         <v>152873660</v>
       </c>
-      <c r="Q123" s="49">
+      <c r="Q124" s="49">
         <v>12</v>
       </c>
-      <c r="R123" s="50">
+      <c r="R124" s="50">
         <v>140016374</v>
       </c>
-      <c r="S123" s="49">
+      <c r="S124" s="49">
         <v>12</v>
       </c>
-      <c r="T123" s="50">
+      <c r="T124" s="50">
         <v>133436431</v>
       </c>
-      <c r="U123" s="67">
+      <c r="U124" s="67">
         <v>12</v>
       </c>
-      <c r="V123" s="68">
+      <c r="V124" s="68">
         <v>127300958</v>
       </c>
+      <c r="W124" s="67">
+        <v>1</v>
+      </c>
+      <c r="X124" s="68">
+        <v>130726149</v>
+      </c>
     </row>
-    <row r="124" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B124" s="46" t="s">
+    <row r="125" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B125" s="46" t="s">
         <v>24</v>
       </c>
-      <c r="C124" s="47">
+      <c r="C125" s="47">
         <v>22</v>
       </c>
-      <c r="D124" s="48">
+      <c r="D125" s="48">
         <v>943393</v>
       </c>
-      <c r="E124" s="47">
+      <c r="E125" s="47">
         <v>24</v>
       </c>
-      <c r="F124" s="48">
+      <c r="F125" s="48">
         <v>1177327</v>
       </c>
-      <c r="G124" s="47">
+      <c r="G125" s="47">
         <v>28</v>
       </c>
-      <c r="H124" s="48">
+      <c r="H125" s="48">
         <v>1105621</v>
       </c>
-      <c r="I124" s="47">
+      <c r="I125" s="47">
         <v>20</v>
       </c>
-      <c r="J124" s="48">
+      <c r="J125" s="48">
         <v>1099444</v>
       </c>
-      <c r="K124" s="47">
+      <c r="K125" s="47">
         <v>19</v>
       </c>
-      <c r="L124" s="48">
+      <c r="L125" s="48">
         <v>1339397</v>
       </c>
-      <c r="M124" s="47">
+      <c r="M125" s="47">
         <v>8</v>
       </c>
-      <c r="N124" s="48">
+      <c r="N125" s="48">
         <v>617082</v>
       </c>
-      <c r="O124" s="47">
+      <c r="O125" s="47">
         <v>9</v>
       </c>
-      <c r="P124" s="48">
+      <c r="P125" s="48">
         <v>625320</v>
       </c>
-      <c r="Q124" s="49">
+      <c r="Q125" s="49">
         <v>7</v>
       </c>
-      <c r="R124" s="50">
+      <c r="R125" s="50">
         <v>538906</v>
       </c>
-      <c r="S124" s="49">
+      <c r="S125" s="49">
         <v>10</v>
       </c>
-      <c r="T124" s="50">
+      <c r="T125" s="50">
         <v>1151204</v>
       </c>
-      <c r="U124" s="67">
+      <c r="U125" s="67">
         <v>6</v>
       </c>
-      <c r="V124" s="68">
+      <c r="V125" s="68">
         <v>895133</v>
       </c>
+      <c r="W125" s="67">
+        <v>5</v>
+      </c>
+      <c r="X125" s="68">
+        <v>1802014</v>
+      </c>
     </row>
-    <row r="125" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B125" s="46" t="s">
+    <row r="126" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B126" s="46" t="s">
         <v>25</v>
       </c>
-      <c r="C125" s="47">
+      <c r="C126" s="47">
         <v>14</v>
       </c>
-      <c r="D125" s="48">
+      <c r="D126" s="48">
         <v>3676364</v>
       </c>
-      <c r="E125" s="47">
+      <c r="E126" s="47">
         <v>15</v>
       </c>
-      <c r="F125" s="48">
+      <c r="F126" s="48">
         <v>5628850</v>
       </c>
-      <c r="G125" s="47">
+      <c r="G126" s="47">
         <v>7</v>
       </c>
-      <c r="H125" s="48">
+      <c r="H126" s="48">
         <v>5217013</v>
       </c>
-      <c r="I125" s="47">
+      <c r="I126" s="47">
         <v>4</v>
       </c>
-      <c r="J125" s="48">
+      <c r="J126" s="48">
         <v>3376134</v>
       </c>
-      <c r="K125" s="47">
+      <c r="K126" s="47">
         <v>5</v>
       </c>
-      <c r="L125" s="48">
+      <c r="L126" s="48">
         <v>11272335</v>
       </c>
-      <c r="M125" s="47">
+      <c r="M126" s="47">
         <v>30</v>
       </c>
-      <c r="N125" s="48">
+      <c r="N126" s="48">
         <v>10198989</v>
       </c>
-      <c r="O125" s="47">
+      <c r="O126" s="47">
         <v>8</v>
       </c>
-      <c r="P125" s="48">
+      <c r="P126" s="48">
         <v>4770243</v>
       </c>
-      <c r="Q125" s="49">
+      <c r="Q126" s="49">
         <v>3</v>
       </c>
-      <c r="R125" s="50">
+      <c r="R126" s="50">
         <v>1504540</v>
       </c>
-      <c r="S125" s="49">
+      <c r="S126" s="49">
         <v>3</v>
       </c>
-      <c r="T125" s="50">
+      <c r="T126" s="50">
         <v>1575147</v>
       </c>
-      <c r="U125" s="67">
-[...2 lines deleted...]
-      <c r="V125" s="68">
+      <c r="U126" s="67">
+        <v>0</v>
+      </c>
+      <c r="V126" s="68">
+        <v>0</v>
+      </c>
+      <c r="W126" s="67">
+        <v>0</v>
+      </c>
+      <c r="X126" s="67">
         <v>0</v>
       </c>
     </row>
-    <row r="126" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B126" s="46" t="s">
+    <row r="127" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B127" s="46" t="s">
         <v>26</v>
       </c>
-      <c r="C126" s="47">
+      <c r="C127" s="47">
         <v>128</v>
       </c>
-      <c r="D126" s="48">
+      <c r="D127" s="48">
         <v>165900699</v>
       </c>
-      <c r="E126" s="47">
+      <c r="E127" s="47">
         <v>167</v>
       </c>
-      <c r="F126" s="48">
+      <c r="F127" s="48">
         <v>351308602</v>
       </c>
-      <c r="G126" s="47">
+      <c r="G127" s="47">
         <v>238</v>
       </c>
-      <c r="H126" s="48">
+      <c r="H127" s="48">
         <v>421322340</v>
       </c>
-      <c r="I126" s="47">
+      <c r="I127" s="47">
         <v>331</v>
       </c>
-      <c r="J126" s="48">
+      <c r="J127" s="48">
         <v>528809619</v>
       </c>
-      <c r="K126" s="47">
+      <c r="K127" s="47">
         <v>387</v>
       </c>
-      <c r="L126" s="48">
+      <c r="L127" s="48">
         <v>722586945</v>
       </c>
-      <c r="M126" s="47">
+      <c r="M127" s="47">
         <v>383</v>
       </c>
-      <c r="N126" s="48">
+      <c r="N127" s="48">
         <v>660686751</v>
       </c>
-      <c r="O126" s="47">
+      <c r="O127" s="47">
         <v>433</v>
       </c>
-      <c r="P126" s="48">
+      <c r="P127" s="48">
         <v>730324140</v>
       </c>
-      <c r="Q126" s="49">
+      <c r="Q127" s="49">
         <v>479</v>
       </c>
-      <c r="R126" s="50">
+      <c r="R127" s="50">
         <v>788568386</v>
       </c>
-      <c r="S126" s="49">
+      <c r="S127" s="49">
         <v>498</v>
       </c>
-      <c r="T126" s="50">
+      <c r="T127" s="50">
         <v>894256147</v>
       </c>
-      <c r="U126" s="67">
+      <c r="U127" s="67">
         <v>548</v>
       </c>
-      <c r="V126" s="68">
+      <c r="V127" s="68">
         <v>868732847</v>
       </c>
+      <c r="W127" s="67">
+        <v>530</v>
+      </c>
+      <c r="X127" s="68">
+        <v>858447090</v>
+      </c>
     </row>
-    <row r="127" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B127" s="46" t="s">
+    <row r="128" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B128" s="46" t="s">
         <v>110</v>
       </c>
-      <c r="C127" s="47">
+      <c r="C128" s="47">
         <v>9</v>
       </c>
-      <c r="D127" s="48">
+      <c r="D128" s="48">
         <v>49832899</v>
       </c>
-      <c r="E127" s="47">
+      <c r="E128" s="47">
         <v>12</v>
       </c>
-      <c r="F127" s="48">
+      <c r="F128" s="48">
         <v>44932117</v>
       </c>
-      <c r="G127" s="47">
+      <c r="G128" s="47">
         <v>13</v>
       </c>
-      <c r="H127" s="48">
+      <c r="H128" s="48">
         <v>77396565</v>
       </c>
-      <c r="I127" s="47">
+      <c r="I128" s="47">
         <v>31</v>
       </c>
-      <c r="J127" s="48">
+      <c r="J128" s="48">
         <v>121978796</v>
       </c>
-      <c r="K127" s="47">
+      <c r="K128" s="47">
         <v>36</v>
       </c>
-      <c r="L127" s="48">
+      <c r="L128" s="48">
         <v>110680975</v>
       </c>
-      <c r="M127" s="47">
+      <c r="M128" s="47">
         <v>36</v>
       </c>
-      <c r="N127" s="48">
+      <c r="N128" s="48">
         <v>133574846</v>
       </c>
-      <c r="O127" s="47">
+      <c r="O128" s="47">
         <v>44</v>
       </c>
-      <c r="P127" s="48">
+      <c r="P128" s="48">
         <v>125137933</v>
       </c>
-      <c r="Q127" s="49">
+      <c r="Q128" s="49">
         <v>41</v>
       </c>
-      <c r="R127" s="50">
+      <c r="R128" s="50">
         <v>123943110</v>
       </c>
-      <c r="S127" s="49">
+      <c r="S128" s="49">
         <v>47</v>
       </c>
-      <c r="T127" s="50">
+      <c r="T128" s="50">
         <v>118230624</v>
       </c>
-      <c r="U127" s="67">
+      <c r="U128" s="67">
         <v>55</v>
       </c>
-      <c r="V127" s="68">
+      <c r="V128" s="68">
         <v>95584769</v>
       </c>
+      <c r="W128" s="67">
+        <v>57</v>
+      </c>
+      <c r="X128" s="68">
+        <v>111173727</v>
+      </c>
     </row>
-    <row r="128" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B128" s="46" t="s">
+    <row r="129" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B129" s="46" t="s">
         <v>27</v>
       </c>
-      <c r="C128" s="47">
+      <c r="C129" s="47">
         <v>7</v>
       </c>
-      <c r="D128" s="48">
+      <c r="D129" s="48">
         <v>2023452</v>
       </c>
-      <c r="E128" s="47">
+      <c r="E129" s="47">
         <v>7</v>
       </c>
-      <c r="F128" s="48">
+      <c r="F129" s="48">
         <v>2092933</v>
       </c>
-      <c r="G128" s="47">
+      <c r="G129" s="47">
         <v>11</v>
       </c>
-      <c r="H128" s="48">
+      <c r="H129" s="48">
         <v>2929206</v>
       </c>
-      <c r="I128" s="47">
+      <c r="I129" s="47">
         <v>11</v>
       </c>
-      <c r="J128" s="48">
+      <c r="J129" s="48">
         <v>3008985</v>
       </c>
-      <c r="K128" s="47">
+      <c r="K129" s="47">
         <v>14</v>
       </c>
-      <c r="L128" s="48">
+      <c r="L129" s="48">
         <v>3777499</v>
       </c>
-      <c r="M128" s="47">
+      <c r="M129" s="47">
         <v>7</v>
       </c>
-      <c r="N128" s="48">
+      <c r="N129" s="48">
         <v>2230866</v>
       </c>
-      <c r="O128" s="47">
+      <c r="O129" s="47">
         <v>14</v>
       </c>
-      <c r="P128" s="48">
+      <c r="P129" s="48">
         <v>4399990</v>
-      </c>
-[...66 lines deleted...]
-        <v>25988497</v>
       </c>
       <c r="Q129" s="49">
         <v>17</v>
       </c>
       <c r="R129" s="50">
-        <v>26586586</v>
+        <v>5300218</v>
       </c>
       <c r="S129" s="49">
         <v>17</v>
       </c>
       <c r="T129" s="50">
+        <v>5769594</v>
+      </c>
+      <c r="U129" s="67">
+        <v>14</v>
+      </c>
+      <c r="V129" s="68">
+        <v>4748695</v>
+      </c>
+      <c r="W129" s="67">
+        <v>14</v>
+      </c>
+      <c r="X129" s="68">
+        <v>4484405</v>
+      </c>
+    </row>
+    <row r="130" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B130" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="C130" s="47">
+        <v>17</v>
+      </c>
+      <c r="D130" s="48">
+        <v>26398000</v>
+      </c>
+      <c r="E130" s="47">
+        <v>17</v>
+      </c>
+      <c r="F130" s="48">
+        <v>25926000</v>
+      </c>
+      <c r="G130" s="47">
+        <v>17</v>
+      </c>
+      <c r="H130" s="48">
+        <v>25749496</v>
+      </c>
+      <c r="I130" s="47">
+        <v>17</v>
+      </c>
+      <c r="J130" s="48">
+        <v>25857496</v>
+      </c>
+      <c r="K130" s="47">
+        <v>17</v>
+      </c>
+      <c r="L130" s="48">
+        <v>26517193</v>
+      </c>
+      <c r="M130" s="47">
+        <v>17</v>
+      </c>
+      <c r="N130" s="48">
+        <v>26144975</v>
+      </c>
+      <c r="O130" s="47">
+        <v>17</v>
+      </c>
+      <c r="P130" s="48">
+        <v>25988497</v>
+      </c>
+      <c r="Q130" s="49">
+        <v>17</v>
+      </c>
+      <c r="R130" s="50">
+        <v>26586586</v>
+      </c>
+      <c r="S130" s="49">
+        <v>17</v>
+      </c>
+      <c r="T130" s="50">
         <v>28193940</v>
       </c>
-      <c r="U129" s="67">
+      <c r="U130" s="67">
         <v>17</v>
       </c>
-      <c r="V129" s="68">
+      <c r="V130" s="68">
         <v>26231142</v>
       </c>
+      <c r="W130" s="67">
+        <v>13</v>
+      </c>
+      <c r="X130" s="68">
+        <v>26035260</v>
+      </c>
     </row>
-    <row r="130" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B130" s="46" t="s">
+    <row r="131" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B131" s="46" t="s">
         <v>29</v>
       </c>
-      <c r="C130" s="51" t="s">
+      <c r="C131" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="D130" s="52" t="s">
+      <c r="D131" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="E130" s="51" t="s">
+      <c r="E131" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="F130" s="52" t="s">
+      <c r="F131" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="G130" s="51" t="s">
+      <c r="G131" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="H130" s="52" t="s">
+      <c r="H131" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="I130" s="51" t="s">
+      <c r="I131" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="J130" s="52" t="s">
+      <c r="J131" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="K130" s="51" t="s">
+      <c r="K131" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="L130" s="52" t="s">
+      <c r="L131" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="M130" s="51" t="s">
+      <c r="M131" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="N130" s="52" t="s">
+      <c r="N131" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="O130" s="51" t="s">
+      <c r="O131" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="P130" s="52" t="s">
+      <c r="P131" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="Q130" s="51" t="s">
+      <c r="Q131" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="R130" s="52" t="s">
+      <c r="R131" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="S130" s="51" t="s">
+      <c r="S131" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="T130" s="52" t="s">
+      <c r="T131" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="U130" s="71" t="s">
+      <c r="U131" s="71" t="s">
         <v>114</v>
       </c>
-      <c r="V130" s="72" t="s">
+      <c r="V131" s="72" t="s">
         <v>114</v>
       </c>
+      <c r="W131" s="67">
+        <v>0</v>
+      </c>
+      <c r="X131" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="131" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B131" s="46" t="s">
+    <row r="132" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B132" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="C131" s="47">
-[...11 lines deleted...]
-      <c r="G131" s="47">
+      <c r="C132" s="47">
+        <v>0</v>
+      </c>
+      <c r="D132" s="48">
+        <v>0</v>
+      </c>
+      <c r="E132" s="47">
+        <v>0</v>
+      </c>
+      <c r="F132" s="48">
+        <v>0</v>
+      </c>
+      <c r="G132" s="47">
         <v>2</v>
       </c>
-      <c r="H131" s="48">
+      <c r="H132" s="48">
         <v>715782</v>
       </c>
-      <c r="I131" s="47">
-[...11 lines deleted...]
-      <c r="M131" s="47">
+      <c r="I132" s="47">
+        <v>0</v>
+      </c>
+      <c r="J132" s="48">
+        <v>0</v>
+      </c>
+      <c r="K132" s="47">
+        <v>0</v>
+      </c>
+      <c r="L132" s="48">
+        <v>0</v>
+      </c>
+      <c r="M132" s="47">
         <v>1</v>
       </c>
-      <c r="N131" s="48">
+      <c r="N132" s="48">
         <v>463259</v>
       </c>
-      <c r="O131" s="47">
-[...20 lines deleted...]
-      <c r="V131" s="70">
+      <c r="O132" s="47">
+        <v>0</v>
+      </c>
+      <c r="P132" s="48">
+        <v>0</v>
+      </c>
+      <c r="Q132" s="47">
+        <v>0</v>
+      </c>
+      <c r="R132" s="48">
+        <v>0</v>
+      </c>
+      <c r="S132" s="47">
+        <v>0</v>
+      </c>
+      <c r="T132" s="48">
+        <v>0</v>
+      </c>
+      <c r="U132" s="69">
+        <v>0</v>
+      </c>
+      <c r="V132" s="70">
+        <v>0</v>
+      </c>
+      <c r="W132" s="67">
+        <v>0</v>
+      </c>
+      <c r="X132" s="67">
         <v>0</v>
       </c>
     </row>
-    <row r="132" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B132" s="46" t="s">
+    <row r="133" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B133" s="46" t="s">
         <v>131</v>
       </c>
-      <c r="C132" s="51" t="s">
+      <c r="C133" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="D132" s="52" t="s">
+      <c r="D133" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="E132" s="51" t="s">
+      <c r="E133" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="F132" s="52" t="s">
+      <c r="F133" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="G132" s="51" t="s">
+      <c r="G133" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="H132" s="52" t="s">
+      <c r="H133" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="I132" s="51" t="s">
+      <c r="I133" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="J132" s="52" t="s">
+      <c r="J133" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="K132" s="51" t="s">
+      <c r="K133" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="L132" s="52" t="s">
+      <c r="L133" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="M132" s="47">
+      <c r="M133" s="47">
         <v>9</v>
       </c>
-      <c r="N132" s="48">
+      <c r="N133" s="48">
         <v>2868902</v>
       </c>
-      <c r="O132" s="47">
+      <c r="O133" s="47">
         <v>9</v>
       </c>
-      <c r="P132" s="48">
+      <c r="P133" s="48">
         <v>3148665</v>
       </c>
-      <c r="Q132" s="49">
+      <c r="Q133" s="49">
         <v>16</v>
       </c>
-      <c r="R132" s="50">
+      <c r="R133" s="50">
         <v>4326079</v>
       </c>
-      <c r="S132" s="49">
+      <c r="S133" s="49">
         <v>28</v>
       </c>
-      <c r="T132" s="50">
+      <c r="T133" s="50">
         <v>5818714</v>
       </c>
-      <c r="U132" s="67">
+      <c r="U133" s="67">
         <v>56</v>
       </c>
-      <c r="V132" s="68">
+      <c r="V133" s="68">
         <v>13734950</v>
       </c>
+      <c r="W133" s="67">
+        <v>51</v>
+      </c>
+      <c r="X133" s="68">
+        <v>12558813</v>
+      </c>
     </row>
-    <row r="133" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B133" s="46" t="s">
+    <row r="134" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B134" s="46" t="s">
         <v>111</v>
       </c>
-      <c r="C133" s="47">
+      <c r="C134" s="47">
         <v>82</v>
       </c>
-      <c r="D133" s="48">
+      <c r="D134" s="48">
         <v>121755866</v>
       </c>
-      <c r="E133" s="47">
+      <c r="E134" s="47">
         <v>142</v>
       </c>
-      <c r="F133" s="48">
+      <c r="F134" s="48">
         <v>155399567</v>
       </c>
-      <c r="G133" s="47">
+      <c r="G134" s="47">
         <v>169</v>
       </c>
-      <c r="H133" s="48">
+      <c r="H134" s="48">
         <v>163123166</v>
       </c>
-      <c r="I133" s="47">
+      <c r="I134" s="47">
         <v>179</v>
       </c>
-      <c r="J133" s="48">
+      <c r="J134" s="48">
         <v>182773814</v>
       </c>
-      <c r="K133" s="47">
+      <c r="K134" s="47">
         <v>248</v>
       </c>
-      <c r="L133" s="48">
+      <c r="L134" s="48">
         <v>337011385</v>
       </c>
-      <c r="M133" s="47">
+      <c r="M134" s="47">
         <v>257</v>
       </c>
-      <c r="N133" s="48">
+      <c r="N134" s="48">
         <v>336854880</v>
       </c>
-      <c r="O133" s="47">
+      <c r="O134" s="47">
         <v>254</v>
       </c>
-      <c r="P133" s="48">
+      <c r="P134" s="48">
         <v>338381664</v>
       </c>
-      <c r="Q133" s="49">
+      <c r="Q134" s="49">
         <v>267</v>
       </c>
-      <c r="R133" s="50">
+      <c r="R134" s="50">
         <v>345605207</v>
       </c>
-      <c r="S133" s="49">
+      <c r="S134" s="49">
         <v>277</v>
       </c>
-      <c r="T133" s="50">
+      <c r="T134" s="50">
         <v>365062333</v>
       </c>
-      <c r="U133" s="67">
+      <c r="U134" s="67">
         <v>255</v>
       </c>
-      <c r="V133" s="68">
+      <c r="V134" s="68">
         <v>319570617</v>
       </c>
+      <c r="W134" s="67">
+        <v>171</v>
+      </c>
+      <c r="X134" s="68">
+        <v>357486946</v>
+      </c>
     </row>
-    <row r="134" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B134" s="46" t="s">
+    <row r="135" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B135" s="46" t="s">
         <v>125</v>
       </c>
-      <c r="C134" s="51" t="s">
+      <c r="C135" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="D134" s="52" t="s">
+      <c r="D135" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="E134" s="47">
+      <c r="E135" s="47">
         <v>8</v>
       </c>
-      <c r="F134" s="48">
+      <c r="F135" s="48">
         <v>11951521</v>
       </c>
-      <c r="G134" s="47">
+      <c r="G135" s="47">
         <v>8</v>
       </c>
-      <c r="H134" s="48">
+      <c r="H135" s="48">
         <v>16481500</v>
       </c>
-      <c r="I134" s="47">
+      <c r="I135" s="47">
         <v>8</v>
       </c>
-      <c r="J134" s="48">
+      <c r="J135" s="48">
         <v>17721018</v>
       </c>
-      <c r="K134" s="47">
+      <c r="K135" s="47">
         <v>8</v>
       </c>
-      <c r="L134" s="48">
+      <c r="L135" s="48">
         <v>18378749</v>
       </c>
-      <c r="M134" s="47">
+      <c r="M135" s="47">
         <v>8</v>
       </c>
-      <c r="N134" s="48">
+      <c r="N135" s="48">
         <v>15500562</v>
       </c>
-      <c r="O134" s="47">
+      <c r="O135" s="47">
         <v>7</v>
       </c>
-      <c r="P134" s="48">
+      <c r="P135" s="48">
         <v>14899870</v>
       </c>
-      <c r="Q134" s="49">
+      <c r="Q135" s="49">
         <v>7</v>
       </c>
-      <c r="R134" s="50">
+      <c r="R135" s="50">
         <v>9864475</v>
       </c>
-      <c r="S134" s="49">
+      <c r="S135" s="49">
         <v>7</v>
       </c>
-      <c r="T134" s="50">
+      <c r="T135" s="50">
         <v>10919000</v>
       </c>
-      <c r="U134" s="67">
+      <c r="U135" s="67">
         <v>7</v>
       </c>
-      <c r="V134" s="68">
+      <c r="V135" s="68">
         <v>10843246</v>
       </c>
+      <c r="W135" s="67">
+        <v>7</v>
+      </c>
+      <c r="X135" s="68">
+        <v>10696546</v>
+      </c>
     </row>
-    <row r="135" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B135" s="46" t="s">
+    <row r="136" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B136" s="46" t="s">
         <v>31</v>
       </c>
-      <c r="C135" s="47">
-[...56 lines deleted...]
-      <c r="V135" s="70">
+      <c r="C136" s="47">
+        <v>0</v>
+      </c>
+      <c r="D136" s="48">
+        <v>0</v>
+      </c>
+      <c r="E136" s="47">
+        <v>0</v>
+      </c>
+      <c r="F136" s="48">
+        <v>0</v>
+      </c>
+      <c r="G136" s="47">
+        <v>0</v>
+      </c>
+      <c r="H136" s="48">
+        <v>0</v>
+      </c>
+      <c r="I136" s="47">
+        <v>0</v>
+      </c>
+      <c r="J136" s="48">
+        <v>0</v>
+      </c>
+      <c r="K136" s="47">
+        <v>0</v>
+      </c>
+      <c r="L136" s="48">
+        <v>0</v>
+      </c>
+      <c r="M136" s="47">
+        <v>0</v>
+      </c>
+      <c r="N136" s="48">
+        <v>0</v>
+      </c>
+      <c r="O136" s="47">
+        <v>0</v>
+      </c>
+      <c r="P136" s="48">
+        <v>0</v>
+      </c>
+      <c r="Q136" s="47">
+        <v>0</v>
+      </c>
+      <c r="R136" s="48">
+        <v>0</v>
+      </c>
+      <c r="S136" s="47">
+        <v>0</v>
+      </c>
+      <c r="T136" s="48">
+        <v>0</v>
+      </c>
+      <c r="U136" s="69">
+        <v>0</v>
+      </c>
+      <c r="V136" s="70">
+        <v>0</v>
+      </c>
+      <c r="W136" s="67">
+        <v>0</v>
+      </c>
+      <c r="X136" s="67">
         <v>0</v>
       </c>
     </row>
-    <row r="136" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B136" s="46" t="s">
+    <row r="137" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B137" s="46" t="s">
         <v>118</v>
       </c>
-      <c r="C136" s="47">
+      <c r="C137" s="47">
         <v>7</v>
       </c>
-      <c r="D136" s="48">
+      <c r="D137" s="48">
         <v>8827223</v>
       </c>
-      <c r="E136" s="47">
+      <c r="E137" s="47">
         <v>15</v>
       </c>
-      <c r="F136" s="48">
+      <c r="F137" s="48">
         <v>11977223</v>
       </c>
-      <c r="G136" s="47">
+      <c r="G137" s="47">
         <v>15</v>
       </c>
-      <c r="H136" s="48">
+      <c r="H137" s="48">
         <v>12425498</v>
       </c>
-      <c r="I136" s="47">
+      <c r="I137" s="47">
         <v>15</v>
       </c>
-      <c r="J136" s="48">
+      <c r="J137" s="48">
         <v>12346048</v>
       </c>
-      <c r="K136" s="47">
+      <c r="K137" s="47">
         <v>7</v>
       </c>
-      <c r="L136" s="48">
+      <c r="L137" s="48">
         <v>8365309</v>
       </c>
-      <c r="M136" s="47">
+      <c r="M137" s="47">
         <v>7</v>
       </c>
-      <c r="N136" s="48">
+      <c r="N137" s="48">
         <v>9229419</v>
       </c>
-      <c r="O136" s="47">
+      <c r="O137" s="47">
         <v>7</v>
       </c>
-      <c r="P136" s="48">
+      <c r="P137" s="48">
         <v>9244023</v>
       </c>
-      <c r="Q136" s="49">
+      <c r="Q137" s="49">
         <v>7</v>
       </c>
-      <c r="R136" s="50">
+      <c r="R137" s="50">
         <v>9393463</v>
       </c>
-      <c r="S136" s="49">
+      <c r="S137" s="49">
         <v>7</v>
       </c>
-      <c r="T136" s="50">
+      <c r="T137" s="50">
         <v>9230799</v>
       </c>
-      <c r="U136" s="67">
+      <c r="U137" s="67">
         <v>7</v>
       </c>
-      <c r="V136" s="68">
+      <c r="V137" s="68">
         <v>9120799</v>
       </c>
+      <c r="W137" s="67">
+        <v>6</v>
+      </c>
+      <c r="X137" s="68">
+        <v>9230799</v>
+      </c>
     </row>
-    <row r="137" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B137" s="46" t="s">
+    <row r="138" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="46" t="s">
+        <v>0</v>
+      </c>
+      <c r="B138" s="46" t="s">
         <v>32</v>
       </c>
-      <c r="C137" s="52" t="s">
+      <c r="C138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="D137" s="52" t="s">
+      <c r="D138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="E137" s="52" t="s">
+      <c r="E138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="F137" s="52" t="s">
+      <c r="F138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="G137" s="52" t="s">
+      <c r="G138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="H137" s="52" t="s">
+      <c r="H138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="I137" s="51" t="s">
+      <c r="I138" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="J137" s="52" t="s">
+      <c r="J138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="K137" s="51" t="s">
+      <c r="K138" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="L137" s="52" t="s">
+      <c r="L138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="M137" s="51" t="s">
+      <c r="M138" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="N137" s="52" t="s">
+      <c r="N138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="O137" s="51" t="s">
+      <c r="O138" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="P137" s="52" t="s">
+      <c r="P138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="Q137" s="51" t="s">
+      <c r="Q138" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="R137" s="52" t="s">
+      <c r="R138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="S137" s="51" t="s">
+      <c r="S138" s="51" t="s">
         <v>114</v>
       </c>
-      <c r="T137" s="52" t="s">
+      <c r="T138" s="52" t="s">
         <v>114</v>
       </c>
-      <c r="U137" s="71" t="s">
+      <c r="U138" s="71" t="s">
         <v>114</v>
       </c>
-      <c r="V137" s="72" t="s">
+      <c r="V138" s="72" t="s">
         <v>114</v>
       </c>
+      <c r="W138" s="67">
+        <v>0</v>
+      </c>
+      <c r="X138" s="67">
+        <v>0</v>
+      </c>
     </row>
-    <row r="138" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B138" s="54" t="s">
+    <row r="139" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="54" t="s">
+        <v>0</v>
+      </c>
+      <c r="B139" s="54" t="s">
         <v>139</v>
       </c>
-      <c r="C138" s="55">
+      <c r="C139" s="55">
         <v>2435</v>
       </c>
-      <c r="D138" s="59">
+      <c r="D139" s="59">
         <v>1205346384</v>
       </c>
-      <c r="E138" s="55">
+      <c r="E139" s="55">
         <v>2471</v>
       </c>
-      <c r="F138" s="59">
+      <c r="F139" s="59">
         <v>1403698555</v>
       </c>
-      <c r="G138" s="55">
+      <c r="G139" s="55">
         <v>2445</v>
       </c>
-      <c r="H138" s="59">
+      <c r="H139" s="59">
         <v>1459981542</v>
       </c>
-      <c r="I138" s="55">
+      <c r="I139" s="55">
         <v>2509</v>
       </c>
-      <c r="J138" s="59">
+      <c r="J139" s="59">
         <v>1610350635</v>
       </c>
-      <c r="K138" s="55">
+      <c r="K139" s="55">
         <v>2592</v>
       </c>
-      <c r="L138" s="59">
+      <c r="L139" s="59">
         <v>1912139990</v>
       </c>
-      <c r="M138" s="55">
+      <c r="M139" s="55">
         <v>2560</v>
       </c>
-      <c r="N138" s="59">
+      <c r="N139" s="59">
         <v>1901427123</v>
       </c>
-      <c r="O138" s="55">
+      <c r="O139" s="55">
         <v>2546</v>
       </c>
-      <c r="P138" s="59">
+      <c r="P139" s="59">
         <v>1968192371</v>
       </c>
-      <c r="Q138" s="55">
+      <c r="Q139" s="55">
         <v>2735</v>
       </c>
-      <c r="R138" s="59">
+      <c r="R139" s="59">
         <v>2039115107</v>
       </c>
-      <c r="S138" s="57">
+      <c r="S139" s="57">
         <v>2786</v>
       </c>
-      <c r="T138" s="58">
+      <c r="T139" s="58">
         <v>2164234815</v>
       </c>
-      <c r="U138" s="77">
+      <c r="U139" s="77">
         <v>2892</v>
       </c>
-      <c r="V138" s="78">
+      <c r="V139" s="78">
         <v>2075332289</v>
       </c>
+      <c r="W139" s="77">
+        <v>2455</v>
+      </c>
+      <c r="X139" s="78">
+        <v>2061403480</v>
+      </c>
     </row>
-    <row r="139" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A139" s="60" t="s">
+    <row r="140" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="60" t="s">
         <v>140</v>
       </c>
-      <c r="B139" s="60"/>
-      <c r="C139" s="61">
+      <c r="B140" s="60"/>
+      <c r="C140" s="61">
         <v>42166</v>
       </c>
-      <c r="D139" s="62">
+      <c r="D140" s="62">
         <v>21174344957</v>
       </c>
-      <c r="E139" s="61">
+      <c r="E140" s="61">
         <v>43431</v>
       </c>
-      <c r="F139" s="62">
+      <c r="F140" s="62">
         <v>22649752290</v>
       </c>
-      <c r="G139" s="61">
+      <c r="G140" s="61">
         <v>44445</v>
       </c>
-      <c r="H139" s="62">
+      <c r="H140" s="62">
         <v>24031670764</v>
       </c>
-      <c r="I139" s="61">
+      <c r="I140" s="61">
         <v>46930</v>
       </c>
-      <c r="J139" s="62">
+      <c r="J140" s="62">
         <v>25906788735</v>
       </c>
-      <c r="K139" s="61">
+      <c r="K140" s="61">
         <v>49092</v>
       </c>
-      <c r="L139" s="62">
+      <c r="L140" s="62">
         <v>28143252479</v>
       </c>
-      <c r="M139" s="61">
+      <c r="M140" s="61">
         <v>50046</v>
       </c>
-      <c r="N139" s="62">
+      <c r="N140" s="62">
         <v>29256433921</v>
       </c>
-      <c r="O139" s="61">
+      <c r="O140" s="61">
         <v>50410</v>
       </c>
-      <c r="P139" s="62">
+      <c r="P140" s="62">
         <v>30172387202</v>
       </c>
-      <c r="Q139" s="61">
+      <c r="Q140" s="61">
         <v>51976</v>
       </c>
-      <c r="R139" s="62">
+      <c r="R140" s="62">
         <v>31519639864</v>
       </c>
-      <c r="S139" s="63">
+      <c r="S140" s="63">
         <v>52628</v>
       </c>
-      <c r="T139" s="64">
+      <c r="T140" s="64">
         <v>32734920091</v>
       </c>
-      <c r="U139" s="79">
+      <c r="U140" s="79">
         <v>52475</v>
       </c>
-      <c r="V139" s="80">
+      <c r="V140" s="80">
         <v>32892334080</v>
       </c>
+      <c r="W140" s="79">
+        <v>49353</v>
+      </c>
+      <c r="X140" s="80">
+        <v>33478914449</v>
+      </c>
     </row>
-    <row r="140" spans="1:22" s="7" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.3">
-[...43 lines deleted...]
-      <c r="T141" s="17"/>
+    <row r="141" spans="1:24" s="7" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="2"/>
+      <c r="B141" s="2"/>
+      <c r="C141" s="12"/>
+      <c r="D141" s="12"/>
+      <c r="E141" s="9"/>
+      <c r="F141" s="13"/>
+      <c r="G141" s="9"/>
+      <c r="H141" s="13"/>
+      <c r="I141" s="9"/>
+      <c r="J141" s="14"/>
+      <c r="K141" s="9"/>
+      <c r="L141" s="13"/>
+      <c r="M141" s="9"/>
+      <c r="N141" s="13"/>
+      <c r="O141" s="9"/>
+      <c r="P141" s="13"/>
+      <c r="Q141" s="8"/>
+      <c r="R141" s="8"/>
+      <c r="S141" s="9"/>
+      <c r="T141" s="9"/>
       <c r="U141" s="15"/>
       <c r="V141" s="16"/>
     </row>
-    <row r="142" spans="1:22" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-      <c r="T142" s="19"/>
+    <row r="142" spans="1:24" s="18" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="6"/>
+      <c r="B142" s="6"/>
+      <c r="C142" s="17"/>
+      <c r="D142" s="17"/>
+      <c r="E142" s="17"/>
+      <c r="F142" s="17"/>
+      <c r="G142" s="17"/>
+      <c r="H142" s="17"/>
+      <c r="I142" s="17"/>
+      <c r="J142" s="17"/>
+      <c r="K142" s="17"/>
+      <c r="L142" s="17"/>
+      <c r="M142" s="17"/>
+      <c r="N142" s="17"/>
+      <c r="O142" s="17"/>
+      <c r="P142" s="17"/>
+      <c r="Q142" s="17"/>
+      <c r="R142" s="17"/>
+      <c r="S142" s="17"/>
+      <c r="T142" s="17"/>
       <c r="U142" s="15"/>
       <c r="V142" s="16"/>
     </row>
-    <row r="143" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...19 lines deleted...]
-      <c r="T143" s="20"/>
+    <row r="143" spans="1:24" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="39"/>
+      <c r="B143" s="44"/>
+      <c r="C143" s="19"/>
+      <c r="D143" s="19"/>
+      <c r="E143" s="19"/>
+      <c r="F143" s="19"/>
+      <c r="G143" s="19"/>
+      <c r="H143" s="19"/>
+      <c r="I143" s="19"/>
+      <c r="J143" s="19"/>
+      <c r="K143" s="19"/>
+      <c r="L143" s="19"/>
+      <c r="M143" s="19"/>
+      <c r="N143" s="19"/>
+      <c r="O143" s="19"/>
+      <c r="P143" s="19"/>
+      <c r="Q143" s="19"/>
+      <c r="R143" s="19"/>
+      <c r="S143" s="19"/>
+      <c r="T143" s="19"/>
       <c r="U143" s="15"/>
       <c r="V143" s="16"/>
     </row>
-    <row r="144" spans="1:22" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="40"/>
-      <c r="B144" s="40"/>
-[...15 lines deleted...]
-      <c r="R144" s="25"/>
+      <c r="B144" s="45"/>
+      <c r="C144" s="20"/>
+      <c r="D144" s="20"/>
+      <c r="E144" s="20"/>
+      <c r="F144" s="20"/>
+      <c r="G144" s="20"/>
+      <c r="H144" s="20"/>
+      <c r="I144" s="20"/>
+      <c r="J144" s="20"/>
+      <c r="K144" s="20"/>
+      <c r="L144" s="20"/>
+      <c r="M144" s="20"/>
+      <c r="N144" s="20"/>
+      <c r="O144" s="20"/>
+      <c r="P144" s="20"/>
+      <c r="Q144" s="20"/>
+      <c r="R144" s="20"/>
       <c r="S144" s="20"/>
       <c r="T144" s="20"/>
       <c r="U144" s="15"/>
       <c r="V144" s="16"/>
     </row>
-    <row r="145" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="D145" s="9"/>
+    <row r="145" spans="1:22" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="40"/>
+      <c r="B145" s="40"/>
+      <c r="C145" s="29"/>
+      <c r="D145" s="29"/>
+      <c r="E145" s="29"/>
+      <c r="F145" s="29"/>
+      <c r="G145" s="29"/>
+      <c r="H145" s="25"/>
+      <c r="I145" s="25"/>
+      <c r="J145" s="25"/>
+      <c r="K145" s="25"/>
+      <c r="L145" s="25"/>
+      <c r="M145" s="25"/>
+      <c r="N145" s="25"/>
+      <c r="O145" s="25"/>
+      <c r="P145" s="25"/>
+      <c r="Q145" s="25"/>
+      <c r="R145" s="25"/>
+      <c r="S145" s="20"/>
+      <c r="T145" s="20"/>
       <c r="U145" s="15"/>
       <c r="V145" s="16"/>
     </row>
-    <row r="146" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C146" s="9"/>
       <c r="D146" s="9"/>
       <c r="U146" s="15"/>
       <c r="V146" s="16"/>
     </row>
-    <row r="147" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C147" s="9"/>
       <c r="D147" s="9"/>
       <c r="U147" s="15"/>
       <c r="V147" s="16"/>
     </row>
-    <row r="148" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B148" s="41"/>
+    <row r="148" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C148" s="9"/>
       <c r="D148" s="9"/>
       <c r="U148" s="15"/>
       <c r="V148" s="16"/>
     </row>
-    <row r="149" spans="1:22" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="V149" s="22"/>
+    <row r="149" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="41"/>
+      <c r="B149" s="41"/>
+      <c r="C149" s="9"/>
+      <c r="D149" s="9"/>
+      <c r="U149" s="15"/>
+      <c r="V149" s="16"/>
     </row>
-    <row r="150" spans="1:22" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="V150" s="24"/>
+    <row r="150" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A150" s="42"/>
+      <c r="U150" s="21"/>
+      <c r="V150" s="22"/>
     </row>
-    <row r="151" spans="1:22" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="V151" s="16"/>
+    <row r="151" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="U151" s="23"/>
+      <c r="V151" s="24"/>
     </row>
-    <row r="152" spans="1:22" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:22" x14ac:dyDescent="0.25">
       <c r="U152" s="15"/>
       <c r="V152" s="16"/>
     </row>
-    <row r="153" spans="1:22" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:22" x14ac:dyDescent="0.25">
       <c r="U153" s="15"/>
       <c r="V153" s="16"/>
     </row>
-    <row r="154" spans="1:22" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="V154" s="24"/>
+    <row r="154" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="U154" s="15"/>
+      <c r="V154" s="16"/>
     </row>
-    <row r="155" spans="1:22" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="V155" s="16"/>
+    <row r="155" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="U155" s="23"/>
+      <c r="V155" s="24"/>
     </row>
-    <row r="156" spans="1:22" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="V156" s="22"/>
+    <row r="156" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="U156" s="15"/>
+      <c r="V156" s="16"/>
     </row>
-    <row r="157" spans="1:22" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="V157" s="16"/>
+    <row r="157" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="U157" s="21"/>
+      <c r="V157" s="22"/>
     </row>
-    <row r="158" spans="1:22" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:22" x14ac:dyDescent="0.25">
       <c r="U158" s="15"/>
       <c r="V158" s="16"/>
     </row>
+    <row r="159" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="U159" s="15"/>
+      <c r="V159" s="16"/>
+    </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
-  <mergeCells count="10">
+  <autoFilter ref="A3:C140" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <mergeCells count="11">
+    <mergeCell ref="W2:X2"/>
     <mergeCell ref="U2:V2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="K2:L2"/>
     <mergeCell ref="I2:J2"/>
     <mergeCell ref="S2:T2"/>
     <mergeCell ref="Q2:R2"/>
     <mergeCell ref="O2:P2"/>
     <mergeCell ref="M2:N2"/>
     <mergeCell ref="G2:H2"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="5" scale="65" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="35" max="16383" man="1"/>
     <brk id="77" max="16383" man="1"/>
-    <brk id="118" max="16383" man="1"/>
+    <brk id="119" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4D303AB7-57C5-4FA8-B93C-87997BD3F5FB}">
   <dimension ref="A1:N10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="31.33203125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="31.28515625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="125.7109375" style="1" customWidth="1"/>
+    <col min="3" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="66" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" s="66" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="82"/>
       <c r="B1" s="83" t="s">
         <v>135</v>
       </c>
       <c r="C1" s="65"/>
       <c r="D1" s="65"/>
       <c r="E1" s="65"/>
       <c r="F1" s="65"/>
       <c r="G1" s="65"/>
       <c r="H1" s="65"/>
       <c r="I1" s="65"/>
       <c r="J1" s="65"/>
       <c r="K1" s="65"/>
       <c r="L1" s="65"/>
       <c r="M1" s="65"/>
       <c r="N1" s="65"/>
     </row>
-    <row r="2" spans="1:14" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="86" t="s">
+    <row r="2" spans="1:14" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="85" t="s">
         <v>136</v>
       </c>
-      <c r="B2" s="87" t="s">
-        <v>146</v>
+      <c r="B2" s="86" t="s">
+        <v>143</v>
       </c>
     </row>
-    <row r="3" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>145</v>
+    <row r="3" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="87" t="s">
+        <v>144</v>
       </c>
       <c r="B3" s="83"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
       <c r="L3" s="5"/>
       <c r="M3" s="5"/>
       <c r="N3" s="5"/>
     </row>
-    <row r="4" spans="1:14" s="66" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>142</v>
+    <row r="4" spans="1:14" s="66" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="84" t="s">
+        <v>141</v>
       </c>
       <c r="B4" s="3"/>
     </row>
-    <row r="5" spans="1:14" s="66" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>144</v>
+    <row r="5" spans="1:14" s="66" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="84" t="s">
+        <v>142</v>
       </c>
       <c r="B5" s="3"/>
     </row>
-    <row r="6" spans="1:14" s="66" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" s="66" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B6" s="3"/>
     </row>
-    <row r="7" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="4"/>
       <c r="B7" s="66"/>
     </row>
-    <row r="8" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="81" t="s">
         <v>107</v>
       </c>
       <c r="B8" s="66"/>
     </row>
-    <row r="9" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="81" t="s">
         <v>108</v>
       </c>
       <c r="B9" s="66"/>
     </row>
-    <row r="10" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="81" t="s">
         <v>113</v>
       </c>
       <c r="B10" s="66"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A3" r:id="rId1" display="Source: NIH PUB File" xr:uid="{69B0A520-BCA8-4803-8F15-9EDD28F27B1B}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A4" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{3FB49C42-903E-4E88-81D3-1EC398557567}"/>
+    <hyperlink ref="A5" r:id="rId1" xr:uid="{1739B2C3-529E-4492-ACF3-C0C708B19586}"/>
+    <hyperlink ref="A4" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{3FB49C42-903E-4E88-81D3-1EC398557567}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
       <UserInfo>
         <DisplayName/>
@@ -17879,95 +18784,97 @@
       <Description>Research Grants: Awards and total funding, by mechanism and activity code (~60KB)</Description>
     </RePORTTitleandLink>
     <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
     <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst1>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Abbott, Sandra (NIH/OD) [E]</DisplayName>
         <AccountId>22</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst2>
     <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307233afc278fc503943648cbe4c01eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -18127,50 +19034,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -18282,66 +19194,66 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B95C607-7658-476C-B8EB-A39DE62F413C}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68BE6C18-61D2-419B-9B9A-C8AA2A79AA82}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{909E48C4-AAA2-49E4-B648-3A099BB9EF1D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15B6AD9B-FE71-4A60-A56A-4D9235F05E28}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 