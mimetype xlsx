--- v0 (2025-12-31)
+++ v1 (2026-03-02)
@@ -4,82 +4,82 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{01638D71-0A01-4898-BA84-265E3BFA8B48}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6572B20C-4345-46E5-8F62-B5F741D36C70}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #108" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #108'!$A$2:$P$29</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #108'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="44">
   <si>
     <t>SBIR</t>
   </si>
   <si>
     <t>STTR</t>
   </si>
   <si>
     <t xml:space="preserve">NIH mechanism that expedites the decision and award of SBIR and STTR funding for scientifically meritorious applications that have a high potential for commercialization. </t>
   </si>
   <si>
     <t xml:space="preserve">Award level used to establish the technical/scientific merit and feasibility of the proposed R/R&amp;D efforts. SBIR Phase I awards normally may not exceed $150,000 total (direct costs, facilities and administrative (F&amp;A)/indirect costs, and fee) for a period normally not to exceed 6 months. STTR Phase I awards normally may not exceed $150,000 total for a period of 1 year. </t>
   </si>
   <si>
     <t xml:space="preserve">Award level used to continue the research or R&amp;D efforts initiated in Phase I. Funding shall be based on the results of Phase I and the scientific and technical merit and commercial potential of the Phase II application. SBIR Phase II awards normally may not exceed $1,000,000 and STTR Phase II awards normally may not exceed $1,000,000 total (direct costs, F&amp;A/indirect costs, and fee) for a period normally not to exceed 2 years. </t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t xml:space="preserve">A pilot SBIR Direct to Phase II solicitation, which permits small businesses to receive a Phase II award even if they have not previously received a Phase I award for the research/research and development of their technology. In order to be eligible for the Pilot SBIR Direct Phase II award, the small business must have performed the Phase I stage-type of research through other funding sources. The Direct-to-Phase II authority is not available to the STTR program. Direct Phase II applications are considered new (Type 1) in the NIH grant numbering system
 </t>
   </si>
   <si>
     <t>Awards that are intended to provide follow-on funding to small businesses for projects that require extraordinary time and effort in the R&amp;D phase and may or may not require FDA approval for the development of projects such as drugs, devices, vaccines, therapeutics, and medical implants. Not all ICs offer Phase IIB awards, and depending on the IC, the budget may be requested for up to $1M per year for up to 3 years. Phase IIB awards are available to both the SBIR and STTR programs. Phase IIB applications are considered renewals (Type 2) in the NIH grant numbering system.</t>
   </si>
@@ -180,155 +180,50 @@
     <t>Phase IIB</t>
   </si>
   <si>
     <t>Direct Phase II</t>
   </si>
   <si>
     <t>Small Business Innovation Research (SBIR)</t>
   </si>
   <si>
     <t>Excludes SBIR/STTR contracts</t>
   </si>
   <si>
     <t xml:space="preserve"> Phase IIB - 
 Number of Awards</t>
   </si>
   <si>
     <t>Small Business Technology Transfer (STTR)</t>
   </si>
   <si>
     <t>FY Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
-        <sz val="12"/>
-[...103 lines deleted...]
-        <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
@@ -337,51 +232,123 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Source: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NIH PUB File</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Table #108: NIH Small Business Innovation Research and Small Business Technology Transfer Grants </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>-</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Number of Awards and Total Funding by Phase, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="####0"/>
     <numFmt numFmtId="166" formatCode="\$#,##0"/>
   </numFmts>
   <fonts count="47" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -653,64 +620,63 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color indexed="12"/>
+      <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="29">
+  <fills count="31">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -811,50 +777,62 @@
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="3" tint="0.79998168889431442"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
@@ -3769,51 +3747,51 @@
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="72">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="29" fillId="24" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="24" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="2728" applyFill="1"/>
     <xf numFmtId="0" fontId="33" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="25" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
@@ -3838,74 +3816,62 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="2728" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="2728" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="2728" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="28" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="10" xfId="2391" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="39" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="39" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="27" borderId="10" xfId="2391" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -3960,55 +3926,76 @@
     </xf>
     <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="2728" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="2728" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="25" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="25" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="2728" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="25" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="25" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="44" fillId="25" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="25" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="39" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="29" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="42" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="42" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="42" fillId="29" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="40" fillId="30" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="40" fillId="30" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="40" fillId="30" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2731">
     <cellStyle name="20% - Accent1 10" xfId="2" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 10 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 10 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 11 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 11 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="8" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 12 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 12 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 12 4" xfId="11" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 12 5" xfId="12" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="13" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 13 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 13 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 13 4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 13 5" xfId="17" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="18" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 14 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent1 14 3" xfId="20" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - Accent1 14 4" xfId="21" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - Accent1 15" xfId="22" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="20% - Accent1 15 2" xfId="23" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -7012,2322 +6999,2367 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:P44"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="34" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="17" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="15.7109375" style="32" customWidth="1"/>
+    <col min="2" max="2" width="25.7109375" style="32" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="25.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="20.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="25.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="20.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="25.7109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="20.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="25.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="20.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="25.7109375" style="1" customWidth="1"/>
+    <col min="13" max="13" width="20.7109375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="25.7109375" style="1" customWidth="1"/>
+    <col min="15" max="15" width="20.7109375" style="1" customWidth="1"/>
+    <col min="16" max="16" width="25.7109375" style="1" customWidth="1"/>
+    <col min="17" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B1" s="33"/>
+    <row r="1" spans="1:16" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="43" t="s">
+        <v>42</v>
+      </c>
+      <c r="B1" s="31"/>
       <c r="C1" s="18"/>
       <c r="D1" s="18"/>
       <c r="E1" s="18"/>
       <c r="F1" s="18"/>
     </row>
-    <row r="2" spans="1:16" s="10" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:16" s="10" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="19" t="s">
         <v>19</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>17</v>
       </c>
       <c r="D2" s="19" t="s">
         <v>18</v>
       </c>
       <c r="E2" s="19" t="s">
         <v>20</v>
       </c>
       <c r="F2" s="19" t="s">
         <v>21</v>
       </c>
       <c r="G2" s="19" t="s">
         <v>13</v>
       </c>
       <c r="H2" s="19" t="s">
         <v>22</v>
       </c>
       <c r="I2" s="19" t="s">
         <v>14</v>
       </c>
       <c r="J2" s="19" t="s">
         <v>23</v>
       </c>
       <c r="K2" s="19" t="s">
         <v>36</v>
       </c>
       <c r="L2" s="19" t="s">
         <v>24</v>
       </c>
       <c r="M2" s="19" t="s">
         <v>15</v>
       </c>
       <c r="N2" s="19" t="s">
         <v>25</v>
       </c>
       <c r="O2" s="19" t="s">
         <v>26</v>
       </c>
       <c r="P2" s="19" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="3" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="41">
+    <row r="3" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="37">
         <v>2015</v>
       </c>
-      <c r="B3" s="41" t="s">
+      <c r="B3" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="42">
+      <c r="C3" s="38">
         <v>1330</v>
       </c>
-      <c r="D3" s="43">
+      <c r="D3" s="39">
         <v>623458299</v>
       </c>
-      <c r="E3" s="42">
+      <c r="E3" s="38">
         <v>623</v>
       </c>
-      <c r="F3" s="43">
+      <c r="F3" s="39">
         <v>146522013</v>
       </c>
-      <c r="G3" s="42">
+      <c r="G3" s="38">
         <v>188</v>
       </c>
-      <c r="H3" s="43">
+      <c r="H3" s="39">
         <v>108209025</v>
       </c>
-      <c r="I3" s="42">
+      <c r="I3" s="38">
         <v>408</v>
       </c>
-      <c r="J3" s="43">
+      <c r="J3" s="39">
         <v>271416002</v>
       </c>
-      <c r="K3" s="42">
+      <c r="K3" s="38">
         <v>46</v>
       </c>
-      <c r="L3" s="43">
+      <c r="L3" s="39">
         <v>42160896</v>
       </c>
-      <c r="M3" s="42">
+      <c r="M3" s="38">
         <v>65</v>
       </c>
-      <c r="N3" s="43">
+      <c r="N3" s="39">
         <v>55150363</v>
       </c>
-      <c r="O3" s="43" t="s">
+      <c r="O3" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="P3" s="43" t="s">
+      <c r="P3" s="39" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="41">
+    <row r="4" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="37">
         <v>2015</v>
       </c>
-      <c r="B4" s="41" t="s">
+      <c r="B4" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="42">
+      <c r="C4" s="38">
         <v>264</v>
       </c>
-      <c r="D4" s="43">
+      <c r="D4" s="39">
         <v>95575361</v>
       </c>
-      <c r="E4" s="42">
+      <c r="E4" s="38">
         <v>172</v>
       </c>
-      <c r="F4" s="43">
+      <c r="F4" s="39">
         <v>40819035</v>
       </c>
-      <c r="G4" s="42">
+      <c r="G4" s="38">
         <v>23</v>
       </c>
-      <c r="H4" s="43">
+      <c r="H4" s="39">
         <v>10375131</v>
       </c>
-      <c r="I4" s="42">
+      <c r="I4" s="38">
         <v>68</v>
       </c>
-      <c r="J4" s="43">
+      <c r="J4" s="39">
         <v>43998173</v>
       </c>
-      <c r="K4" s="42">
+      <c r="K4" s="38">
         <v>1</v>
       </c>
-      <c r="L4" s="43">
+      <c r="L4" s="39">
         <v>383022</v>
       </c>
-      <c r="M4" s="42" t="s">
+      <c r="M4" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="N4" s="43" t="s">
+      <c r="N4" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="O4" s="43" t="s">
+      <c r="O4" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="P4" s="43" t="s">
+      <c r="P4" s="39" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="5" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="44">
+    <row r="5" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="40">
         <v>2015</v>
       </c>
-      <c r="B5" s="44" t="s">
+      <c r="B5" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="C5" s="45">
+      <c r="C5" s="41">
         <v>1594</v>
       </c>
-      <c r="D5" s="46">
+      <c r="D5" s="42">
         <v>719033660</v>
       </c>
-      <c r="E5" s="45">
+      <c r="E5" s="41">
         <v>795</v>
       </c>
-      <c r="F5" s="46">
+      <c r="F5" s="42">
         <v>187341048</v>
       </c>
-      <c r="G5" s="45">
+      <c r="G5" s="41">
         <v>211</v>
       </c>
-      <c r="H5" s="46">
+      <c r="H5" s="42">
         <v>118584156</v>
       </c>
-      <c r="I5" s="45">
+      <c r="I5" s="41">
         <v>476</v>
       </c>
-      <c r="J5" s="46">
+      <c r="J5" s="42">
         <v>315414175</v>
       </c>
-      <c r="K5" s="45">
+      <c r="K5" s="41">
         <v>47</v>
       </c>
-      <c r="L5" s="46">
+      <c r="L5" s="42">
         <v>42543918</v>
       </c>
-      <c r="M5" s="45">
+      <c r="M5" s="41">
         <v>65</v>
       </c>
-      <c r="N5" s="46">
+      <c r="N5" s="42">
         <v>55150363</v>
       </c>
-      <c r="O5" s="46" t="s">
+      <c r="O5" s="42" t="s">
         <v>5</v>
       </c>
-      <c r="P5" s="46" t="s">
+      <c r="P5" s="42" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="6" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="41">
+    <row r="6" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="37">
         <v>2016</v>
       </c>
-      <c r="B6" s="41" t="s">
+      <c r="B6" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C6" s="42">
+      <c r="C6" s="38">
         <v>1389</v>
       </c>
-      <c r="D6" s="43">
+      <c r="D6" s="39">
         <v>696933062</v>
       </c>
-      <c r="E6" s="42">
+      <c r="E6" s="38">
         <v>580</v>
       </c>
-      <c r="F6" s="43">
+      <c r="F6" s="39">
         <v>137096030</v>
       </c>
-      <c r="G6" s="42">
+      <c r="G6" s="38">
         <v>203</v>
       </c>
-      <c r="H6" s="43">
+      <c r="H6" s="39">
         <v>109002680</v>
       </c>
-      <c r="I6" s="42">
+      <c r="I6" s="38">
         <v>405</v>
       </c>
-      <c r="J6" s="43">
+      <c r="J6" s="39">
         <v>288707046</v>
       </c>
-      <c r="K6" s="42">
+      <c r="K6" s="38">
         <v>43</v>
       </c>
-      <c r="L6" s="43">
+      <c r="L6" s="39">
         <v>36589740</v>
       </c>
-      <c r="M6" s="42">
+      <c r="M6" s="38">
         <v>143</v>
       </c>
-      <c r="N6" s="43">
+      <c r="N6" s="39">
         <v>116402063</v>
       </c>
-      <c r="O6" s="42">
+      <c r="O6" s="38">
         <v>15</v>
       </c>
-      <c r="P6" s="43">
+      <c r="P6" s="39">
         <v>9135503</v>
       </c>
     </row>
-    <row r="7" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="41">
+    <row r="7" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="37">
         <v>2016</v>
       </c>
-      <c r="B7" s="41" t="s">
+      <c r="B7" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C7" s="42">
+      <c r="C7" s="38">
         <v>309</v>
       </c>
-      <c r="D7" s="43">
+      <c r="D7" s="39">
         <v>115109949</v>
       </c>
-      <c r="E7" s="42">
+      <c r="E7" s="38">
         <v>202</v>
       </c>
-      <c r="F7" s="43">
+      <c r="F7" s="39">
         <v>48230969</v>
       </c>
-      <c r="G7" s="42">
+      <c r="G7" s="38">
         <v>29</v>
       </c>
-      <c r="H7" s="43">
+      <c r="H7" s="39">
         <v>13421606</v>
       </c>
-      <c r="I7" s="42">
+      <c r="I7" s="38">
         <v>77</v>
       </c>
-      <c r="J7" s="43">
+      <c r="J7" s="39">
         <v>52582298</v>
       </c>
-      <c r="K7" s="42">
+      <c r="K7" s="38">
         <v>1</v>
       </c>
-      <c r="L7" s="43">
+      <c r="L7" s="39">
         <v>875076</v>
       </c>
-      <c r="M7" s="42" t="s">
+      <c r="M7" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="N7" s="43" t="s">
+      <c r="N7" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="O7" s="43" t="s">
+      <c r="O7" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="P7" s="43" t="s">
+      <c r="P7" s="39" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="8" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="44">
+    <row r="8" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="40">
         <v>2016</v>
       </c>
-      <c r="B8" s="44" t="s">
+      <c r="B8" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="C8" s="45">
+      <c r="C8" s="41">
         <v>1698</v>
       </c>
-      <c r="D8" s="46">
+      <c r="D8" s="42">
         <v>812043011</v>
       </c>
-      <c r="E8" s="45">
+      <c r="E8" s="41">
         <v>782</v>
       </c>
-      <c r="F8" s="46">
+      <c r="F8" s="42">
         <v>185326999</v>
       </c>
-      <c r="G8" s="45">
+      <c r="G8" s="41">
         <v>232</v>
       </c>
-      <c r="H8" s="46">
+      <c r="H8" s="42">
         <v>122424286</v>
       </c>
-      <c r="I8" s="45">
+      <c r="I8" s="41">
         <v>482</v>
       </c>
-      <c r="J8" s="46">
+      <c r="J8" s="42">
         <v>341289344</v>
       </c>
-      <c r="K8" s="45">
+      <c r="K8" s="41">
         <v>44</v>
       </c>
-      <c r="L8" s="46">
+      <c r="L8" s="42">
         <v>37464816</v>
       </c>
-      <c r="M8" s="45">
+      <c r="M8" s="41">
         <v>143</v>
       </c>
-      <c r="N8" s="46">
+      <c r="N8" s="42">
         <v>116402063</v>
       </c>
-      <c r="O8" s="45">
+      <c r="O8" s="41">
         <v>15</v>
       </c>
-      <c r="P8" s="46">
+      <c r="P8" s="42">
         <v>9135503</v>
       </c>
     </row>
-    <row r="9" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="41">
+    <row r="9" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="37">
         <v>2017</v>
       </c>
-      <c r="B9" s="41" t="s">
+      <c r="B9" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C9" s="42">
+      <c r="C9" s="38">
         <v>1520</v>
       </c>
-      <c r="D9" s="43">
+      <c r="D9" s="39">
         <v>801761058</v>
       </c>
-      <c r="E9" s="42">
+      <c r="E9" s="38">
         <v>596</v>
       </c>
-      <c r="F9" s="43">
+      <c r="F9" s="39">
         <v>144029476</v>
       </c>
-      <c r="G9" s="42">
+      <c r="G9" s="38">
         <v>228</v>
       </c>
-      <c r="H9" s="43">
+      <c r="H9" s="39">
         <v>127406354</v>
       </c>
-      <c r="I9" s="42">
+      <c r="I9" s="38">
         <v>420</v>
       </c>
-      <c r="J9" s="43">
+      <c r="J9" s="39">
         <v>305945989</v>
       </c>
-      <c r="K9" s="42">
+      <c r="K9" s="38">
         <v>47</v>
       </c>
-      <c r="L9" s="43">
+      <c r="L9" s="39">
         <v>41186927</v>
       </c>
-      <c r="M9" s="42">
+      <c r="M9" s="38">
         <v>192</v>
       </c>
-      <c r="N9" s="43">
+      <c r="N9" s="39">
         <v>156313423</v>
       </c>
-      <c r="O9" s="42">
+      <c r="O9" s="38">
         <v>37</v>
       </c>
-      <c r="P9" s="43">
+      <c r="P9" s="39">
         <v>26878889</v>
       </c>
     </row>
-    <row r="10" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="41">
+    <row r="10" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="37">
         <v>2017</v>
       </c>
-      <c r="B10" s="41" t="s">
+      <c r="B10" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C10" s="42">
+      <c r="C10" s="38">
         <v>297</v>
       </c>
-      <c r="D10" s="43">
+      <c r="D10" s="39">
         <v>122693598</v>
       </c>
-      <c r="E10" s="42">
+      <c r="E10" s="38">
         <v>179</v>
       </c>
-      <c r="F10" s="43">
+      <c r="F10" s="39">
         <v>44108245</v>
       </c>
-      <c r="G10" s="42">
+      <c r="G10" s="38">
         <v>36</v>
       </c>
-      <c r="H10" s="43">
+      <c r="H10" s="39">
         <v>19804448</v>
       </c>
-      <c r="I10" s="42">
+      <c r="I10" s="38">
         <v>81</v>
       </c>
-      <c r="J10" s="43">
+      <c r="J10" s="39">
         <v>58042286</v>
       </c>
-      <c r="K10" s="42">
+      <c r="K10" s="38">
         <v>1</v>
       </c>
-      <c r="L10" s="43">
+      <c r="L10" s="39">
         <v>738619</v>
       </c>
-      <c r="M10" s="42" t="s">
+      <c r="M10" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="N10" s="43" t="s">
+      <c r="N10" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="O10" s="43" t="s">
+      <c r="O10" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="P10" s="43" t="s">
+      <c r="P10" s="39" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="11" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="44">
+    <row r="11" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="40">
         <v>2017</v>
       </c>
-      <c r="B11" s="44" t="s">
+      <c r="B11" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="C11" s="45">
+      <c r="C11" s="41">
         <v>1817</v>
       </c>
-      <c r="D11" s="46">
+      <c r="D11" s="42">
         <v>924454656</v>
       </c>
-      <c r="E11" s="45">
+      <c r="E11" s="41">
         <v>775</v>
       </c>
-      <c r="F11" s="46">
+      <c r="F11" s="42">
         <v>188137721</v>
       </c>
-      <c r="G11" s="45">
+      <c r="G11" s="41">
         <v>264</v>
       </c>
-      <c r="H11" s="46">
+      <c r="H11" s="42">
         <v>147210802</v>
       </c>
-      <c r="I11" s="45">
+      <c r="I11" s="41">
         <v>501</v>
       </c>
-      <c r="J11" s="46">
+      <c r="J11" s="42">
         <v>363988275</v>
       </c>
-      <c r="K11" s="45">
+      <c r="K11" s="41">
         <v>48</v>
       </c>
-      <c r="L11" s="46">
+      <c r="L11" s="42">
         <v>41925546</v>
       </c>
-      <c r="M11" s="45">
+      <c r="M11" s="41">
         <v>192</v>
       </c>
-      <c r="N11" s="46">
+      <c r="N11" s="42">
         <v>156313423</v>
       </c>
-      <c r="O11" s="45">
+      <c r="O11" s="41">
         <v>37</v>
       </c>
-      <c r="P11" s="46">
+      <c r="P11" s="42">
         <v>26878889</v>
       </c>
     </row>
-    <row r="12" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="41">
+    <row r="12" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="37">
         <v>2018</v>
       </c>
-      <c r="B12" s="41" t="s">
+      <c r="B12" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C12" s="42">
+      <c r="C12" s="38">
         <v>1685</v>
       </c>
-      <c r="D12" s="43">
+      <c r="D12" s="39">
         <v>866451408</v>
       </c>
-      <c r="E12" s="42">
+      <c r="E12" s="38">
         <v>713</v>
       </c>
-      <c r="F12" s="43">
+      <c r="F12" s="39">
         <v>179196990</v>
       </c>
-      <c r="G12" s="42">
+      <c r="G12" s="38">
         <v>304</v>
       </c>
-      <c r="H12" s="43">
+      <c r="H12" s="39">
         <v>162206276</v>
       </c>
-      <c r="I12" s="42">
+      <c r="I12" s="38">
         <v>459</v>
       </c>
-      <c r="J12" s="43">
+      <c r="J12" s="39">
         <v>346251339</v>
       </c>
-      <c r="K12" s="42">
+      <c r="K12" s="38">
         <v>62</v>
       </c>
-      <c r="L12" s="43">
+      <c r="L12" s="39">
         <v>65387522</v>
       </c>
-      <c r="M12" s="42">
+      <c r="M12" s="38">
         <v>114</v>
       </c>
-      <c r="N12" s="43">
+      <c r="N12" s="39">
         <v>90344573</v>
       </c>
-      <c r="O12" s="42">
+      <c r="O12" s="38">
         <v>33</v>
       </c>
-      <c r="P12" s="43">
+      <c r="P12" s="39">
         <v>23064708</v>
       </c>
     </row>
-    <row r="13" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="41">
+    <row r="13" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="37">
         <v>2018</v>
       </c>
-      <c r="B13" s="41" t="s">
+      <c r="B13" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C13" s="42">
+      <c r="C13" s="38">
         <v>348</v>
       </c>
-      <c r="D13" s="43">
+      <c r="D13" s="39">
         <v>132889027</v>
       </c>
-      <c r="E13" s="42">
+      <c r="E13" s="38">
         <v>227</v>
       </c>
-      <c r="F13" s="43">
+      <c r="F13" s="39">
         <v>56712181</v>
       </c>
-      <c r="G13" s="42">
+      <c r="G13" s="38">
         <v>51</v>
       </c>
-      <c r="H13" s="43">
+      <c r="H13" s="39">
         <v>26152772</v>
       </c>
-      <c r="I13" s="42">
+      <c r="I13" s="38">
         <v>69</v>
       </c>
-      <c r="J13" s="43">
+      <c r="J13" s="39">
         <v>48988397</v>
       </c>
-      <c r="K13" s="42">
+      <c r="K13" s="38">
         <v>1</v>
       </c>
-      <c r="L13" s="43">
+      <c r="L13" s="39">
         <v>1035677</v>
       </c>
-      <c r="M13" s="42" t="s">
+      <c r="M13" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="N13" s="43" t="s">
+      <c r="N13" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="O13" s="43" t="s">
+      <c r="O13" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="P13" s="43" t="s">
+      <c r="P13" s="39" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="14" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="44">
+    <row r="14" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="40">
         <v>2018</v>
       </c>
-      <c r="B14" s="44" t="s">
+      <c r="B14" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="C14" s="45">
+      <c r="C14" s="41">
         <v>2033</v>
       </c>
-      <c r="D14" s="46">
+      <c r="D14" s="42">
         <v>999340435</v>
       </c>
-      <c r="E14" s="45">
+      <c r="E14" s="41">
         <v>940</v>
       </c>
-      <c r="F14" s="46">
+      <c r="F14" s="42">
         <v>235909171</v>
       </c>
-      <c r="G14" s="45">
+      <c r="G14" s="41">
         <v>355</v>
       </c>
-      <c r="H14" s="46">
+      <c r="H14" s="42">
         <v>188359048</v>
       </c>
-      <c r="I14" s="45">
+      <c r="I14" s="41">
         <v>528</v>
       </c>
-      <c r="J14" s="46">
+      <c r="J14" s="42">
         <v>395239736</v>
       </c>
-      <c r="K14" s="45">
+      <c r="K14" s="41">
         <v>63</v>
       </c>
-      <c r="L14" s="46">
+      <c r="L14" s="42">
         <v>66423199</v>
       </c>
-      <c r="M14" s="45">
+      <c r="M14" s="41">
         <v>114</v>
       </c>
-      <c r="N14" s="46">
+      <c r="N14" s="42">
         <v>90344573</v>
       </c>
-      <c r="O14" s="45">
+      <c r="O14" s="41">
         <v>33</v>
       </c>
-      <c r="P14" s="46">
+      <c r="P14" s="42">
         <v>23064708</v>
       </c>
     </row>
-    <row r="15" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A15" s="41">
+    <row r="15" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="37">
         <v>2019</v>
       </c>
-      <c r="B15" s="41" t="s">
+      <c r="B15" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C15" s="42">
+      <c r="C15" s="38">
         <v>1710</v>
       </c>
-      <c r="D15" s="43">
+      <c r="D15" s="39">
         <v>910455587</v>
       </c>
-      <c r="E15" s="42">
+      <c r="E15" s="38">
         <v>730</v>
       </c>
-      <c r="F15" s="43">
+      <c r="F15" s="39">
         <v>190414770</v>
       </c>
-      <c r="G15" s="42">
+      <c r="G15" s="38">
         <v>384</v>
       </c>
-      <c r="H15" s="43">
+      <c r="H15" s="39">
         <v>240069650</v>
       </c>
-      <c r="I15" s="42">
+      <c r="I15" s="38">
         <v>454</v>
       </c>
-      <c r="J15" s="43">
+      <c r="J15" s="39">
         <v>348152738</v>
       </c>
-      <c r="K15" s="42">
+      <c r="K15" s="38">
         <v>81</v>
       </c>
-      <c r="L15" s="43">
+      <c r="L15" s="39">
         <v>83094347</v>
       </c>
-      <c r="M15" s="42">
+      <c r="M15" s="38">
         <v>43</v>
       </c>
-      <c r="N15" s="43">
+      <c r="N15" s="39">
         <v>35938752</v>
       </c>
-      <c r="O15" s="42">
+      <c r="O15" s="38">
         <v>18</v>
       </c>
-      <c r="P15" s="43">
+      <c r="P15" s="39">
         <v>12785330</v>
       </c>
     </row>
-    <row r="16" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="41">
+    <row r="16" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="37">
         <v>2019</v>
       </c>
-      <c r="B16" s="41" t="s">
+      <c r="B16" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C16" s="42">
+      <c r="C16" s="38">
         <v>321</v>
       </c>
-      <c r="D16" s="43">
+      <c r="D16" s="39">
         <v>139545152</v>
       </c>
-      <c r="E16" s="42">
+      <c r="E16" s="38">
         <v>205</v>
       </c>
-      <c r="F16" s="43">
+      <c r="F16" s="39">
         <v>53081875</v>
       </c>
-      <c r="G16" s="42">
+      <c r="G16" s="38">
         <v>52</v>
       </c>
-      <c r="H16" s="43">
+      <c r="H16" s="39">
         <v>37446562</v>
       </c>
-      <c r="I16" s="42">
+      <c r="I16" s="38">
         <v>63</v>
       </c>
-      <c r="J16" s="43">
+      <c r="J16" s="39">
         <v>48005125</v>
       </c>
-      <c r="K16" s="42">
+      <c r="K16" s="38">
         <v>1</v>
       </c>
-      <c r="L16" s="43">
+      <c r="L16" s="39">
         <v>1011590</v>
       </c>
-      <c r="M16" s="42" t="s">
+      <c r="M16" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="N16" s="43" t="s">
+      <c r="N16" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="O16" s="43" t="s">
+      <c r="O16" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="P16" s="43" t="s">
+      <c r="P16" s="39" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="17" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="44">
+    <row r="17" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="40">
         <v>2019</v>
       </c>
-      <c r="B17" s="44" t="s">
+      <c r="B17" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="C17" s="45">
+      <c r="C17" s="41">
         <v>2031</v>
       </c>
-      <c r="D17" s="46">
+      <c r="D17" s="42">
         <v>1050000739</v>
       </c>
-      <c r="E17" s="45">
+      <c r="E17" s="41">
         <v>935</v>
       </c>
-      <c r="F17" s="46">
+      <c r="F17" s="42">
         <v>243496645</v>
       </c>
-      <c r="G17" s="45">
+      <c r="G17" s="41">
         <v>436</v>
       </c>
-      <c r="H17" s="46">
+      <c r="H17" s="42">
         <v>277516212</v>
       </c>
-      <c r="I17" s="45">
+      <c r="I17" s="41">
         <v>517</v>
       </c>
-      <c r="J17" s="46">
+      <c r="J17" s="42">
         <v>396157863</v>
       </c>
-      <c r="K17" s="45">
+      <c r="K17" s="41">
         <v>82</v>
       </c>
-      <c r="L17" s="46">
+      <c r="L17" s="42">
         <v>84105937</v>
       </c>
-      <c r="M17" s="45">
+      <c r="M17" s="41">
         <v>43</v>
       </c>
-      <c r="N17" s="46">
+      <c r="N17" s="42">
         <v>35938752</v>
       </c>
-      <c r="O17" s="45">
+      <c r="O17" s="41">
         <v>18</v>
       </c>
-      <c r="P17" s="46">
+      <c r="P17" s="42">
         <v>12785330</v>
       </c>
     </row>
-    <row r="18" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="41">
+    <row r="18" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="37">
         <v>2020</v>
       </c>
-      <c r="B18" s="41" t="s">
+      <c r="B18" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C18" s="42">
+      <c r="C18" s="38">
         <v>1508</v>
       </c>
-      <c r="D18" s="43">
+      <c r="D18" s="39">
         <v>967812635</v>
       </c>
-      <c r="E18" s="42">
+      <c r="E18" s="38">
         <v>501</v>
       </c>
-      <c r="F18" s="43">
+      <c r="F18" s="39">
         <v>139806960</v>
       </c>
-      <c r="G18" s="42">
+      <c r="G18" s="38">
         <v>366</v>
       </c>
-      <c r="H18" s="43">
+      <c r="H18" s="39">
         <v>264693677</v>
       </c>
-      <c r="I18" s="42">
+      <c r="I18" s="38">
         <v>397</v>
       </c>
-      <c r="J18" s="43">
+      <c r="J18" s="39">
         <v>330173290</v>
       </c>
-      <c r="K18" s="42">
+      <c r="K18" s="38">
         <v>98</v>
       </c>
-      <c r="L18" s="43">
+      <c r="L18" s="39">
         <v>101549753</v>
       </c>
-      <c r="M18" s="42">
+      <c r="M18" s="38">
         <v>139</v>
       </c>
-      <c r="N18" s="43">
+      <c r="N18" s="39">
         <v>126635610</v>
       </c>
-      <c r="O18" s="42">
+      <c r="O18" s="38">
         <v>7</v>
       </c>
-      <c r="P18" s="43">
+      <c r="P18" s="39">
         <v>4953345</v>
       </c>
     </row>
-    <row r="19" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="41">
+    <row r="19" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="37">
         <v>2020</v>
       </c>
-      <c r="B19" s="41" t="s">
+      <c r="B19" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C19" s="42">
+      <c r="C19" s="38">
         <v>327</v>
       </c>
-      <c r="D19" s="43">
+      <c r="D19" s="39">
         <v>149039594</v>
       </c>
-      <c r="E19" s="42">
+      <c r="E19" s="38">
         <v>208</v>
       </c>
-      <c r="F19" s="43">
+      <c r="F19" s="39">
         <v>60248805</v>
       </c>
-      <c r="G19" s="42">
+      <c r="G19" s="38">
         <v>55</v>
       </c>
-      <c r="H19" s="43">
+      <c r="H19" s="39">
         <v>37903694</v>
       </c>
-      <c r="I19" s="42">
+      <c r="I19" s="38">
         <v>62</v>
       </c>
-      <c r="J19" s="43">
+      <c r="J19" s="39">
         <v>49040285</v>
       </c>
-      <c r="K19" s="42">
+      <c r="K19" s="38">
         <v>2</v>
       </c>
-      <c r="L19" s="43">
+      <c r="L19" s="39">
         <v>1846810</v>
       </c>
-      <c r="M19" s="42" t="s">
+      <c r="M19" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="N19" s="43" t="s">
+      <c r="N19" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="O19" s="43" t="s">
+      <c r="O19" s="39" t="s">
         <v>5</v>
       </c>
-      <c r="P19" s="43" t="s">
+      <c r="P19" s="39" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="20" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="44">
+    <row r="20" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="40">
         <v>2020</v>
       </c>
-      <c r="B20" s="44" t="s">
+      <c r="B20" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="C20" s="45">
+      <c r="C20" s="41">
         <v>1835</v>
       </c>
-      <c r="D20" s="46">
+      <c r="D20" s="42">
         <v>1116852229</v>
       </c>
-      <c r="E20" s="45">
+      <c r="E20" s="41">
         <v>709</v>
       </c>
-      <c r="F20" s="46">
+      <c r="F20" s="42">
         <v>200055765</v>
       </c>
-      <c r="G20" s="45">
+      <c r="G20" s="41">
         <v>421</v>
       </c>
-      <c r="H20" s="46">
+      <c r="H20" s="42">
         <v>302597371</v>
       </c>
-      <c r="I20" s="45">
+      <c r="I20" s="41">
         <v>459</v>
       </c>
-      <c r="J20" s="46">
+      <c r="J20" s="42">
         <v>379213575</v>
       </c>
-      <c r="K20" s="45">
+      <c r="K20" s="41">
         <v>100</v>
       </c>
-      <c r="L20" s="46">
+      <c r="L20" s="42">
         <v>103396563</v>
       </c>
-      <c r="M20" s="45">
+      <c r="M20" s="41">
         <v>139</v>
       </c>
-      <c r="N20" s="46">
+      <c r="N20" s="42">
         <v>126635610</v>
       </c>
-      <c r="O20" s="45">
+      <c r="O20" s="41">
         <v>7</v>
       </c>
-      <c r="P20" s="46">
+      <c r="P20" s="42">
         <v>4953345</v>
       </c>
     </row>
-    <row r="21" spans="1:16" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A21" s="41">
+    <row r="21" spans="1:16" s="36" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="37">
         <v>2021</v>
       </c>
-      <c r="B21" s="41" t="s">
+      <c r="B21" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C21" s="42">
+      <c r="C21" s="38">
         <v>1543</v>
       </c>
-      <c r="D21" s="43">
+      <c r="D21" s="39">
         <v>1024860145</v>
       </c>
-      <c r="E21" s="42">
+      <c r="E21" s="38">
         <v>512</v>
       </c>
-      <c r="F21" s="43">
+      <c r="F21" s="39">
         <v>154462094</v>
       </c>
-      <c r="G21" s="42">
+      <c r="G21" s="38">
         <v>324</v>
       </c>
-      <c r="H21" s="43">
+      <c r="H21" s="39">
         <v>227260177</v>
       </c>
-      <c r="I21" s="42">
+      <c r="I21" s="38">
         <v>352</v>
       </c>
-      <c r="J21" s="43">
+      <c r="J21" s="39">
         <v>302853917</v>
       </c>
-      <c r="K21" s="42">
+      <c r="K21" s="38">
         <v>90</v>
       </c>
-      <c r="L21" s="43">
+      <c r="L21" s="39">
         <v>94077009</v>
       </c>
-      <c r="M21" s="42">
+      <c r="M21" s="38">
         <v>238</v>
       </c>
-      <c r="N21" s="43">
+      <c r="N21" s="39">
         <v>222668824</v>
       </c>
-      <c r="O21" s="42">
+      <c r="O21" s="38">
         <v>27</v>
       </c>
-      <c r="P21" s="43">
+      <c r="P21" s="39">
         <v>23538124</v>
       </c>
     </row>
-    <row r="22" spans="1:16" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="41">
+    <row r="22" spans="1:16" s="36" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="37">
         <v>2021</v>
       </c>
-      <c r="B22" s="41" t="s">
+      <c r="B22" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C22" s="42">
+      <c r="C22" s="38">
         <v>321</v>
       </c>
-      <c r="D22" s="43">
+      <c r="D22" s="39">
         <v>148893242</v>
       </c>
-      <c r="E22" s="42">
+      <c r="E22" s="38">
         <v>210</v>
       </c>
-      <c r="F22" s="43">
+      <c r="F22" s="39">
         <v>65229436</v>
       </c>
-      <c r="G22" s="42">
+      <c r="G22" s="38">
         <v>51</v>
       </c>
-      <c r="H22" s="43">
+      <c r="H22" s="39">
         <v>31031850</v>
       </c>
-      <c r="I22" s="42">
+      <c r="I22" s="38">
         <v>58</v>
       </c>
-      <c r="J22" s="43">
+      <c r="J22" s="39">
         <v>50785341</v>
       </c>
-      <c r="K22" s="42">
+      <c r="K22" s="38">
         <v>2</v>
       </c>
-      <c r="L22" s="43">
+      <c r="L22" s="39">
         <v>1846615</v>
       </c>
-      <c r="M22" s="42">
+      <c r="M22" s="38">
         <v>0</v>
       </c>
-      <c r="N22" s="43">
+      <c r="N22" s="39">
         <v>0</v>
       </c>
-      <c r="O22" s="43">
+      <c r="O22" s="39">
         <v>0</v>
       </c>
-      <c r="P22" s="43">
+      <c r="P22" s="39">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:16" s="40" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="44">
+    <row r="23" spans="1:16" s="36" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="40">
         <v>2021</v>
       </c>
-      <c r="B23" s="44" t="s">
+      <c r="B23" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="C23" s="45">
+      <c r="C23" s="41">
         <v>1864</v>
       </c>
-      <c r="D23" s="46">
+      <c r="D23" s="42">
         <v>1173753387</v>
       </c>
-      <c r="E23" s="45">
+      <c r="E23" s="41">
         <v>722</v>
       </c>
-      <c r="F23" s="46">
+      <c r="F23" s="42">
         <v>219691530</v>
       </c>
-      <c r="G23" s="45">
+      <c r="G23" s="41">
         <v>375</v>
       </c>
-      <c r="H23" s="46">
+      <c r="H23" s="42">
         <v>258292027</v>
       </c>
-      <c r="I23" s="45">
+      <c r="I23" s="41">
         <v>410</v>
       </c>
-      <c r="J23" s="46">
+      <c r="J23" s="42">
         <v>353639258</v>
       </c>
-      <c r="K23" s="45">
+      <c r="K23" s="41">
         <v>92</v>
       </c>
-      <c r="L23" s="46">
+      <c r="L23" s="42">
         <v>95923624</v>
       </c>
-      <c r="M23" s="45">
+      <c r="M23" s="41">
         <v>238</v>
       </c>
-      <c r="N23" s="46">
+      <c r="N23" s="42">
         <v>222668824</v>
       </c>
-      <c r="O23" s="45">
+      <c r="O23" s="41">
         <v>27</v>
       </c>
-      <c r="P23" s="46">
+      <c r="P23" s="42">
         <v>23538124</v>
       </c>
     </row>
-    <row r="24" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="41">
+    <row r="24" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="37">
         <v>2022</v>
       </c>
-      <c r="B24" s="41" t="s">
+      <c r="B24" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C24" s="42">
+      <c r="C24" s="38">
         <v>1504</v>
       </c>
-      <c r="D24" s="43">
+      <c r="D24" s="39">
         <v>1036159445</v>
       </c>
-      <c r="E24" s="42">
+      <c r="E24" s="38">
         <v>490</v>
       </c>
-      <c r="F24" s="43">
+      <c r="F24" s="39">
         <v>153498353</v>
       </c>
-      <c r="G24" s="42">
+      <c r="G24" s="38">
         <v>295</v>
       </c>
-      <c r="H24" s="43">
+      <c r="H24" s="39">
         <v>221312902</v>
       </c>
-      <c r="I24" s="42">
+      <c r="I24" s="38">
         <v>327</v>
       </c>
-      <c r="J24" s="43">
+      <c r="J24" s="39">
         <v>286143517</v>
       </c>
-      <c r="K24" s="42">
+      <c r="K24" s="38">
         <v>75</v>
       </c>
-      <c r="L24" s="43">
+      <c r="L24" s="39">
         <v>77964256</v>
       </c>
-      <c r="M24" s="42">
+      <c r="M24" s="38">
         <v>277</v>
       </c>
-      <c r="N24" s="43">
+      <c r="N24" s="39">
         <v>264039554</v>
       </c>
-      <c r="O24" s="42">
+      <c r="O24" s="38">
         <v>40</v>
       </c>
-      <c r="P24" s="43">
+      <c r="P24" s="39">
         <v>33200863</v>
       </c>
     </row>
-    <row r="25" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="41">
+    <row r="25" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="37">
         <v>2022</v>
       </c>
-      <c r="B25" s="41" t="s">
+      <c r="B25" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C25" s="42">
+      <c r="C25" s="38">
         <v>332</v>
       </c>
-      <c r="D25" s="43">
+      <c r="D25" s="39">
         <v>162840490</v>
       </c>
-      <c r="E25" s="42">
+      <c r="E25" s="38">
         <v>202</v>
       </c>
-      <c r="F25" s="43">
+      <c r="F25" s="39">
         <v>65428277</v>
       </c>
-      <c r="G25" s="42">
+      <c r="G25" s="38">
         <v>68</v>
       </c>
-      <c r="H25" s="43">
+      <c r="H25" s="39">
         <v>42499941</v>
       </c>
-      <c r="I25" s="42">
+      <c r="I25" s="38">
         <v>61</v>
       </c>
-      <c r="J25" s="43">
+      <c r="J25" s="39">
         <v>53926942</v>
       </c>
-      <c r="K25" s="42">
+      <c r="K25" s="38">
         <v>1</v>
       </c>
-      <c r="L25" s="43">
+      <c r="L25" s="39">
         <v>985330</v>
       </c>
-      <c r="M25" s="42">
+      <c r="M25" s="38">
         <v>0</v>
       </c>
-      <c r="N25" s="43">
+      <c r="N25" s="39">
         <v>0</v>
       </c>
-      <c r="O25" s="43">
+      <c r="O25" s="39">
         <v>0</v>
       </c>
-      <c r="P25" s="43">
+      <c r="P25" s="39">
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="44">
+    <row r="26" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="40">
         <v>2022</v>
       </c>
-      <c r="B26" s="44" t="s">
+      <c r="B26" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="C26" s="45">
+      <c r="C26" s="41">
         <v>1836</v>
       </c>
-      <c r="D26" s="46">
+      <c r="D26" s="42">
         <v>1198999935</v>
       </c>
-      <c r="E26" s="45">
+      <c r="E26" s="41">
         <v>692</v>
       </c>
-      <c r="F26" s="46">
+      <c r="F26" s="42">
         <v>218926630</v>
       </c>
-      <c r="G26" s="45">
+      <c r="G26" s="41">
         <v>363</v>
       </c>
-      <c r="H26" s="46">
+      <c r="H26" s="42">
         <v>263812843</v>
       </c>
-      <c r="I26" s="45">
+      <c r="I26" s="41">
         <v>388</v>
       </c>
-      <c r="J26" s="46">
+      <c r="J26" s="42">
         <v>340070459</v>
       </c>
-      <c r="K26" s="45">
+      <c r="K26" s="41">
         <v>76</v>
       </c>
-      <c r="L26" s="46">
+      <c r="L26" s="42">
         <v>78949586</v>
       </c>
-      <c r="M26" s="45">
+      <c r="M26" s="41">
         <v>277</v>
       </c>
-      <c r="N26" s="46">
+      <c r="N26" s="42">
         <v>264039554</v>
       </c>
-      <c r="O26" s="45">
+      <c r="O26" s="41">
         <v>40</v>
       </c>
-      <c r="P26" s="46">
+      <c r="P26" s="42">
         <v>33200863</v>
       </c>
     </row>
-    <row r="27" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="41">
+    <row r="27" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="37">
         <v>2023</v>
       </c>
-      <c r="B27" s="41" t="s">
+      <c r="B27" s="37" t="s">
         <v>0</v>
       </c>
-      <c r="C27" s="42">
+      <c r="C27" s="38">
         <v>1569</v>
       </c>
-      <c r="D27" s="43">
+      <c r="D27" s="39">
         <v>1119821712</v>
       </c>
-      <c r="E27" s="42">
+      <c r="E27" s="38">
         <v>512</v>
       </c>
-      <c r="F27" s="43">
+      <c r="F27" s="39">
         <v>165341755</v>
       </c>
-      <c r="G27" s="42">
+      <c r="G27" s="38">
         <v>100</v>
       </c>
-      <c r="H27" s="43">
+      <c r="H27" s="39">
         <v>38742929</v>
       </c>
-      <c r="I27" s="42">
+      <c r="I27" s="38">
         <v>488</v>
       </c>
-      <c r="J27" s="43">
+      <c r="J27" s="39">
         <v>460162997</v>
       </c>
-      <c r="K27" s="42">
+      <c r="K27" s="38">
         <v>78</v>
       </c>
-      <c r="L27" s="43">
+      <c r="L27" s="39">
         <v>86800356</v>
       </c>
-      <c r="M27" s="42">
+      <c r="M27" s="38">
         <v>339</v>
       </c>
-      <c r="N27" s="43">
+      <c r="N27" s="39">
         <v>321782497</v>
       </c>
-      <c r="O27" s="42">
+      <c r="O27" s="38">
         <v>52</v>
       </c>
-      <c r="P27" s="43">
+      <c r="P27" s="39">
         <v>46991178</v>
       </c>
     </row>
-    <row r="28" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="41">
+    <row r="28" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="37">
         <v>2023</v>
       </c>
-      <c r="B28" s="41" t="s">
+      <c r="B28" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="C28" s="42">
+      <c r="C28" s="38">
         <v>338</v>
       </c>
-      <c r="D28" s="43">
+      <c r="D28" s="39">
         <v>171492089</v>
       </c>
-      <c r="E28" s="42">
+      <c r="E28" s="38">
         <v>203</v>
       </c>
-      <c r="F28" s="43">
+      <c r="F28" s="39">
         <v>65052356</v>
       </c>
-      <c r="G28" s="42">
+      <c r="G28" s="38">
         <v>32</v>
       </c>
-      <c r="H28" s="43">
+      <c r="H28" s="39">
         <v>12072522</v>
       </c>
-      <c r="I28" s="42">
+      <c r="I28" s="38">
         <v>103</v>
       </c>
-      <c r="J28" s="43">
+      <c r="J28" s="39">
         <v>94367211</v>
       </c>
-      <c r="K28" s="42">
+      <c r="K28" s="38">
         <v>0</v>
       </c>
-      <c r="L28" s="43">
+      <c r="L28" s="39">
         <v>0</v>
       </c>
-      <c r="M28" s="42">
+      <c r="M28" s="38">
         <v>0</v>
       </c>
-      <c r="N28" s="43">
+      <c r="N28" s="39">
         <v>0</v>
       </c>
-      <c r="O28" s="43">
+      <c r="O28" s="39">
         <v>0</v>
       </c>
-      <c r="P28" s="43">
+      <c r="P28" s="39">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:16" s="39" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="44">
+    <row r="29" spans="1:16" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="40">
         <v>2023</v>
       </c>
-      <c r="B29" s="44" t="s">
+      <c r="B29" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="C29" s="45">
+      <c r="C29" s="41">
         <v>1907</v>
       </c>
-      <c r="D29" s="46">
+      <c r="D29" s="42">
         <v>1291313801</v>
       </c>
-      <c r="E29" s="45">
+      <c r="E29" s="41">
         <v>715</v>
       </c>
-      <c r="F29" s="46">
+      <c r="F29" s="42">
         <v>230394111</v>
       </c>
-      <c r="G29" s="45">
+      <c r="G29" s="41">
         <v>132</v>
       </c>
-      <c r="H29" s="46">
+      <c r="H29" s="42">
         <v>50815451</v>
       </c>
-      <c r="I29" s="45">
+      <c r="I29" s="41">
         <v>591</v>
       </c>
-      <c r="J29" s="46">
+      <c r="J29" s="42">
         <v>554530208</v>
       </c>
-      <c r="K29" s="45">
+      <c r="K29" s="41">
         <v>78</v>
       </c>
-      <c r="L29" s="46">
+      <c r="L29" s="42">
         <v>86800356</v>
       </c>
-      <c r="M29" s="45">
+      <c r="M29" s="41">
         <v>339</v>
       </c>
-      <c r="N29" s="46">
+      <c r="N29" s="42">
         <v>321782497</v>
       </c>
-      <c r="O29" s="45">
+      <c r="O29" s="41">
         <v>52</v>
       </c>
-      <c r="P29" s="46">
+      <c r="P29" s="42">
         <v>46991178</v>
       </c>
     </row>
-    <row r="30" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="53">
+    <row r="30" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="49">
         <v>2024</v>
       </c>
-      <c r="B30" s="50" t="s">
+      <c r="B30" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="C30" s="51">
+      <c r="C30" s="47">
         <v>1442</v>
       </c>
-      <c r="D30" s="52">
+      <c r="D30" s="48">
         <v>1089707792</v>
       </c>
-      <c r="E30" s="51">
+      <c r="E30" s="47">
         <v>429</v>
       </c>
-      <c r="F30" s="52">
+      <c r="F30" s="48">
         <v>142083512</v>
       </c>
-      <c r="G30" s="51">
+      <c r="G30" s="47">
         <v>76</v>
       </c>
-      <c r="H30" s="52">
+      <c r="H30" s="48">
         <v>29681378</v>
       </c>
-      <c r="I30" s="51">
+      <c r="I30" s="47">
         <v>453</v>
       </c>
-      <c r="J30" s="52">
+      <c r="J30" s="48">
         <v>433714531</v>
       </c>
-      <c r="K30" s="51">
+      <c r="K30" s="47">
         <v>89</v>
       </c>
-      <c r="L30" s="52">
+      <c r="L30" s="48">
         <v>100201322</v>
       </c>
-      <c r="M30" s="51">
+      <c r="M30" s="47">
         <v>339</v>
       </c>
-      <c r="N30" s="52">
+      <c r="N30" s="48">
         <v>335288687</v>
       </c>
-      <c r="O30" s="51">
+      <c r="O30" s="47">
         <v>56</v>
       </c>
-      <c r="P30" s="52">
+      <c r="P30" s="48">
         <v>48738362</v>
       </c>
     </row>
-    <row r="31" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="53">
+    <row r="31" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="49">
         <v>2024</v>
       </c>
-      <c r="B31" s="50" t="s">
+      <c r="B31" s="46" t="s">
         <v>1</v>
       </c>
-      <c r="C31" s="51">
+      <c r="C31" s="47">
         <v>322</v>
       </c>
-      <c r="D31" s="52">
+      <c r="D31" s="48">
         <v>167913013</v>
       </c>
-      <c r="E31" s="51">
+      <c r="E31" s="47">
         <v>193</v>
       </c>
-      <c r="F31" s="52">
+      <c r="F31" s="48">
         <v>64735537</v>
       </c>
-      <c r="G31" s="51">
+      <c r="G31" s="47">
         <v>33</v>
       </c>
-      <c r="H31" s="52">
+      <c r="H31" s="48">
         <v>13210991</v>
       </c>
-      <c r="I31" s="51">
+      <c r="I31" s="47">
         <v>95</v>
       </c>
-      <c r="J31" s="52">
+      <c r="J31" s="48">
         <v>89334764</v>
       </c>
-      <c r="K31" s="51">
+      <c r="K31" s="47">
         <v>1</v>
       </c>
-      <c r="L31" s="52">
+      <c r="L31" s="48">
         <v>631721</v>
       </c>
-      <c r="M31" s="51">
+      <c r="M31" s="47">
         <v>0</v>
       </c>
-      <c r="N31" s="52">
+      <c r="N31" s="48">
         <v>0</v>
       </c>
-      <c r="O31" s="51">
+      <c r="O31" s="47">
         <v>0</v>
       </c>
-      <c r="P31" s="52">
+      <c r="P31" s="48">
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:16" s="54" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="55">
+    <row r="32" spans="1:16" s="50" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="51">
         <v>2024</v>
       </c>
-      <c r="B32" s="56" t="s">
+      <c r="B32" s="52" t="s">
         <v>38</v>
       </c>
-      <c r="C32" s="57">
+      <c r="C32" s="53">
         <v>1764</v>
       </c>
-      <c r="D32" s="58">
+      <c r="D32" s="54">
         <v>1257620805</v>
       </c>
-      <c r="E32" s="57">
+      <c r="E32" s="53">
         <v>622</v>
       </c>
-      <c r="F32" s="58">
+      <c r="F32" s="54">
         <v>206819049</v>
       </c>
-      <c r="G32" s="57">
+      <c r="G32" s="53">
         <v>109</v>
       </c>
-      <c r="H32" s="58">
+      <c r="H32" s="54">
         <v>42892369</v>
       </c>
-      <c r="I32" s="57">
+      <c r="I32" s="53">
         <v>548</v>
       </c>
-      <c r="J32" s="58">
+      <c r="J32" s="54">
         <v>523049295</v>
       </c>
-      <c r="K32" s="57">
+      <c r="K32" s="53">
         <v>90</v>
       </c>
-      <c r="L32" s="58">
+      <c r="L32" s="54">
         <v>100833043</v>
       </c>
-      <c r="M32" s="57">
+      <c r="M32" s="53">
         <v>339</v>
       </c>
-      <c r="N32" s="58">
+      <c r="N32" s="54">
         <v>335288687</v>
       </c>
-      <c r="O32" s="57">
+      <c r="O32" s="53">
         <v>56</v>
       </c>
-      <c r="P32" s="58">
+      <c r="P32" s="54">
         <v>48738362</v>
       </c>
     </row>
-    <row r="33" spans="1:16" ht="33" customHeight="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="P33" s="28"/>
+    <row r="33" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="71">
+        <v>2025</v>
+      </c>
+      <c r="B33" s="68" t="s">
+        <v>0</v>
+      </c>
+      <c r="C33" s="69">
+        <v>1373</v>
+      </c>
+      <c r="D33" s="70">
+        <v>1092934680</v>
+      </c>
+      <c r="E33" s="69">
+        <v>399</v>
+      </c>
+      <c r="F33" s="70">
+        <v>135007559</v>
+      </c>
+      <c r="G33" s="69">
+        <v>69</v>
+      </c>
+      <c r="H33" s="70">
+        <v>29783629</v>
+      </c>
+      <c r="I33" s="69">
+        <v>428</v>
+      </c>
+      <c r="J33" s="70">
+        <v>437344011</v>
+      </c>
+      <c r="K33" s="69">
+        <v>92</v>
+      </c>
+      <c r="L33" s="70">
+        <v>103941883</v>
+      </c>
+      <c r="M33" s="69">
+        <v>326</v>
+      </c>
+      <c r="N33" s="70">
+        <v>333623426</v>
+      </c>
+      <c r="O33" s="69">
+        <v>59</v>
+      </c>
+      <c r="P33" s="70">
+        <v>53234172</v>
+      </c>
     </row>
-    <row r="34" spans="1:16" ht="29.4" customHeight="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="P34" s="29"/>
+    <row r="34" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="71">
+        <v>2025</v>
+      </c>
+      <c r="B34" s="68" t="s">
+        <v>1</v>
+      </c>
+      <c r="C34" s="69">
+        <v>317</v>
+      </c>
+      <c r="D34" s="70">
+        <v>169794024</v>
+      </c>
+      <c r="E34" s="69">
+        <v>200</v>
+      </c>
+      <c r="F34" s="70">
+        <v>68366976</v>
+      </c>
+      <c r="G34" s="69">
+        <v>18</v>
+      </c>
+      <c r="H34" s="70">
+        <v>6824208</v>
+      </c>
+      <c r="I34" s="69">
+        <v>96</v>
+      </c>
+      <c r="J34" s="70">
+        <v>91222131</v>
+      </c>
+      <c r="K34" s="69">
+        <v>3</v>
+      </c>
+      <c r="L34" s="70">
+        <v>3380709</v>
+      </c>
+      <c r="M34" s="69">
+        <v>0</v>
+      </c>
+      <c r="N34" s="70">
+        <v>0</v>
+      </c>
+      <c r="O34" s="69">
+        <v>0</v>
+      </c>
+      <c r="P34" s="70">
+        <v>0</v>
+      </c>
     </row>
-    <row r="35" spans="1:16" ht="43.2" customHeight="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="P35" s="30"/>
+    <row r="35" spans="1:16" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="72">
+        <v>2025</v>
+      </c>
+      <c r="B35" s="52" t="s">
+        <v>38</v>
+      </c>
+      <c r="C35" s="73">
+        <v>1690</v>
+      </c>
+      <c r="D35" s="74">
+        <v>1262728704</v>
+      </c>
+      <c r="E35" s="73">
+        <v>599</v>
+      </c>
+      <c r="F35" s="74">
+        <v>203374535</v>
+      </c>
+      <c r="G35" s="73">
+        <v>87</v>
+      </c>
+      <c r="H35" s="74">
+        <v>36607837</v>
+      </c>
+      <c r="I35" s="73">
+        <v>524</v>
+      </c>
+      <c r="J35" s="74">
+        <v>528566142</v>
+      </c>
+      <c r="K35" s="73">
+        <v>95</v>
+      </c>
+      <c r="L35" s="74">
+        <v>107322592</v>
+      </c>
+      <c r="M35" s="73">
+        <v>326</v>
+      </c>
+      <c r="N35" s="74">
+        <v>333623426</v>
+      </c>
+      <c r="O35" s="73">
+        <v>59</v>
+      </c>
+      <c r="P35" s="74">
+        <v>53234172</v>
+      </c>
     </row>
-    <row r="36" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:16" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
-      <c r="E36" s="30"/>
-[...10 lines deleted...]
-      <c r="P36" s="30"/>
+      <c r="E36" s="28"/>
+      <c r="F36" s="28"/>
+      <c r="G36" s="28"/>
+      <c r="H36" s="28"/>
+      <c r="I36" s="28"/>
+      <c r="J36" s="28"/>
+      <c r="K36" s="28"/>
+      <c r="L36" s="28"/>
+      <c r="M36" s="28"/>
+      <c r="N36" s="28"/>
+      <c r="O36" s="28"/>
+      <c r="P36" s="28"/>
     </row>
-    <row r="37" spans="1:16" ht="38.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:16" ht="38.450000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="4"/>
       <c r="C37" s="27"/>
       <c r="D37" s="27"/>
-      <c r="E37" s="30"/>
-[...10 lines deleted...]
-      <c r="P37" s="30"/>
+      <c r="E37" s="28"/>
+      <c r="F37" s="28"/>
+      <c r="G37" s="28"/>
+      <c r="H37" s="28"/>
+      <c r="I37" s="28"/>
+      <c r="J37" s="28"/>
+      <c r="K37" s="28"/>
+      <c r="L37" s="28"/>
+      <c r="M37" s="28"/>
+      <c r="N37" s="28"/>
+      <c r="O37" s="28"/>
+      <c r="P37" s="28"/>
     </row>
-    <row r="38" spans="1:16" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="48"/>
+    <row r="38" spans="1:16" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="44"/>
       <c r="B38" s="4"/>
       <c r="C38" s="27"/>
       <c r="D38" s="3"/>
       <c r="E38" s="27"/>
       <c r="F38" s="3"/>
-      <c r="G38" s="30"/>
-[...8 lines deleted...]
-      <c r="P38" s="30"/>
+      <c r="G38" s="28"/>
+      <c r="H38" s="28"/>
+      <c r="I38" s="28"/>
+      <c r="J38" s="28"/>
+      <c r="K38" s="28"/>
+      <c r="L38" s="28"/>
+      <c r="M38" s="28"/>
+      <c r="N38" s="28"/>
+      <c r="O38" s="28"/>
+      <c r="P38" s="28"/>
     </row>
-    <row r="39" spans="1:16" ht="50.4" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="48"/>
+    <row r="39" spans="1:16" ht="50.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="44"/>
       <c r="B39" s="4"/>
       <c r="C39" s="27"/>
       <c r="D39" s="3"/>
       <c r="E39" s="27"/>
       <c r="F39" s="4"/>
-      <c r="G39" s="30"/>
-[...8 lines deleted...]
-      <c r="P39" s="30"/>
+      <c r="G39" s="28"/>
+      <c r="H39" s="28"/>
+      <c r="I39" s="28"/>
+      <c r="J39" s="28"/>
+      <c r="K39" s="28"/>
+      <c r="L39" s="28"/>
+      <c r="M39" s="28"/>
+      <c r="N39" s="28"/>
+      <c r="O39" s="28"/>
+      <c r="P39" s="28"/>
     </row>
-    <row r="40" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A40" s="8"/>
       <c r="B40" s="8"/>
       <c r="C40" s="5"/>
       <c r="D40" s="5"/>
       <c r="E40" s="5"/>
       <c r="F40" s="5"/>
       <c r="G40" s="5"/>
       <c r="H40" s="5"/>
       <c r="I40" s="5"/>
       <c r="J40" s="5"/>
       <c r="K40" s="5"/>
       <c r="L40" s="5"/>
       <c r="M40" s="5"/>
       <c r="N40" s="5"/>
       <c r="O40" s="5"/>
       <c r="P40" s="5"/>
     </row>
-    <row r="41" spans="1:16" ht="37.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-      <c r="H41" s="31"/>
+    <row r="41" spans="1:16" ht="37.15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="33"/>
+      <c r="B41" s="33"/>
+      <c r="C41" s="29"/>
+      <c r="D41" s="29"/>
+      <c r="E41" s="29"/>
+      <c r="F41" s="29"/>
+      <c r="G41" s="29"/>
+      <c r="H41" s="29"/>
       <c r="I41" s="8"/>
       <c r="J41" s="8"/>
       <c r="K41" s="8"/>
       <c r="L41" s="8"/>
       <c r="M41" s="8"/>
       <c r="N41" s="8"/>
       <c r="O41" s="8"/>
       <c r="P41" s="8"/>
     </row>
-    <row r="42" spans="1:16" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A42" s="8"/>
       <c r="B42" s="8"/>
       <c r="C42" s="5"/>
       <c r="D42" s="8"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
-      <c r="K42" s="32"/>
-[...2 lines deleted...]
-      <c r="N42" s="32"/>
+      <c r="K42" s="30"/>
+      <c r="L42" s="30"/>
+      <c r="M42" s="30"/>
+      <c r="N42" s="30"/>
       <c r="O42" s="27"/>
       <c r="P42" s="27"/>
     </row>
-    <row r="43" spans="1:16" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B43" s="38"/>
+    <row r="43" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A43" s="34"/>
+      <c r="B43" s="34"/>
       <c r="C43" s="26"/>
       <c r="D43" s="26"/>
       <c r="E43" s="26"/>
       <c r="F43" s="26"/>
-      <c r="G43" s="32"/>
-[...6 lines deleted...]
-      <c r="N43" s="32"/>
+      <c r="G43" s="30"/>
+      <c r="H43" s="30"/>
+      <c r="I43" s="30"/>
+      <c r="J43" s="30"/>
+      <c r="K43" s="30"/>
+      <c r="L43" s="30"/>
+      <c r="M43" s="30"/>
+      <c r="N43" s="30"/>
       <c r="O43" s="27"/>
       <c r="P43" s="27"/>
     </row>
-    <row r="44" spans="1:16" x14ac:dyDescent="0.3">
-      <c r="A44" s="49"/>
+    <row r="44" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A44" s="45"/>
       <c r="C44" s="27"/>
       <c r="D44" s="27"/>
       <c r="E44" s="27"/>
       <c r="F44" s="27"/>
       <c r="G44" s="27"/>
       <c r="H44" s="27"/>
       <c r="I44" s="27"/>
       <c r="J44" s="27"/>
       <c r="K44" s="27"/>
       <c r="L44" s="27"/>
       <c r="M44" s="27"/>
       <c r="N44" s="27"/>
       <c r="O44" s="27"/>
       <c r="P44" s="27"/>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="70" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="11" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9CA93B94-47EC-4890-8403-55F4F9B9E0D0}">
   <dimension ref="A1:Q17"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="48.88671875" style="6" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="8.88671875" style="6"/>
+    <col min="1" max="1" width="48.85546875" style="6" customWidth="1"/>
+    <col min="2" max="2" width="125.7109375" style="20" customWidth="1"/>
+    <col min="3" max="3" width="13.42578125" style="6" customWidth="1"/>
+    <col min="4" max="4" width="15.28515625" style="6" customWidth="1"/>
+    <col min="5" max="16384" width="8.85546875" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="50.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:17" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="25" t="s">
         <v>12</v>
       </c>
       <c r="C1" s="22"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
       <c r="G1" s="22"/>
       <c r="H1" s="22"/>
       <c r="I1" s="22"/>
       <c r="J1" s="22"/>
       <c r="K1" s="22"/>
       <c r="L1" s="22"/>
     </row>
-    <row r="2" spans="1:17" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="64" t="s">
+    <row r="2" spans="1:17" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="60" t="s">
         <v>28</v>
       </c>
       <c r="B2" s="9" t="s">
         <v>11</v>
       </c>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
       <c r="K2" s="12"/>
       <c r="L2" s="12"/>
       <c r="M2" s="12"/>
       <c r="N2" s="14"/>
     </row>
-    <row r="3" spans="1:17" s="13" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:17" s="13" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
         <v>33</v>
       </c>
       <c r="B3" s="21" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="21"/>
       <c r="D3" s="21"/>
       <c r="E3" s="21"/>
       <c r="F3" s="21"/>
       <c r="G3" s="21"/>
       <c r="H3" s="21"/>
       <c r="I3" s="21"/>
       <c r="J3" s="21"/>
       <c r="K3" s="21"/>
       <c r="L3" s="21"/>
       <c r="M3" s="21"/>
       <c r="N3" s="21"/>
     </row>
-    <row r="4" spans="1:17" s="13" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:17" s="13" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="11" t="s">
         <v>29</v>
       </c>
       <c r="B4" s="21" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="21"/>
       <c r="D4" s="21"/>
       <c r="E4" s="21"/>
       <c r="F4" s="21"/>
       <c r="G4" s="21"/>
       <c r="H4" s="21"/>
       <c r="I4" s="21"/>
       <c r="J4" s="21"/>
       <c r="K4" s="21"/>
       <c r="L4" s="21"/>
       <c r="M4" s="21"/>
       <c r="N4" s="14"/>
     </row>
-    <row r="5" spans="1:17" s="13" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:17" s="13" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="11" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="21"/>
       <c r="D5" s="21"/>
       <c r="E5" s="21"/>
       <c r="F5" s="21"/>
       <c r="G5" s="21"/>
       <c r="H5" s="21"/>
       <c r="I5" s="21"/>
       <c r="J5" s="21"/>
       <c r="K5" s="21"/>
       <c r="L5" s="21"/>
       <c r="M5" s="21"/>
       <c r="N5" s="15"/>
     </row>
-    <row r="6" spans="1:17" s="13" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:17" s="13" customFormat="1" ht="75.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>31</v>
       </c>
       <c r="B6" s="21" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="21"/>
       <c r="D6" s="21"/>
       <c r="E6" s="21"/>
       <c r="F6" s="21"/>
       <c r="G6" s="21"/>
       <c r="H6" s="21"/>
       <c r="I6" s="21"/>
       <c r="J6" s="21"/>
       <c r="K6" s="21"/>
       <c r="L6" s="21"/>
       <c r="M6" s="21"/>
       <c r="N6" s="15"/>
     </row>
-    <row r="7" spans="1:17" s="13" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="65" t="s">
+    <row r="7" spans="1:17" s="13" customFormat="1" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="61" t="s">
         <v>32</v>
       </c>
       <c r="B7" s="21" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="21"/>
       <c r="D7" s="21"/>
       <c r="E7" s="21"/>
       <c r="F7" s="21"/>
       <c r="G7" s="21"/>
       <c r="H7" s="21"/>
       <c r="I7" s="21"/>
       <c r="J7" s="21"/>
       <c r="K7" s="21"/>
       <c r="L7" s="21"/>
       <c r="M7" s="21"/>
       <c r="N7" s="21"/>
     </row>
-    <row r="8" spans="1:17" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="66" t="s">
+    <row r="8" spans="1:17" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="62" t="s">
         <v>34</v>
       </c>
       <c r="B8" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="23"/>
       <c r="D8" s="23"/>
       <c r="E8" s="23"/>
       <c r="F8" s="23"/>
       <c r="G8" s="23"/>
       <c r="H8" s="23"/>
       <c r="I8" s="23"/>
       <c r="J8" s="23"/>
       <c r="K8" s="23"/>
       <c r="L8" s="23"/>
       <c r="M8" s="23"/>
       <c r="N8" s="23"/>
     </row>
-    <row r="9" spans="1:17" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="67" t="s">
+    <row r="9" spans="1:17" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="63" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="23" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="24"/>
       <c r="D9" s="24"/>
       <c r="E9" s="24"/>
       <c r="F9" s="24"/>
       <c r="G9" s="24"/>
       <c r="H9" s="24"/>
       <c r="I9" s="24"/>
       <c r="J9" s="24"/>
       <c r="K9" s="24"/>
       <c r="L9" s="24"/>
       <c r="M9" s="24"/>
       <c r="N9" s="24"/>
     </row>
-    <row r="10" spans="1:17" s="16" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-      <c r="Q10" s="69"/>
+    <row r="10" spans="1:17" s="16" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="55"/>
+      <c r="B10" s="64"/>
+      <c r="C10" s="65"/>
+      <c r="D10" s="65"/>
+      <c r="E10" s="65"/>
+      <c r="F10" s="65"/>
+      <c r="G10" s="65"/>
+      <c r="H10" s="65"/>
+      <c r="I10" s="65"/>
+      <c r="J10" s="65"/>
+      <c r="K10" s="65"/>
+      <c r="L10" s="65"/>
+      <c r="M10" s="65"/>
+      <c r="N10" s="65"/>
+      <c r="O10" s="65"/>
+      <c r="P10" s="65"/>
+      <c r="Q10" s="65"/>
     </row>
-    <row r="11" spans="1:17" s="16" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="59" t="s">
+    <row r="11" spans="1:17" s="16" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="55" t="s">
         <v>35</v>
       </c>
-      <c r="B11" s="68"/>
-[...14 lines deleted...]
-      <c r="Q11" s="69"/>
+      <c r="B11" s="64"/>
+      <c r="C11" s="65"/>
+      <c r="D11" s="65"/>
+      <c r="E11" s="65"/>
+      <c r="F11" s="65"/>
+      <c r="G11" s="65"/>
+      <c r="H11" s="65"/>
+      <c r="I11" s="65"/>
+      <c r="J11" s="65"/>
+      <c r="K11" s="65"/>
+      <c r="L11" s="65"/>
+      <c r="M11" s="65"/>
+      <c r="N11" s="65"/>
+      <c r="O11" s="65"/>
+      <c r="P11" s="65"/>
+      <c r="Q11" s="65"/>
     </row>
-    <row r="12" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="13"/>
       <c r="B12" s="6"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="7"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="7"/>
       <c r="I12" s="7"/>
       <c r="J12" s="7"/>
       <c r="K12" s="7"/>
       <c r="L12" s="7"/>
       <c r="M12" s="7"/>
       <c r="N12" s="7"/>
       <c r="O12" s="7"/>
       <c r="P12" s="7"/>
       <c r="Q12" s="7"/>
     </row>
-    <row r="13" spans="1:17" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="Q13" s="59"/>
+    <row r="13" spans="1:17" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="67" t="s">
+        <v>41</v>
+      </c>
+      <c r="B13" s="55"/>
+      <c r="C13" s="55"/>
+      <c r="D13" s="55"/>
+      <c r="E13" s="55"/>
+      <c r="F13" s="55"/>
+      <c r="G13" s="55"/>
+      <c r="H13" s="55"/>
+      <c r="I13" s="55"/>
+      <c r="J13" s="55"/>
+      <c r="K13" s="55"/>
+      <c r="L13" s="55"/>
+      <c r="M13" s="55"/>
+      <c r="N13" s="55"/>
+      <c r="O13" s="55"/>
+      <c r="P13" s="55"/>
+      <c r="Q13" s="55"/>
     </row>
-    <row r="14" spans="1:17" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B14" s="60"/>
+    <row r="14" spans="1:17" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="66" t="s">
+        <v>39</v>
+      </c>
+      <c r="B14" s="56"/>
       <c r="C14" s="17"/>
       <c r="D14" s="17"/>
       <c r="E14" s="17"/>
       <c r="F14" s="17"/>
       <c r="G14" s="17"/>
       <c r="H14" s="17"/>
       <c r="I14" s="17"/>
       <c r="J14" s="17"/>
       <c r="K14" s="17"/>
       <c r="L14" s="17"/>
       <c r="M14" s="17"/>
       <c r="N14" s="17"/>
     </row>
-    <row r="15" spans="1:17" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B15" s="60"/>
+    <row r="15" spans="1:17" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="66" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" s="56"/>
       <c r="C15" s="17"/>
       <c r="D15" s="17"/>
       <c r="E15" s="17"/>
       <c r="F15" s="17"/>
       <c r="G15" s="17"/>
       <c r="H15" s="17"/>
       <c r="I15" s="17"/>
       <c r="J15" s="17"/>
       <c r="K15" s="17"/>
       <c r="L15" s="17"/>
       <c r="M15" s="17"/>
       <c r="N15" s="17"/>
     </row>
-    <row r="16" spans="1:17" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:17" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="17" t="s">
         <v>43</v>
       </c>
-      <c r="B16" s="60"/>
+      <c r="B16" s="56"/>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="17"/>
       <c r="F16" s="17"/>
       <c r="G16" s="17"/>
       <c r="H16" s="17"/>
       <c r="I16" s="17"/>
       <c r="J16" s="17"/>
       <c r="K16" s="17"/>
       <c r="L16" s="17"/>
       <c r="M16" s="17"/>
       <c r="N16" s="17"/>
     </row>
-    <row r="17" spans="1:14" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A17" s="61" t="s">
+    <row r="17" spans="1:14" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="57" t="s">
         <v>8</v>
       </c>
-      <c r="B17" s="62"/>
-[...11 lines deleted...]
-      <c r="N17" s="63"/>
+      <c r="B17" s="58"/>
+      <c r="C17" s="59"/>
+      <c r="D17" s="59"/>
+      <c r="E17" s="59"/>
+      <c r="F17" s="59"/>
+      <c r="G17" s="59"/>
+      <c r="H17" s="59"/>
+      <c r="I17" s="59"/>
+      <c r="J17" s="59"/>
+      <c r="K17" s="59"/>
+      <c r="L17" s="59"/>
+      <c r="M17" s="59"/>
+      <c r="N17" s="59"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A13" r:id="rId1" display="Source: NIH PUB File" xr:uid="{12DC5A40-5AB8-41D2-8492-56520E158B5D}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A14" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{AE10CD77-BB1A-4979-99BD-1A53D6C82DF6}"/>
+    <hyperlink ref="A15" r:id="rId1" xr:uid="{E6EC0E0D-DA41-4734-83D4-4A494577DFA3}"/>
+    <hyperlink ref="A14" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{AE10CD77-BB1A-4979-99BD-1A53D6C82DF6}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...49 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -9487,50 +9519,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -9626,99 +9663,149 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">108-23</Password>
+    <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
+    <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">535</RePORT_x0023_>
+    <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst1>
+    <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">108</Table_x0023_>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
+    <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Url>https://report.nih.gov/catalog/DisplayReport.aspx?rId=535</Url>
+      <Description>SBIR and STTR: Awards and total funding, by phase (~48KB)</Description>
+    </RePORTTitleandLink>
+    <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Sulima, Pawel (NIH/OD) [E]</DisplayName>
+        <AccountId>49</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst2>
+    <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99977644-FAD3-4451-AF09-CF38D94054C2}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D4DCFE7-60D7-4067-A71A-BD9B5315FEBD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3C70873-F632-46F6-8181-B5A3454EFC18}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31E20E2D-7478-4F4C-984B-8F3976C684AF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>