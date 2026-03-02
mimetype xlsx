--- v0 (2025-11-04)
+++ v1 (2026-03-02)
@@ -5,60 +5,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F85C4120-BA8C-48F9-B13E-EE11EA1338BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6218BA93-7A0B-45FA-AD3C-D1FFF37EFAF1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #109" sheetId="1" r:id="rId1"/>
     <sheet name="Notes" sheetId="3" r:id="rId2"/>
   </sheets>
   <calcPr calcId="179021"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>FY</t>
   </si>
   <si>
     <t>Grant award stimulating research at health professional academic institutions with less than a specific maximum of NIH support in total costs in four or more of the last seven years.  This maximum institutional support was $3M for grant applications submitted prior to October 25, 2009, and $6M on or after that date.</t>
   </si>
   <si>
@@ -87,145 +87,51 @@
 Total Funding  </t>
   </si>
   <si>
     <t xml:space="preserve"> Noncompeting Continuations - Total Number</t>
   </si>
   <si>
     <t xml:space="preserve"> Noncompeting Continuations - 
 Total Funding</t>
   </si>
   <si>
     <t xml:space="preserve"> Competing Revisions - 
 Total Number</t>
   </si>
   <si>
     <t xml:space="preserve"> Competing Revisions - Total Funding</t>
   </si>
   <si>
     <t xml:space="preserve"> Noncompeting Revisions -
 Total Number</t>
   </si>
   <si>
     <t xml:space="preserve"> Noncompeting Revisions - 
 Total Funding </t>
   </si>
   <si>
-    <r>
-[...31 lines deleted...]
-  <si>
     <t>Academic Research Enhancement Awards                  (AREA or R15)</t>
-  </si>
-[...59 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
   </si>
   <si>
@@ -239,66 +145,127 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Source: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NIH PUB File</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Table #109: NIH Academic Research Enhacement Awards</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> -</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Number and Total Funding of New, Continuation and Supplement Awards by Competing Status, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="####0"/>
     <numFmt numFmtId="166" formatCode="\$#,##0"/>
   </numFmts>
-  <fonts count="50" x14ac:knownFonts="1">
+  <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
@@ -449,62 +416,50 @@
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
-[...10 lines deleted...]
-    <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="8"/>
       <color rgb="FF0000CC"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -565,61 +520,66 @@
       <b/>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
       <sz val="11"/>
-      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="28">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
@@ -3674,198 +3634,195 @@
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="57">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="28" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="33" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="31" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="2264" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="2264" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="25" borderId="0" xfId="2731" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="2731" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="2731" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="2731" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="25" borderId="0" xfId="2731" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="37" fillId="25" borderId="0" xfId="2731" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="38" fillId="25" borderId="0" xfId="2731" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="3" fontId="35" fillId="25" borderId="0" xfId="2275" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="36" fillId="24" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="3" fontId="33" fillId="25" borderId="0" xfId="2275" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="2272" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="2272" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="2272" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="25" borderId="0" xfId="2272" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="2264" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="2264" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="34" fillId="25" borderId="0" xfId="2275" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="32" fillId="25" borderId="0" xfId="2275" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="45" fillId="0" borderId="10" xfId="1843" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="43" fillId="0" borderId="10" xfId="1843" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="45" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="43" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="24" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="6" fontId="7" fillId="24" borderId="10" xfId="2455" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="2272" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="2272" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="3" fontId="34" fillId="25" borderId="0" xfId="2275" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="32" fillId="25" borderId="0" xfId="2275" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="34" fillId="25" borderId="0" xfId="2275" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="32" fillId="25" borderId="0" xfId="2275" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="24" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="24" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="47" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="45" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="47" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="45" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="47" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="45" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="25" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="39" fillId="25" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="25" borderId="0" xfId="2108" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="164" fontId="45" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="2108" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="2108" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2734">
     <cellStyle name="20% - Accent1 10" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent1 10 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 10 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 11 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 11 3" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 12 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 12 3" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 12 4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 12 5" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 13 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 13 3" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 13 4" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 13 5" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 14" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent1 14 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="20% - Accent1 14 3" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="20% - Accent1 14 4" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="20% - Accent1 15" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
@@ -6880,886 +6837,874 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:O32"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="41" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="16" max="16384" width="9.109375" style="2"/>
+    <col min="1" max="1" width="15.7109375" style="40" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" style="2" customWidth="1"/>
+    <col min="3" max="3" width="25.7109375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="20.7109375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="25.7109375" style="2" customWidth="1"/>
+    <col min="6" max="6" width="20.7109375" style="2" customWidth="1"/>
+    <col min="7" max="7" width="25.7109375" style="2" customWidth="1"/>
+    <col min="8" max="8" width="20.7109375" style="2" customWidth="1"/>
+    <col min="9" max="9" width="25.7109375" style="2" customWidth="1"/>
+    <col min="10" max="10" width="20.7109375" style="2" customWidth="1"/>
+    <col min="11" max="11" width="25.7109375" style="2" customWidth="1"/>
+    <col min="12" max="12" width="20.7109375" style="2" customWidth="1"/>
+    <col min="13" max="13" width="25.140625" style="2" customWidth="1"/>
+    <col min="14" max="15" width="9.140625" style="6"/>
+    <col min="16" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-      <c r="I1" s="10"/>
+    <row r="1" spans="1:15" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="C1" s="15"/>
+      <c r="D1" s="15"/>
+      <c r="E1" s="15"/>
+      <c r="F1" s="15"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
       <c r="J1" s="1"/>
     </row>
-    <row r="2" spans="1:15" s="14" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="15" t="s">
+    <row r="2" spans="1:15" s="13" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="15" t="s">
+      <c r="B2" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="C2" s="15" t="s">
+      <c r="C2" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="D2" s="15" t="s">
+      <c r="D2" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="E2" s="15" t="s">
+      <c r="E2" s="14" t="s">
         <v>6</v>
       </c>
-      <c r="F2" s="15" t="s">
+      <c r="F2" s="14" t="s">
         <v>7</v>
       </c>
-      <c r="G2" s="15" t="s">
+      <c r="G2" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="H2" s="15" t="s">
+      <c r="H2" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="I2" s="15" t="s">
+      <c r="I2" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="J2" s="15" t="s">
+      <c r="J2" s="14" t="s">
         <v>11</v>
       </c>
-      <c r="K2" s="15" t="s">
+      <c r="K2" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="L2" s="15" t="s">
+      <c r="L2" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="M2" s="15" t="s">
+      <c r="M2" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="N2" s="13"/>
-      <c r="O2" s="13"/>
+      <c r="N2" s="12"/>
+      <c r="O2" s="12"/>
     </row>
-    <row r="3" spans="1:15" s="36" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="40">
+    <row r="3" spans="1:15" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="39">
         <v>2015</v>
       </c>
-      <c r="B3" s="30">
+      <c r="B3" s="29">
         <v>289</v>
       </c>
-      <c r="C3" s="31">
+      <c r="C3" s="30">
         <v>111349130</v>
       </c>
-      <c r="D3" s="30">
+      <c r="D3" s="29">
         <v>249</v>
       </c>
-      <c r="E3" s="31">
+      <c r="E3" s="30">
         <v>95415301</v>
       </c>
-      <c r="F3" s="30">
+      <c r="F3" s="29">
         <v>40</v>
       </c>
-      <c r="G3" s="32">
+      <c r="G3" s="31">
         <v>15033368</v>
       </c>
-      <c r="H3" s="33">
+      <c r="H3" s="32">
         <v>0</v>
       </c>
-      <c r="I3" s="31">
+      <c r="I3" s="30">
         <v>0</v>
       </c>
-      <c r="J3" s="30">
+      <c r="J3" s="29">
         <v>0</v>
       </c>
-      <c r="K3" s="34">
+      <c r="K3" s="33">
         <v>0</v>
       </c>
-      <c r="L3" s="30">
+      <c r="L3" s="29">
         <v>19</v>
       </c>
-      <c r="M3" s="31">
+      <c r="M3" s="30">
         <v>900461</v>
       </c>
-      <c r="N3" s="35"/>
-      <c r="O3" s="35"/>
+      <c r="N3" s="34"/>
+      <c r="O3" s="34"/>
     </row>
-    <row r="4" spans="1:15" s="36" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="40">
+    <row r="4" spans="1:15" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="39">
         <v>2016</v>
       </c>
-      <c r="B4" s="30">
+      <c r="B4" s="29">
         <v>282</v>
       </c>
-      <c r="C4" s="31">
+      <c r="C4" s="30">
         <v>119566442</v>
       </c>
-      <c r="D4" s="30">
+      <c r="D4" s="29">
         <v>257</v>
       </c>
-      <c r="E4" s="31">
+      <c r="E4" s="30">
         <v>107769338</v>
       </c>
-      <c r="F4" s="30">
+      <c r="F4" s="29">
         <v>25</v>
       </c>
-      <c r="G4" s="32">
+      <c r="G4" s="31">
         <v>10541350</v>
       </c>
-      <c r="H4" s="33">
+      <c r="H4" s="32">
         <v>0</v>
       </c>
-      <c r="I4" s="31">
+      <c r="I4" s="30">
         <v>0</v>
       </c>
-      <c r="J4" s="30">
+      <c r="J4" s="29">
         <v>0</v>
       </c>
-      <c r="K4" s="34">
+      <c r="K4" s="33">
         <v>0</v>
       </c>
-      <c r="L4" s="30">
+      <c r="L4" s="29">
         <v>21</v>
       </c>
-      <c r="M4" s="31">
+      <c r="M4" s="30">
         <v>1255754</v>
       </c>
-      <c r="N4" s="35"/>
-      <c r="O4" s="35"/>
+      <c r="N4" s="34"/>
+      <c r="O4" s="34"/>
     </row>
-    <row r="5" spans="1:15" s="36" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="40">
+    <row r="5" spans="1:15" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="39">
         <v>2017</v>
       </c>
-      <c r="B5" s="30">
+      <c r="B5" s="29">
         <v>258</v>
       </c>
-      <c r="C5" s="31">
+      <c r="C5" s="30">
         <v>109725725</v>
       </c>
-      <c r="D5" s="30">
+      <c r="D5" s="29">
         <v>219</v>
       </c>
-      <c r="E5" s="31">
+      <c r="E5" s="30">
         <v>92218960</v>
       </c>
-      <c r="F5" s="30">
+      <c r="F5" s="29">
         <v>39</v>
       </c>
-      <c r="G5" s="32">
+      <c r="G5" s="31">
         <v>16380595</v>
       </c>
-      <c r="H5" s="33">
+      <c r="H5" s="32">
         <v>0</v>
       </c>
-      <c r="I5" s="31">
+      <c r="I5" s="30">
         <v>0</v>
       </c>
-      <c r="J5" s="30">
+      <c r="J5" s="29">
         <v>0</v>
       </c>
-      <c r="K5" s="34">
+      <c r="K5" s="33">
         <v>0</v>
       </c>
-      <c r="L5" s="30">
+      <c r="L5" s="29">
         <v>20</v>
       </c>
-      <c r="M5" s="31">
+      <c r="M5" s="30">
         <v>1126170</v>
       </c>
-      <c r="N5" s="35"/>
-      <c r="O5" s="35"/>
+      <c r="N5" s="34"/>
+      <c r="O5" s="34"/>
     </row>
-    <row r="6" spans="1:15" s="36" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="40">
+    <row r="6" spans="1:15" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="39">
         <v>2018</v>
       </c>
-      <c r="B6" s="30">
+      <c r="B6" s="29">
         <v>309</v>
       </c>
-      <c r="C6" s="31">
+      <c r="C6" s="30">
         <v>132487622</v>
       </c>
-      <c r="D6" s="30">
+      <c r="D6" s="29">
         <v>275</v>
       </c>
-      <c r="E6" s="31">
+      <c r="E6" s="30">
         <v>116665671</v>
       </c>
-      <c r="F6" s="30">
+      <c r="F6" s="29">
         <v>34</v>
       </c>
-      <c r="G6" s="32">
+      <c r="G6" s="31">
         <v>14384909</v>
       </c>
-      <c r="H6" s="33">
+      <c r="H6" s="32">
         <v>0</v>
       </c>
-      <c r="I6" s="31">
+      <c r="I6" s="30">
         <v>0</v>
       </c>
-      <c r="J6" s="30">
+      <c r="J6" s="29">
         <v>0</v>
       </c>
-      <c r="K6" s="34">
+      <c r="K6" s="33">
         <v>0</v>
       </c>
-      <c r="L6" s="30">
+      <c r="L6" s="29">
         <v>18</v>
       </c>
-      <c r="M6" s="31">
+      <c r="M6" s="30">
         <v>1437042</v>
       </c>
-      <c r="N6" s="35"/>
-      <c r="O6" s="35"/>
+      <c r="N6" s="34"/>
+      <c r="O6" s="34"/>
     </row>
-    <row r="7" spans="1:15" s="36" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="40">
+    <row r="7" spans="1:15" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="39">
         <v>2019</v>
       </c>
-      <c r="B7" s="30">
+      <c r="B7" s="29">
         <v>314</v>
       </c>
-      <c r="C7" s="31">
+      <c r="C7" s="30">
         <v>134669879</v>
       </c>
-      <c r="D7" s="30">
+      <c r="D7" s="29">
         <v>267</v>
       </c>
-      <c r="E7" s="31">
+      <c r="E7" s="30">
         <v>112377492</v>
       </c>
-      <c r="F7" s="30">
+      <c r="F7" s="29">
         <v>46</v>
       </c>
-      <c r="G7" s="32">
+      <c r="G7" s="31">
         <v>19499207</v>
       </c>
-      <c r="H7" s="33">
+      <c r="H7" s="32">
         <v>1</v>
       </c>
-      <c r="I7" s="31">
+      <c r="I7" s="30">
         <v>429089</v>
       </c>
-      <c r="J7" s="30">
+      <c r="J7" s="29">
         <v>0</v>
       </c>
-      <c r="K7" s="34">
+      <c r="K7" s="33">
         <v>0</v>
       </c>
-      <c r="L7" s="30">
+      <c r="L7" s="29">
         <v>28</v>
       </c>
-      <c r="M7" s="31">
+      <c r="M7" s="30">
         <v>2364091</v>
       </c>
-      <c r="N7" s="35"/>
-      <c r="O7" s="35"/>
+      <c r="N7" s="34"/>
+      <c r="O7" s="34"/>
     </row>
-    <row r="8" spans="1:15" s="36" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="40">
+    <row r="8" spans="1:15" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="39">
         <v>2020</v>
       </c>
-      <c r="B8" s="30">
+      <c r="B8" s="29">
         <v>283</v>
       </c>
-      <c r="C8" s="31">
+      <c r="C8" s="30">
         <v>122824745</v>
       </c>
-      <c r="D8" s="30">
+      <c r="D8" s="29">
         <v>228</v>
       </c>
-      <c r="E8" s="31">
+      <c r="E8" s="30">
         <v>96036039</v>
       </c>
-      <c r="F8" s="30">
+      <c r="F8" s="29">
         <v>55</v>
       </c>
-      <c r="G8" s="32">
+      <c r="G8" s="31">
         <v>23271741</v>
       </c>
-      <c r="H8" s="33">
+      <c r="H8" s="32">
         <v>0</v>
       </c>
-      <c r="I8" s="31">
+      <c r="I8" s="30">
         <v>0</v>
       </c>
-      <c r="J8" s="30">
+      <c r="J8" s="29">
         <v>0</v>
       </c>
-      <c r="K8" s="34">
+      <c r="K8" s="33">
         <v>0</v>
       </c>
-      <c r="L8" s="30">
+      <c r="L8" s="29">
         <v>38</v>
       </c>
-      <c r="M8" s="31">
+      <c r="M8" s="30">
         <v>3516965</v>
       </c>
-      <c r="N8" s="35"/>
-      <c r="O8" s="35"/>
+      <c r="N8" s="34"/>
+      <c r="O8" s="34"/>
     </row>
-    <row r="9" spans="1:15" s="36" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="40">
+    <row r="9" spans="1:15" s="35" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="39">
         <v>2021</v>
       </c>
-      <c r="B9" s="30">
+      <c r="B9" s="29">
         <v>240</v>
       </c>
-      <c r="C9" s="31">
+      <c r="C9" s="30">
         <v>103271716</v>
       </c>
-      <c r="D9" s="30">
+      <c r="D9" s="29">
         <v>201</v>
       </c>
-      <c r="E9" s="31">
+      <c r="E9" s="30">
         <v>84775351</v>
       </c>
-      <c r="F9" s="30">
+      <c r="F9" s="29">
         <v>39</v>
       </c>
-      <c r="G9" s="32">
+      <c r="G9" s="31">
         <v>16591239</v>
       </c>
-      <c r="H9" s="33">
+      <c r="H9" s="32">
         <v>0</v>
       </c>
-      <c r="I9" s="31">
+      <c r="I9" s="30">
         <v>0</v>
       </c>
-      <c r="J9" s="30">
+      <c r="J9" s="29">
         <v>0</v>
       </c>
-      <c r="K9" s="34">
+      <c r="K9" s="33">
         <v>0</v>
       </c>
-      <c r="L9" s="30">
+      <c r="L9" s="29">
         <v>20</v>
       </c>
-      <c r="M9" s="31">
+      <c r="M9" s="30">
         <v>1905126</v>
       </c>
-      <c r="N9" s="35"/>
-      <c r="O9" s="35"/>
+      <c r="N9" s="34"/>
+      <c r="O9" s="34"/>
     </row>
-    <row r="10" spans="1:15" s="38" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="40">
+    <row r="10" spans="1:15" s="37" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="39">
         <v>2022</v>
       </c>
-      <c r="B10" s="30">
+      <c r="B10" s="29">
         <v>274</v>
       </c>
-      <c r="C10" s="31">
+      <c r="C10" s="30">
         <v>121859182</v>
       </c>
-      <c r="D10" s="30">
+      <c r="D10" s="29">
         <v>217</v>
       </c>
-      <c r="E10" s="31">
+      <c r="E10" s="30">
         <v>91928967</v>
       </c>
-      <c r="F10" s="30">
+      <c r="F10" s="29">
         <v>57</v>
       </c>
-      <c r="G10" s="32">
+      <c r="G10" s="31">
         <v>24614996</v>
       </c>
-      <c r="H10" s="33">
+      <c r="H10" s="32">
         <v>0</v>
       </c>
-      <c r="I10" s="31">
+      <c r="I10" s="30">
         <v>0</v>
       </c>
-      <c r="J10" s="30">
+      <c r="J10" s="29">
         <v>0</v>
       </c>
-      <c r="K10" s="34">
+      <c r="K10" s="33">
         <v>0</v>
       </c>
-      <c r="L10" s="30">
+      <c r="L10" s="29">
         <v>53</v>
       </c>
-      <c r="M10" s="31">
+      <c r="M10" s="30">
         <v>5315219</v>
       </c>
-      <c r="N10" s="37"/>
-      <c r="O10" s="37"/>
+      <c r="N10" s="36"/>
+      <c r="O10" s="36"/>
     </row>
-    <row r="11" spans="1:15" s="38" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="40">
+    <row r="11" spans="1:15" s="37" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="39">
         <v>2023</v>
       </c>
-      <c r="B11" s="30">
+      <c r="B11" s="29">
         <v>241</v>
       </c>
-      <c r="C11" s="31">
+      <c r="C11" s="30">
         <v>112888698</v>
       </c>
-      <c r="D11" s="30">
+      <c r="D11" s="29">
         <v>193</v>
       </c>
-      <c r="E11" s="31">
+      <c r="E11" s="30">
         <v>83384088</v>
       </c>
-      <c r="F11" s="30">
+      <c r="F11" s="29">
         <v>48</v>
       </c>
-      <c r="G11" s="32">
+      <c r="G11" s="31">
         <v>20438459</v>
       </c>
-      <c r="H11" s="33">
+      <c r="H11" s="32">
         <v>0</v>
       </c>
-      <c r="I11" s="31">
+      <c r="I11" s="30">
         <v>0</v>
       </c>
-      <c r="J11" s="30">
+      <c r="J11" s="29">
         <v>0</v>
       </c>
-      <c r="K11" s="34">
+      <c r="K11" s="33">
         <v>0</v>
       </c>
-      <c r="L11" s="30">
+      <c r="L11" s="29">
         <v>92</v>
       </c>
-      <c r="M11" s="31">
+      <c r="M11" s="30">
         <v>9066151</v>
       </c>
-      <c r="N11" s="37"/>
-      <c r="O11" s="37"/>
+      <c r="N11" s="36"/>
+      <c r="O11" s="36"/>
     </row>
-    <row r="12" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="50">
+    <row r="12" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="48">
         <v>2024</v>
       </c>
-      <c r="B12" s="51">
+      <c r="B12" s="49">
         <v>240</v>
       </c>
-      <c r="C12" s="52">
+      <c r="C12" s="50">
         <v>106940781</v>
       </c>
-      <c r="D12" s="51">
+      <c r="D12" s="49">
         <v>188</v>
       </c>
-      <c r="E12" s="52">
+      <c r="E12" s="50">
         <v>80246341</v>
       </c>
-      <c r="F12" s="51">
+      <c r="F12" s="49">
         <v>52</v>
       </c>
-      <c r="G12" s="52">
+      <c r="G12" s="50">
         <v>22179224</v>
       </c>
-      <c r="H12" s="51">
+      <c r="H12" s="49">
         <v>0</v>
       </c>
-      <c r="I12" s="52">
+      <c r="I12" s="50">
         <v>0</v>
       </c>
-      <c r="J12" s="51">
+      <c r="J12" s="49">
         <v>0</v>
       </c>
-      <c r="K12" s="52">
+      <c r="K12" s="50">
         <v>0</v>
       </c>
-      <c r="L12" s="51">
+      <c r="L12" s="49">
         <v>52</v>
       </c>
-      <c r="M12" s="52">
+      <c r="M12" s="50">
         <v>4515216</v>
       </c>
     </row>
-    <row r="13" spans="1:15" ht="60.75" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B13" s="8"/>
+    <row r="13" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="48">
+        <v>2025</v>
+      </c>
+      <c r="B13" s="49">
+        <v>200</v>
+      </c>
+      <c r="C13" s="54">
+        <v>97416553</v>
+      </c>
+      <c r="D13" s="49">
+        <v>152</v>
+      </c>
+      <c r="E13" s="54">
+        <v>73517514</v>
+      </c>
+      <c r="F13" s="49">
+        <v>48</v>
+      </c>
+      <c r="G13" s="54">
+        <v>23324084</v>
+      </c>
+      <c r="H13" s="49">
+        <v>0</v>
+      </c>
+      <c r="I13" s="54">
+        <v>0</v>
+      </c>
+      <c r="J13" s="49">
+        <v>0</v>
+      </c>
+      <c r="K13" s="54">
+        <v>0</v>
+      </c>
+      <c r="L13" s="49">
+        <v>6</v>
+      </c>
+      <c r="M13" s="54">
+        <v>574955</v>
+      </c>
     </row>
-    <row r="14" spans="1:15" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="M14" s="29"/>
+    <row r="14" spans="1:15" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="41"/>
+      <c r="B14" s="27"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="28"/>
+      <c r="E14" s="28"/>
+      <c r="F14" s="28"/>
+      <c r="G14" s="28"/>
+      <c r="H14" s="28"/>
+      <c r="I14" s="28"/>
+      <c r="J14" s="28"/>
+      <c r="K14" s="28"/>
+      <c r="L14" s="28"/>
+      <c r="M14" s="28"/>
     </row>
-    <row r="15" spans="1:15" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B15" s="25"/>
+    <row r="15" spans="1:15" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="42"/>
+      <c r="B15" s="24"/>
       <c r="C15" s="5"/>
-      <c r="D15" s="24"/>
-[...8 lines deleted...]
-      <c r="M15" s="24"/>
+      <c r="D15" s="23"/>
+      <c r="E15" s="23"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23"/>
+      <c r="H15" s="23"/>
+      <c r="I15" s="23"/>
+      <c r="J15" s="23"/>
+      <c r="K15" s="23"/>
+      <c r="L15" s="23"/>
+      <c r="M15" s="23"/>
     </row>
-    <row r="16" spans="1:15" s="3" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B16" s="22"/>
+    <row r="16" spans="1:15" s="3" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="43"/>
+      <c r="B16" s="21"/>
       <c r="C16" s="5"/>
-      <c r="D16" s="26"/>
-[...8 lines deleted...]
-      <c r="M16" s="26"/>
+      <c r="D16" s="25"/>
+      <c r="E16" s="25"/>
+      <c r="F16" s="25"/>
+      <c r="G16" s="25"/>
+      <c r="H16" s="25"/>
+      <c r="I16" s="25"/>
+      <c r="J16" s="25"/>
+      <c r="K16" s="25"/>
+      <c r="L16" s="25"/>
+      <c r="M16" s="25"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
     </row>
-    <row r="17" spans="1:13" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="M17" s="9"/>
+    <row r="17" spans="1:13" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="44"/>
+      <c r="B17" s="26"/>
+      <c r="C17" s="26"/>
+      <c r="D17" s="26"/>
+      <c r="E17" s="26"/>
+      <c r="F17" s="26"/>
+      <c r="G17" s="26"/>
+      <c r="H17" s="26"/>
+      <c r="I17" s="26"/>
+      <c r="J17" s="26"/>
+      <c r="K17" s="8"/>
+      <c r="L17" s="8"/>
+      <c r="M17" s="8"/>
     </row>
-    <row r="18" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E18" s="23"/>
+    <row r="18" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="45"/>
+      <c r="B18" s="22"/>
+      <c r="C18" s="22"/>
+      <c r="D18" s="22"/>
+      <c r="E18" s="22"/>
       <c r="F18" s="5"/>
       <c r="G18" s="5"/>
       <c r="H18" s="5"/>
       <c r="I18" s="5"/>
       <c r="J18" s="5"/>
       <c r="K18" s="5"/>
       <c r="L18" s="5"/>
       <c r="M18" s="3"/>
     </row>
-    <row r="19" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C19" s="21"/>
+    <row r="19" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="46"/>
+      <c r="B19" s="20"/>
+      <c r="C19" s="20"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
       <c r="H19" s="4"/>
       <c r="I19" s="4"/>
       <c r="J19" s="4"/>
     </row>
-    <row r="20" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C20" s="20"/>
+    <row r="20" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="47"/>
+      <c r="B20" s="19"/>
+      <c r="C20" s="19"/>
       <c r="D20" s="4"/>
       <c r="E20" s="4"/>
       <c r="F20" s="4"/>
       <c r="G20" s="4"/>
       <c r="H20" s="4"/>
       <c r="I20" s="4"/>
       <c r="J20" s="4"/>
     </row>
-    <row r="21" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
-[...10 lines deleted...]
-    <row r="32" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="21" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="22" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="23" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="24" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="25" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="26" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="27" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="28" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="29" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="31" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="32" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="99" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7AC4D67C-DC44-4319-9176-B97FBAC43129}">
   <dimension ref="A1:O8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="46.33203125" style="17" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.88671875" style="17"/>
+    <col min="1" max="1" width="46.28515625" style="16" customWidth="1"/>
+    <col min="2" max="2" width="125.7109375" style="16" customWidth="1"/>
+    <col min="3" max="16384" width="8.85546875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="50.1" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="11" t="s">
+    <row r="1" spans="1:15" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="18"/>
-[...11 lines deleted...]
-      <c r="O1" s="18"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
+      <c r="E1" s="17"/>
+      <c r="F1" s="17"/>
+      <c r="G1" s="17"/>
+      <c r="H1" s="17"/>
+      <c r="I1" s="17"/>
+      <c r="J1" s="17"/>
+      <c r="K1" s="17"/>
+      <c r="L1" s="17"/>
+      <c r="M1" s="17"/>
+      <c r="N1" s="17"/>
+      <c r="O1" s="17"/>
     </row>
-    <row r="2" spans="1:15" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>16</v>
+    <row r="2" spans="1:15" ht="66.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="52" t="s">
+        <v>15</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="7"/>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
       <c r="I2" s="7"/>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
     </row>
-    <row r="3" spans="1:15" s="19" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" s="18" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="53" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" s="18" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="51" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" s="18" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="51" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" spans="1:15" s="19" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>18</v>
+    <row r="6" spans="1:15" s="18" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="11" t="s">
+        <v>20</v>
       </c>
     </row>
-    <row r="5" spans="1:15" s="19" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="B8" s="56"/>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A8" s="55"/>
+      <c r="B8" s="55"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A8:B8"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A3" r:id="rId1" display="Source: NIH PUB File" xr:uid="{23394749-C495-4A35-90FB-1E7B41033365}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A4" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{5943DBF1-048D-4716-9165-7E8AA467AABD}"/>
+    <hyperlink ref="A5" r:id="rId1" xr:uid="{B2A7A439-41E3-4F93-8839-A8526E1F1428}"/>
+    <hyperlink ref="A4" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{5943DBF1-048D-4716-9165-7E8AA467AABD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...49 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -7919,50 +7864,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -8058,111 +8008,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">109-23</Password>
+    <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
+    <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">534</RePORT_x0023_>
+    <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst1>
+    <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">109</Table_x0023_>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
+    <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <Url>https://report.nih.gov/reportweb/web/displayreport?rId=534</Url>
+      <Description>Academic Research Enhancement Awards (AREA): Awards and total funding, by type</Description>
+    </RePORTTitleandLink>
+    <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
+      <UserInfo>
+        <DisplayName>Liang, Shuwen (NIH/OD) [E]</DisplayName>
+        <AccountId>32</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Analyst2>
+    <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A8FAB12-A67E-4860-9BDF-92D3C20EDDB2}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77087148-596A-41A4-934D-E9850DB25FBC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FCFAEE7-5F55-4102-9BD8-D7E0DDB97ABC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F46B3381-8FC1-4DE9-845D-7749A7E3067F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E60FBDC9-D8F5-4703-826B-44BD76D6A403}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E60FBDC9-D8F5-4703-826B-44BD76D6A403}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F46B3381-8FC1-4DE9-845D-7749A7E3067F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>