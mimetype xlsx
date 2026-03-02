--- v0 (2025-11-04)
+++ v1 (2026-03-02)
@@ -5,88 +5,88 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A3FB4129-EDE4-44A1-8F17-D568E57590E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{29FDCD18-2E06-482B-B72B-7DC3F8678032}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #110" sheetId="3" r:id="rId1"/>
     <sheet name="Notes" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #110'!$A$1:$V$261</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #110'!$A$1:$X$262</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #110'!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="892" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="896" uniqueCount="65">
   <si>
     <t>K01</t>
   </si>
   <si>
     <t>FIC</t>
   </si>
   <si>
     <t>NCI</t>
   </si>
   <si>
     <t>NCRR</t>
   </si>
   <si>
     <t>NHGRI</t>
   </si>
   <si>
     <t>NHLBI</t>
   </si>
   <si>
     <t>NIA</t>
   </si>
   <si>
     <t>NIAAA</t>
   </si>
   <si>
@@ -219,136 +219,54 @@
     <t>Career Development Awards</t>
   </si>
   <si>
     <t>K38</t>
   </si>
   <si>
     <t>NIMHD</t>
   </si>
   <si>
     <t>NOTES</t>
   </si>
   <si>
     <t>Total Number of Awards</t>
   </si>
   <si>
     <t>Grand Total</t>
   </si>
   <si>
     <t>Activity Total</t>
   </si>
   <si>
     <t xml:space="preserve">Total Funding
 </t>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-  <si>
     <t>NCCIH</t>
   </si>
   <si>
     <t>Defined as activity codes K00, K01, K02, K05, K06, K07, K08, K12, K14, K16, K18, K22, K23, K24, K25, K26, K30, K43, K76, K99, KL1, KL2 and KM1.  Not all of these activities may be in use by NIH every year.</t>
-  </si>
-[...59 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
   </si>
   <si>
@@ -362,63 +280,113 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Source: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NIH PUB File</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Table #110: NIH Research Career Development Awards </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>- Number of Awards and Total Funding by Activity Code and NIH Institutes/Centers, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="4">
+    <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="\$#,##0"/>
   </numFmts>
-  <fonts count="51" x14ac:knownFonts="1">
+  <fonts count="53" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
@@ -697,64 +665,74 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
-  <fills count="31">
+  <fills count="30">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="46"/>
       </patternFill>
@@ -863,58 +841,52 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor theme="4"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="16">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -1063,50 +1035,63 @@
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC1C1C1"/>
       </left>
       <right style="thin">
         <color rgb="FFC1C1C1"/>
       </right>
       <top style="thin">
         <color rgb="FFC1C1C1"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC1C1C1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC1C1C1"/>
       </left>
       <right style="thin">
         <color rgb="FFC1C1C1"/>
       </right>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC1C1C1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FFC1C1C1"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFC1C1C1"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2769">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -3900,51 +3885,51 @@
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="119">
+  <cellXfs count="124">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="29" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="29" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="29" fillId="24" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="29" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="29" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="28" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="21" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="2298" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="2298" applyFont="1" applyFill="1"/>
@@ -4146,116 +4131,123 @@
     </xf>
     <xf numFmtId="164" fontId="41" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="35" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="42" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="34" fillId="28" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="42" fillId="27" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="26" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="46" fillId="29" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="46" fillId="29" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="36" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="40" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="35" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="35" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="35" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="46" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="47" fillId="28" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="47" fillId="28" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="47" fillId="27" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="47" fillId="27" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="25" borderId="0" xfId="2298" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="2298" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="25" borderId="0" xfId="2298" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="48" fillId="25" borderId="0" xfId="2140" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="48" fillId="25" borderId="0" xfId="2140" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="50" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="46" fillId="29" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="46" fillId="29" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="47" fillId="28" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="46" fillId="29" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="47" fillId="27" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="6" fontId="27" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="47" fillId="28" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="6" fontId="33" fillId="28" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="38" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2769">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 10" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 10 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent1 10 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent1 11" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent1 11 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent1 11 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="20% - Accent1 12" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent1 12 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent1 12 3" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="20% - Accent1 12 4" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent1 12 5" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent1 13" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="20% - Accent1 13 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent1 13 3" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent1 13 4" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="20% - Accent1 13 5" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
@@ -7302,141 +7294,146 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:V270"/>
+  <dimension ref="A1:Z271"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.6640625" style="6" customWidth="1"/>
-[...21 lines deleted...]
-    <col min="23" max="16384" width="8.88671875" style="1"/>
+    <col min="1" max="1" width="15.7109375" style="6" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" style="41" customWidth="1"/>
+    <col min="3" max="3" width="20.7109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="25.7109375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="20.7109375" style="1" customWidth="1"/>
+    <col min="6" max="6" width="25.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="20.7109375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="25.7109375" style="1" customWidth="1"/>
+    <col min="9" max="9" width="20.7109375" style="1" customWidth="1"/>
+    <col min="10" max="10" width="25.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="20.7109375" style="1" customWidth="1"/>
+    <col min="12" max="12" width="25.7109375" style="1" customWidth="1"/>
+    <col min="13" max="13" width="20.7109375" style="1" customWidth="1"/>
+    <col min="14" max="14" width="25.7109375" style="1" customWidth="1"/>
+    <col min="15" max="15" width="20.7109375" style="1" customWidth="1"/>
+    <col min="16" max="16" width="25.7109375" style="1" customWidth="1"/>
+    <col min="17" max="17" width="20.7109375" style="1" customWidth="1"/>
+    <col min="18" max="18" width="25.7109375" style="1" customWidth="1"/>
+    <col min="19" max="19" width="20.7109375" style="1" customWidth="1"/>
+    <col min="20" max="20" width="25.7109375" style="1" customWidth="1"/>
+    <col min="21" max="21" width="23.140625" style="1" customWidth="1"/>
+    <col min="22" max="22" width="22.85546875" style="1" customWidth="1"/>
+    <col min="23" max="23" width="23.140625" style="1" customWidth="1"/>
+    <col min="24" max="24" width="22.85546875" style="1" customWidth="1"/>
+    <col min="25" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" s="15" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:26" s="15" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="73" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B1" s="32"/>
       <c r="L1" s="21"/>
     </row>
-    <row r="2" spans="1:22" s="42" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:26" s="42" customFormat="1" ht="35.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="82"/>
       <c r="B2" s="82"/>
-      <c r="C2" s="117">
+      <c r="C2" s="122">
         <v>2015</v>
       </c>
-      <c r="D2" s="118"/>
-      <c r="E2" s="117">
+      <c r="D2" s="123"/>
+      <c r="E2" s="122">
         <v>2016</v>
       </c>
-      <c r="F2" s="118"/>
-      <c r="G2" s="117">
+      <c r="F2" s="123"/>
+      <c r="G2" s="122">
         <v>2017</v>
       </c>
-      <c r="H2" s="118"/>
-      <c r="I2" s="117">
+      <c r="H2" s="123"/>
+      <c r="I2" s="122">
         <v>2018</v>
       </c>
-      <c r="J2" s="118"/>
-      <c r="K2" s="117">
+      <c r="J2" s="123"/>
+      <c r="K2" s="122">
         <v>2019</v>
       </c>
-      <c r="L2" s="118"/>
-      <c r="M2" s="117">
+      <c r="L2" s="123"/>
+      <c r="M2" s="122">
         <v>2020</v>
       </c>
-      <c r="N2" s="118"/>
-      <c r="O2" s="117">
+      <c r="N2" s="123"/>
+      <c r="O2" s="122">
         <v>2021</v>
       </c>
-      <c r="P2" s="118"/>
-      <c r="Q2" s="117">
+      <c r="P2" s="123"/>
+      <c r="Q2" s="122">
         <v>2022</v>
       </c>
-      <c r="R2" s="118"/>
-      <c r="S2" s="117">
+      <c r="R2" s="123"/>
+      <c r="S2" s="122">
         <v>2023</v>
       </c>
-      <c r="T2" s="118"/>
-      <c r="U2" s="117">
+      <c r="T2" s="123"/>
+      <c r="U2" s="122">
         <v>2024</v>
       </c>
-      <c r="V2" s="118"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:22" ht="69.900000000000006" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V2" s="123"/>
+      <c r="W2" s="122">
+        <v>2025</v>
+      </c>
+      <c r="X2" s="123"/>
+    </row>
+    <row r="3" spans="1:26" ht="69.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="43" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="43" t="s">
         <v>41</v>
       </c>
       <c r="C3" s="43" t="s">
         <v>54</v>
       </c>
       <c r="D3" s="43" t="s">
         <v>57</v>
       </c>
       <c r="E3" s="43" t="s">
         <v>54</v>
       </c>
       <c r="F3" s="43" t="s">
         <v>57</v>
       </c>
       <c r="G3" s="43" t="s">
         <v>54</v>
       </c>
       <c r="H3" s="43" t="s">
         <v>57</v>
       </c>
       <c r="I3" s="43" t="s">
@@ -7459,52 +7456,58 @@
       </c>
       <c r="O3" s="43" t="s">
         <v>54</v>
       </c>
       <c r="P3" s="43" t="s">
         <v>57</v>
       </c>
       <c r="Q3" s="43" t="s">
         <v>54</v>
       </c>
       <c r="R3" s="43" t="s">
         <v>57</v>
       </c>
       <c r="S3" s="43" t="s">
         <v>54</v>
       </c>
       <c r="T3" s="43" t="s">
         <v>57</v>
       </c>
       <c r="U3" s="93" t="s">
         <v>54</v>
       </c>
       <c r="V3" s="93" t="s">
         <v>57</v>
       </c>
-    </row>
-    <row r="4" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W3" s="93" t="s">
+        <v>54</v>
+      </c>
+      <c r="X3" s="93" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B4" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D4" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E4" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F4" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G4" s="45">
         <v>5</v>
       </c>
       <c r="H4" s="46">
         <v>371854</v>
       </c>
       <c r="I4" s="45">
@@ -7524,55 +7527,61 @@
       </c>
       <c r="N4" s="46">
         <v>6106731</v>
       </c>
       <c r="O4" s="45">
         <v>78</v>
       </c>
       <c r="P4" s="46">
         <v>7211442</v>
       </c>
       <c r="Q4" s="47">
         <v>84</v>
       </c>
       <c r="R4" s="48">
         <v>7822967</v>
       </c>
       <c r="S4" s="47">
         <v>84</v>
       </c>
       <c r="T4" s="83">
         <v>7511395</v>
       </c>
       <c r="U4" s="94">
         <v>87</v>
       </c>
-      <c r="V4" s="95">
+      <c r="V4" s="113">
         <v>8633760</v>
       </c>
-    </row>
-    <row r="5" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W4" s="94">
+        <v>80</v>
+      </c>
+      <c r="X4" s="112">
+        <v>8035234</v>
+      </c>
+    </row>
+    <row r="5" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B5" s="44" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D5" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F5" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G5" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H5" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I5" s="45" t="s">
@@ -7592,55 +7601,61 @@
       </c>
       <c r="N5" s="46">
         <v>82188</v>
       </c>
       <c r="O5" s="45">
         <v>1</v>
       </c>
       <c r="P5" s="46">
         <v>84624</v>
       </c>
       <c r="Q5" s="47">
         <v>1</v>
       </c>
       <c r="R5" s="48">
         <v>84624</v>
       </c>
       <c r="S5" s="47">
         <v>1</v>
       </c>
       <c r="T5" s="83">
         <v>84624</v>
       </c>
       <c r="U5" s="94">
         <v>6</v>
       </c>
-      <c r="V5" s="95">
+      <c r="V5" s="113">
         <v>483665</v>
       </c>
-    </row>
-    <row r="6" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W5" s="94">
+        <v>3</v>
+      </c>
+      <c r="X5" s="112">
+        <v>245126</v>
+      </c>
+    </row>
+    <row r="6" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B6" s="74" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D6" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E6" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F6" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G6" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H6" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I6" s="45" t="s">
@@ -7660,55 +7675,61 @@
       </c>
       <c r="N6" s="46" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="45" t="s">
         <v>45</v>
       </c>
       <c r="P6" s="46" t="s">
         <v>45</v>
       </c>
       <c r="Q6" s="45" t="s">
         <v>45</v>
       </c>
       <c r="R6" s="46" t="s">
         <v>45</v>
       </c>
       <c r="S6" s="45" t="s">
         <v>45</v>
       </c>
       <c r="T6" s="84" t="s">
         <v>45</v>
       </c>
       <c r="U6" s="94">
         <v>2</v>
       </c>
-      <c r="V6" s="95">
+      <c r="V6" s="113">
         <v>207687</v>
       </c>
-    </row>
-    <row r="7" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W6" s="94">
+        <v>4</v>
+      </c>
+      <c r="X6" s="112">
+        <v>415536</v>
+      </c>
+    </row>
+    <row r="7" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B7" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D7" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F7" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G7" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I7" s="45" t="s">
@@ -7728,55 +7749,61 @@
       </c>
       <c r="N7" s="46" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="45">
         <v>3</v>
       </c>
       <c r="P7" s="46">
         <v>240197</v>
       </c>
       <c r="Q7" s="47">
         <v>13</v>
       </c>
       <c r="R7" s="48">
         <v>1036682</v>
       </c>
       <c r="S7" s="47">
         <v>21</v>
       </c>
       <c r="T7" s="83">
         <v>1673473</v>
       </c>
       <c r="U7" s="94">
         <v>31</v>
       </c>
-      <c r="V7" s="95">
+      <c r="V7" s="113">
         <v>2629011</v>
       </c>
-    </row>
-    <row r="8" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W7" s="94">
+        <v>43</v>
+      </c>
+      <c r="X7" s="112">
+        <v>3697716</v>
+      </c>
+    </row>
+    <row r="8" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="44" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D8" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E8" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G8" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H8" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I8" s="45" t="s">
@@ -7796,55 +7823,61 @@
       </c>
       <c r="N8" s="46" t="s">
         <v>45</v>
       </c>
       <c r="O8" s="45">
         <v>1</v>
       </c>
       <c r="P8" s="46">
         <v>85815</v>
       </c>
       <c r="Q8" s="47">
         <v>1</v>
       </c>
       <c r="R8" s="48">
         <v>86128</v>
       </c>
       <c r="S8" s="47">
         <v>1</v>
       </c>
       <c r="T8" s="83">
         <v>86441</v>
       </c>
       <c r="U8" s="94">
         <v>3</v>
       </c>
-      <c r="V8" s="95">
+      <c r="V8" s="113">
         <v>258837</v>
       </c>
-    </row>
-    <row r="9" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W8" s="94">
+        <v>2</v>
+      </c>
+      <c r="X8" s="112">
+        <v>171989</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B9" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C9" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E9" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H9" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I9" s="45" t="s">
@@ -7864,55 +7897,61 @@
       </c>
       <c r="N9" s="46" t="s">
         <v>45</v>
       </c>
       <c r="O9" s="46" t="s">
         <v>45</v>
       </c>
       <c r="P9" s="46" t="s">
         <v>45</v>
       </c>
       <c r="Q9" s="47">
         <v>2</v>
       </c>
       <c r="R9" s="48">
         <v>158790</v>
       </c>
       <c r="S9" s="47">
         <v>4</v>
       </c>
       <c r="T9" s="83">
         <v>327788</v>
       </c>
       <c r="U9" s="94">
         <v>5</v>
       </c>
-      <c r="V9" s="95">
+      <c r="V9" s="113">
         <v>451805</v>
       </c>
-    </row>
-    <row r="10" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W9" s="94">
+        <v>4</v>
+      </c>
+      <c r="X9" s="112">
+        <v>377554</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B10" s="44" t="s">
         <v>12</v>
       </c>
       <c r="C10" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H10" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I10" s="45">
@@ -7932,55 +7971,61 @@
       </c>
       <c r="N10" s="46">
         <v>146309</v>
       </c>
       <c r="O10" s="45">
         <v>3</v>
       </c>
       <c r="P10" s="46">
         <v>247890</v>
       </c>
       <c r="Q10" s="47">
         <v>3</v>
       </c>
       <c r="R10" s="48">
         <v>261077</v>
       </c>
       <c r="S10" s="47">
         <v>6</v>
       </c>
       <c r="T10" s="83">
         <v>507418</v>
       </c>
       <c r="U10" s="94">
         <v>8</v>
       </c>
-      <c r="V10" s="95">
+      <c r="V10" s="113">
         <v>729090</v>
       </c>
-    </row>
-    <row r="11" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W10" s="94">
+        <v>6</v>
+      </c>
+      <c r="X10" s="112">
+        <v>538863</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="44" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E11" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G11" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H11" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I11" s="45" t="s">
@@ -8000,55 +8045,61 @@
       </c>
       <c r="N11" s="46" t="s">
         <v>45</v>
       </c>
       <c r="O11" s="46" t="s">
         <v>45</v>
       </c>
       <c r="P11" s="46" t="s">
         <v>45</v>
       </c>
       <c r="Q11" s="46" t="s">
         <v>45</v>
       </c>
       <c r="R11" s="46" t="s">
         <v>45</v>
       </c>
       <c r="S11" s="47">
         <v>1</v>
       </c>
       <c r="T11" s="83">
         <v>68663</v>
       </c>
       <c r="U11" s="94">
         <v>1</v>
       </c>
-      <c r="V11" s="95">
+      <c r="V11" s="113">
         <v>93870</v>
       </c>
-    </row>
-    <row r="12" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W11" s="117">
+        <v>0</v>
+      </c>
+      <c r="X11" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B12" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D12" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F12" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G12" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H12" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I12" s="45" t="s">
@@ -8068,55 +8119,61 @@
       </c>
       <c r="N12" s="46" t="s">
         <v>45</v>
       </c>
       <c r="O12" s="46" t="s">
         <v>45</v>
       </c>
       <c r="P12" s="46" t="s">
         <v>45</v>
       </c>
       <c r="Q12" s="46" t="s">
         <v>45</v>
       </c>
       <c r="R12" s="46" t="s">
         <v>45</v>
       </c>
       <c r="S12" s="47">
         <v>1</v>
       </c>
       <c r="T12" s="83">
         <v>91349</v>
       </c>
       <c r="U12" s="94">
         <v>1</v>
       </c>
-      <c r="V12" s="95">
+      <c r="V12" s="113">
         <v>91349</v>
       </c>
-    </row>
-    <row r="13" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W12" s="94">
+        <v>1</v>
+      </c>
+      <c r="X12" s="112">
+        <v>91349</v>
+      </c>
+    </row>
+    <row r="13" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B13" s="44" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G13" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H13" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I13" s="45" t="s">
@@ -8136,55 +8193,63 @@
       </c>
       <c r="N13" s="46" t="s">
         <v>45</v>
       </c>
       <c r="O13" s="46" t="s">
         <v>45</v>
       </c>
       <c r="P13" s="46" t="s">
         <v>45</v>
       </c>
       <c r="Q13" s="47">
         <v>2</v>
       </c>
       <c r="R13" s="48">
         <v>171804</v>
       </c>
       <c r="S13" s="47">
         <v>2</v>
       </c>
       <c r="T13" s="83">
         <v>177053</v>
       </c>
       <c r="U13" s="94">
         <v>3</v>
       </c>
-      <c r="V13" s="95">
+      <c r="V13" s="113">
         <v>271818</v>
       </c>
-    </row>
-    <row r="14" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W13" s="94">
+        <v>3</v>
+      </c>
+      <c r="X13" s="112">
+        <v>278710</v>
+      </c>
+      <c r="Y13" s="1"/>
+      <c r="Z13" s="1"/>
+    </row>
+    <row r="14" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B14" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G14" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H14" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I14" s="45" t="s">
@@ -8204,55 +8269,61 @@
       </c>
       <c r="N14" s="46">
         <v>162784</v>
       </c>
       <c r="O14" s="45">
         <v>2</v>
       </c>
       <c r="P14" s="46">
         <v>169500</v>
       </c>
       <c r="Q14" s="47">
         <v>2</v>
       </c>
       <c r="R14" s="48">
         <v>169500</v>
       </c>
       <c r="S14" s="47">
         <v>2</v>
       </c>
       <c r="T14" s="83">
         <v>169500</v>
       </c>
       <c r="U14" s="94">
         <v>1</v>
       </c>
-      <c r="V14" s="95">
+      <c r="V14" s="113">
         <v>84996</v>
       </c>
-    </row>
-    <row r="15" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W14" s="117">
+        <v>0</v>
+      </c>
+      <c r="X14" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="49" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="50" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="51" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="50" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="51" t="s">
         <v>45</v>
       </c>
       <c r="G15" s="50" t="s">
         <v>45</v>
       </c>
       <c r="H15" s="51" t="s">
         <v>45</v>
       </c>
       <c r="I15" s="50">
@@ -8272,55 +8343,63 @@
       </c>
       <c r="N15" s="51">
         <v>1030100</v>
       </c>
       <c r="O15" s="50">
         <v>12</v>
       </c>
       <c r="P15" s="51">
         <v>1025540</v>
       </c>
       <c r="Q15" s="47">
         <v>13</v>
       </c>
       <c r="R15" s="48">
         <v>1017198</v>
       </c>
       <c r="S15" s="47">
         <v>14</v>
       </c>
       <c r="T15" s="83">
         <v>1117916</v>
       </c>
       <c r="U15" s="94">
         <v>19</v>
       </c>
-      <c r="V15" s="95">
+      <c r="V15" s="113">
         <v>1680337</v>
       </c>
-    </row>
-    <row r="16" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W15" s="94">
+        <v>18</v>
+      </c>
+      <c r="X15" s="112">
+        <v>1801560</v>
+      </c>
+      <c r="Y15" s="1"/>
+      <c r="Z15" s="1"/>
+    </row>
+    <row r="16" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="74" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F16" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G16" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H16" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I16" s="45" t="s">
@@ -8340,55 +8419,61 @@
       </c>
       <c r="N16" s="46">
         <v>872315</v>
       </c>
       <c r="O16" s="45">
         <v>15</v>
       </c>
       <c r="P16" s="46">
         <v>1120848</v>
       </c>
       <c r="Q16" s="47">
         <v>21</v>
       </c>
       <c r="R16" s="48">
         <v>1709153</v>
       </c>
       <c r="S16" s="47">
         <v>28</v>
       </c>
       <c r="T16" s="83">
         <v>2257340</v>
       </c>
       <c r="U16" s="94">
         <v>32</v>
       </c>
-      <c r="V16" s="95">
+      <c r="V16" s="113">
         <v>2810678</v>
       </c>
-    </row>
-    <row r="17" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W16" s="94">
+        <v>27</v>
+      </c>
+      <c r="X16" s="112">
+        <v>2431319</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="75" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C17" s="53" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="54" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="53" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="54" t="s">
         <v>45</v>
       </c>
       <c r="G17" s="53">
         <v>5</v>
       </c>
       <c r="H17" s="54">
         <v>371854</v>
       </c>
       <c r="I17" s="53">
@@ -8405,58 +8490,64 @@
       </c>
       <c r="M17" s="53">
         <v>97</v>
       </c>
       <c r="N17" s="54">
         <v>8400427</v>
       </c>
       <c r="O17" s="53">
         <v>115</v>
       </c>
       <c r="P17" s="54">
         <v>10185856</v>
       </c>
       <c r="Q17" s="53">
         <v>142</v>
       </c>
       <c r="R17" s="54">
         <v>12517923</v>
       </c>
       <c r="S17" s="53">
         <v>165</v>
       </c>
       <c r="T17" s="85">
         <v>14072960</v>
       </c>
-      <c r="U17" s="106">
+      <c r="U17" s="103">
         <v>199</v>
       </c>
-      <c r="V17" s="107">
+      <c r="V17" s="114">
         <v>18426903</v>
       </c>
-    </row>
-    <row r="18" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W17" s="103">
+        <v>191</v>
+      </c>
+      <c r="X17" s="119">
+        <v>18084956</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B18" s="44" t="s">
         <v>1</v>
       </c>
       <c r="C18" s="55">
         <v>23</v>
       </c>
       <c r="D18" s="56">
         <v>3060068</v>
       </c>
       <c r="E18" s="55">
         <v>27</v>
       </c>
       <c r="F18" s="56">
         <v>3535313</v>
       </c>
       <c r="G18" s="55">
         <v>28</v>
       </c>
       <c r="H18" s="56">
         <v>3785628</v>
       </c>
       <c r="I18" s="55">
@@ -8476,60 +8567,66 @@
       </c>
       <c r="N18" s="56">
         <v>3551262</v>
       </c>
       <c r="O18" s="55">
         <v>25</v>
       </c>
       <c r="P18" s="56">
         <v>4276084</v>
       </c>
       <c r="Q18" s="47">
         <v>27</v>
       </c>
       <c r="R18" s="48">
         <v>4506112</v>
       </c>
       <c r="S18" s="47">
         <v>28</v>
       </c>
       <c r="T18" s="83">
         <v>4715204</v>
       </c>
       <c r="U18" s="94">
         <v>23</v>
       </c>
-      <c r="V18" s="95">
+      <c r="V18" s="113">
         <v>4113986</v>
       </c>
-    </row>
-    <row r="19" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W18" s="94">
+        <v>21</v>
+      </c>
+      <c r="X18" s="112">
+        <v>4448216</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="44" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C19" s="55">
         <v>11</v>
       </c>
       <c r="D19" s="56">
         <v>1532207</v>
       </c>
       <c r="E19" s="55">
         <v>13</v>
       </c>
       <c r="F19" s="56">
         <v>1687557</v>
       </c>
       <c r="G19" s="55">
         <v>14</v>
       </c>
       <c r="H19" s="56">
         <v>1802100</v>
       </c>
       <c r="I19" s="55">
         <v>10</v>
       </c>
       <c r="J19" s="56">
         <v>1279670</v>
       </c>
@@ -8544,55 +8641,61 @@
       </c>
       <c r="N19" s="56">
         <v>1147567</v>
       </c>
       <c r="O19" s="55">
         <v>7</v>
       </c>
       <c r="P19" s="56">
         <v>908681</v>
       </c>
       <c r="Q19" s="47">
         <v>8</v>
       </c>
       <c r="R19" s="48">
         <v>1209014</v>
       </c>
       <c r="S19" s="47">
         <v>12</v>
       </c>
       <c r="T19" s="83">
         <v>1600102</v>
       </c>
       <c r="U19" s="94">
         <v>15</v>
       </c>
-      <c r="V19" s="95">
+      <c r="V19" s="113">
         <v>2027100</v>
       </c>
-    </row>
-    <row r="20" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W19" s="94">
+        <v>11</v>
+      </c>
+      <c r="X19" s="112">
+        <v>1587325</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B20" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C20" s="55">
         <v>51</v>
       </c>
       <c r="D20" s="56">
         <v>6577803</v>
       </c>
       <c r="E20" s="55">
         <v>43</v>
       </c>
       <c r="F20" s="56">
         <v>5807124</v>
       </c>
       <c r="G20" s="55">
         <v>37</v>
       </c>
       <c r="H20" s="56">
         <v>5035937</v>
       </c>
       <c r="I20" s="55">
@@ -8612,55 +8715,61 @@
       </c>
       <c r="N20" s="56">
         <v>5808264</v>
       </c>
       <c r="O20" s="55">
         <v>40</v>
       </c>
       <c r="P20" s="56">
         <v>6225660</v>
       </c>
       <c r="Q20" s="47">
         <v>37</v>
       </c>
       <c r="R20" s="48">
         <v>6194654</v>
       </c>
       <c r="S20" s="47">
         <v>37</v>
       </c>
       <c r="T20" s="83">
         <v>5930520</v>
       </c>
       <c r="U20" s="94">
         <v>38</v>
       </c>
-      <c r="V20" s="95">
+      <c r="V20" s="113">
         <v>6225151</v>
       </c>
-    </row>
-    <row r="21" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W20" s="94">
+        <v>39</v>
+      </c>
+      <c r="X20" s="112">
+        <v>6556689</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="44" t="s">
         <v>3</v>
       </c>
       <c r="C21" s="55">
         <v>0</v>
       </c>
       <c r="D21" s="56">
         <v>0</v>
       </c>
       <c r="E21" s="55">
         <v>0</v>
       </c>
       <c r="F21" s="56">
         <v>0</v>
       </c>
       <c r="G21" s="55">
         <v>0</v>
       </c>
       <c r="H21" s="56">
         <v>0</v>
       </c>
       <c r="I21" s="55">
@@ -8677,58 +8786,64 @@
       </c>
       <c r="M21" s="55">
         <v>0</v>
       </c>
       <c r="N21" s="56">
         <v>0</v>
       </c>
       <c r="O21" s="55">
         <v>0</v>
       </c>
       <c r="P21" s="56">
         <v>0</v>
       </c>
       <c r="Q21" s="47">
         <v>0</v>
       </c>
       <c r="R21" s="48">
         <v>0</v>
       </c>
       <c r="S21" s="47">
         <v>0</v>
       </c>
       <c r="T21" s="83">
         <v>0</v>
       </c>
-      <c r="U21" s="98">
-[...6 lines deleted...]
-    <row r="22" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U21" s="95">
+        <v>0</v>
+      </c>
+      <c r="V21" s="113">
+        <v>0</v>
+      </c>
+      <c r="W21" s="117">
+        <v>0</v>
+      </c>
+      <c r="X21" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B22" s="44" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="55">
         <v>5</v>
       </c>
       <c r="D22" s="56">
         <v>848874</v>
       </c>
       <c r="E22" s="55">
         <v>9</v>
       </c>
       <c r="F22" s="56">
         <v>1419538</v>
       </c>
       <c r="G22" s="55">
         <v>7</v>
       </c>
       <c r="H22" s="56">
         <v>1096649</v>
       </c>
       <c r="I22" s="55">
@@ -8748,55 +8863,61 @@
       </c>
       <c r="N22" s="56">
         <v>1195552</v>
       </c>
       <c r="O22" s="55">
         <v>10</v>
       </c>
       <c r="P22" s="56">
         <v>1467642</v>
       </c>
       <c r="Q22" s="47">
         <v>10</v>
       </c>
       <c r="R22" s="48">
         <v>1637977</v>
       </c>
       <c r="S22" s="47">
         <v>11</v>
       </c>
       <c r="T22" s="83">
         <v>1846810</v>
       </c>
       <c r="U22" s="94">
         <v>10</v>
       </c>
-      <c r="V22" s="95">
+      <c r="V22" s="113">
         <v>2054101</v>
       </c>
-    </row>
-    <row r="23" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W22" s="94">
+        <v>12</v>
+      </c>
+      <c r="X22" s="112">
+        <v>2198341</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B23" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C23" s="55">
         <v>48</v>
       </c>
       <c r="D23" s="56">
         <v>6414090</v>
       </c>
       <c r="E23" s="55">
         <v>82</v>
       </c>
       <c r="F23" s="56">
         <v>12131709</v>
       </c>
       <c r="G23" s="55">
         <v>94</v>
       </c>
       <c r="H23" s="56">
         <v>14841601</v>
       </c>
       <c r="I23" s="55">
@@ -8816,55 +8937,61 @@
       </c>
       <c r="N23" s="56">
         <v>26158060</v>
       </c>
       <c r="O23" s="55">
         <v>167</v>
       </c>
       <c r="P23" s="56">
         <v>26533900</v>
       </c>
       <c r="Q23" s="47">
         <v>171</v>
       </c>
       <c r="R23" s="48">
         <v>26208162</v>
       </c>
       <c r="S23" s="47">
         <v>166</v>
       </c>
       <c r="T23" s="83">
         <v>25798972</v>
       </c>
       <c r="U23" s="94">
         <v>159</v>
       </c>
-      <c r="V23" s="95">
+      <c r="V23" s="113">
         <v>25076323</v>
       </c>
-    </row>
-    <row r="24" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W23" s="94">
+        <v>128</v>
+      </c>
+      <c r="X23" s="112">
+        <v>20252566</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B24" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C24" s="55">
         <v>71</v>
       </c>
       <c r="D24" s="56">
         <v>8744272</v>
       </c>
       <c r="E24" s="55">
         <v>81</v>
       </c>
       <c r="F24" s="56">
         <v>9980618</v>
       </c>
       <c r="G24" s="55">
         <v>91</v>
       </c>
       <c r="H24" s="56">
         <v>11404488</v>
       </c>
       <c r="I24" s="55">
@@ -8884,55 +9011,61 @@
       </c>
       <c r="N24" s="56">
         <v>15872440</v>
       </c>
       <c r="O24" s="55">
         <v>140</v>
       </c>
       <c r="P24" s="56">
         <v>18160764</v>
       </c>
       <c r="Q24" s="47">
         <v>165</v>
       </c>
       <c r="R24" s="48">
         <v>21764484</v>
       </c>
       <c r="S24" s="47">
         <v>184</v>
       </c>
       <c r="T24" s="83">
         <v>23452780</v>
       </c>
       <c r="U24" s="94">
         <v>192</v>
       </c>
-      <c r="V24" s="95">
+      <c r="V24" s="113">
         <v>24386953</v>
       </c>
-    </row>
-    <row r="25" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W24" s="94">
+        <v>177</v>
+      </c>
+      <c r="X24" s="112">
+        <v>22617925</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B25" s="44" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="55">
         <v>31</v>
       </c>
       <c r="D25" s="56">
         <v>4604495</v>
       </c>
       <c r="E25" s="55">
         <v>36</v>
       </c>
       <c r="F25" s="56">
         <v>5430581</v>
       </c>
       <c r="G25" s="55">
         <v>42</v>
       </c>
       <c r="H25" s="56">
         <v>6562718</v>
       </c>
       <c r="I25" s="55">
@@ -8952,55 +9085,61 @@
       </c>
       <c r="N25" s="56">
         <v>11503536</v>
       </c>
       <c r="O25" s="55">
         <v>64</v>
       </c>
       <c r="P25" s="56">
         <v>10871493</v>
       </c>
       <c r="Q25" s="47">
         <v>64</v>
       </c>
       <c r="R25" s="48">
         <v>10641635</v>
       </c>
       <c r="S25" s="47">
         <v>49</v>
       </c>
       <c r="T25" s="83">
         <v>8291537</v>
       </c>
       <c r="U25" s="94">
         <v>50</v>
       </c>
-      <c r="V25" s="95">
+      <c r="V25" s="113">
         <v>8518371</v>
       </c>
-    </row>
-    <row r="26" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W25" s="94">
+        <v>39</v>
+      </c>
+      <c r="X25" s="112">
+        <v>6646138</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B26" s="44" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="55">
         <v>25</v>
       </c>
       <c r="D26" s="56">
         <v>3182407</v>
       </c>
       <c r="E26" s="55">
         <v>27</v>
       </c>
       <c r="F26" s="56">
         <v>3446204</v>
       </c>
       <c r="G26" s="55">
         <v>26</v>
       </c>
       <c r="H26" s="56">
         <v>3207326</v>
       </c>
       <c r="I26" s="55">
@@ -9020,55 +9159,61 @@
       </c>
       <c r="N26" s="56">
         <v>4303576</v>
       </c>
       <c r="O26" s="55">
         <v>40</v>
       </c>
       <c r="P26" s="56">
         <v>5015111</v>
       </c>
       <c r="Q26" s="47">
         <v>47</v>
       </c>
       <c r="R26" s="48">
         <v>5908649</v>
       </c>
       <c r="S26" s="47">
         <v>48</v>
       </c>
       <c r="T26" s="83">
         <v>6292085</v>
       </c>
       <c r="U26" s="94">
         <v>48</v>
       </c>
-      <c r="V26" s="95">
+      <c r="V26" s="113">
         <v>6578092</v>
       </c>
-    </row>
-    <row r="27" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W26" s="94">
+        <v>52</v>
+      </c>
+      <c r="X26" s="112">
+        <v>7465506</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B27" s="44" t="s">
         <v>9</v>
       </c>
       <c r="C27" s="55">
         <v>46</v>
       </c>
       <c r="D27" s="56">
         <v>5366577</v>
       </c>
       <c r="E27" s="55">
         <v>44</v>
       </c>
       <c r="F27" s="56">
         <v>5203789</v>
       </c>
       <c r="G27" s="55">
         <v>46</v>
       </c>
       <c r="H27" s="56">
         <v>5524514</v>
       </c>
       <c r="I27" s="55">
@@ -9088,55 +9233,61 @@
       </c>
       <c r="N27" s="56">
         <v>5273383</v>
       </c>
       <c r="O27" s="55">
         <v>39</v>
       </c>
       <c r="P27" s="56">
         <v>4987403</v>
       </c>
       <c r="Q27" s="47">
         <v>33</v>
       </c>
       <c r="R27" s="48">
         <v>4210269</v>
       </c>
       <c r="S27" s="47">
         <v>36</v>
       </c>
       <c r="T27" s="83">
         <v>4304667</v>
       </c>
       <c r="U27" s="94">
         <v>35</v>
       </c>
-      <c r="V27" s="95">
+      <c r="V27" s="113">
         <v>3982867</v>
       </c>
-    </row>
-    <row r="28" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W27" s="94">
+        <v>27</v>
+      </c>
+      <c r="X27" s="112">
+        <v>3250185</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B28" s="44" t="s">
         <v>10</v>
       </c>
       <c r="C28" s="55">
         <v>5</v>
       </c>
       <c r="D28" s="56">
         <v>832528</v>
       </c>
       <c r="E28" s="55">
         <v>4</v>
       </c>
       <c r="F28" s="56">
         <v>659242</v>
       </c>
       <c r="G28" s="55">
         <v>3</v>
       </c>
       <c r="H28" s="56">
         <v>510721</v>
       </c>
       <c r="I28" s="55">
@@ -9156,55 +9307,61 @@
       </c>
       <c r="N28" s="56">
         <v>1042916</v>
       </c>
       <c r="O28" s="55">
         <v>7</v>
       </c>
       <c r="P28" s="56">
         <v>941088</v>
       </c>
       <c r="Q28" s="47">
         <v>7</v>
       </c>
       <c r="R28" s="48">
         <v>935136</v>
       </c>
       <c r="S28" s="47">
         <v>6</v>
       </c>
       <c r="T28" s="83">
         <v>830766</v>
       </c>
       <c r="U28" s="94">
         <v>5</v>
       </c>
-      <c r="V28" s="95">
+      <c r="V28" s="113">
         <v>769391</v>
       </c>
-    </row>
-    <row r="29" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W28" s="94">
+        <v>5</v>
+      </c>
+      <c r="X28" s="112">
+        <v>806631</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B29" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C29" s="55">
         <v>30</v>
       </c>
       <c r="D29" s="56">
         <v>3768359</v>
       </c>
       <c r="E29" s="55">
         <v>31</v>
       </c>
       <c r="F29" s="56">
         <v>4002140</v>
       </c>
       <c r="G29" s="55">
         <v>28</v>
       </c>
       <c r="H29" s="56">
         <v>3574480</v>
       </c>
       <c r="I29" s="55">
@@ -9224,55 +9381,61 @@
       </c>
       <c r="N29" s="56">
         <v>3656917</v>
       </c>
       <c r="O29" s="55">
         <v>26</v>
       </c>
       <c r="P29" s="56">
         <v>3344491</v>
       </c>
       <c r="Q29" s="47">
         <v>24</v>
       </c>
       <c r="R29" s="48">
         <v>3157079</v>
       </c>
       <c r="S29" s="47">
         <v>29</v>
       </c>
       <c r="T29" s="83">
         <v>3865402</v>
       </c>
       <c r="U29" s="94">
         <v>24</v>
       </c>
-      <c r="V29" s="95">
+      <c r="V29" s="113">
         <v>3193371</v>
       </c>
-    </row>
-    <row r="30" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W29" s="94">
+        <v>25</v>
+      </c>
+      <c r="X29" s="112">
+        <v>3454247</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B30" s="44" t="s">
         <v>12</v>
       </c>
       <c r="C30" s="55">
         <v>75</v>
       </c>
       <c r="D30" s="56">
         <v>12021894</v>
       </c>
       <c r="E30" s="55">
         <v>74</v>
       </c>
       <c r="F30" s="56">
         <v>11927737</v>
       </c>
       <c r="G30" s="55">
         <v>82</v>
       </c>
       <c r="H30" s="56">
         <v>13345730</v>
       </c>
       <c r="I30" s="55">
@@ -9292,55 +9455,61 @@
       </c>
       <c r="N30" s="56">
         <v>15483428</v>
       </c>
       <c r="O30" s="55">
         <v>102</v>
       </c>
       <c r="P30" s="56">
         <v>17648940</v>
       </c>
       <c r="Q30" s="47">
         <v>114</v>
       </c>
       <c r="R30" s="48">
         <v>19258754</v>
       </c>
       <c r="S30" s="47">
         <v>123</v>
       </c>
       <c r="T30" s="83">
         <v>21378171</v>
       </c>
       <c r="U30" s="94">
         <v>116</v>
       </c>
-      <c r="V30" s="95">
+      <c r="V30" s="113">
         <v>20464009</v>
       </c>
-    </row>
-    <row r="31" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W30" s="94">
+        <v>122</v>
+      </c>
+      <c r="X30" s="112">
+        <v>22819343</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B31" s="44" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="55">
         <v>4</v>
       </c>
       <c r="D31" s="56">
         <v>706408</v>
       </c>
       <c r="E31" s="55">
         <v>4</v>
       </c>
       <c r="F31" s="56">
         <v>703312</v>
       </c>
       <c r="G31" s="55">
         <v>5</v>
       </c>
       <c r="H31" s="56">
         <v>831593</v>
       </c>
       <c r="I31" s="55">
@@ -9360,55 +9529,61 @@
       </c>
       <c r="N31" s="56">
         <v>1667626</v>
       </c>
       <c r="O31" s="55">
         <v>13</v>
       </c>
       <c r="P31" s="56">
         <v>1652179</v>
       </c>
       <c r="Q31" s="47">
         <v>13</v>
       </c>
       <c r="R31" s="48">
         <v>1762906</v>
       </c>
       <c r="S31" s="47">
         <v>13</v>
       </c>
       <c r="T31" s="83">
         <v>1752137</v>
       </c>
       <c r="U31" s="94">
         <v>10</v>
       </c>
-      <c r="V31" s="95">
+      <c r="V31" s="113">
         <v>1374146</v>
       </c>
-    </row>
-    <row r="32" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W31" s="94">
+        <v>7</v>
+      </c>
+      <c r="X31" s="112">
+        <v>990707</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B32" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C32" s="55">
         <v>0</v>
       </c>
       <c r="D32" s="56">
         <v>0</v>
       </c>
       <c r="E32" s="55">
         <v>0</v>
       </c>
       <c r="F32" s="56">
         <v>0</v>
       </c>
       <c r="G32" s="55">
         <v>2</v>
       </c>
       <c r="H32" s="56">
         <v>286703</v>
       </c>
       <c r="I32" s="55">
@@ -9428,55 +9603,61 @@
       </c>
       <c r="N32" s="56">
         <v>935103</v>
       </c>
       <c r="O32" s="55">
         <v>8</v>
       </c>
       <c r="P32" s="56">
         <v>1281130</v>
       </c>
       <c r="Q32" s="47">
         <v>9</v>
       </c>
       <c r="R32" s="48">
         <v>1475713</v>
       </c>
       <c r="S32" s="47">
         <v>11</v>
       </c>
       <c r="T32" s="83">
         <v>1628063</v>
       </c>
       <c r="U32" s="94">
         <v>12</v>
       </c>
-      <c r="V32" s="95">
+      <c r="V32" s="113">
         <v>1918256</v>
       </c>
-    </row>
-    <row r="33" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W32" s="94">
+        <v>7</v>
+      </c>
+      <c r="X32" s="112">
+        <v>1097826</v>
+      </c>
+    </row>
+    <row r="33" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B33" s="44" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="55">
         <v>180</v>
       </c>
       <c r="D33" s="56">
         <v>23597385</v>
       </c>
       <c r="E33" s="55">
         <v>163</v>
       </c>
       <c r="F33" s="56">
         <v>21743162</v>
       </c>
       <c r="G33" s="55">
         <v>158</v>
       </c>
       <c r="H33" s="56">
         <v>21728481</v>
       </c>
       <c r="I33" s="55">
@@ -9496,55 +9677,61 @@
       </c>
       <c r="N33" s="56">
         <v>22699770</v>
       </c>
       <c r="O33" s="55">
         <v>161</v>
       </c>
       <c r="P33" s="56">
         <v>25476027</v>
       </c>
       <c r="Q33" s="47">
         <v>146</v>
       </c>
       <c r="R33" s="48">
         <v>21521035</v>
       </c>
       <c r="S33" s="47">
         <v>142</v>
       </c>
       <c r="T33" s="83">
         <v>21703406</v>
       </c>
       <c r="U33" s="94">
         <v>131</v>
       </c>
-      <c r="V33" s="95">
+      <c r="V33" s="113">
         <v>18874952</v>
       </c>
-    </row>
-    <row r="34" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W33" s="94">
+        <v>134</v>
+      </c>
+      <c r="X33" s="112">
+        <v>19863517</v>
+      </c>
+    </row>
+    <row r="34" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B34" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="55">
         <v>23</v>
       </c>
       <c r="D34" s="56">
         <v>3668827</v>
       </c>
       <c r="E34" s="55">
         <v>18</v>
       </c>
       <c r="F34" s="56">
         <v>3014298</v>
       </c>
       <c r="G34" s="55">
         <v>19</v>
       </c>
       <c r="H34" s="56">
         <v>3169703</v>
       </c>
       <c r="I34" s="55">
@@ -9564,55 +9751,61 @@
       </c>
       <c r="N34" s="56">
         <v>2534035</v>
       </c>
       <c r="O34" s="55">
         <v>9</v>
       </c>
       <c r="P34" s="56">
         <v>1416725</v>
       </c>
       <c r="Q34" s="47">
         <v>12</v>
       </c>
       <c r="R34" s="48">
         <v>1815245</v>
       </c>
       <c r="S34" s="47">
         <v>9</v>
       </c>
       <c r="T34" s="83">
         <v>1542177</v>
       </c>
       <c r="U34" s="94">
         <v>12</v>
       </c>
-      <c r="V34" s="95">
+      <c r="V34" s="113">
         <v>1898570</v>
       </c>
-    </row>
-    <row r="35" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W34" s="94">
+        <v>10</v>
+      </c>
+      <c r="X34" s="112">
+        <v>1729010</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B35" s="44" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="57">
         <v>10</v>
       </c>
       <c r="D35" s="56">
         <v>1314210</v>
       </c>
       <c r="E35" s="57">
         <v>8</v>
       </c>
       <c r="F35" s="56">
         <v>1068963</v>
       </c>
       <c r="G35" s="57">
         <v>0</v>
       </c>
       <c r="H35" s="56">
         <v>0</v>
       </c>
       <c r="I35" s="55">
@@ -9629,58 +9822,64 @@
       </c>
       <c r="M35" s="55">
         <v>0</v>
       </c>
       <c r="N35" s="56">
         <v>0</v>
       </c>
       <c r="O35" s="55">
         <v>0</v>
       </c>
       <c r="P35" s="56">
         <v>0</v>
       </c>
       <c r="Q35" s="55">
         <v>0</v>
       </c>
       <c r="R35" s="56">
         <v>0</v>
       </c>
       <c r="S35" s="55">
         <v>0</v>
       </c>
       <c r="T35" s="86">
         <v>0</v>
       </c>
-      <c r="U35" s="99">
-[...6 lines deleted...]
-    <row r="36" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U35" s="96">
+        <v>0</v>
+      </c>
+      <c r="V35" s="113">
+        <v>0</v>
+      </c>
+      <c r="W35" s="117">
+        <v>0</v>
+      </c>
+      <c r="X35" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B36" s="44" t="s">
         <v>16</v>
       </c>
       <c r="C36" s="55">
         <v>118</v>
       </c>
       <c r="D36" s="56">
         <v>19072840</v>
       </c>
       <c r="E36" s="55">
         <v>114</v>
       </c>
       <c r="F36" s="56">
         <v>18308110</v>
       </c>
       <c r="G36" s="55">
         <v>116</v>
       </c>
       <c r="H36" s="56">
         <v>18844270</v>
       </c>
       <c r="I36" s="55">
@@ -9700,55 +9899,61 @@
       </c>
       <c r="N36" s="56">
         <v>20034824</v>
       </c>
       <c r="O36" s="55">
         <v>115</v>
       </c>
       <c r="P36" s="56">
         <v>18931802</v>
       </c>
       <c r="Q36" s="47">
         <v>120</v>
       </c>
       <c r="R36" s="48">
         <v>20472162</v>
       </c>
       <c r="S36" s="47">
         <v>123</v>
       </c>
       <c r="T36" s="83">
         <v>20815517</v>
       </c>
       <c r="U36" s="94">
         <v>113</v>
       </c>
-      <c r="V36" s="95">
+      <c r="V36" s="113">
         <v>20025272</v>
       </c>
-    </row>
-    <row r="37" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W36" s="94">
+        <v>101</v>
+      </c>
+      <c r="X36" s="112">
+        <v>18646056</v>
+      </c>
+    </row>
+    <row r="37" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B37" s="44" t="s">
         <v>52</v>
       </c>
       <c r="C37" s="55" t="s">
         <v>45</v>
       </c>
       <c r="D37" s="56" t="s">
         <v>45</v>
       </c>
       <c r="E37" s="55" t="s">
         <v>45</v>
       </c>
       <c r="F37" s="56" t="s">
         <v>45</v>
       </c>
       <c r="G37" s="55" t="s">
         <v>45</v>
       </c>
       <c r="H37" s="56" t="s">
         <v>45</v>
       </c>
       <c r="I37" s="55">
@@ -9768,55 +9973,61 @@
       </c>
       <c r="N37" s="56">
         <v>2508367</v>
       </c>
       <c r="O37" s="55">
         <v>26</v>
       </c>
       <c r="P37" s="56">
         <v>3662685</v>
       </c>
       <c r="Q37" s="47">
         <v>46</v>
       </c>
       <c r="R37" s="48">
         <v>6085955</v>
       </c>
       <c r="S37" s="47">
         <v>50</v>
       </c>
       <c r="T37" s="83">
         <v>6438217</v>
       </c>
       <c r="U37" s="94">
         <v>60</v>
       </c>
-      <c r="V37" s="95">
+      <c r="V37" s="113">
         <v>7683832</v>
       </c>
-    </row>
-    <row r="38" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W37" s="94">
+        <v>46</v>
+      </c>
+      <c r="X37" s="112">
+        <v>6479405</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B38" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C38" s="55">
         <v>10</v>
       </c>
       <c r="D38" s="56">
         <v>1885426</v>
       </c>
       <c r="E38" s="55">
         <v>9</v>
       </c>
       <c r="F38" s="56">
         <v>1792664</v>
       </c>
       <c r="G38" s="55">
         <v>11</v>
       </c>
       <c r="H38" s="56">
         <v>2403017</v>
       </c>
       <c r="I38" s="55">
@@ -9836,55 +10047,63 @@
       </c>
       <c r="N38" s="56">
         <v>1934933</v>
       </c>
       <c r="O38" s="55">
         <v>16</v>
       </c>
       <c r="P38" s="56">
         <v>3053672</v>
       </c>
       <c r="Q38" s="47">
         <v>22</v>
       </c>
       <c r="R38" s="48">
         <v>4422657</v>
       </c>
       <c r="S38" s="47">
         <v>26</v>
       </c>
       <c r="T38" s="83">
         <v>5509066</v>
       </c>
       <c r="U38" s="94">
         <v>27</v>
       </c>
-      <c r="V38" s="95">
+      <c r="V38" s="113">
         <v>5817372</v>
       </c>
-    </row>
-    <row r="39" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W38" s="94">
+        <v>25</v>
+      </c>
+      <c r="X38" s="112">
+        <v>5557980</v>
+      </c>
+      <c r="Y38" s="1"/>
+      <c r="Z38" s="1"/>
+    </row>
+    <row r="39" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B39" s="44" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="55">
         <v>11</v>
       </c>
       <c r="D39" s="56">
         <v>891938</v>
       </c>
       <c r="E39" s="55">
         <v>5</v>
       </c>
       <c r="F39" s="56">
         <v>439809</v>
       </c>
       <c r="G39" s="55">
         <v>8</v>
       </c>
       <c r="H39" s="56">
         <v>722019</v>
       </c>
       <c r="I39" s="55">
@@ -9904,55 +10123,61 @@
       </c>
       <c r="N39" s="56">
         <v>552349</v>
       </c>
       <c r="O39" s="55">
         <v>4</v>
       </c>
       <c r="P39" s="56">
         <v>365817</v>
       </c>
       <c r="Q39" s="47">
         <v>5</v>
       </c>
       <c r="R39" s="48">
         <v>730435</v>
       </c>
       <c r="S39" s="47">
         <v>4</v>
       </c>
       <c r="T39" s="83">
         <v>608178</v>
       </c>
       <c r="U39" s="94">
         <v>6</v>
       </c>
-      <c r="V39" s="95">
+      <c r="V39" s="113">
         <v>910283</v>
       </c>
-    </row>
-    <row r="40" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W39" s="94">
+        <v>4</v>
+      </c>
+      <c r="X39" s="112">
+        <v>613553</v>
+      </c>
+    </row>
+    <row r="40" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B40" s="49" t="s">
         <v>32</v>
       </c>
       <c r="C40" s="50">
         <v>4</v>
       </c>
       <c r="D40" s="51">
         <v>586663</v>
       </c>
       <c r="E40" s="50">
         <v>8</v>
       </c>
       <c r="F40" s="51">
         <v>1198330</v>
       </c>
       <c r="G40" s="50">
         <v>8</v>
       </c>
       <c r="H40" s="51">
         <v>1281209</v>
       </c>
       <c r="I40" s="50">
@@ -9969,58 +10194,66 @@
       </c>
       <c r="M40" s="50">
         <v>7</v>
       </c>
       <c r="N40" s="51">
         <v>1247631</v>
       </c>
       <c r="O40" s="50">
         <v>2</v>
       </c>
       <c r="P40" s="51">
         <v>335515</v>
       </c>
       <c r="Q40" s="47">
         <v>0</v>
       </c>
       <c r="R40" s="48">
         <v>0</v>
       </c>
       <c r="S40" s="47">
         <v>0</v>
       </c>
       <c r="T40" s="83">
         <v>0</v>
       </c>
-      <c r="U40" s="98">
-[...6 lines deleted...]
-    <row r="41" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U40" s="95">
+        <v>0</v>
+      </c>
+      <c r="V40" s="113">
+        <v>0</v>
+      </c>
+      <c r="W40" s="117">
+        <v>0</v>
+      </c>
+      <c r="X40" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y40" s="1"/>
+      <c r="Z40" s="1"/>
+    </row>
+    <row r="41" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="74" t="s">
         <v>0</v>
       </c>
       <c r="B41" s="44" t="s">
         <v>43</v>
       </c>
       <c r="C41" s="58">
         <v>22</v>
       </c>
       <c r="D41" s="59">
         <v>2684882</v>
       </c>
       <c r="E41" s="58">
         <v>27</v>
       </c>
       <c r="F41" s="59">
         <v>4343459</v>
       </c>
       <c r="G41" s="58">
         <v>28</v>
       </c>
       <c r="H41" s="59">
         <v>4989193</v>
       </c>
       <c r="I41" s="58">
@@ -10040,55 +10273,61 @@
       </c>
       <c r="N41" s="59">
         <v>4088487</v>
       </c>
       <c r="O41" s="58">
         <v>24</v>
       </c>
       <c r="P41" s="59">
         <v>3501183</v>
       </c>
       <c r="Q41" s="47">
         <v>28</v>
       </c>
       <c r="R41" s="48">
         <v>3946662</v>
       </c>
       <c r="S41" s="47">
         <v>27</v>
       </c>
       <c r="T41" s="83">
         <v>4155163</v>
       </c>
       <c r="U41" s="94">
         <v>21</v>
       </c>
-      <c r="V41" s="95">
+      <c r="V41" s="113">
         <v>2788671</v>
       </c>
-    </row>
-    <row r="42" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W41" s="94">
+        <v>17</v>
+      </c>
+      <c r="X41" s="112">
+        <v>2212615</v>
+      </c>
+    </row>
+    <row r="42" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="75" t="s">
         <v>0</v>
       </c>
       <c r="B42" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C42" s="60">
         <v>803</v>
       </c>
       <c r="D42" s="61">
         <v>111362153</v>
       </c>
       <c r="E42" s="60">
         <v>827</v>
       </c>
       <c r="F42" s="61">
         <v>117843659</v>
       </c>
       <c r="G42" s="60">
         <v>853</v>
       </c>
       <c r="H42" s="61">
         <v>124948080</v>
       </c>
       <c r="I42" s="60">
@@ -10105,58 +10344,64 @@
       </c>
       <c r="M42" s="60">
         <v>1027</v>
       </c>
       <c r="N42" s="61">
         <v>153200026</v>
       </c>
       <c r="O42" s="60">
         <v>1045</v>
       </c>
       <c r="P42" s="61">
         <v>160057992</v>
       </c>
       <c r="Q42" s="60">
         <v>1108</v>
       </c>
       <c r="R42" s="61">
         <v>167864695</v>
       </c>
       <c r="S42" s="60">
         <v>1134</v>
       </c>
       <c r="T42" s="87">
         <v>172458940</v>
       </c>
-      <c r="U42" s="106">
+      <c r="U42" s="103">
         <v>1107</v>
       </c>
-      <c r="V42" s="107">
+      <c r="V42" s="114">
         <v>168681069</v>
       </c>
-    </row>
-    <row r="43" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W42" s="103">
+        <v>1009</v>
+      </c>
+      <c r="X42" s="119">
+        <v>159293781</v>
+      </c>
+    </row>
+    <row r="43" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B43" s="44" t="s">
         <v>1</v>
       </c>
       <c r="C43" s="45">
         <v>3</v>
       </c>
       <c r="D43" s="46">
         <v>287562</v>
       </c>
       <c r="E43" s="45">
         <v>1</v>
       </c>
       <c r="F43" s="46">
         <v>74049</v>
       </c>
       <c r="G43" s="45">
         <v>0</v>
       </c>
       <c r="H43" s="46">
         <v>0</v>
       </c>
       <c r="I43" s="45">
@@ -10173,58 +10418,64 @@
       </c>
       <c r="M43" s="45">
         <v>0</v>
       </c>
       <c r="N43" s="46">
         <v>0</v>
       </c>
       <c r="O43" s="45">
         <v>0</v>
       </c>
       <c r="P43" s="46">
         <v>0</v>
       </c>
       <c r="Q43" s="45">
         <v>0</v>
       </c>
       <c r="R43" s="46">
         <v>0</v>
       </c>
       <c r="S43" s="45">
         <v>0</v>
       </c>
       <c r="T43" s="84">
         <v>0</v>
       </c>
-      <c r="U43" s="100">
-[...6 lines deleted...]
-    <row r="44" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U43" s="97">
+        <v>0</v>
+      </c>
+      <c r="V43" s="113">
+        <v>0</v>
+      </c>
+      <c r="W43" s="117">
+        <v>0</v>
+      </c>
+      <c r="X43" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B44" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C44" s="55">
         <v>7</v>
       </c>
       <c r="D44" s="56">
         <v>716424</v>
       </c>
       <c r="E44" s="55">
         <v>3</v>
       </c>
       <c r="F44" s="56">
         <v>404182</v>
       </c>
       <c r="G44" s="55">
         <v>1</v>
       </c>
       <c r="H44" s="56">
         <v>137160</v>
       </c>
       <c r="I44" s="55">
@@ -10241,58 +10492,64 @@
       </c>
       <c r="M44" s="55">
         <v>0</v>
       </c>
       <c r="N44" s="56">
         <v>0</v>
       </c>
       <c r="O44" s="55">
         <v>0</v>
       </c>
       <c r="P44" s="56">
         <v>0</v>
       </c>
       <c r="Q44" s="55">
         <v>0</v>
       </c>
       <c r="R44" s="56">
         <v>0</v>
       </c>
       <c r="S44" s="55">
         <v>0</v>
       </c>
       <c r="T44" s="86">
         <v>0</v>
       </c>
-      <c r="U44" s="99">
-[...6 lines deleted...]
-    <row r="45" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U44" s="96">
+        <v>0</v>
+      </c>
+      <c r="V44" s="113">
+        <v>0</v>
+      </c>
+      <c r="W44" s="117">
+        <v>0</v>
+      </c>
+      <c r="X44" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B45" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C45" s="45">
         <v>9</v>
       </c>
       <c r="D45" s="46">
         <v>1195958</v>
       </c>
       <c r="E45" s="45">
         <v>10</v>
       </c>
       <c r="F45" s="46">
         <v>1346893</v>
       </c>
       <c r="G45" s="45">
         <v>5</v>
       </c>
       <c r="H45" s="46">
         <v>685639</v>
       </c>
       <c r="I45" s="45">
@@ -10312,55 +10569,61 @@
       </c>
       <c r="N45" s="46">
         <v>1296613</v>
       </c>
       <c r="O45" s="45">
         <v>9</v>
       </c>
       <c r="P45" s="46">
         <v>1432379</v>
       </c>
       <c r="Q45" s="47">
         <v>8</v>
       </c>
       <c r="R45" s="48">
         <v>1102838</v>
       </c>
       <c r="S45" s="47">
         <v>7</v>
       </c>
       <c r="T45" s="83">
         <v>1079816</v>
       </c>
       <c r="U45" s="94">
         <v>8</v>
       </c>
-      <c r="V45" s="95">
+      <c r="V45" s="113">
         <v>1331888</v>
       </c>
-    </row>
-    <row r="46" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W45" s="94">
+        <v>7</v>
+      </c>
+      <c r="X45" s="112">
+        <v>1043874</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B46" s="44" t="s">
         <v>7</v>
       </c>
       <c r="C46" s="57">
         <v>5</v>
       </c>
       <c r="D46" s="56">
         <v>667212</v>
       </c>
       <c r="E46" s="57">
         <v>5</v>
       </c>
       <c r="F46" s="56">
         <v>664135</v>
       </c>
       <c r="G46" s="57">
         <v>6</v>
       </c>
       <c r="H46" s="56">
         <v>829378</v>
       </c>
       <c r="I46" s="57">
@@ -10380,55 +10643,61 @@
       </c>
       <c r="N46" s="56">
         <v>569611</v>
       </c>
       <c r="O46" s="57">
         <v>5</v>
       </c>
       <c r="P46" s="56">
         <v>714673</v>
       </c>
       <c r="Q46" s="47">
         <v>4</v>
       </c>
       <c r="R46" s="48">
         <v>575874</v>
       </c>
       <c r="S46" s="47">
         <v>4</v>
       </c>
       <c r="T46" s="83">
         <v>574966</v>
       </c>
       <c r="U46" s="94">
         <v>2</v>
       </c>
-      <c r="V46" s="95">
+      <c r="V46" s="113">
         <v>280114</v>
       </c>
-    </row>
-    <row r="47" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W46" s="94">
+        <v>2</v>
+      </c>
+      <c r="X46" s="112">
+        <v>276010</v>
+      </c>
+    </row>
+    <row r="47" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B47" s="44" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="45">
         <v>2</v>
       </c>
       <c r="D47" s="46">
         <v>202095</v>
       </c>
       <c r="E47" s="57">
         <v>1</v>
       </c>
       <c r="F47" s="56">
         <v>101898</v>
       </c>
       <c r="G47" s="57">
         <v>1</v>
       </c>
       <c r="H47" s="56">
         <v>101898</v>
       </c>
       <c r="I47" s="57">
@@ -10445,58 +10714,64 @@
       </c>
       <c r="M47" s="57">
         <v>0</v>
       </c>
       <c r="N47" s="56">
         <v>0</v>
       </c>
       <c r="O47" s="57">
         <v>0</v>
       </c>
       <c r="P47" s="56">
         <v>0</v>
       </c>
       <c r="Q47" s="57">
         <v>0</v>
       </c>
       <c r="R47" s="56">
         <v>0</v>
       </c>
       <c r="S47" s="57">
         <v>0</v>
       </c>
       <c r="T47" s="86">
         <v>0</v>
       </c>
-      <c r="U47" s="101">
-[...6 lines deleted...]
-    <row r="48" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U47" s="98">
+        <v>0</v>
+      </c>
+      <c r="V47" s="113">
+        <v>0</v>
+      </c>
+      <c r="W47" s="117">
+        <v>0</v>
+      </c>
+      <c r="X47" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B48" s="44" t="s">
         <v>9</v>
       </c>
       <c r="C48" s="45">
         <v>0</v>
       </c>
       <c r="D48" s="46">
         <v>0</v>
       </c>
       <c r="E48" s="45">
         <v>0</v>
       </c>
       <c r="F48" s="46">
         <v>0</v>
       </c>
       <c r="G48" s="45">
         <v>0</v>
       </c>
       <c r="H48" s="46">
         <v>0</v>
       </c>
       <c r="I48" s="45">
@@ -10513,58 +10788,64 @@
       </c>
       <c r="M48" s="45">
         <v>0</v>
       </c>
       <c r="N48" s="46">
         <v>0</v>
       </c>
       <c r="O48" s="45">
         <v>0</v>
       </c>
       <c r="P48" s="46">
         <v>0</v>
       </c>
       <c r="Q48" s="45">
         <v>0</v>
       </c>
       <c r="R48" s="46">
         <v>0</v>
       </c>
       <c r="S48" s="45">
         <v>0</v>
       </c>
       <c r="T48" s="84">
         <v>0</v>
       </c>
-      <c r="U48" s="100">
-[...6 lines deleted...]
-    <row r="49" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U48" s="97">
+        <v>0</v>
+      </c>
+      <c r="V48" s="113">
+        <v>0</v>
+      </c>
+      <c r="W48" s="117">
+        <v>0</v>
+      </c>
+      <c r="X48" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B49" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C49" s="45">
         <v>1</v>
       </c>
       <c r="D49" s="46">
         <v>98796</v>
       </c>
       <c r="E49" s="45">
         <v>0</v>
       </c>
       <c r="F49" s="46">
         <v>0</v>
       </c>
       <c r="G49" s="45">
         <v>0</v>
       </c>
       <c r="H49" s="46">
         <v>0</v>
       </c>
       <c r="I49" s="45">
@@ -10581,58 +10862,64 @@
       </c>
       <c r="M49" s="45">
         <v>0</v>
       </c>
       <c r="N49" s="46">
         <v>0</v>
       </c>
       <c r="O49" s="45">
         <v>0</v>
       </c>
       <c r="P49" s="46">
         <v>0</v>
       </c>
       <c r="Q49" s="45">
         <v>0</v>
       </c>
       <c r="R49" s="46">
         <v>0</v>
       </c>
       <c r="S49" s="45">
         <v>0</v>
       </c>
       <c r="T49" s="84">
         <v>0</v>
       </c>
-      <c r="U49" s="100">
-[...6 lines deleted...]
-    <row r="50" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U49" s="97">
+        <v>0</v>
+      </c>
+      <c r="V49" s="113">
+        <v>0</v>
+      </c>
+      <c r="W49" s="117">
+        <v>0</v>
+      </c>
+      <c r="X49" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B50" s="44" t="s">
         <v>12</v>
       </c>
       <c r="C50" s="63">
         <v>18</v>
       </c>
       <c r="D50" s="46">
         <v>2280112</v>
       </c>
       <c r="E50" s="45">
         <v>15</v>
       </c>
       <c r="F50" s="46">
         <v>1741527</v>
       </c>
       <c r="G50" s="45">
         <v>17</v>
       </c>
       <c r="H50" s="46">
         <v>2159537</v>
       </c>
       <c r="I50" s="45">
@@ -10652,55 +10939,61 @@
       </c>
       <c r="N50" s="46">
         <v>772870</v>
       </c>
       <c r="O50" s="45">
         <v>7</v>
       </c>
       <c r="P50" s="46">
         <v>898675</v>
       </c>
       <c r="Q50" s="47">
         <v>3</v>
       </c>
       <c r="R50" s="48">
         <v>255391</v>
       </c>
       <c r="S50" s="47">
         <v>4</v>
       </c>
       <c r="T50" s="83">
         <v>505875</v>
       </c>
       <c r="U50" s="94">
         <v>3</v>
       </c>
-      <c r="V50" s="95">
+      <c r="V50" s="113">
         <v>373419</v>
       </c>
-    </row>
-    <row r="51" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W50" s="94">
+        <v>4</v>
+      </c>
+      <c r="X50" s="112">
+        <v>510185</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B51" s="44" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="45">
         <v>0</v>
       </c>
       <c r="D51" s="46">
         <v>0</v>
       </c>
       <c r="E51" s="45">
         <v>0</v>
       </c>
       <c r="F51" s="46">
         <v>0</v>
       </c>
       <c r="G51" s="45">
         <v>0</v>
       </c>
       <c r="H51" s="46">
         <v>0</v>
       </c>
       <c r="I51" s="45">
@@ -10717,58 +11010,64 @@
       </c>
       <c r="M51" s="45">
         <v>0</v>
       </c>
       <c r="N51" s="46">
         <v>0</v>
       </c>
       <c r="O51" s="45">
         <v>0</v>
       </c>
       <c r="P51" s="46">
         <v>0</v>
       </c>
       <c r="Q51" s="45">
         <v>0</v>
       </c>
       <c r="R51" s="46">
         <v>0</v>
       </c>
       <c r="S51" s="45">
         <v>0</v>
       </c>
       <c r="T51" s="84">
         <v>0</v>
       </c>
-      <c r="U51" s="100">
-[...6 lines deleted...]
-    <row r="52" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U51" s="97">
+        <v>0</v>
+      </c>
+      <c r="V51" s="113">
+        <v>0</v>
+      </c>
+      <c r="W51" s="117">
+        <v>0</v>
+      </c>
+      <c r="X51" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B52" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C52" s="45">
         <v>2</v>
       </c>
       <c r="D52" s="46">
         <v>132423</v>
       </c>
       <c r="E52" s="45">
         <v>2</v>
       </c>
       <c r="F52" s="46">
         <v>232981</v>
       </c>
       <c r="G52" s="45">
         <v>2</v>
       </c>
       <c r="H52" s="46">
         <v>232582</v>
       </c>
       <c r="I52" s="45">
@@ -10788,55 +11087,63 @@
       </c>
       <c r="N52" s="46">
         <v>394926</v>
       </c>
       <c r="O52" s="45">
         <v>2</v>
       </c>
       <c r="P52" s="46">
         <v>274577</v>
       </c>
       <c r="Q52" s="47">
         <v>3</v>
       </c>
       <c r="R52" s="48">
         <v>405829</v>
       </c>
       <c r="S52" s="47">
         <v>2</v>
       </c>
       <c r="T52" s="83">
         <v>273945</v>
       </c>
       <c r="U52" s="94">
         <v>1</v>
       </c>
-      <c r="V52" s="95">
+      <c r="V52" s="113">
         <v>148614</v>
       </c>
-    </row>
-    <row r="53" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W52" s="117">
+        <v>0</v>
+      </c>
+      <c r="X52" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y52" s="1"/>
+      <c r="Z52" s="1"/>
+    </row>
+    <row r="53" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B53" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="45">
         <v>2</v>
       </c>
       <c r="D53" s="46">
         <v>281427</v>
       </c>
       <c r="E53" s="45">
         <v>1</v>
       </c>
       <c r="F53" s="46">
         <v>134730</v>
       </c>
       <c r="G53" s="45">
         <v>1</v>
       </c>
       <c r="H53" s="46">
         <v>134730</v>
       </c>
       <c r="I53" s="45">
@@ -10853,58 +11160,64 @@
       </c>
       <c r="M53" s="45">
         <v>1</v>
       </c>
       <c r="N53" s="46">
         <v>122513</v>
       </c>
       <c r="O53" s="45">
         <v>1</v>
       </c>
       <c r="P53" s="46">
         <v>122513</v>
       </c>
       <c r="Q53" s="47">
         <v>1</v>
       </c>
       <c r="R53" s="48">
         <v>122513</v>
       </c>
       <c r="S53" s="50">
         <v>0</v>
       </c>
       <c r="T53" s="88">
         <v>0</v>
       </c>
-      <c r="U53" s="102">
-[...6 lines deleted...]
-    <row r="54" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U53" s="99">
+        <v>0</v>
+      </c>
+      <c r="V53" s="113">
+        <v>0</v>
+      </c>
+      <c r="W53" s="117">
+        <v>0</v>
+      </c>
+      <c r="X53" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="76" t="s">
         <v>19</v>
       </c>
       <c r="B54" s="49" t="s">
         <v>16</v>
       </c>
       <c r="C54" s="50">
         <v>0</v>
       </c>
       <c r="D54" s="51">
         <v>0</v>
       </c>
       <c r="E54" s="50">
         <v>0</v>
       </c>
       <c r="F54" s="51">
         <v>0</v>
       </c>
       <c r="G54" s="50">
         <v>0</v>
       </c>
       <c r="H54" s="51">
         <v>0</v>
       </c>
       <c r="I54" s="50">
@@ -10921,58 +11234,66 @@
       </c>
       <c r="M54" s="50">
         <v>0</v>
       </c>
       <c r="N54" s="51">
         <v>0</v>
       </c>
       <c r="O54" s="50">
         <v>0</v>
       </c>
       <c r="P54" s="51">
         <v>0</v>
       </c>
       <c r="Q54" s="50">
         <v>0</v>
       </c>
       <c r="R54" s="51">
         <v>0</v>
       </c>
       <c r="S54" s="50">
         <v>0</v>
       </c>
       <c r="T54" s="88">
         <v>0</v>
       </c>
-      <c r="U54" s="102">
-[...6 lines deleted...]
-    <row r="55" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U54" s="99">
+        <v>0</v>
+      </c>
+      <c r="V54" s="113">
+        <v>0</v>
+      </c>
+      <c r="W54" s="117">
+        <v>0</v>
+      </c>
+      <c r="X54" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y54" s="1"/>
+      <c r="Z54" s="1"/>
+    </row>
+    <row r="55" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="74" t="s">
         <v>19</v>
       </c>
       <c r="B55" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C55" s="45">
         <v>10</v>
       </c>
       <c r="D55" s="46">
         <v>1756928</v>
       </c>
       <c r="E55" s="45">
         <v>8</v>
       </c>
       <c r="F55" s="46">
         <v>1427559</v>
       </c>
       <c r="G55" s="45">
         <v>10</v>
       </c>
       <c r="H55" s="46">
         <v>1766723</v>
       </c>
       <c r="I55" s="45">
@@ -10992,55 +11313,61 @@
       </c>
       <c r="N55" s="46">
         <v>1289796</v>
       </c>
       <c r="O55" s="45">
         <v>6</v>
       </c>
       <c r="P55" s="46">
         <v>1149038</v>
       </c>
       <c r="Q55" s="47">
         <v>3</v>
       </c>
       <c r="R55" s="48">
         <v>523566</v>
       </c>
       <c r="S55" s="47">
         <v>3</v>
       </c>
       <c r="T55" s="83">
         <v>532950</v>
       </c>
       <c r="U55" s="94">
         <v>4</v>
       </c>
-      <c r="V55" s="95">
+      <c r="V55" s="113">
         <v>864518</v>
       </c>
-    </row>
-    <row r="56" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W55" s="94">
+        <v>2</v>
+      </c>
+      <c r="X55" s="112">
+        <v>522331</v>
+      </c>
+    </row>
+    <row r="56" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="75" t="s">
         <v>19</v>
       </c>
       <c r="B56" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C56" s="53">
         <v>59</v>
       </c>
       <c r="D56" s="54">
         <v>7618937</v>
       </c>
       <c r="E56" s="53">
         <v>46</v>
       </c>
       <c r="F56" s="54">
         <v>6127954</v>
       </c>
       <c r="G56" s="53">
         <v>43</v>
       </c>
       <c r="H56" s="54">
         <v>6047647</v>
       </c>
       <c r="I56" s="53">
@@ -11057,63 +11384,69 @@
       </c>
       <c r="M56" s="53">
         <v>29</v>
       </c>
       <c r="N56" s="54">
         <v>4446329</v>
       </c>
       <c r="O56" s="53">
         <v>30</v>
       </c>
       <c r="P56" s="54">
         <v>4591855</v>
       </c>
       <c r="Q56" s="53">
         <v>22</v>
       </c>
       <c r="R56" s="54">
         <v>2986011</v>
       </c>
       <c r="S56" s="53">
         <v>20</v>
       </c>
       <c r="T56" s="85">
         <v>2967552</v>
       </c>
-      <c r="U56" s="106">
+      <c r="U56" s="103">
         <v>18</v>
       </c>
-      <c r="V56" s="107">
+      <c r="V56" s="114">
         <v>2998553</v>
       </c>
-    </row>
-    <row r="57" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W56" s="103">
+        <v>15</v>
+      </c>
+      <c r="X56" s="119">
+        <v>2352400</v>
+      </c>
+    </row>
+    <row r="57" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="74" t="s">
         <v>22</v>
       </c>
       <c r="B57" s="44" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C57" s="55">
         <v>0</v>
       </c>
       <c r="D57" s="56">
         <v>0</v>
       </c>
       <c r="E57" s="55">
         <v>0</v>
       </c>
       <c r="F57" s="56">
         <v>0</v>
       </c>
       <c r="G57" s="55">
         <v>0</v>
       </c>
       <c r="H57" s="56">
         <v>0</v>
       </c>
       <c r="I57" s="55">
         <v>0</v>
       </c>
       <c r="J57" s="56">
         <v>0</v>
       </c>
@@ -11125,58 +11458,64 @@
       </c>
       <c r="M57" s="55">
         <v>0</v>
       </c>
       <c r="N57" s="56">
         <v>0</v>
       </c>
       <c r="O57" s="55">
         <v>0</v>
       </c>
       <c r="P57" s="56">
         <v>0</v>
       </c>
       <c r="Q57" s="55">
         <v>0</v>
       </c>
       <c r="R57" s="56">
         <v>0</v>
       </c>
       <c r="S57" s="55">
         <v>0</v>
       </c>
       <c r="T57" s="86">
         <v>0</v>
       </c>
-      <c r="U57" s="99">
-[...6 lines deleted...]
-    <row r="58" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U57" s="96">
+        <v>0</v>
+      </c>
+      <c r="V57" s="113">
+        <v>0</v>
+      </c>
+      <c r="W57" s="117">
+        <v>0</v>
+      </c>
+      <c r="X57" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="74" t="s">
         <v>22</v>
       </c>
       <c r="B58" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C58" s="45">
         <v>14</v>
       </c>
       <c r="D58" s="46">
         <v>1460224</v>
       </c>
       <c r="E58" s="45">
         <v>9</v>
       </c>
       <c r="F58" s="46">
         <v>888629</v>
       </c>
       <c r="G58" s="45">
         <v>7</v>
       </c>
       <c r="H58" s="46">
         <v>619979</v>
       </c>
       <c r="I58" s="45">
@@ -11193,58 +11532,66 @@
       </c>
       <c r="M58" s="45">
         <v>0</v>
       </c>
       <c r="N58" s="46">
         <v>0</v>
       </c>
       <c r="O58" s="45">
         <v>0</v>
       </c>
       <c r="P58" s="46">
         <v>0</v>
       </c>
       <c r="Q58" s="45">
         <v>0</v>
       </c>
       <c r="R58" s="46">
         <v>0</v>
       </c>
       <c r="S58" s="45">
         <v>0</v>
       </c>
       <c r="T58" s="84">
         <v>0</v>
       </c>
-      <c r="U58" s="100">
-[...6 lines deleted...]
-    <row r="59" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U58" s="97">
+        <v>0</v>
+      </c>
+      <c r="V58" s="113">
+        <v>0</v>
+      </c>
+      <c r="W58" s="117">
+        <v>0</v>
+      </c>
+      <c r="X58" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y58" s="1"/>
+      <c r="Z58" s="1"/>
+    </row>
+    <row r="59" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="74" t="s">
         <v>22</v>
       </c>
       <c r="B59" s="44" t="s">
         <v>7</v>
       </c>
       <c r="C59" s="45">
         <v>7</v>
       </c>
       <c r="D59" s="46">
         <v>1438931</v>
       </c>
       <c r="E59" s="45">
         <v>6</v>
       </c>
       <c r="F59" s="46">
         <v>1260988</v>
       </c>
       <c r="G59" s="45">
         <v>4</v>
       </c>
       <c r="H59" s="46">
         <v>845736</v>
       </c>
       <c r="I59" s="45">
@@ -11261,58 +11608,64 @@
       </c>
       <c r="M59" s="45">
         <v>0</v>
       </c>
       <c r="N59" s="46">
         <v>0</v>
       </c>
       <c r="O59" s="45">
         <v>0</v>
       </c>
       <c r="P59" s="46">
         <v>0</v>
       </c>
       <c r="Q59" s="45">
         <v>0</v>
       </c>
       <c r="R59" s="46">
         <v>0</v>
       </c>
       <c r="S59" s="45">
         <v>0</v>
       </c>
       <c r="T59" s="84">
         <v>0</v>
       </c>
-      <c r="U59" s="100">
-[...6 lines deleted...]
-    <row r="60" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U59" s="97">
+        <v>0</v>
+      </c>
+      <c r="V59" s="113">
+        <v>0</v>
+      </c>
+      <c r="W59" s="117">
+        <v>0</v>
+      </c>
+      <c r="X59" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="76" t="s">
         <v>22</v>
       </c>
       <c r="B60" s="49" t="s">
         <v>12</v>
       </c>
       <c r="C60" s="50">
         <v>11</v>
       </c>
       <c r="D60" s="51">
         <v>1414236</v>
       </c>
       <c r="E60" s="50">
         <v>6</v>
       </c>
       <c r="F60" s="51">
         <v>786884</v>
       </c>
       <c r="G60" s="50">
         <v>1</v>
       </c>
       <c r="H60" s="51">
         <v>139326</v>
       </c>
       <c r="I60" s="50">
@@ -11329,58 +11682,66 @@
       </c>
       <c r="M60" s="50">
         <v>0</v>
       </c>
       <c r="N60" s="51">
         <v>0</v>
       </c>
       <c r="O60" s="50">
         <v>0</v>
       </c>
       <c r="P60" s="51">
         <v>0</v>
       </c>
       <c r="Q60" s="50">
         <v>0</v>
       </c>
       <c r="R60" s="51">
         <v>0</v>
       </c>
       <c r="S60" s="50">
         <v>0</v>
       </c>
       <c r="T60" s="88">
         <v>0</v>
       </c>
-      <c r="U60" s="102">
-[...6 lines deleted...]
-    <row r="61" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U60" s="99">
+        <v>0</v>
+      </c>
+      <c r="V60" s="113">
+        <v>0</v>
+      </c>
+      <c r="W60" s="117">
+        <v>0</v>
+      </c>
+      <c r="X60" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y60" s="1"/>
+      <c r="Z60" s="1"/>
+    </row>
+    <row r="61" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="74" t="s">
         <v>22</v>
       </c>
       <c r="B61" s="44" t="s">
         <v>16</v>
       </c>
       <c r="C61" s="45">
         <v>0</v>
       </c>
       <c r="D61" s="46">
         <v>0</v>
       </c>
       <c r="E61" s="45">
         <v>0</v>
       </c>
       <c r="F61" s="46">
         <v>0</v>
       </c>
       <c r="G61" s="45">
         <v>0</v>
       </c>
       <c r="H61" s="46">
         <v>0</v>
       </c>
       <c r="I61" s="45">
@@ -11397,58 +11758,64 @@
       </c>
       <c r="M61" s="45">
         <v>0</v>
       </c>
       <c r="N61" s="46">
         <v>0</v>
       </c>
       <c r="O61" s="45">
         <v>0</v>
       </c>
       <c r="P61" s="46">
         <v>0</v>
       </c>
       <c r="Q61" s="45">
         <v>0</v>
       </c>
       <c r="R61" s="46">
         <v>0</v>
       </c>
       <c r="S61" s="45">
         <v>0</v>
       </c>
       <c r="T61" s="84">
         <v>0</v>
       </c>
-      <c r="U61" s="100">
-[...6 lines deleted...]
-    <row r="62" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U61" s="97">
+        <v>0</v>
+      </c>
+      <c r="V61" s="113">
+        <v>0</v>
+      </c>
+      <c r="W61" s="117">
+        <v>0</v>
+      </c>
+      <c r="X61" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="75" t="s">
         <v>22</v>
       </c>
       <c r="B62" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C62" s="53">
         <v>32</v>
       </c>
       <c r="D62" s="54">
         <v>4313391</v>
       </c>
       <c r="E62" s="53">
         <v>21</v>
       </c>
       <c r="F62" s="54">
         <v>2936501</v>
       </c>
       <c r="G62" s="53">
         <v>12</v>
       </c>
       <c r="H62" s="54">
         <v>1605041</v>
       </c>
       <c r="I62" s="53">
@@ -11471,52 +11838,58 @@
       </c>
       <c r="O62" s="53">
         <v>0</v>
       </c>
       <c r="P62" s="54">
         <v>0</v>
       </c>
       <c r="Q62" s="53">
         <v>0</v>
       </c>
       <c r="R62" s="54">
         <v>0</v>
       </c>
       <c r="S62" s="53">
         <v>0</v>
       </c>
       <c r="T62" s="85">
         <v>0</v>
       </c>
       <c r="U62" s="53">
         <v>0</v>
       </c>
       <c r="V62" s="85">
         <v>0</v>
       </c>
-    </row>
-    <row r="63" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W62" s="120">
+        <v>0</v>
+      </c>
+      <c r="X62" s="121">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="74" t="s">
         <v>23</v>
       </c>
       <c r="B63" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C63" s="45">
         <v>0</v>
       </c>
       <c r="D63" s="46">
         <v>0</v>
       </c>
       <c r="E63" s="45">
         <v>0</v>
       </c>
       <c r="F63" s="46">
         <v>0</v>
       </c>
       <c r="G63" s="45">
         <v>0</v>
       </c>
       <c r="H63" s="46">
         <v>0</v>
       </c>
       <c r="I63" s="45">
@@ -11533,58 +11906,64 @@
       </c>
       <c r="M63" s="45">
         <v>0</v>
       </c>
       <c r="N63" s="46">
         <v>0</v>
       </c>
       <c r="O63" s="45">
         <v>0</v>
       </c>
       <c r="P63" s="46">
         <v>0</v>
       </c>
       <c r="Q63" s="55">
         <v>0</v>
       </c>
       <c r="R63" s="56">
         <v>0</v>
       </c>
       <c r="S63" s="55">
         <v>0</v>
       </c>
       <c r="T63" s="86">
         <v>0</v>
       </c>
-      <c r="U63" s="99">
-[...6 lines deleted...]
-    <row r="64" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U63" s="96">
+        <v>0</v>
+      </c>
+      <c r="V63" s="113">
+        <v>0</v>
+      </c>
+      <c r="W63" s="117">
+        <v>0</v>
+      </c>
+      <c r="X63" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="74" t="s">
         <v>23</v>
       </c>
       <c r="B64" s="44" t="s">
         <v>8</v>
       </c>
       <c r="C64" s="45">
         <v>1</v>
       </c>
       <c r="D64" s="46">
         <v>33939</v>
       </c>
       <c r="E64" s="45">
         <v>1</v>
       </c>
       <c r="F64" s="46">
         <v>33939</v>
       </c>
       <c r="G64" s="45">
         <v>0</v>
       </c>
       <c r="H64" s="46">
         <v>0</v>
       </c>
       <c r="I64" s="45">
@@ -11601,58 +11980,66 @@
       </c>
       <c r="M64" s="45">
         <v>0</v>
       </c>
       <c r="N64" s="46">
         <v>0</v>
       </c>
       <c r="O64" s="45">
         <v>0</v>
       </c>
       <c r="P64" s="46">
         <v>0</v>
       </c>
       <c r="Q64" s="45">
         <v>0</v>
       </c>
       <c r="R64" s="46">
         <v>0</v>
       </c>
       <c r="S64" s="45">
         <v>0</v>
       </c>
       <c r="T64" s="84">
         <v>0</v>
       </c>
-      <c r="U64" s="100">
-[...6 lines deleted...]
-    <row r="65" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U64" s="97">
+        <v>0</v>
+      </c>
+      <c r="V64" s="113">
+        <v>0</v>
+      </c>
+      <c r="W64" s="117">
+        <v>0</v>
+      </c>
+      <c r="X64" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y64" s="1"/>
+      <c r="Z64" s="1"/>
+    </row>
+    <row r="65" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="74" t="s">
         <v>23</v>
       </c>
       <c r="B65" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C65" s="45">
         <v>0</v>
       </c>
       <c r="D65" s="46">
         <v>0</v>
       </c>
       <c r="E65" s="45">
         <v>0</v>
       </c>
       <c r="F65" s="46">
         <v>0</v>
       </c>
       <c r="G65" s="45">
         <v>0</v>
       </c>
       <c r="H65" s="46">
         <v>0</v>
       </c>
       <c r="I65" s="45">
@@ -11669,58 +12056,64 @@
       </c>
       <c r="M65" s="45">
         <v>0</v>
       </c>
       <c r="N65" s="46">
         <v>0</v>
       </c>
       <c r="O65" s="45">
         <v>0</v>
       </c>
       <c r="P65" s="46">
         <v>0</v>
       </c>
       <c r="Q65" s="45">
         <v>0</v>
       </c>
       <c r="R65" s="46">
         <v>0</v>
       </c>
       <c r="S65" s="45">
         <v>0</v>
       </c>
       <c r="T65" s="84">
         <v>0</v>
       </c>
-      <c r="U65" s="100">
-[...6 lines deleted...]
-    <row r="66" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U65" s="97">
+        <v>0</v>
+      </c>
+      <c r="V65" s="113">
+        <v>0</v>
+      </c>
+      <c r="W65" s="117">
+        <v>0</v>
+      </c>
+      <c r="X65" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="76" t="s">
         <v>23</v>
       </c>
       <c r="B66" s="49" t="s">
         <v>15</v>
       </c>
       <c r="C66" s="45">
         <v>0</v>
       </c>
       <c r="D66" s="46">
         <v>0</v>
       </c>
       <c r="E66" s="45">
         <v>0</v>
       </c>
       <c r="F66" s="46">
         <v>0</v>
       </c>
       <c r="G66" s="45">
         <v>0</v>
       </c>
       <c r="H66" s="46">
         <v>0</v>
       </c>
       <c r="I66" s="45">
@@ -11737,58 +12130,66 @@
       </c>
       <c r="M66" s="45">
         <v>0</v>
       </c>
       <c r="N66" s="46">
         <v>0</v>
       </c>
       <c r="O66" s="45">
         <v>0</v>
       </c>
       <c r="P66" s="46">
         <v>0</v>
       </c>
       <c r="Q66" s="50">
         <v>0</v>
       </c>
       <c r="R66" s="51">
         <v>0</v>
       </c>
       <c r="S66" s="50">
         <v>0</v>
       </c>
       <c r="T66" s="88">
         <v>0</v>
       </c>
-      <c r="U66" s="102">
-[...6 lines deleted...]
-    <row r="67" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U66" s="99">
+        <v>0</v>
+      </c>
+      <c r="V66" s="113">
+        <v>0</v>
+      </c>
+      <c r="W66" s="117">
+        <v>0</v>
+      </c>
+      <c r="X66" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y66" s="1"/>
+      <c r="Z66" s="1"/>
+    </row>
+    <row r="67" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="74" t="s">
         <v>23</v>
       </c>
       <c r="B67" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C67" s="55">
         <v>0</v>
       </c>
       <c r="D67" s="56">
         <v>0</v>
       </c>
       <c r="E67" s="55">
         <v>0</v>
       </c>
       <c r="F67" s="56">
         <v>0</v>
       </c>
       <c r="G67" s="55">
         <v>0</v>
       </c>
       <c r="H67" s="56">
         <v>0</v>
       </c>
       <c r="I67" s="55">
@@ -11805,58 +12206,64 @@
       </c>
       <c r="M67" s="55">
         <v>0</v>
       </c>
       <c r="N67" s="56">
         <v>0</v>
       </c>
       <c r="O67" s="55">
         <v>0</v>
       </c>
       <c r="P67" s="56">
         <v>0</v>
       </c>
       <c r="Q67" s="45">
         <v>0</v>
       </c>
       <c r="R67" s="46">
         <v>0</v>
       </c>
       <c r="S67" s="45">
         <v>0</v>
       </c>
       <c r="T67" s="84">
         <v>0</v>
       </c>
-      <c r="U67" s="100">
-[...6 lines deleted...]
-    <row r="68" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U67" s="97">
+        <v>0</v>
+      </c>
+      <c r="V67" s="113">
+        <v>0</v>
+      </c>
+      <c r="W67" s="117">
+        <v>0</v>
+      </c>
+      <c r="X67" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="75" t="s">
         <v>23</v>
       </c>
       <c r="B68" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C68" s="53">
         <v>1</v>
       </c>
       <c r="D68" s="54">
         <v>33939</v>
       </c>
       <c r="E68" s="53">
         <v>1</v>
       </c>
       <c r="F68" s="54">
         <v>33939</v>
       </c>
       <c r="G68" s="53">
         <v>0</v>
       </c>
       <c r="H68" s="54">
         <v>0</v>
       </c>
       <c r="I68" s="53">
@@ -11876,60 +12283,66 @@
       </c>
       <c r="N68" s="54">
         <v>0</v>
       </c>
       <c r="O68" s="53">
         <v>0</v>
       </c>
       <c r="P68" s="54">
         <v>0</v>
       </c>
       <c r="Q68" s="53">
         <v>0</v>
       </c>
       <c r="R68" s="54">
         <v>0</v>
       </c>
       <c r="S68" s="53">
         <v>0</v>
       </c>
       <c r="T68" s="85">
         <v>0</v>
       </c>
       <c r="U68" s="53">
         <v>0</v>
       </c>
-      <c r="V68" s="107">
-[...3 lines deleted...]
-    <row r="69" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V68" s="114">
+        <v>0</v>
+      </c>
+      <c r="W68" s="120">
+        <v>0</v>
+      </c>
+      <c r="X68" s="121">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="74" t="s">
         <v>24</v>
       </c>
       <c r="B69" s="44" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C69" s="45">
         <v>2</v>
       </c>
       <c r="D69" s="46">
         <v>277021</v>
       </c>
       <c r="E69" s="45">
         <v>2</v>
       </c>
       <c r="F69" s="46">
         <v>277020</v>
       </c>
       <c r="G69" s="45">
         <v>2</v>
       </c>
       <c r="H69" s="46">
         <v>273024</v>
       </c>
       <c r="I69" s="45">
         <v>1</v>
       </c>
       <c r="J69" s="46">
         <v>136258</v>
       </c>
@@ -11941,58 +12354,64 @@
       </c>
       <c r="M69" s="45">
         <v>0</v>
       </c>
       <c r="N69" s="46">
         <v>0</v>
       </c>
       <c r="O69" s="45">
         <v>0</v>
       </c>
       <c r="P69" s="46">
         <v>0</v>
       </c>
       <c r="Q69" s="45">
         <v>0</v>
       </c>
       <c r="R69" s="46">
         <v>0</v>
       </c>
       <c r="S69" s="45">
         <v>0</v>
       </c>
       <c r="T69" s="84">
         <v>0</v>
       </c>
-      <c r="U69" s="100">
-[...6 lines deleted...]
-    <row r="70" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U69" s="97">
+        <v>0</v>
+      </c>
+      <c r="V69" s="113">
+        <v>0</v>
+      </c>
+      <c r="W69" s="117">
+        <v>0</v>
+      </c>
+      <c r="X69" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="74" t="s">
         <v>24</v>
       </c>
       <c r="B70" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C70" s="45">
         <v>67</v>
       </c>
       <c r="D70" s="46">
         <v>10014085</v>
       </c>
       <c r="E70" s="45">
         <v>65</v>
       </c>
       <c r="F70" s="46">
         <v>9782479</v>
       </c>
       <c r="G70" s="45">
         <v>68</v>
       </c>
       <c r="H70" s="46">
         <v>10570512</v>
       </c>
       <c r="I70" s="45">
@@ -12009,58 +12428,64 @@
       </c>
       <c r="M70" s="45">
         <v>46</v>
       </c>
       <c r="N70" s="46">
         <v>7296818</v>
       </c>
       <c r="O70" s="45">
         <v>30</v>
       </c>
       <c r="P70" s="46">
         <v>4964775</v>
       </c>
       <c r="Q70" s="47">
         <v>17</v>
       </c>
       <c r="R70" s="48">
         <v>2530667</v>
       </c>
       <c r="S70" s="47">
         <v>1</v>
       </c>
       <c r="T70" s="83">
         <v>636196</v>
       </c>
-      <c r="U70" s="98">
-[...6 lines deleted...]
-    <row r="71" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U70" s="95">
+        <v>0</v>
+      </c>
+      <c r="V70" s="113">
+        <v>0</v>
+      </c>
+      <c r="W70" s="117">
+        <v>0</v>
+      </c>
+      <c r="X70" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="74" t="s">
         <v>24</v>
       </c>
       <c r="B71" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C71" s="62">
         <v>0</v>
       </c>
       <c r="D71" s="46">
         <v>0</v>
       </c>
       <c r="E71" s="62">
         <v>0</v>
       </c>
       <c r="F71" s="46">
         <v>0</v>
       </c>
       <c r="G71" s="62">
         <v>0</v>
       </c>
       <c r="H71" s="46">
         <v>0</v>
       </c>
       <c r="I71" s="62">
@@ -12077,58 +12502,64 @@
       </c>
       <c r="M71" s="62">
         <v>0</v>
       </c>
       <c r="N71" s="46">
         <v>0</v>
       </c>
       <c r="O71" s="62">
         <v>0</v>
       </c>
       <c r="P71" s="46">
         <v>0</v>
       </c>
       <c r="Q71" s="62">
         <v>0</v>
       </c>
       <c r="R71" s="46">
         <v>0</v>
       </c>
       <c r="S71" s="62">
         <v>0</v>
       </c>
       <c r="T71" s="84">
         <v>0</v>
       </c>
-      <c r="U71" s="104">
-[...6 lines deleted...]
-    <row r="72" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U71" s="101">
+        <v>0</v>
+      </c>
+      <c r="V71" s="113">
+        <v>0</v>
+      </c>
+      <c r="W71" s="117">
+        <v>0</v>
+      </c>
+      <c r="X71" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="74" t="s">
         <v>24</v>
       </c>
       <c r="B72" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C72" s="62">
         <v>6</v>
       </c>
       <c r="D72" s="46">
         <v>762488</v>
       </c>
       <c r="E72" s="62">
         <v>7</v>
       </c>
       <c r="F72" s="46">
         <v>846280</v>
       </c>
       <c r="G72" s="62">
         <v>7</v>
       </c>
       <c r="H72" s="46">
         <v>859823</v>
       </c>
       <c r="I72" s="62">
@@ -12148,55 +12579,61 @@
       </c>
       <c r="N72" s="46">
         <v>1574851</v>
       </c>
       <c r="O72" s="62">
         <v>13</v>
       </c>
       <c r="P72" s="46">
         <v>1903626</v>
       </c>
       <c r="Q72" s="47">
         <v>14</v>
       </c>
       <c r="R72" s="48">
         <v>2078893</v>
       </c>
       <c r="S72" s="47">
         <v>15</v>
       </c>
       <c r="T72" s="83">
         <v>2190956</v>
       </c>
       <c r="U72" s="94">
         <v>15</v>
       </c>
-      <c r="V72" s="95">
+      <c r="V72" s="113">
         <v>2215344</v>
       </c>
-    </row>
-    <row r="73" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W72" s="94">
+        <v>10</v>
+      </c>
+      <c r="X72" s="112">
+        <v>1448440</v>
+      </c>
+    </row>
+    <row r="73" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="74" t="s">
         <v>24</v>
       </c>
       <c r="B73" s="44" t="s">
         <v>7</v>
       </c>
       <c r="C73" s="62">
         <v>0</v>
       </c>
       <c r="D73" s="46">
         <v>0</v>
       </c>
       <c r="E73" s="62">
         <v>0</v>
       </c>
       <c r="F73" s="46">
         <v>0</v>
       </c>
       <c r="G73" s="62">
         <v>0</v>
       </c>
       <c r="H73" s="46">
         <v>0</v>
       </c>
       <c r="I73" s="62">
@@ -12213,58 +12650,66 @@
       </c>
       <c r="M73" s="62">
         <v>0</v>
       </c>
       <c r="N73" s="46">
         <v>0</v>
       </c>
       <c r="O73" s="62">
         <v>0</v>
       </c>
       <c r="P73" s="46">
         <v>0</v>
       </c>
       <c r="Q73" s="62">
         <v>0</v>
       </c>
       <c r="R73" s="46">
         <v>0</v>
       </c>
       <c r="S73" s="62">
         <v>0</v>
       </c>
       <c r="T73" s="84">
         <v>0</v>
       </c>
-      <c r="U73" s="104">
-[...6 lines deleted...]
-    <row r="74" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U73" s="101">
+        <v>0</v>
+      </c>
+      <c r="V73" s="113">
+        <v>0</v>
+      </c>
+      <c r="W73" s="117">
+        <v>0</v>
+      </c>
+      <c r="X73" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y73" s="1"/>
+      <c r="Z73" s="1"/>
+    </row>
+    <row r="74" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="74" t="s">
         <v>24</v>
       </c>
       <c r="B74" s="44" t="s">
         <v>9</v>
       </c>
       <c r="C74" s="62">
         <v>0</v>
       </c>
       <c r="D74" s="46">
         <v>0</v>
       </c>
       <c r="E74" s="62">
         <v>0</v>
       </c>
       <c r="F74" s="46">
         <v>0</v>
       </c>
       <c r="G74" s="62">
         <v>0</v>
       </c>
       <c r="H74" s="46">
         <v>0</v>
       </c>
       <c r="I74" s="62">
@@ -12281,58 +12726,64 @@
       </c>
       <c r="M74" s="62">
         <v>0</v>
       </c>
       <c r="N74" s="46">
         <v>0</v>
       </c>
       <c r="O74" s="62">
         <v>0</v>
       </c>
       <c r="P74" s="46">
         <v>0</v>
       </c>
       <c r="Q74" s="62">
         <v>0</v>
       </c>
       <c r="R74" s="46">
         <v>0</v>
       </c>
       <c r="S74" s="62">
         <v>0</v>
       </c>
       <c r="T74" s="84">
         <v>0</v>
       </c>
-      <c r="U74" s="104">
-[...6 lines deleted...]
-    <row r="75" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U74" s="101">
+        <v>0</v>
+      </c>
+      <c r="V74" s="113">
+        <v>0</v>
+      </c>
+      <c r="W74" s="117">
+        <v>0</v>
+      </c>
+      <c r="X74" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="76" t="s">
         <v>24</v>
       </c>
       <c r="B75" s="49" t="s">
         <v>11</v>
       </c>
       <c r="C75" s="50">
         <v>0</v>
       </c>
       <c r="D75" s="51">
         <v>0</v>
       </c>
       <c r="E75" s="50">
         <v>0</v>
       </c>
       <c r="F75" s="51">
         <v>0</v>
       </c>
       <c r="G75" s="50">
         <v>0</v>
       </c>
       <c r="H75" s="51">
         <v>0</v>
       </c>
       <c r="I75" s="50">
@@ -12349,58 +12800,66 @@
       </c>
       <c r="M75" s="50">
         <v>0</v>
       </c>
       <c r="N75" s="51">
         <v>0</v>
       </c>
       <c r="O75" s="50">
         <v>0</v>
       </c>
       <c r="P75" s="51">
         <v>0</v>
       </c>
       <c r="Q75" s="50">
         <v>0</v>
       </c>
       <c r="R75" s="51">
         <v>0</v>
       </c>
       <c r="S75" s="50">
         <v>0</v>
       </c>
       <c r="T75" s="88">
         <v>0</v>
       </c>
-      <c r="U75" s="102">
-[...6 lines deleted...]
-    <row r="76" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U75" s="99">
+        <v>0</v>
+      </c>
+      <c r="V75" s="113">
+        <v>0</v>
+      </c>
+      <c r="W75" s="117">
+        <v>0</v>
+      </c>
+      <c r="X75" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y75" s="1"/>
+      <c r="Z75" s="1"/>
+    </row>
+    <row r="76" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="74" t="s">
         <v>24</v>
       </c>
       <c r="B76" s="44" t="s">
         <v>15</v>
       </c>
       <c r="C76" s="55">
         <v>0</v>
       </c>
       <c r="D76" s="56">
         <v>0</v>
       </c>
       <c r="E76" s="55">
         <v>0</v>
       </c>
       <c r="F76" s="56">
         <v>0</v>
       </c>
       <c r="G76" s="55">
         <v>0</v>
       </c>
       <c r="H76" s="56">
         <v>0</v>
       </c>
       <c r="I76" s="55">
@@ -12417,58 +12876,64 @@
       </c>
       <c r="M76" s="55">
         <v>0</v>
       </c>
       <c r="N76" s="56">
         <v>0</v>
       </c>
       <c r="O76" s="55">
         <v>0</v>
       </c>
       <c r="P76" s="56">
         <v>0</v>
       </c>
       <c r="Q76" s="55">
         <v>0</v>
       </c>
       <c r="R76" s="56">
         <v>0</v>
       </c>
       <c r="S76" s="55">
         <v>0</v>
       </c>
       <c r="T76" s="86">
         <v>0</v>
       </c>
-      <c r="U76" s="99">
-[...6 lines deleted...]
-    <row r="77" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U76" s="96">
+        <v>0</v>
+      </c>
+      <c r="V76" s="113">
+        <v>0</v>
+      </c>
+      <c r="W76" s="117">
+        <v>0</v>
+      </c>
+      <c r="X76" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="75" t="s">
         <v>24</v>
       </c>
       <c r="B77" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C77" s="64">
         <v>75</v>
       </c>
       <c r="D77" s="65">
         <v>11053594</v>
       </c>
       <c r="E77" s="64">
         <v>74</v>
       </c>
       <c r="F77" s="65">
         <v>10905779</v>
       </c>
       <c r="G77" s="64">
         <v>77</v>
       </c>
       <c r="H77" s="65">
         <v>11703359</v>
       </c>
       <c r="I77" s="64">
@@ -12485,63 +12950,69 @@
       </c>
       <c r="M77" s="64">
         <v>57</v>
       </c>
       <c r="N77" s="65">
         <v>8871669</v>
       </c>
       <c r="O77" s="64">
         <v>43</v>
       </c>
       <c r="P77" s="65">
         <v>6868401</v>
       </c>
       <c r="Q77" s="64">
         <v>31</v>
       </c>
       <c r="R77" s="65">
         <v>4609560</v>
       </c>
       <c r="S77" s="64">
         <v>16</v>
       </c>
       <c r="T77" s="89">
         <v>2827152</v>
       </c>
-      <c r="U77" s="106">
+      <c r="U77" s="103">
         <v>15</v>
       </c>
-      <c r="V77" s="107">
+      <c r="V77" s="114">
         <v>2215344</v>
       </c>
-    </row>
-    <row r="78" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W77" s="103">
+        <v>10</v>
+      </c>
+      <c r="X77" s="119">
+        <v>1448440</v>
+      </c>
+    </row>
+    <row r="78" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B78" s="44" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C78" s="55">
         <v>0</v>
       </c>
       <c r="D78" s="56">
         <v>0</v>
       </c>
       <c r="E78" s="55">
         <v>0</v>
       </c>
       <c r="F78" s="56">
         <v>0</v>
       </c>
       <c r="G78" s="55">
         <v>1</v>
       </c>
       <c r="H78" s="56">
         <v>195853</v>
       </c>
       <c r="I78" s="55">
         <v>1</v>
       </c>
       <c r="J78" s="56">
         <v>195853</v>
       </c>
@@ -12556,55 +13027,61 @@
       </c>
       <c r="N78" s="56">
         <v>195966</v>
       </c>
       <c r="O78" s="55">
         <v>0</v>
       </c>
       <c r="P78" s="56">
         <v>0</v>
       </c>
       <c r="Q78" s="47">
         <v>1</v>
       </c>
       <c r="R78" s="48">
         <v>144083</v>
       </c>
       <c r="S78" s="47">
         <v>2</v>
       </c>
       <c r="T78" s="83">
         <v>299197</v>
       </c>
       <c r="U78" s="94">
         <v>2</v>
       </c>
-      <c r="V78" s="95">
+      <c r="V78" s="113">
         <v>299845</v>
       </c>
-    </row>
-    <row r="79" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W78" s="94">
+        <v>2</v>
+      </c>
+      <c r="X78" s="112">
+        <v>443471</v>
+      </c>
+    </row>
+    <row r="79" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B79" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C79" s="45">
         <v>96</v>
       </c>
       <c r="D79" s="46">
         <v>15276138</v>
       </c>
       <c r="E79" s="45">
         <v>90</v>
       </c>
       <c r="F79" s="46">
         <v>14777429</v>
       </c>
       <c r="G79" s="45">
         <v>89</v>
       </c>
       <c r="H79" s="46">
         <v>14763262</v>
       </c>
       <c r="I79" s="45">
@@ -12624,55 +13101,61 @@
       </c>
       <c r="N79" s="46">
         <v>41430183</v>
       </c>
       <c r="O79" s="45">
         <v>221</v>
       </c>
       <c r="P79" s="46">
         <v>48478974</v>
       </c>
       <c r="Q79" s="47">
         <v>259</v>
       </c>
       <c r="R79" s="48">
         <v>58476774</v>
       </c>
       <c r="S79" s="47">
         <v>262</v>
       </c>
       <c r="T79" s="83">
         <v>60838215</v>
       </c>
       <c r="U79" s="94">
         <v>268</v>
       </c>
-      <c r="V79" s="95">
+      <c r="V79" s="113">
         <v>62528453</v>
       </c>
-    </row>
-    <row r="80" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W79" s="94">
+        <v>226</v>
+      </c>
+      <c r="X79" s="112">
+        <v>52509965</v>
+      </c>
+    </row>
+    <row r="80" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B80" s="44" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="55">
         <v>41</v>
       </c>
       <c r="D80" s="56">
         <v>7857944</v>
       </c>
       <c r="E80" s="55">
         <v>38</v>
       </c>
       <c r="F80" s="56">
         <v>7424038</v>
       </c>
       <c r="G80" s="55">
         <v>38</v>
       </c>
       <c r="H80" s="56">
         <v>7645093</v>
       </c>
       <c r="I80" s="55">
@@ -12692,55 +13175,61 @@
       </c>
       <c r="N80" s="56">
         <v>8013612</v>
       </c>
       <c r="O80" s="55">
         <v>36</v>
       </c>
       <c r="P80" s="56">
         <v>7523762</v>
       </c>
       <c r="Q80" s="47">
         <v>35</v>
       </c>
       <c r="R80" s="48">
         <v>7345117</v>
       </c>
       <c r="S80" s="47">
         <v>36</v>
       </c>
       <c r="T80" s="83">
         <v>7890525</v>
       </c>
       <c r="U80" s="94">
         <v>34</v>
       </c>
-      <c r="V80" s="95">
+      <c r="V80" s="113">
         <v>7426843</v>
       </c>
-    </row>
-    <row r="81" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W80" s="94">
+        <v>31</v>
+      </c>
+      <c r="X80" s="112">
+        <v>7003432</v>
+      </c>
+    </row>
+    <row r="81" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B81" s="44" t="s">
         <v>4</v>
       </c>
       <c r="C81" s="55" t="s">
         <v>45</v>
       </c>
       <c r="D81" s="56" t="s">
         <v>45</v>
       </c>
       <c r="E81" s="55" t="s">
         <v>45</v>
       </c>
       <c r="F81" s="56" t="s">
         <v>45</v>
       </c>
       <c r="G81" s="55">
         <v>1</v>
       </c>
       <c r="H81" s="56">
         <v>166235</v>
       </c>
       <c r="I81" s="55">
@@ -12760,55 +13249,61 @@
       </c>
       <c r="N81" s="56">
         <v>1266410</v>
       </c>
       <c r="O81" s="55">
         <v>7</v>
       </c>
       <c r="P81" s="56">
         <v>1263138</v>
       </c>
       <c r="Q81" s="47">
         <v>5</v>
       </c>
       <c r="R81" s="48">
         <v>917805</v>
       </c>
       <c r="S81" s="47">
         <v>6</v>
       </c>
       <c r="T81" s="83">
         <v>1305598</v>
       </c>
       <c r="U81" s="94">
         <v>5</v>
       </c>
-      <c r="V81" s="95">
+      <c r="V81" s="113">
         <v>1138320</v>
       </c>
-    </row>
-    <row r="82" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W81" s="94">
+        <v>5</v>
+      </c>
+      <c r="X81" s="112">
+        <v>1151111</v>
+      </c>
+    </row>
+    <row r="82" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B82" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C82" s="45">
         <v>138</v>
       </c>
       <c r="D82" s="46">
         <v>17646978</v>
       </c>
       <c r="E82" s="45">
         <v>155</v>
       </c>
       <c r="F82" s="46">
         <v>24032993</v>
       </c>
       <c r="G82" s="45">
         <v>186</v>
       </c>
       <c r="H82" s="46">
         <v>29950296</v>
       </c>
       <c r="I82" s="45">
@@ -12828,55 +13323,61 @@
       </c>
       <c r="N82" s="46">
         <v>36025372</v>
       </c>
       <c r="O82" s="45">
         <v>208</v>
       </c>
       <c r="P82" s="46">
         <v>34467963</v>
       </c>
       <c r="Q82" s="47">
         <v>191</v>
       </c>
       <c r="R82" s="48">
         <v>30893892</v>
       </c>
       <c r="S82" s="47">
         <v>188</v>
       </c>
       <c r="T82" s="83">
         <v>30755055</v>
       </c>
       <c r="U82" s="94">
         <v>181</v>
       </c>
-      <c r="V82" s="95">
+      <c r="V82" s="113">
         <v>29673944</v>
       </c>
-    </row>
-    <row r="83" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W82" s="94">
+        <v>187</v>
+      </c>
+      <c r="X82" s="112">
+        <v>31020831</v>
+      </c>
+    </row>
+    <row r="83" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B83" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C83" s="45">
         <v>15</v>
       </c>
       <c r="D83" s="46">
         <v>2175297</v>
       </c>
       <c r="E83" s="45">
         <v>17</v>
       </c>
       <c r="F83" s="46">
         <v>2485462</v>
       </c>
       <c r="G83" s="45">
         <v>17</v>
       </c>
       <c r="H83" s="46">
         <v>2597067</v>
       </c>
       <c r="I83" s="45">
@@ -12896,55 +13397,61 @@
       </c>
       <c r="N83" s="46">
         <v>3247247</v>
       </c>
       <c r="O83" s="45">
         <v>25</v>
       </c>
       <c r="P83" s="46">
         <v>4056543</v>
       </c>
       <c r="Q83" s="47">
         <v>24</v>
       </c>
       <c r="R83" s="48">
         <v>4123008</v>
       </c>
       <c r="S83" s="47">
         <v>25</v>
       </c>
       <c r="T83" s="83">
         <v>4096557</v>
       </c>
       <c r="U83" s="94">
         <v>26</v>
       </c>
-      <c r="V83" s="95">
+      <c r="V83" s="113">
         <v>4249290</v>
       </c>
-    </row>
-    <row r="84" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W83" s="94">
+        <v>22</v>
+      </c>
+      <c r="X83" s="112">
+        <v>3558175</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B84" s="44" t="s">
         <v>7</v>
       </c>
       <c r="C84" s="55">
         <v>5</v>
       </c>
       <c r="D84" s="56">
         <v>881052</v>
       </c>
       <c r="E84" s="55">
         <v>6</v>
       </c>
       <c r="F84" s="56">
         <v>1058280</v>
       </c>
       <c r="G84" s="55">
         <v>11</v>
       </c>
       <c r="H84" s="56">
         <v>1972128</v>
       </c>
       <c r="I84" s="55">
@@ -12964,55 +13471,61 @@
       </c>
       <c r="N84" s="56">
         <v>1450522</v>
       </c>
       <c r="O84" s="55">
         <v>12</v>
       </c>
       <c r="P84" s="56">
         <v>2129591</v>
       </c>
       <c r="Q84" s="47">
         <v>13</v>
       </c>
       <c r="R84" s="48">
         <v>2446985</v>
       </c>
       <c r="S84" s="47">
         <v>13</v>
       </c>
       <c r="T84" s="83">
         <v>2502897</v>
       </c>
       <c r="U84" s="94">
         <v>11</v>
       </c>
-      <c r="V84" s="95">
+      <c r="V84" s="113">
         <v>2348644</v>
       </c>
-    </row>
-    <row r="85" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W84" s="94">
+        <v>11</v>
+      </c>
+      <c r="X84" s="112">
+        <v>2047748</v>
+      </c>
+    </row>
+    <row r="85" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B85" s="44" t="s">
         <v>8</v>
       </c>
       <c r="C85" s="45">
         <v>89</v>
       </c>
       <c r="D85" s="46">
         <v>14294409</v>
       </c>
       <c r="E85" s="45">
         <v>86</v>
       </c>
       <c r="F85" s="46">
         <v>14644758</v>
       </c>
       <c r="G85" s="45">
         <v>85</v>
       </c>
       <c r="H85" s="46">
         <v>16064099</v>
       </c>
       <c r="I85" s="45">
@@ -13032,55 +13545,61 @@
       </c>
       <c r="N85" s="46">
         <v>17881321</v>
       </c>
       <c r="O85" s="45">
         <v>101</v>
       </c>
       <c r="P85" s="46">
         <v>18524392</v>
       </c>
       <c r="Q85" s="47">
         <v>99</v>
       </c>
       <c r="R85" s="48">
         <v>18374561</v>
       </c>
       <c r="S85" s="47">
         <v>81</v>
       </c>
       <c r="T85" s="83">
         <v>15207533</v>
       </c>
       <c r="U85" s="94">
         <v>91</v>
       </c>
-      <c r="V85" s="95">
+      <c r="V85" s="113">
         <v>16520565</v>
       </c>
-    </row>
-    <row r="86" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W85" s="94">
+        <v>101</v>
+      </c>
+      <c r="X85" s="112">
+        <v>19076128</v>
+      </c>
+    </row>
+    <row r="86" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B86" s="44" t="s">
         <v>9</v>
       </c>
       <c r="C86" s="45">
         <v>37</v>
       </c>
       <c r="D86" s="46">
         <v>4607523</v>
       </c>
       <c r="E86" s="45">
         <v>42</v>
       </c>
       <c r="F86" s="46">
         <v>6625352</v>
       </c>
       <c r="G86" s="45">
         <v>40</v>
       </c>
       <c r="H86" s="46">
         <v>6516328</v>
       </c>
       <c r="I86" s="45">
@@ -13100,55 +13619,61 @@
       </c>
       <c r="N86" s="46">
         <v>6265418</v>
       </c>
       <c r="O86" s="45">
         <v>38</v>
       </c>
       <c r="P86" s="46">
         <v>6307300</v>
       </c>
       <c r="Q86" s="47">
         <v>46</v>
       </c>
       <c r="R86" s="48">
         <v>7741709</v>
       </c>
       <c r="S86" s="47">
         <v>45</v>
       </c>
       <c r="T86" s="83">
         <v>7550739</v>
       </c>
       <c r="U86" s="94">
         <v>47</v>
       </c>
-      <c r="V86" s="95">
+      <c r="V86" s="113">
         <v>7896358</v>
       </c>
-    </row>
-    <row r="87" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W86" s="94">
+        <v>52</v>
+      </c>
+      <c r="X86" s="112">
+        <v>8693209</v>
+      </c>
+    </row>
+    <row r="87" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B87" s="44" t="s">
         <v>10</v>
       </c>
       <c r="C87" s="55">
         <v>2</v>
       </c>
       <c r="D87" s="56">
         <v>366918</v>
       </c>
       <c r="E87" s="55">
         <v>2</v>
       </c>
       <c r="F87" s="56">
         <v>387249</v>
       </c>
       <c r="G87" s="55">
         <v>3</v>
       </c>
       <c r="H87" s="56">
         <v>571622</v>
       </c>
       <c r="I87" s="55">
@@ -13168,55 +13693,61 @@
       </c>
       <c r="N87" s="56">
         <v>939698</v>
       </c>
       <c r="O87" s="55">
         <v>4</v>
       </c>
       <c r="P87" s="56">
         <v>743979</v>
       </c>
       <c r="Q87" s="47">
         <v>5</v>
       </c>
       <c r="R87" s="48">
         <v>1122017</v>
       </c>
       <c r="S87" s="47">
         <v>3</v>
       </c>
       <c r="T87" s="83">
         <v>369119</v>
       </c>
       <c r="U87" s="94">
         <v>3</v>
       </c>
-      <c r="V87" s="95">
+      <c r="V87" s="113">
         <v>574979</v>
       </c>
-    </row>
-    <row r="88" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W87" s="94">
+        <v>5</v>
+      </c>
+      <c r="X87" s="112">
+        <v>960074</v>
+      </c>
+    </row>
+    <row r="88" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B88" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C88" s="45">
         <v>23</v>
       </c>
       <c r="D88" s="46">
         <v>2837620</v>
       </c>
       <c r="E88" s="45">
         <v>23</v>
       </c>
       <c r="F88" s="46">
         <v>2847644</v>
       </c>
       <c r="G88" s="45">
         <v>12</v>
       </c>
       <c r="H88" s="46">
         <v>1892697</v>
       </c>
       <c r="I88" s="45">
@@ -13236,55 +13767,61 @@
       </c>
       <c r="N88" s="46">
         <v>2305871</v>
       </c>
       <c r="O88" s="45">
         <v>13</v>
       </c>
       <c r="P88" s="46">
         <v>2103893</v>
       </c>
       <c r="Q88" s="47">
         <v>18</v>
       </c>
       <c r="R88" s="48">
         <v>2934084</v>
       </c>
       <c r="S88" s="47">
         <v>19</v>
       </c>
       <c r="T88" s="83">
         <v>3264948</v>
       </c>
       <c r="U88" s="94">
         <v>21</v>
       </c>
-      <c r="V88" s="95">
+      <c r="V88" s="113">
         <v>3372353</v>
       </c>
-    </row>
-    <row r="89" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W88" s="94">
+        <v>19</v>
+      </c>
+      <c r="X88" s="112">
+        <v>2978842</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B89" s="44" t="s">
         <v>12</v>
       </c>
       <c r="C89" s="55">
         <v>13</v>
       </c>
       <c r="D89" s="56">
         <v>2150816</v>
       </c>
       <c r="E89" s="55">
         <v>11</v>
       </c>
       <c r="F89" s="56">
         <v>1762287</v>
       </c>
       <c r="G89" s="55">
         <v>12</v>
       </c>
       <c r="H89" s="56">
         <v>2231955</v>
       </c>
       <c r="I89" s="55">
@@ -13304,55 +13841,61 @@
       </c>
       <c r="N89" s="56">
         <v>2088306</v>
       </c>
       <c r="O89" s="55">
         <v>13</v>
       </c>
       <c r="P89" s="56">
         <v>2477373</v>
       </c>
       <c r="Q89" s="47">
         <v>14</v>
       </c>
       <c r="R89" s="48">
         <v>2741203</v>
       </c>
       <c r="S89" s="47">
         <v>14</v>
       </c>
       <c r="T89" s="83">
         <v>2650893</v>
       </c>
       <c r="U89" s="94">
         <v>16</v>
       </c>
-      <c r="V89" s="95">
+      <c r="V89" s="113">
         <v>3006960</v>
       </c>
-    </row>
-    <row r="90" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W89" s="94">
+        <v>15</v>
+      </c>
+      <c r="X89" s="112">
+        <v>2809191</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B90" s="44" t="s">
         <v>20</v>
       </c>
       <c r="C90" s="55">
         <v>7</v>
       </c>
       <c r="D90" s="56">
         <v>1558258</v>
       </c>
       <c r="E90" s="55">
         <v>6</v>
       </c>
       <c r="F90" s="56">
         <v>1336056</v>
       </c>
       <c r="G90" s="55">
         <v>5</v>
       </c>
       <c r="H90" s="56">
         <v>1085142</v>
       </c>
       <c r="I90" s="55">
@@ -13372,55 +13915,61 @@
       </c>
       <c r="N90" s="56">
         <v>536640</v>
       </c>
       <c r="O90" s="55">
         <v>8</v>
       </c>
       <c r="P90" s="56">
         <v>1479997</v>
       </c>
       <c r="Q90" s="47">
         <v>9</v>
       </c>
       <c r="R90" s="48">
         <v>1747895</v>
       </c>
       <c r="S90" s="47">
         <v>11</v>
       </c>
       <c r="T90" s="83">
         <v>2160380</v>
       </c>
       <c r="U90" s="94">
         <v>12</v>
       </c>
-      <c r="V90" s="95">
+      <c r="V90" s="113">
         <v>2311668</v>
       </c>
-    </row>
-    <row r="91" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W90" s="94">
+        <v>14</v>
+      </c>
+      <c r="X90" s="112">
+        <v>2641069</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B91" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C91" s="55">
         <v>14</v>
       </c>
       <c r="D91" s="56">
         <v>1859877</v>
       </c>
       <c r="E91" s="55">
         <v>15</v>
       </c>
       <c r="F91" s="56">
         <v>2021705</v>
       </c>
       <c r="G91" s="55">
         <v>19</v>
       </c>
       <c r="H91" s="56">
         <v>2476236</v>
       </c>
       <c r="I91" s="55">
@@ -13440,55 +13989,61 @@
       </c>
       <c r="N91" s="56">
         <v>3720921</v>
       </c>
       <c r="O91" s="55">
         <v>25</v>
       </c>
       <c r="P91" s="56">
         <v>3844323</v>
       </c>
       <c r="Q91" s="47">
         <v>25</v>
       </c>
       <c r="R91" s="48">
         <v>3872977</v>
       </c>
       <c r="S91" s="47">
         <v>23</v>
       </c>
       <c r="T91" s="83">
         <v>3642750</v>
       </c>
       <c r="U91" s="94">
         <v>22</v>
       </c>
-      <c r="V91" s="95">
+      <c r="V91" s="113">
         <v>3520832</v>
       </c>
-    </row>
-    <row r="92" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W91" s="94">
+        <v>21</v>
+      </c>
+      <c r="X91" s="112">
+        <v>4706895</v>
+      </c>
+    </row>
+    <row r="92" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B92" s="44" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="55">
         <v>129</v>
       </c>
       <c r="D92" s="56">
         <v>19187556</v>
       </c>
       <c r="E92" s="55">
         <v>125</v>
       </c>
       <c r="F92" s="56">
         <v>18742645</v>
       </c>
       <c r="G92" s="55">
         <v>114</v>
       </c>
       <c r="H92" s="56">
         <v>18333487</v>
       </c>
       <c r="I92" s="55">
@@ -13508,55 +14063,61 @@
       </c>
       <c r="N92" s="56">
         <v>18353412</v>
       </c>
       <c r="O92" s="55">
         <v>116</v>
       </c>
       <c r="P92" s="56">
         <v>20471285</v>
       </c>
       <c r="Q92" s="47">
         <v>127</v>
       </c>
       <c r="R92" s="48">
         <v>22320037</v>
       </c>
       <c r="S92" s="47">
         <v>124</v>
       </c>
       <c r="T92" s="83">
         <v>21521619</v>
       </c>
       <c r="U92" s="94">
         <v>127</v>
       </c>
-      <c r="V92" s="95">
+      <c r="V92" s="113">
         <v>21053247</v>
       </c>
-    </row>
-    <row r="93" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W92" s="94">
+        <v>114</v>
+      </c>
+      <c r="X92" s="112">
+        <v>18894351</v>
+      </c>
+    </row>
+    <row r="93" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B93" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="45">
         <v>2</v>
       </c>
       <c r="D93" s="46">
         <v>321869</v>
       </c>
       <c r="E93" s="45">
         <v>2</v>
       </c>
       <c r="F93" s="46">
         <v>321869</v>
       </c>
       <c r="G93" s="45">
         <v>1</v>
       </c>
       <c r="H93" s="46">
         <v>190592</v>
       </c>
       <c r="I93" s="45">
@@ -13576,55 +14137,63 @@
       </c>
       <c r="N93" s="46">
         <v>645228</v>
       </c>
       <c r="O93" s="45">
         <v>3</v>
       </c>
       <c r="P93" s="46">
         <v>636811</v>
       </c>
       <c r="Q93" s="47">
         <v>3</v>
       </c>
       <c r="R93" s="48">
         <v>668093</v>
       </c>
       <c r="S93" s="47">
         <v>6</v>
       </c>
       <c r="T93" s="83">
         <v>1160826</v>
       </c>
       <c r="U93" s="94">
         <v>6</v>
       </c>
-      <c r="V93" s="95">
+      <c r="V93" s="113">
         <v>1173152</v>
       </c>
-    </row>
-    <row r="94" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W93" s="94">
+        <v>7</v>
+      </c>
+      <c r="X93" s="112">
+        <v>1381813</v>
+      </c>
+      <c r="Y93" s="1"/>
+      <c r="Z93" s="1"/>
+    </row>
+    <row r="94" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B94" s="44" t="s">
         <v>15</v>
       </c>
       <c r="C94" s="45">
         <v>23</v>
       </c>
       <c r="D94" s="46">
         <v>3838219</v>
       </c>
       <c r="E94" s="45">
         <v>20</v>
       </c>
       <c r="F94" s="46">
         <v>3698316</v>
       </c>
       <c r="G94" s="45">
         <v>25</v>
       </c>
       <c r="H94" s="46">
         <v>4625210</v>
       </c>
       <c r="I94" s="45">
@@ -13644,55 +14213,63 @@
       </c>
       <c r="N94" s="46">
         <v>4808079</v>
       </c>
       <c r="O94" s="45">
         <v>23</v>
       </c>
       <c r="P94" s="46">
         <v>4343037</v>
       </c>
       <c r="Q94" s="47">
         <v>18</v>
       </c>
       <c r="R94" s="48">
         <v>3312810</v>
       </c>
       <c r="S94" s="47">
         <v>17</v>
       </c>
       <c r="T94" s="83">
         <v>2982026</v>
       </c>
       <c r="U94" s="94">
         <v>16</v>
       </c>
-      <c r="V94" s="95">
+      <c r="V94" s="113">
         <v>3022576</v>
       </c>
-    </row>
-    <row r="95" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W94" s="94">
+        <v>12</v>
+      </c>
+      <c r="X94" s="112">
+        <v>2325234</v>
+      </c>
+      <c r="Y94" s="1"/>
+      <c r="Z94" s="1"/>
+    </row>
+    <row r="95" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="76" t="s">
         <v>25</v>
       </c>
       <c r="B95" s="49" t="s">
         <v>16</v>
       </c>
       <c r="C95" s="50">
         <v>18</v>
       </c>
       <c r="D95" s="51">
         <v>3062258</v>
       </c>
       <c r="E95" s="50">
         <v>20</v>
       </c>
       <c r="F95" s="51">
         <v>3489151</v>
       </c>
       <c r="G95" s="50">
         <v>24</v>
       </c>
       <c r="H95" s="51">
         <v>4478348</v>
       </c>
       <c r="I95" s="50">
@@ -13712,55 +14289,61 @@
       </c>
       <c r="N95" s="51">
         <v>7457122</v>
       </c>
       <c r="O95" s="50">
         <v>37</v>
       </c>
       <c r="P95" s="51">
         <v>7222389</v>
       </c>
       <c r="Q95" s="47">
         <v>40</v>
       </c>
       <c r="R95" s="48">
         <v>7388494</v>
       </c>
       <c r="S95" s="47">
         <v>34</v>
       </c>
       <c r="T95" s="83">
         <v>6671016</v>
       </c>
       <c r="U95" s="94">
         <v>31</v>
       </c>
-      <c r="V95" s="95">
+      <c r="V95" s="113">
         <v>5904679</v>
       </c>
-    </row>
-    <row r="96" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W95" s="94">
+        <v>26</v>
+      </c>
+      <c r="X95" s="112">
+        <v>5551367</v>
+      </c>
+    </row>
+    <row r="96" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="76" t="s">
         <v>25</v>
       </c>
       <c r="B96" s="44" t="s">
         <v>52</v>
       </c>
       <c r="C96" s="55" t="s">
         <v>45</v>
       </c>
       <c r="D96" s="56" t="s">
         <v>45</v>
       </c>
       <c r="E96" s="55" t="s">
         <v>45</v>
       </c>
       <c r="F96" s="56" t="s">
         <v>45</v>
       </c>
       <c r="G96" s="55" t="s">
         <v>45</v>
       </c>
       <c r="H96" s="56" t="s">
         <v>45</v>
       </c>
       <c r="I96" s="55" t="s">
@@ -13780,55 +14363,63 @@
       </c>
       <c r="N96" s="56" t="s">
         <v>45</v>
       </c>
       <c r="O96" s="50">
         <v>1</v>
       </c>
       <c r="P96" s="51">
         <v>165325</v>
       </c>
       <c r="Q96" s="47">
         <v>4</v>
       </c>
       <c r="R96" s="48">
         <v>622877</v>
       </c>
       <c r="S96" s="47">
         <v>4</v>
       </c>
       <c r="T96" s="83">
         <v>621483</v>
       </c>
       <c r="U96" s="94">
         <v>8</v>
       </c>
-      <c r="V96" s="95">
+      <c r="V96" s="113">
         <v>1121152</v>
       </c>
-    </row>
-    <row r="97" spans="1:22" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W96" s="94">
+        <v>9</v>
+      </c>
+      <c r="X96" s="112">
+        <v>1352175</v>
+      </c>
+      <c r="Y96" s="1"/>
+      <c r="Z96" s="1"/>
+    </row>
+    <row r="97" spans="1:26" s="16" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="74" t="s">
         <v>25</v>
       </c>
       <c r="B97" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C97" s="45">
         <v>69</v>
       </c>
       <c r="D97" s="46">
         <v>12176525</v>
       </c>
       <c r="E97" s="45">
         <v>61</v>
       </c>
       <c r="F97" s="46">
         <v>10821981</v>
       </c>
       <c r="G97" s="45">
         <v>77</v>
       </c>
       <c r="H97" s="46">
         <v>14381931</v>
       </c>
       <c r="I97" s="45">
@@ -13848,55 +14439,63 @@
       </c>
       <c r="N97" s="46">
         <v>16715817</v>
       </c>
       <c r="O97" s="45">
         <v>94</v>
       </c>
       <c r="P97" s="46">
         <v>18335036</v>
       </c>
       <c r="Q97" s="47">
         <v>85</v>
       </c>
       <c r="R97" s="48">
         <v>16723951</v>
       </c>
       <c r="S97" s="47">
         <v>84</v>
       </c>
       <c r="T97" s="83">
         <v>17351813</v>
       </c>
       <c r="U97" s="94">
         <v>82</v>
       </c>
-      <c r="V97" s="95">
+      <c r="V97" s="113">
         <v>17387894</v>
       </c>
-    </row>
-    <row r="98" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W97" s="94">
+        <v>80</v>
+      </c>
+      <c r="X97" s="112">
+        <v>17318382</v>
+      </c>
+      <c r="Y97" s="1"/>
+      <c r="Z97" s="1"/>
+    </row>
+    <row r="98" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="75" t="s">
         <v>25</v>
       </c>
       <c r="B98" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C98" s="53">
         <v>721</v>
       </c>
       <c r="D98" s="54">
         <v>110099257</v>
       </c>
       <c r="E98" s="53">
         <v>719</v>
       </c>
       <c r="F98" s="54">
         <v>116477215</v>
       </c>
       <c r="G98" s="53">
         <v>760</v>
       </c>
       <c r="H98" s="54">
         <v>130137581</v>
       </c>
       <c r="I98" s="53">
@@ -13913,58 +14512,64 @@
       </c>
       <c r="M98" s="53">
         <v>945</v>
       </c>
       <c r="N98" s="54">
         <v>173347145</v>
       </c>
       <c r="O98" s="53">
         <v>985</v>
       </c>
       <c r="P98" s="54">
         <v>184575111</v>
       </c>
       <c r="Q98" s="53">
         <v>1021</v>
       </c>
       <c r="R98" s="54">
         <v>193918372</v>
       </c>
       <c r="S98" s="53">
         <v>997</v>
       </c>
       <c r="T98" s="85">
         <v>192843189</v>
       </c>
-      <c r="U98" s="96">
+      <c r="U98" s="103">
         <v>1009</v>
       </c>
-      <c r="V98" s="97">
+      <c r="V98" s="114">
         <v>194531754</v>
       </c>
-    </row>
-    <row r="99" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W98" s="103">
+        <v>959</v>
+      </c>
+      <c r="X98" s="119">
+        <v>186423463</v>
+      </c>
+    </row>
+    <row r="99" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B99" s="44" t="s">
         <v>44</v>
       </c>
       <c r="C99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="E99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="G99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="I99" s="45" t="s">
@@ -13984,55 +14589,61 @@
       </c>
       <c r="N99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="O99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="P99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="Q99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="R99" s="45" t="s">
         <v>45</v>
       </c>
       <c r="S99" s="47">
         <v>12</v>
       </c>
       <c r="T99" s="83">
         <v>13282769</v>
       </c>
       <c r="U99" s="94">
         <v>23</v>
       </c>
-      <c r="V99" s="95">
+      <c r="V99" s="113">
         <v>24463323</v>
       </c>
-    </row>
-    <row r="100" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W99" s="94">
+        <v>35</v>
+      </c>
+      <c r="X99" s="112">
+        <v>36699281</v>
+      </c>
+    </row>
+    <row r="100" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B100" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C100" s="45">
         <v>18</v>
       </c>
       <c r="D100" s="46">
         <v>12165773</v>
       </c>
       <c r="E100" s="45">
         <v>19</v>
       </c>
       <c r="F100" s="46">
         <v>13199012</v>
       </c>
       <c r="G100" s="45">
         <v>18</v>
       </c>
       <c r="H100" s="46">
         <v>13469603</v>
       </c>
       <c r="I100" s="45">
@@ -14052,55 +14663,61 @@
       </c>
       <c r="N100" s="46">
         <v>15731136</v>
       </c>
       <c r="O100" s="45">
         <v>20</v>
       </c>
       <c r="P100" s="46">
         <v>14171693</v>
       </c>
       <c r="Q100" s="47">
         <v>23</v>
       </c>
       <c r="R100" s="48">
         <v>14720222</v>
       </c>
       <c r="S100" s="47">
         <v>23</v>
       </c>
       <c r="T100" s="83">
         <v>14003536</v>
       </c>
       <c r="U100" s="94">
         <v>26</v>
       </c>
-      <c r="V100" s="95">
+      <c r="V100" s="113">
         <v>16454843</v>
       </c>
-    </row>
-    <row r="101" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W100" s="94">
+        <v>27</v>
+      </c>
+      <c r="X100" s="112">
+        <v>17517964</v>
+      </c>
+    </row>
+    <row r="101" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B101" s="44" t="s">
         <v>3</v>
       </c>
       <c r="C101" s="55">
         <v>0</v>
       </c>
       <c r="D101" s="56">
         <v>0</v>
       </c>
       <c r="E101" s="55">
         <v>0</v>
       </c>
       <c r="F101" s="56">
         <v>0</v>
       </c>
       <c r="G101" s="55">
         <v>0</v>
       </c>
       <c r="H101" s="56">
         <v>0</v>
       </c>
       <c r="I101" s="55">
@@ -14117,58 +14734,64 @@
       </c>
       <c r="M101" s="55">
         <v>0</v>
       </c>
       <c r="N101" s="56">
         <v>0</v>
       </c>
       <c r="O101" s="55">
         <v>0</v>
       </c>
       <c r="P101" s="56">
         <v>0</v>
       </c>
       <c r="Q101" s="55">
         <v>0</v>
       </c>
       <c r="R101" s="56">
         <v>0</v>
       </c>
       <c r="S101" s="55">
         <v>0</v>
       </c>
       <c r="T101" s="86">
         <v>0</v>
       </c>
-      <c r="U101" s="99">
-[...6 lines deleted...]
-    <row r="102" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U101" s="96">
+        <v>0</v>
+      </c>
+      <c r="V101" s="113">
+        <v>0</v>
+      </c>
+      <c r="W101" s="117">
+        <v>0</v>
+      </c>
+      <c r="X101" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B102" s="44" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="45">
         <v>4</v>
       </c>
       <c r="D102" s="46">
         <v>1691281</v>
       </c>
       <c r="E102" s="45">
         <v>4</v>
       </c>
       <c r="F102" s="46">
         <v>2002971</v>
       </c>
       <c r="G102" s="45">
         <v>5</v>
       </c>
       <c r="H102" s="46">
         <v>1924534</v>
       </c>
       <c r="I102" s="45">
@@ -14188,55 +14811,61 @@
       </c>
       <c r="N102" s="46">
         <v>3126647</v>
       </c>
       <c r="O102" s="45">
         <v>9</v>
       </c>
       <c r="P102" s="46">
         <v>4108253</v>
       </c>
       <c r="Q102" s="47">
         <v>10</v>
       </c>
       <c r="R102" s="48">
         <v>4352969</v>
       </c>
       <c r="S102" s="47">
         <v>7</v>
       </c>
       <c r="T102" s="83">
         <v>3639235</v>
       </c>
       <c r="U102" s="94">
         <v>9</v>
       </c>
-      <c r="V102" s="95">
+      <c r="V102" s="113">
         <v>4303459</v>
       </c>
-    </row>
-    <row r="103" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W102" s="94">
+        <v>8</v>
+      </c>
+      <c r="X102" s="112">
+        <v>3036417</v>
+      </c>
+    </row>
+    <row r="103" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B103" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C103" s="45">
         <v>20</v>
       </c>
       <c r="D103" s="46">
         <v>9146286</v>
       </c>
       <c r="E103" s="45">
         <v>18</v>
       </c>
       <c r="F103" s="46">
         <v>5400208</v>
       </c>
       <c r="G103" s="45">
         <v>22</v>
       </c>
       <c r="H103" s="46">
         <v>6118314</v>
       </c>
       <c r="I103" s="45">
@@ -14253,58 +14882,64 @@
       </c>
       <c r="M103" s="45">
         <v>25</v>
       </c>
       <c r="N103" s="46">
         <v>17717071</v>
       </c>
       <c r="O103" s="45">
         <v>21</v>
       </c>
       <c r="P103" s="46">
         <v>11151392</v>
       </c>
       <c r="Q103" s="47">
         <v>11</v>
       </c>
       <c r="R103" s="48">
         <v>6490851</v>
       </c>
       <c r="S103" s="47">
         <v>0</v>
       </c>
       <c r="T103" s="83">
         <v>0</v>
       </c>
-      <c r="U103" s="98">
-[...6 lines deleted...]
-    <row r="104" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U103" s="95">
+        <v>0</v>
+      </c>
+      <c r="V103" s="113">
+        <v>0</v>
+      </c>
+      <c r="W103" s="117">
+        <v>0</v>
+      </c>
+      <c r="X103" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B104" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C104" s="45">
         <v>0</v>
       </c>
       <c r="D104" s="46">
         <v>0</v>
       </c>
       <c r="E104" s="45">
         <v>0</v>
       </c>
       <c r="F104" s="46">
         <v>0</v>
       </c>
       <c r="G104" s="45">
         <v>0</v>
       </c>
       <c r="H104" s="46">
         <v>0</v>
       </c>
       <c r="I104" s="45">
@@ -14321,58 +14956,64 @@
       </c>
       <c r="M104" s="45">
         <v>0</v>
       </c>
       <c r="N104" s="46">
         <v>0</v>
       </c>
       <c r="O104" s="45">
         <v>0</v>
       </c>
       <c r="P104" s="46">
         <v>0</v>
       </c>
       <c r="Q104" s="45">
         <v>0</v>
       </c>
       <c r="R104" s="46">
         <v>0</v>
       </c>
       <c r="S104" s="45">
         <v>0</v>
       </c>
       <c r="T104" s="84">
         <v>0</v>
       </c>
-      <c r="U104" s="100">
-[...6 lines deleted...]
-    <row r="105" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U104" s="97">
+        <v>0</v>
+      </c>
+      <c r="V104" s="113">
+        <v>0</v>
+      </c>
+      <c r="W104" s="117">
+        <v>0</v>
+      </c>
+      <c r="X104" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B105" s="44" t="s">
         <v>9</v>
       </c>
       <c r="C105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="E105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="G105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="I105" s="45" t="s">
@@ -14392,55 +15033,61 @@
       </c>
       <c r="N105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="O105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="P105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="Q105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="R105" s="45" t="s">
         <v>45</v>
       </c>
       <c r="S105" s="47">
         <v>18</v>
       </c>
       <c r="T105" s="83">
         <v>1450916</v>
       </c>
       <c r="U105" s="94">
         <v>18</v>
       </c>
-      <c r="V105" s="95">
+      <c r="V105" s="113">
         <v>13238600</v>
       </c>
-    </row>
-    <row r="106" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W105" s="94">
+        <v>21</v>
+      </c>
+      <c r="X105" s="112">
+        <v>15701683</v>
+      </c>
+    </row>
+    <row r="106" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B106" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C106" s="58">
         <v>65</v>
       </c>
       <c r="D106" s="59">
         <v>24203896</v>
       </c>
       <c r="E106" s="58">
         <v>64</v>
       </c>
       <c r="F106" s="59">
         <v>27775159</v>
       </c>
       <c r="G106" s="58">
         <v>52</v>
       </c>
       <c r="H106" s="59">
         <v>25891689</v>
       </c>
       <c r="I106" s="58">
@@ -14460,55 +15107,61 @@
       </c>
       <c r="N106" s="59">
         <v>25576660</v>
       </c>
       <c r="O106" s="58">
         <v>53</v>
       </c>
       <c r="P106" s="59">
         <v>25442286</v>
       </c>
       <c r="Q106" s="47">
         <v>48</v>
       </c>
       <c r="R106" s="48">
         <v>24866548</v>
       </c>
       <c r="S106" s="47">
         <v>52</v>
       </c>
       <c r="T106" s="83">
         <v>24848397</v>
       </c>
       <c r="U106" s="94">
         <v>34</v>
       </c>
-      <c r="V106" s="95">
+      <c r="V106" s="113">
         <v>14031859</v>
       </c>
-    </row>
-    <row r="107" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W106" s="94">
+        <v>33</v>
+      </c>
+      <c r="X106" s="112">
+        <v>14166882</v>
+      </c>
+    </row>
+    <row r="107" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B107" s="44" t="s">
         <v>12</v>
       </c>
       <c r="C107" s="45">
         <v>5</v>
       </c>
       <c r="D107" s="46">
         <v>3220554</v>
       </c>
       <c r="E107" s="45">
         <v>5</v>
       </c>
       <c r="F107" s="46">
         <v>3190200</v>
       </c>
       <c r="G107" s="45">
         <v>7</v>
       </c>
       <c r="H107" s="46">
         <v>4154707</v>
       </c>
       <c r="I107" s="45">
@@ -14528,55 +15181,61 @@
       </c>
       <c r="N107" s="46">
         <v>4795963</v>
       </c>
       <c r="O107" s="45">
         <v>8</v>
       </c>
       <c r="P107" s="46">
         <v>5342896</v>
       </c>
       <c r="Q107" s="47">
         <v>7</v>
       </c>
       <c r="R107" s="48">
         <v>5133867</v>
       </c>
       <c r="S107" s="47">
         <v>8</v>
       </c>
       <c r="T107" s="83">
         <v>5798022</v>
       </c>
       <c r="U107" s="94">
         <v>8</v>
       </c>
-      <c r="V107" s="95">
+      <c r="V107" s="113">
         <v>4384599</v>
       </c>
-    </row>
-    <row r="108" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W107" s="94">
+        <v>9</v>
+      </c>
+      <c r="X107" s="112">
+        <v>5601450</v>
+      </c>
+    </row>
+    <row r="108" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B108" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C108" s="45">
         <v>3</v>
       </c>
       <c r="D108" s="46">
         <v>918515</v>
       </c>
       <c r="E108" s="45">
         <v>3</v>
       </c>
       <c r="F108" s="46">
         <v>781455</v>
       </c>
       <c r="G108" s="45">
         <v>2</v>
       </c>
       <c r="H108" s="46">
         <v>636352</v>
       </c>
       <c r="I108" s="45">
@@ -14596,55 +15255,61 @@
       </c>
       <c r="N108" s="46">
         <v>344915</v>
       </c>
       <c r="O108" s="45">
         <v>3</v>
       </c>
       <c r="P108" s="46">
         <v>249863</v>
       </c>
       <c r="Q108" s="47">
         <v>3</v>
       </c>
       <c r="R108" s="48">
         <v>448464</v>
       </c>
       <c r="S108" s="47">
         <v>3</v>
       </c>
       <c r="T108" s="83">
         <v>701158</v>
       </c>
       <c r="U108" s="94">
         <v>3</v>
       </c>
-      <c r="V108" s="95">
+      <c r="V108" s="113">
         <v>654803</v>
       </c>
-    </row>
-    <row r="109" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W108" s="94">
+        <v>3</v>
+      </c>
+      <c r="X108" s="112">
+        <v>697259</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B109" s="44" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="45">
         <v>11</v>
       </c>
       <c r="D109" s="46">
         <v>4053622</v>
       </c>
       <c r="E109" s="45">
         <v>12</v>
       </c>
       <c r="F109" s="46">
         <v>4862361</v>
       </c>
       <c r="G109" s="45">
         <v>11</v>
       </c>
       <c r="H109" s="46">
         <v>4211561</v>
       </c>
       <c r="I109" s="45">
@@ -14664,55 +15329,61 @@
       </c>
       <c r="N109" s="46">
         <v>4709761</v>
       </c>
       <c r="O109" s="45">
         <v>5</v>
       </c>
       <c r="P109" s="46">
         <v>3979502</v>
       </c>
       <c r="Q109" s="47">
         <v>6</v>
       </c>
       <c r="R109" s="48">
         <v>4844743</v>
       </c>
       <c r="S109" s="47">
         <v>7</v>
       </c>
       <c r="T109" s="83">
         <v>5070973</v>
       </c>
       <c r="U109" s="94">
         <v>6</v>
       </c>
-      <c r="V109" s="95">
+      <c r="V109" s="113">
         <v>6370518</v>
       </c>
-    </row>
-    <row r="110" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W109" s="94">
+        <v>6</v>
+      </c>
+      <c r="X109" s="112">
+        <v>6366765</v>
+      </c>
+    </row>
+    <row r="110" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B110" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="45">
         <v>0</v>
       </c>
       <c r="D110" s="46">
         <v>0</v>
       </c>
       <c r="E110" s="45">
         <v>0</v>
       </c>
       <c r="F110" s="46">
         <v>0</v>
       </c>
       <c r="G110" s="45">
         <v>0</v>
       </c>
       <c r="H110" s="46">
         <v>0</v>
       </c>
       <c r="I110" s="45">
@@ -14732,55 +15403,63 @@
       </c>
       <c r="N110" s="46">
         <v>0</v>
       </c>
       <c r="O110" s="45">
         <v>0</v>
       </c>
       <c r="P110" s="46">
         <v>0</v>
       </c>
       <c r="Q110" s="47">
         <v>3</v>
       </c>
       <c r="R110" s="48">
         <v>1302073</v>
       </c>
       <c r="S110" s="47">
         <v>3</v>
       </c>
       <c r="T110" s="83">
         <v>1442782</v>
       </c>
       <c r="U110" s="94">
         <v>3</v>
       </c>
-      <c r="V110" s="95">
+      <c r="V110" s="113">
         <v>1038107</v>
       </c>
-    </row>
-    <row r="111" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W110" s="94">
+        <v>3</v>
+      </c>
+      <c r="X110" s="112">
+        <v>1644622</v>
+      </c>
+      <c r="Y110" s="1"/>
+      <c r="Z110" s="1"/>
+    </row>
+    <row r="111" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B111" s="44" t="s">
         <v>15</v>
       </c>
       <c r="C111" s="55">
         <v>17</v>
       </c>
       <c r="D111" s="56">
         <v>13800126</v>
       </c>
       <c r="E111" s="55">
         <v>19</v>
       </c>
       <c r="F111" s="56">
         <v>14661279</v>
       </c>
       <c r="G111" s="55">
         <v>17</v>
       </c>
       <c r="H111" s="56">
         <v>14947584</v>
       </c>
       <c r="I111" s="55">
@@ -14800,55 +15479,61 @@
       </c>
       <c r="N111" s="56">
         <v>17257154</v>
       </c>
       <c r="O111" s="55">
         <v>21</v>
       </c>
       <c r="P111" s="56">
         <v>19492023</v>
       </c>
       <c r="Q111" s="47">
         <v>19</v>
       </c>
       <c r="R111" s="48">
         <v>18363126</v>
       </c>
       <c r="S111" s="47">
         <v>20</v>
       </c>
       <c r="T111" s="83">
         <v>19307757</v>
       </c>
       <c r="U111" s="94">
         <v>23</v>
       </c>
-      <c r="V111" s="95">
+      <c r="V111" s="113">
         <v>20804768</v>
       </c>
-    </row>
-    <row r="112" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W111" s="94">
+        <v>17</v>
+      </c>
+      <c r="X111" s="112">
+        <v>17360221</v>
+      </c>
+    </row>
+    <row r="112" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="76" t="s">
         <v>27</v>
       </c>
       <c r="B112" s="49" t="s">
         <v>16</v>
       </c>
       <c r="C112" s="50">
         <v>0</v>
       </c>
       <c r="D112" s="51">
         <v>0</v>
       </c>
       <c r="E112" s="50">
         <v>0</v>
       </c>
       <c r="F112" s="51">
         <v>0</v>
       </c>
       <c r="G112" s="50">
         <v>0</v>
       </c>
       <c r="H112" s="51">
         <v>0</v>
       </c>
       <c r="I112" s="50">
@@ -14865,58 +15550,64 @@
       </c>
       <c r="M112" s="50">
         <v>0</v>
       </c>
       <c r="N112" s="51">
         <v>0</v>
       </c>
       <c r="O112" s="50">
         <v>0</v>
       </c>
       <c r="P112" s="51">
         <v>0</v>
       </c>
       <c r="Q112" s="50">
         <v>0</v>
       </c>
       <c r="R112" s="51">
         <v>0</v>
       </c>
       <c r="S112" s="50">
         <v>0</v>
       </c>
       <c r="T112" s="88">
         <v>0</v>
       </c>
-      <c r="U112" s="102">
-[...6 lines deleted...]
-    <row r="113" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U112" s="99">
+        <v>0</v>
+      </c>
+      <c r="V112" s="113">
+        <v>0</v>
+      </c>
+      <c r="W112" s="117">
+        <v>0</v>
+      </c>
+      <c r="X112" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="74" t="s">
         <v>27</v>
       </c>
       <c r="B113" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C113" s="45">
         <v>10</v>
       </c>
       <c r="D113" s="46">
         <v>3058433</v>
       </c>
       <c r="E113" s="45">
         <v>9</v>
       </c>
       <c r="F113" s="46">
         <v>5928786</v>
       </c>
       <c r="G113" s="45">
         <v>5</v>
       </c>
       <c r="H113" s="46">
         <v>4749485</v>
       </c>
       <c r="I113" s="45">
@@ -14936,55 +15627,61 @@
       </c>
       <c r="N113" s="46">
         <v>3876724</v>
       </c>
       <c r="O113" s="45">
         <v>2</v>
       </c>
       <c r="P113" s="46">
         <v>2740632</v>
       </c>
       <c r="Q113" s="47">
         <v>3</v>
       </c>
       <c r="R113" s="48">
         <v>9607966</v>
       </c>
       <c r="S113" s="47">
         <v>2</v>
       </c>
       <c r="T113" s="83">
         <v>5879908</v>
       </c>
       <c r="U113" s="94">
         <v>3</v>
       </c>
-      <c r="V113" s="95">
+      <c r="V113" s="113">
         <v>6020179</v>
       </c>
-    </row>
-    <row r="114" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W113" s="94">
+        <v>4</v>
+      </c>
+      <c r="X113" s="112">
+        <v>11231390</v>
+      </c>
+    </row>
+    <row r="114" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="77" t="s">
         <v>27</v>
       </c>
       <c r="B114" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C114" s="66">
         <v>153</v>
       </c>
       <c r="D114" s="67">
         <v>72258486</v>
       </c>
       <c r="E114" s="66">
         <v>153</v>
       </c>
       <c r="F114" s="67">
         <v>77801431</v>
       </c>
       <c r="G114" s="66">
         <v>139</v>
       </c>
       <c r="H114" s="67">
         <v>76103829</v>
       </c>
       <c r="I114" s="66">
@@ -15001,58 +15698,64 @@
       </c>
       <c r="M114" s="66">
         <v>149</v>
       </c>
       <c r="N114" s="67">
         <v>93136031</v>
       </c>
       <c r="O114" s="66">
         <v>142</v>
       </c>
       <c r="P114" s="67">
         <v>86678540</v>
       </c>
       <c r="Q114" s="66">
         <v>133</v>
       </c>
       <c r="R114" s="67">
         <v>90130829</v>
       </c>
       <c r="S114" s="66">
         <v>155</v>
       </c>
       <c r="T114" s="90">
         <v>95425453</v>
       </c>
-      <c r="U114" s="106">
+      <c r="U114" s="103">
         <v>156</v>
       </c>
-      <c r="V114" s="107">
+      <c r="V114" s="114">
         <v>111765058</v>
       </c>
-    </row>
-    <row r="115" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W114" s="103">
+        <v>166</v>
+      </c>
+      <c r="X114" s="119">
+        <v>130023934</v>
+      </c>
+    </row>
+    <row r="115" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="74" t="s">
         <v>28</v>
       </c>
       <c r="B115" s="44" t="s">
         <v>15</v>
       </c>
       <c r="C115" s="45">
         <v>0</v>
       </c>
       <c r="D115" s="46">
         <v>0</v>
       </c>
       <c r="E115" s="45">
         <v>0</v>
       </c>
       <c r="F115" s="46">
         <v>0</v>
       </c>
       <c r="G115" s="45">
         <v>0</v>
       </c>
       <c r="H115" s="46">
         <v>0</v>
       </c>
       <c r="I115" s="45">
@@ -15069,58 +15772,64 @@
       </c>
       <c r="M115" s="45">
         <v>0</v>
       </c>
       <c r="N115" s="46">
         <v>0</v>
       </c>
       <c r="O115" s="45">
         <v>0</v>
       </c>
       <c r="P115" s="46">
         <v>0</v>
       </c>
       <c r="Q115" s="45">
         <v>0</v>
       </c>
       <c r="R115" s="46">
         <v>0</v>
       </c>
       <c r="S115" s="45">
         <v>0</v>
       </c>
       <c r="T115" s="84">
         <v>0</v>
       </c>
-      <c r="U115" s="100">
-[...6 lines deleted...]
-    <row r="116" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U115" s="97">
+        <v>0</v>
+      </c>
+      <c r="V115" s="113">
+        <v>0</v>
+      </c>
+      <c r="W115" s="117">
+        <v>0</v>
+      </c>
+      <c r="X115" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="116" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="77" t="s">
         <v>28</v>
       </c>
       <c r="B116" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C116" s="66">
         <v>0</v>
       </c>
       <c r="D116" s="67">
         <v>0</v>
       </c>
       <c r="E116" s="66">
         <v>0</v>
       </c>
       <c r="F116" s="67">
         <v>0</v>
       </c>
       <c r="G116" s="66">
         <v>0</v>
       </c>
       <c r="H116" s="67">
         <v>0</v>
       </c>
       <c r="I116" s="66">
@@ -15140,55 +15849,63 @@
       </c>
       <c r="N116" s="67">
         <v>0</v>
       </c>
       <c r="O116" s="66">
         <v>0</v>
       </c>
       <c r="P116" s="67">
         <v>0</v>
       </c>
       <c r="Q116" s="66">
         <v>0</v>
       </c>
       <c r="R116" s="67">
         <v>0</v>
       </c>
       <c r="S116" s="66">
         <v>0</v>
       </c>
       <c r="T116" s="90">
         <v>0</v>
       </c>
       <c r="U116" s="66">
         <v>0</v>
       </c>
-      <c r="V116" s="107">
-[...3 lines deleted...]
-    <row r="117" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V116" s="114">
+        <v>0</v>
+      </c>
+      <c r="W116" s="120">
+        <v>0</v>
+      </c>
+      <c r="X116" s="121">
+        <v>0</v>
+      </c>
+      <c r="Y116" s="1"/>
+      <c r="Z116" s="1"/>
+    </row>
+    <row r="117" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="74" t="s">
         <v>29</v>
       </c>
       <c r="B117" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C117" s="62">
         <v>0</v>
       </c>
       <c r="D117" s="46">
         <v>0</v>
       </c>
       <c r="E117" s="62">
         <v>0</v>
       </c>
       <c r="F117" s="46">
         <v>0</v>
       </c>
       <c r="G117" s="62">
         <v>0</v>
       </c>
       <c r="H117" s="46">
         <v>0</v>
       </c>
       <c r="I117" s="62">
@@ -15205,58 +15922,64 @@
       </c>
       <c r="M117" s="62">
         <v>0</v>
       </c>
       <c r="N117" s="46">
         <v>0</v>
       </c>
       <c r="O117" s="62">
         <v>0</v>
       </c>
       <c r="P117" s="46">
         <v>0</v>
       </c>
       <c r="Q117" s="62">
         <v>0</v>
       </c>
       <c r="R117" s="46">
         <v>0</v>
       </c>
       <c r="S117" s="62">
         <v>0</v>
       </c>
       <c r="T117" s="84">
         <v>0</v>
       </c>
-      <c r="U117" s="104">
-[...6 lines deleted...]
-    <row r="118" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U117" s="101">
+        <v>0</v>
+      </c>
+      <c r="V117" s="113">
+        <v>0</v>
+      </c>
+      <c r="W117" s="117">
+        <v>0</v>
+      </c>
+      <c r="X117" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="75" t="s">
         <v>29</v>
       </c>
       <c r="B118" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C118" s="68">
         <v>0</v>
       </c>
       <c r="D118" s="54">
         <v>0</v>
       </c>
       <c r="E118" s="68">
         <v>0</v>
       </c>
       <c r="F118" s="54">
         <v>0</v>
       </c>
       <c r="G118" s="68">
         <v>0</v>
       </c>
       <c r="H118" s="54">
         <v>0</v>
       </c>
       <c r="I118" s="68">
@@ -15276,60 +15999,66 @@
       </c>
       <c r="N118" s="54">
         <v>0</v>
       </c>
       <c r="O118" s="68">
         <v>0</v>
       </c>
       <c r="P118" s="54">
         <v>0</v>
       </c>
       <c r="Q118" s="68">
         <v>0</v>
       </c>
       <c r="R118" s="54">
         <v>0</v>
       </c>
       <c r="S118" s="68">
         <v>0</v>
       </c>
       <c r="T118" s="85">
         <v>0</v>
       </c>
       <c r="U118" s="68">
         <v>0</v>
       </c>
-      <c r="V118" s="107">
-[...3 lines deleted...]
-    <row r="119" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V118" s="114">
+        <v>0</v>
+      </c>
+      <c r="W118" s="120">
+        <v>0</v>
+      </c>
+      <c r="X118" s="121">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B119" s="44" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C119" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D119" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E119" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F119" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G119" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H119" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I119" s="45">
         <v>1</v>
       </c>
       <c r="J119" s="46">
         <v>100000</v>
       </c>
@@ -15341,58 +16070,64 @@
       </c>
       <c r="M119" s="45">
         <v>0</v>
       </c>
       <c r="N119" s="46">
         <v>0</v>
       </c>
       <c r="O119" s="45">
         <v>0</v>
       </c>
       <c r="P119" s="46">
         <v>0</v>
       </c>
       <c r="Q119" s="45">
         <v>0</v>
       </c>
       <c r="R119" s="46">
         <v>0</v>
       </c>
       <c r="S119" s="45">
         <v>0</v>
       </c>
       <c r="T119" s="84">
         <v>0</v>
       </c>
-      <c r="U119" s="100">
-[...6 lines deleted...]
-    <row r="120" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U119" s="97">
+        <v>0</v>
+      </c>
+      <c r="V119" s="113">
+        <v>0</v>
+      </c>
+      <c r="W119" s="117">
+        <v>0</v>
+      </c>
+      <c r="X119" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B120" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C120" s="62">
         <v>0</v>
       </c>
       <c r="D120" s="46">
         <v>0</v>
       </c>
       <c r="E120" s="62">
         <v>0</v>
       </c>
       <c r="F120" s="46">
         <v>0</v>
       </c>
       <c r="G120" s="62">
         <v>0</v>
       </c>
       <c r="H120" s="46">
         <v>0</v>
       </c>
       <c r="I120" s="62">
@@ -15409,58 +16144,64 @@
       </c>
       <c r="M120" s="62">
         <v>0</v>
       </c>
       <c r="N120" s="46">
         <v>0</v>
       </c>
       <c r="O120" s="62">
         <v>0</v>
       </c>
       <c r="P120" s="46">
         <v>0</v>
       </c>
       <c r="Q120" s="62">
         <v>0</v>
       </c>
       <c r="R120" s="46">
         <v>0</v>
       </c>
       <c r="S120" s="62">
         <v>0</v>
       </c>
       <c r="T120" s="84">
         <v>0</v>
       </c>
-      <c r="U120" s="104">
-[...6 lines deleted...]
-    <row r="121" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U120" s="101">
+        <v>0</v>
+      </c>
+      <c r="V120" s="113">
+        <v>0</v>
+      </c>
+      <c r="W120" s="117">
+        <v>0</v>
+      </c>
+      <c r="X120" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B121" s="44" t="s">
         <v>4</v>
       </c>
       <c r="C121" s="45">
         <v>0</v>
       </c>
       <c r="D121" s="46">
         <v>0</v>
       </c>
       <c r="E121" s="45">
         <v>0</v>
       </c>
       <c r="F121" s="46">
         <v>0</v>
       </c>
       <c r="G121" s="45">
         <v>0</v>
       </c>
       <c r="H121" s="46">
         <v>0</v>
       </c>
       <c r="I121" s="45">
@@ -15477,58 +16218,64 @@
       </c>
       <c r="M121" s="45">
         <v>0</v>
       </c>
       <c r="N121" s="46">
         <v>0</v>
       </c>
       <c r="O121" s="45">
         <v>0</v>
       </c>
       <c r="P121" s="46">
         <v>0</v>
       </c>
       <c r="Q121" s="45">
         <v>0</v>
       </c>
       <c r="R121" s="46">
         <v>0</v>
       </c>
       <c r="S121" s="45">
         <v>0</v>
       </c>
       <c r="T121" s="84">
         <v>0</v>
       </c>
-      <c r="U121" s="100">
-[...6 lines deleted...]
-    <row r="122" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U121" s="97">
+        <v>0</v>
+      </c>
+      <c r="V121" s="113">
+        <v>0</v>
+      </c>
+      <c r="W121" s="117">
+        <v>0</v>
+      </c>
+      <c r="X121" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B122" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C122" s="45">
         <v>0</v>
       </c>
       <c r="D122" s="46">
         <v>0</v>
       </c>
       <c r="E122" s="45">
         <v>0</v>
       </c>
       <c r="F122" s="46">
         <v>0</v>
       </c>
       <c r="G122" s="45">
         <v>0</v>
       </c>
       <c r="H122" s="46">
         <v>0</v>
       </c>
       <c r="I122" s="45">
@@ -15545,58 +16292,64 @@
       </c>
       <c r="M122" s="45">
         <v>0</v>
       </c>
       <c r="N122" s="46">
         <v>0</v>
       </c>
       <c r="O122" s="45">
         <v>0</v>
       </c>
       <c r="P122" s="46">
         <v>0</v>
       </c>
       <c r="Q122" s="45">
         <v>0</v>
       </c>
       <c r="R122" s="46">
         <v>0</v>
       </c>
       <c r="S122" s="45">
         <v>0</v>
       </c>
       <c r="T122" s="84">
         <v>0</v>
       </c>
-      <c r="U122" s="100">
-[...6 lines deleted...]
-    <row r="123" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U122" s="97">
+        <v>0</v>
+      </c>
+      <c r="V122" s="113">
+        <v>0</v>
+      </c>
+      <c r="W122" s="117">
+        <v>0</v>
+      </c>
+      <c r="X122" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="123" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B123" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C123" s="45">
         <v>0</v>
       </c>
       <c r="D123" s="46">
         <v>0</v>
       </c>
       <c r="E123" s="45">
         <v>0</v>
       </c>
       <c r="F123" s="46">
         <v>0</v>
       </c>
       <c r="G123" s="45">
         <v>0</v>
       </c>
       <c r="H123" s="46">
         <v>0</v>
       </c>
       <c r="I123" s="45">
@@ -15613,58 +16366,64 @@
       </c>
       <c r="M123" s="45">
         <v>0</v>
       </c>
       <c r="N123" s="46">
         <v>0</v>
       </c>
       <c r="O123" s="45">
         <v>0</v>
       </c>
       <c r="P123" s="46">
         <v>0</v>
       </c>
       <c r="Q123" s="45">
         <v>0</v>
       </c>
       <c r="R123" s="46">
         <v>0</v>
       </c>
       <c r="S123" s="45">
         <v>0</v>
       </c>
       <c r="T123" s="84">
         <v>0</v>
       </c>
-      <c r="U123" s="100">
-[...6 lines deleted...]
-    <row r="124" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U123" s="97">
+        <v>0</v>
+      </c>
+      <c r="V123" s="113">
+        <v>0</v>
+      </c>
+      <c r="W123" s="94">
+        <v>2</v>
+      </c>
+      <c r="X123" s="112">
+        <v>416180</v>
+      </c>
+    </row>
+    <row r="124" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B124" s="44" t="s">
         <v>8</v>
       </c>
       <c r="C124" s="55">
         <v>0</v>
       </c>
       <c r="D124" s="56">
         <v>0</v>
       </c>
       <c r="E124" s="55">
         <v>0</v>
       </c>
       <c r="F124" s="56">
         <v>0</v>
       </c>
       <c r="G124" s="55">
         <v>0</v>
       </c>
       <c r="H124" s="56">
         <v>0</v>
       </c>
       <c r="I124" s="55">
@@ -15681,58 +16440,64 @@
       </c>
       <c r="M124" s="55">
         <v>0</v>
       </c>
       <c r="N124" s="56">
         <v>0</v>
       </c>
       <c r="O124" s="55">
         <v>0</v>
       </c>
       <c r="P124" s="56">
         <v>0</v>
       </c>
       <c r="Q124" s="55">
         <v>0</v>
       </c>
       <c r="R124" s="56">
         <v>0</v>
       </c>
       <c r="S124" s="55">
         <v>0</v>
       </c>
       <c r="T124" s="86">
         <v>0</v>
       </c>
-      <c r="U124" s="99">
-[...6 lines deleted...]
-    <row r="125" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U124" s="96">
+        <v>0</v>
+      </c>
+      <c r="V124" s="113">
+        <v>0</v>
+      </c>
+      <c r="W124" s="117">
+        <v>0</v>
+      </c>
+      <c r="X124" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B125" s="74" t="s">
         <v>11</v>
       </c>
       <c r="C125" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D125" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E125" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F125" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G125" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H125" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I125" s="45" t="s">
@@ -15752,55 +16517,61 @@
       </c>
       <c r="N125" s="46" t="s">
         <v>45</v>
       </c>
       <c r="O125" s="45" t="s">
         <v>45</v>
       </c>
       <c r="P125" s="46" t="s">
         <v>45</v>
       </c>
       <c r="Q125" s="45" t="s">
         <v>45</v>
       </c>
       <c r="R125" s="46" t="s">
         <v>45</v>
       </c>
       <c r="S125" s="45" t="s">
         <v>45</v>
       </c>
       <c r="T125" s="84" t="s">
         <v>45</v>
       </c>
       <c r="U125" s="94">
         <v>2</v>
       </c>
-      <c r="V125" s="95">
+      <c r="V125" s="113">
         <v>630802</v>
       </c>
-    </row>
-    <row r="126" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W125" s="94">
+        <v>1</v>
+      </c>
+      <c r="X125" s="112">
+        <v>280730</v>
+      </c>
+    </row>
+    <row r="126" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B126" s="44" t="s">
         <v>12</v>
       </c>
       <c r="C126" s="45">
         <v>0</v>
       </c>
       <c r="D126" s="46">
         <v>0</v>
       </c>
       <c r="E126" s="45">
         <v>0</v>
       </c>
       <c r="F126" s="46">
         <v>0</v>
       </c>
       <c r="G126" s="45">
         <v>0</v>
       </c>
       <c r="H126" s="46">
         <v>0</v>
       </c>
       <c r="I126" s="45">
@@ -15820,55 +16591,61 @@
       </c>
       <c r="N126" s="46">
         <v>0</v>
       </c>
       <c r="O126" s="45">
         <v>0</v>
       </c>
       <c r="P126" s="46">
         <v>0</v>
       </c>
       <c r="Q126" s="45">
         <v>0</v>
       </c>
       <c r="R126" s="46">
         <v>0</v>
       </c>
       <c r="S126" s="47">
         <v>1</v>
       </c>
       <c r="T126" s="83">
         <v>563724</v>
       </c>
       <c r="U126" s="94">
         <v>0</v>
       </c>
-      <c r="V126" s="95">
-[...3 lines deleted...]
-    <row r="127" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V126" s="113">
+        <v>0</v>
+      </c>
+      <c r="W126" s="117">
+        <v>0</v>
+      </c>
+      <c r="X126" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B127" s="44" t="s">
         <v>20</v>
       </c>
       <c r="C127" s="45">
         <v>5</v>
       </c>
       <c r="D127" s="46">
         <v>732246</v>
       </c>
       <c r="E127" s="45">
         <v>4</v>
       </c>
       <c r="F127" s="46">
         <v>693852</v>
       </c>
       <c r="G127" s="45">
         <v>2</v>
       </c>
       <c r="H127" s="46">
         <v>347440</v>
       </c>
       <c r="I127" s="45">
@@ -15888,55 +16665,61 @@
       </c>
       <c r="N127" s="46">
         <v>124682</v>
       </c>
       <c r="O127" s="45">
         <v>2</v>
       </c>
       <c r="P127" s="46">
         <v>461425</v>
       </c>
       <c r="Q127" s="47">
         <v>2</v>
       </c>
       <c r="R127" s="48">
         <v>396040</v>
       </c>
       <c r="S127" s="47">
         <v>2</v>
       </c>
       <c r="T127" s="83">
         <v>401125</v>
       </c>
       <c r="U127" s="94">
         <v>1</v>
       </c>
-      <c r="V127" s="95">
+      <c r="V127" s="113">
         <v>211898</v>
       </c>
-    </row>
-    <row r="128" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W127" s="117">
+        <v>0</v>
+      </c>
+      <c r="X127" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="128" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B128" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C128" s="45">
         <v>0</v>
       </c>
       <c r="D128" s="46">
         <v>0</v>
       </c>
       <c r="E128" s="45">
         <v>0</v>
       </c>
       <c r="F128" s="46">
         <v>0</v>
       </c>
       <c r="G128" s="45">
         <v>0</v>
       </c>
       <c r="H128" s="46">
         <v>0</v>
       </c>
       <c r="I128" s="45">
@@ -15956,55 +16739,63 @@
       </c>
       <c r="N128" s="46">
         <v>94393</v>
       </c>
       <c r="O128" s="45">
         <v>1</v>
       </c>
       <c r="P128" s="46">
         <v>143609</v>
       </c>
       <c r="Q128" s="45">
         <v>0</v>
       </c>
       <c r="R128" s="46">
         <v>0</v>
       </c>
       <c r="S128" s="47">
         <v>3</v>
       </c>
       <c r="T128" s="83">
         <v>473371</v>
       </c>
       <c r="U128" s="94">
         <v>0</v>
       </c>
-      <c r="V128" s="95">
-[...3 lines deleted...]
-    <row r="129" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V128" s="113">
+        <v>0</v>
+      </c>
+      <c r="W128" s="117">
+        <v>0</v>
+      </c>
+      <c r="X128" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y128" s="1"/>
+      <c r="Z128" s="1"/>
+    </row>
+    <row r="129" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B129" s="44" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="45">
         <v>0</v>
       </c>
       <c r="D129" s="46">
         <v>0</v>
       </c>
       <c r="E129" s="45">
         <v>0</v>
       </c>
       <c r="F129" s="46">
         <v>0</v>
       </c>
       <c r="G129" s="45">
         <v>0</v>
       </c>
       <c r="H129" s="46">
         <v>0</v>
       </c>
       <c r="I129" s="45">
@@ -16021,58 +16812,66 @@
       </c>
       <c r="M129" s="45">
         <v>0</v>
       </c>
       <c r="N129" s="46">
         <v>0</v>
       </c>
       <c r="O129" s="45">
         <v>0</v>
       </c>
       <c r="P129" s="46">
         <v>0</v>
       </c>
       <c r="Q129" s="45">
         <v>0</v>
       </c>
       <c r="R129" s="46">
         <v>0</v>
       </c>
       <c r="S129" s="45">
         <v>0</v>
       </c>
       <c r="T129" s="84">
         <v>0</v>
       </c>
-      <c r="U129" s="100">
-[...6 lines deleted...]
-    <row r="130" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U129" s="97">
+        <v>0</v>
+      </c>
+      <c r="V129" s="113">
+        <v>0</v>
+      </c>
+      <c r="W129" s="117">
+        <v>0</v>
+      </c>
+      <c r="X129" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y129" s="1"/>
+      <c r="Z129" s="1"/>
+    </row>
+    <row r="130" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B130" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="45">
         <v>0</v>
       </c>
       <c r="D130" s="46">
         <v>0</v>
       </c>
       <c r="E130" s="45">
         <v>0</v>
       </c>
       <c r="F130" s="46">
         <v>0</v>
       </c>
       <c r="G130" s="45">
         <v>0</v>
       </c>
       <c r="H130" s="46">
         <v>0</v>
       </c>
       <c r="I130" s="45">
@@ -16089,58 +16888,64 @@
       </c>
       <c r="M130" s="45">
         <v>0</v>
       </c>
       <c r="N130" s="46">
         <v>0</v>
       </c>
       <c r="O130" s="45">
         <v>0</v>
       </c>
       <c r="P130" s="46">
         <v>0</v>
       </c>
       <c r="Q130" s="45">
         <v>0</v>
       </c>
       <c r="R130" s="46">
         <v>0</v>
       </c>
       <c r="S130" s="45">
         <v>0</v>
       </c>
       <c r="T130" s="84">
         <v>0</v>
       </c>
-      <c r="U130" s="100">
-[...6 lines deleted...]
-    <row r="131" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U130" s="97">
+        <v>0</v>
+      </c>
+      <c r="V130" s="113">
+        <v>0</v>
+      </c>
+      <c r="W130" s="117">
+        <v>0</v>
+      </c>
+      <c r="X130" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="131" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="76" t="s">
         <v>30</v>
       </c>
       <c r="B131" s="49" t="s">
         <v>16</v>
       </c>
       <c r="C131" s="45">
         <v>0</v>
       </c>
       <c r="D131" s="46">
         <v>0</v>
       </c>
       <c r="E131" s="45">
         <v>0</v>
       </c>
       <c r="F131" s="46">
         <v>0</v>
       </c>
       <c r="G131" s="45">
         <v>0</v>
       </c>
       <c r="H131" s="46">
         <v>0</v>
       </c>
       <c r="I131" s="45">
@@ -16157,58 +16962,66 @@
       </c>
       <c r="M131" s="45">
         <v>4</v>
       </c>
       <c r="N131" s="46">
         <v>730797</v>
       </c>
       <c r="O131" s="45">
         <v>5</v>
       </c>
       <c r="P131" s="46">
         <v>835297</v>
       </c>
       <c r="Q131" s="47">
         <v>1</v>
       </c>
       <c r="R131" s="48">
         <v>133494</v>
       </c>
       <c r="S131" s="47">
         <v>1</v>
       </c>
       <c r="T131" s="84">
         <v>518106</v>
       </c>
-      <c r="U131" s="100">
-[...6 lines deleted...]
-    <row r="132" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U131" s="97">
+        <v>0</v>
+      </c>
+      <c r="V131" s="113">
+        <v>0</v>
+      </c>
+      <c r="W131" s="117">
+        <v>0</v>
+      </c>
+      <c r="X131" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y131" s="1"/>
+      <c r="Z131" s="1"/>
+    </row>
+    <row r="132" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="76" t="s">
         <v>30</v>
       </c>
       <c r="B132" s="49" t="s">
         <v>52</v>
       </c>
       <c r="C132" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D132" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E132" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F132" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G132" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H132" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I132" s="45" t="s">
@@ -16228,55 +17041,61 @@
       </c>
       <c r="N132" s="46" t="s">
         <v>45</v>
       </c>
       <c r="O132" s="45" t="s">
         <v>45</v>
       </c>
       <c r="P132" s="46" t="s">
         <v>45</v>
       </c>
       <c r="Q132" s="45" t="s">
         <v>45</v>
       </c>
       <c r="R132" s="46" t="s">
         <v>45</v>
       </c>
       <c r="S132" s="47">
         <v>1</v>
       </c>
       <c r="T132" s="83">
         <v>365990</v>
       </c>
       <c r="U132" s="94">
         <v>1</v>
       </c>
-      <c r="V132" s="95">
+      <c r="V132" s="113">
         <v>243768</v>
       </c>
-    </row>
-    <row r="133" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W132" s="117">
+        <v>0</v>
+      </c>
+      <c r="X132" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="74" t="s">
         <v>30</v>
       </c>
       <c r="B133" s="44" t="s">
         <v>43</v>
       </c>
       <c r="C133" s="55">
         <v>0</v>
       </c>
       <c r="D133" s="56">
         <v>0</v>
       </c>
       <c r="E133" s="55">
         <v>0</v>
       </c>
       <c r="F133" s="56">
         <v>0</v>
       </c>
       <c r="G133" s="55">
         <v>0</v>
       </c>
       <c r="H133" s="56">
         <v>0</v>
       </c>
       <c r="I133" s="55">
@@ -16293,58 +17112,64 @@
       </c>
       <c r="M133" s="55">
         <v>0</v>
       </c>
       <c r="N133" s="56">
         <v>0</v>
       </c>
       <c r="O133" s="55">
         <v>0</v>
       </c>
       <c r="P133" s="56">
         <v>0</v>
       </c>
       <c r="Q133" s="55">
         <v>0</v>
       </c>
       <c r="R133" s="56">
         <v>0</v>
       </c>
       <c r="S133" s="55">
         <v>0</v>
       </c>
       <c r="T133" s="86">
         <v>0</v>
       </c>
-      <c r="U133" s="99">
-[...6 lines deleted...]
-    <row r="134" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U133" s="96">
+        <v>0</v>
+      </c>
+      <c r="V133" s="113">
+        <v>0</v>
+      </c>
+      <c r="W133" s="117">
+        <v>0</v>
+      </c>
+      <c r="X133" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="75" t="s">
         <v>30</v>
       </c>
       <c r="B134" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C134" s="53">
         <v>5</v>
       </c>
       <c r="D134" s="54">
         <v>732246</v>
       </c>
       <c r="E134" s="53">
         <v>4</v>
       </c>
       <c r="F134" s="54">
         <v>693852</v>
       </c>
       <c r="G134" s="53">
         <v>2</v>
       </c>
       <c r="H134" s="54">
         <v>347440</v>
       </c>
       <c r="I134" s="53">
@@ -16361,58 +17186,64 @@
       </c>
       <c r="M134" s="53">
         <v>6</v>
       </c>
       <c r="N134" s="54">
         <v>949872</v>
       </c>
       <c r="O134" s="53">
         <v>8</v>
       </c>
       <c r="P134" s="54">
         <v>1440331</v>
       </c>
       <c r="Q134" s="53">
         <v>3</v>
       </c>
       <c r="R134" s="54">
         <v>529534</v>
       </c>
       <c r="S134" s="53">
         <v>8</v>
       </c>
       <c r="T134" s="85">
         <v>2322316</v>
       </c>
-      <c r="U134" s="106">
+      <c r="U134" s="103">
         <v>4</v>
       </c>
-      <c r="V134" s="107">
+      <c r="V134" s="114">
         <v>1086468</v>
       </c>
-    </row>
-    <row r="135" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W134" s="103">
+        <v>3</v>
+      </c>
+      <c r="X134" s="119">
+        <v>696910</v>
+      </c>
+    </row>
+    <row r="135" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B135" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C135" s="45">
         <v>41</v>
       </c>
       <c r="D135" s="46">
         <v>6985148</v>
       </c>
       <c r="E135" s="45">
         <v>56</v>
       </c>
       <c r="F135" s="46">
         <v>9995612</v>
       </c>
       <c r="G135" s="45">
         <v>61</v>
       </c>
       <c r="H135" s="46">
         <v>10857156</v>
       </c>
       <c r="I135" s="45">
@@ -16432,55 +17263,61 @@
       </c>
       <c r="N135" s="46">
         <v>9340487</v>
       </c>
       <c r="O135" s="45">
         <v>52</v>
       </c>
       <c r="P135" s="46">
         <v>9776676</v>
       </c>
       <c r="Q135" s="47">
         <v>62</v>
       </c>
       <c r="R135" s="48">
         <v>11438718</v>
       </c>
       <c r="S135" s="47">
         <v>60</v>
       </c>
       <c r="T135" s="83">
         <v>11108024</v>
       </c>
       <c r="U135" s="94">
         <v>55</v>
       </c>
-      <c r="V135" s="95">
+      <c r="V135" s="113">
         <v>10175821</v>
       </c>
-    </row>
-    <row r="136" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W135" s="94">
+        <v>48</v>
+      </c>
+      <c r="X135" s="112">
+        <v>8907559</v>
+      </c>
+    </row>
+    <row r="136" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B136" s="44" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="45">
         <v>0</v>
       </c>
       <c r="D136" s="46">
         <v>0</v>
       </c>
       <c r="E136" s="45">
         <v>0</v>
       </c>
       <c r="F136" s="46">
         <v>0</v>
       </c>
       <c r="G136" s="45">
         <v>0</v>
       </c>
       <c r="H136" s="46">
         <v>0</v>
       </c>
       <c r="I136" s="45">
@@ -16497,58 +17334,64 @@
       </c>
       <c r="M136" s="45">
         <v>0</v>
       </c>
       <c r="N136" s="46">
         <v>0</v>
       </c>
       <c r="O136" s="45">
         <v>0</v>
       </c>
       <c r="P136" s="46">
         <v>0</v>
       </c>
       <c r="Q136" s="45">
         <v>0</v>
       </c>
       <c r="R136" s="46">
         <v>0</v>
       </c>
       <c r="S136" s="45">
         <v>0</v>
       </c>
       <c r="T136" s="84">
         <v>0</v>
       </c>
-      <c r="U136" s="100">
-[...6 lines deleted...]
-    <row r="137" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U136" s="97">
+        <v>0</v>
+      </c>
+      <c r="V136" s="113">
+        <v>0</v>
+      </c>
+      <c r="W136" s="117">
+        <v>0</v>
+      </c>
+      <c r="X136" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B137" s="44" t="s">
         <v>4</v>
       </c>
       <c r="C137" s="45">
         <v>0</v>
       </c>
       <c r="D137" s="46">
         <v>0</v>
       </c>
       <c r="E137" s="45">
         <v>0</v>
       </c>
       <c r="F137" s="46">
         <v>0</v>
       </c>
       <c r="G137" s="45">
         <v>0</v>
       </c>
       <c r="H137" s="46">
         <v>0</v>
       </c>
       <c r="I137" s="45">
@@ -16565,58 +17408,64 @@
       </c>
       <c r="M137" s="45">
         <v>0</v>
       </c>
       <c r="N137" s="46">
         <v>0</v>
       </c>
       <c r="O137" s="45">
         <v>0</v>
       </c>
       <c r="P137" s="46">
         <v>0</v>
       </c>
       <c r="Q137" s="45">
         <v>0</v>
       </c>
       <c r="R137" s="46">
         <v>0</v>
       </c>
       <c r="S137" s="45">
         <v>0</v>
       </c>
       <c r="T137" s="84">
         <v>0</v>
       </c>
-      <c r="U137" s="100">
-[...6 lines deleted...]
-    <row r="138" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U137" s="97">
+        <v>0</v>
+      </c>
+      <c r="V137" s="113">
+        <v>0</v>
+      </c>
+      <c r="W137" s="117">
+        <v>0</v>
+      </c>
+      <c r="X137" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B138" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C138" s="55">
         <v>7</v>
       </c>
       <c r="D138" s="56">
         <v>1695105</v>
       </c>
       <c r="E138" s="55">
         <v>5</v>
       </c>
       <c r="F138" s="56">
         <v>1185272</v>
       </c>
       <c r="G138" s="55">
         <v>6</v>
       </c>
       <c r="H138" s="56">
         <v>1470395</v>
       </c>
       <c r="I138" s="55">
@@ -16636,55 +17485,61 @@
       </c>
       <c r="N138" s="56">
         <v>2206873</v>
       </c>
       <c r="O138" s="55">
         <v>4</v>
       </c>
       <c r="P138" s="56">
         <v>996000</v>
       </c>
       <c r="Q138" s="47">
         <v>4</v>
       </c>
       <c r="R138" s="48">
         <v>996000</v>
       </c>
       <c r="S138" s="47">
         <v>1</v>
       </c>
       <c r="T138" s="83">
         <v>249000</v>
       </c>
       <c r="U138" s="94">
         <v>1</v>
       </c>
-      <c r="V138" s="95">
+      <c r="V138" s="113">
         <v>249000</v>
       </c>
-    </row>
-    <row r="139" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W138" s="94">
+        <v>2</v>
+      </c>
+      <c r="X138" s="112">
+        <v>497954</v>
+      </c>
+    </row>
+    <row r="139" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B139" s="74" t="s">
         <v>6</v>
       </c>
       <c r="C139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="D139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="E139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="F139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="G139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="H139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="I139" s="57" t="s">
@@ -16704,55 +17559,61 @@
       </c>
       <c r="N139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="O139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="P139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="Q139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="R139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="S139" s="57" t="s">
         <v>45</v>
       </c>
       <c r="T139" s="91" t="s">
         <v>45</v>
       </c>
       <c r="U139" s="94">
         <v>1</v>
       </c>
-      <c r="V139" s="95">
+      <c r="V139" s="113">
         <v>186408</v>
       </c>
-    </row>
-    <row r="140" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W139" s="94">
+        <v>6</v>
+      </c>
+      <c r="X139" s="112">
+        <v>1120784</v>
+      </c>
+    </row>
+    <row r="140" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B140" s="44" t="s">
         <v>7</v>
       </c>
       <c r="C140" s="45">
         <v>1</v>
       </c>
       <c r="D140" s="46">
         <v>223544</v>
       </c>
       <c r="E140" s="45">
         <v>0</v>
       </c>
       <c r="F140" s="46">
         <v>0</v>
       </c>
       <c r="G140" s="45">
         <v>0</v>
       </c>
       <c r="H140" s="46">
         <v>0</v>
       </c>
       <c r="I140" s="45">
@@ -16769,58 +17630,64 @@
       </c>
       <c r="M140" s="45">
         <v>0</v>
       </c>
       <c r="N140" s="46">
         <v>0</v>
       </c>
       <c r="O140" s="45">
         <v>0</v>
       </c>
       <c r="P140" s="46">
         <v>0</v>
       </c>
       <c r="Q140" s="45">
         <v>0</v>
       </c>
       <c r="R140" s="46">
         <v>0</v>
       </c>
       <c r="S140" s="45">
         <v>0</v>
       </c>
       <c r="T140" s="84">
         <v>0</v>
       </c>
-      <c r="U140" s="100">
-[...6 lines deleted...]
-    <row r="141" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U140" s="97">
+        <v>0</v>
+      </c>
+      <c r="V140" s="113">
+        <v>0</v>
+      </c>
+      <c r="W140" s="117">
+        <v>0</v>
+      </c>
+      <c r="X140" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="141" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B141" s="44" t="s">
         <v>8</v>
       </c>
       <c r="C141" s="45">
         <v>30</v>
       </c>
       <c r="D141" s="46">
         <v>4351040</v>
       </c>
       <c r="E141" s="45">
         <v>45</v>
       </c>
       <c r="F141" s="46">
         <v>6112779</v>
       </c>
       <c r="G141" s="45">
         <v>39</v>
       </c>
       <c r="H141" s="46">
         <v>4975981</v>
       </c>
       <c r="I141" s="45">
@@ -16840,55 +17707,61 @@
       </c>
       <c r="N141" s="46">
         <v>3537707</v>
       </c>
       <c r="O141" s="45">
         <v>26</v>
       </c>
       <c r="P141" s="46">
         <v>3699503</v>
       </c>
       <c r="Q141" s="47">
         <v>20</v>
       </c>
       <c r="R141" s="48">
         <v>2582854</v>
       </c>
       <c r="S141" s="47">
         <v>12</v>
       </c>
       <c r="T141" s="83">
         <v>1678038</v>
       </c>
       <c r="U141" s="94">
         <v>19</v>
       </c>
-      <c r="V141" s="95">
+      <c r="V141" s="113">
         <v>2716711</v>
       </c>
-    </row>
-    <row r="142" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W141" s="94">
+        <v>25</v>
+      </c>
+      <c r="X141" s="112">
+        <v>3378853</v>
+      </c>
+    </row>
+    <row r="142" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B142" s="44" t="s">
         <v>9</v>
       </c>
       <c r="C142" s="45">
         <v>0</v>
       </c>
       <c r="D142" s="46">
         <v>0</v>
       </c>
       <c r="E142" s="45">
         <v>0</v>
       </c>
       <c r="F142" s="46">
         <v>0</v>
       </c>
       <c r="G142" s="45">
         <v>0</v>
       </c>
       <c r="H142" s="46">
         <v>0</v>
       </c>
       <c r="I142" s="45">
@@ -16905,58 +17778,64 @@
       </c>
       <c r="M142" s="45">
         <v>0</v>
       </c>
       <c r="N142" s="46">
         <v>0</v>
       </c>
       <c r="O142" s="45">
         <v>0</v>
       </c>
       <c r="P142" s="46">
         <v>0</v>
       </c>
       <c r="Q142" s="45">
         <v>0</v>
       </c>
       <c r="R142" s="46">
         <v>0</v>
       </c>
       <c r="S142" s="45">
         <v>0</v>
       </c>
       <c r="T142" s="84">
         <v>0</v>
       </c>
-      <c r="U142" s="100">
-[...6 lines deleted...]
-    <row r="143" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U142" s="97">
+        <v>0</v>
+      </c>
+      <c r="V142" s="113">
+        <v>0</v>
+      </c>
+      <c r="W142" s="117">
+        <v>0</v>
+      </c>
+      <c r="X142" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="143" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B143" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C143" s="45">
         <v>0</v>
       </c>
       <c r="D143" s="46">
         <v>0</v>
       </c>
       <c r="E143" s="45">
         <v>0</v>
       </c>
       <c r="F143" s="46">
         <v>0</v>
       </c>
       <c r="G143" s="45">
         <v>0</v>
       </c>
       <c r="H143" s="46">
         <v>0</v>
       </c>
       <c r="I143" s="45">
@@ -16973,58 +17852,64 @@
       </c>
       <c r="M143" s="45">
         <v>0</v>
       </c>
       <c r="N143" s="46">
         <v>0</v>
       </c>
       <c r="O143" s="45">
         <v>0</v>
       </c>
       <c r="P143" s="46">
         <v>0</v>
       </c>
       <c r="Q143" s="45">
         <v>0</v>
       </c>
       <c r="R143" s="46">
         <v>0</v>
       </c>
       <c r="S143" s="45">
         <v>0</v>
       </c>
       <c r="T143" s="84">
         <v>0</v>
       </c>
-      <c r="U143" s="100">
-[...6 lines deleted...]
-    <row r="144" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U143" s="97">
+        <v>0</v>
+      </c>
+      <c r="V143" s="113">
+        <v>0</v>
+      </c>
+      <c r="W143" s="117">
+        <v>0</v>
+      </c>
+      <c r="X143" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="144" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B144" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C144" s="55">
         <v>0</v>
       </c>
       <c r="D144" s="56">
         <v>0</v>
       </c>
       <c r="E144" s="55">
         <v>0</v>
       </c>
       <c r="F144" s="56">
         <v>0</v>
       </c>
       <c r="G144" s="55">
         <v>0</v>
       </c>
       <c r="H144" s="56">
         <v>0</v>
       </c>
       <c r="I144" s="55">
@@ -17044,55 +17929,63 @@
       </c>
       <c r="N144" s="56">
         <v>0</v>
       </c>
       <c r="O144" s="55">
         <v>0</v>
       </c>
       <c r="P144" s="56">
         <v>0</v>
       </c>
       <c r="Q144" s="47">
         <v>1</v>
       </c>
       <c r="R144" s="48">
         <v>249000</v>
       </c>
       <c r="S144" s="47">
         <v>1</v>
       </c>
       <c r="T144" s="83">
         <v>248999</v>
       </c>
       <c r="U144" s="94">
         <v>2</v>
       </c>
-      <c r="V144" s="95">
+      <c r="V144" s="113">
         <v>492455</v>
       </c>
-    </row>
-    <row r="145" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W144" s="94">
+        <v>1</v>
+      </c>
+      <c r="X144" s="112">
+        <v>242972</v>
+      </c>
+      <c r="Y144" s="1"/>
+      <c r="Z144" s="1"/>
+    </row>
+    <row r="145" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B145" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="55">
         <v>7</v>
       </c>
       <c r="D145" s="56">
         <v>1060514</v>
       </c>
       <c r="E145" s="55">
         <v>8</v>
       </c>
       <c r="F145" s="56">
         <v>1220117</v>
       </c>
       <c r="G145" s="55">
         <v>7</v>
       </c>
       <c r="H145" s="56">
         <v>1097789</v>
       </c>
       <c r="I145" s="55">
@@ -17109,58 +18002,64 @@
       </c>
       <c r="M145" s="55">
         <v>1</v>
       </c>
       <c r="N145" s="56">
         <v>202463</v>
       </c>
       <c r="O145" s="55">
         <v>0</v>
       </c>
       <c r="P145" s="56">
         <v>0</v>
       </c>
       <c r="Q145" s="55">
         <v>0</v>
       </c>
       <c r="R145" s="56">
         <v>0</v>
       </c>
       <c r="S145" s="55">
         <v>0</v>
       </c>
       <c r="T145" s="86">
         <v>0</v>
       </c>
-      <c r="U145" s="99">
-[...6 lines deleted...]
-    <row r="146" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U145" s="96">
+        <v>0</v>
+      </c>
+      <c r="V145" s="113">
+        <v>0</v>
+      </c>
+      <c r="W145" s="117">
+        <v>0</v>
+      </c>
+      <c r="X145" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B146" s="44" t="s">
         <v>16</v>
       </c>
       <c r="C146" s="45">
         <v>1</v>
       </c>
       <c r="D146" s="46">
         <v>297920</v>
       </c>
       <c r="E146" s="45">
         <v>1</v>
       </c>
       <c r="F146" s="46">
         <v>324000</v>
       </c>
       <c r="G146" s="45">
         <v>1</v>
       </c>
       <c r="H146" s="46">
         <v>324000</v>
       </c>
       <c r="I146" s="45">
@@ -17177,58 +18076,66 @@
       </c>
       <c r="M146" s="45">
         <v>0</v>
       </c>
       <c r="N146" s="46">
         <v>0</v>
       </c>
       <c r="O146" s="45">
         <v>0</v>
       </c>
       <c r="P146" s="46">
         <v>0</v>
       </c>
       <c r="Q146" s="45">
         <v>0</v>
       </c>
       <c r="R146" s="46">
         <v>0</v>
       </c>
       <c r="S146" s="45">
         <v>0</v>
       </c>
       <c r="T146" s="84">
         <v>0</v>
       </c>
-      <c r="U146" s="100">
-[...6 lines deleted...]
-    <row r="147" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U146" s="97">
+        <v>0</v>
+      </c>
+      <c r="V146" s="113">
+        <v>0</v>
+      </c>
+      <c r="W146" s="94">
+        <v>1</v>
+      </c>
+      <c r="X146" s="112">
+        <v>162000</v>
+      </c>
+      <c r="Y146" s="1"/>
+      <c r="Z146" s="1"/>
+    </row>
+    <row r="147" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B147" s="44" t="s">
         <v>52</v>
       </c>
       <c r="C147" s="55">
         <v>4</v>
       </c>
       <c r="D147" s="56">
         <v>888393</v>
       </c>
       <c r="E147" s="55">
         <v>3</v>
       </c>
       <c r="F147" s="56">
         <v>661346</v>
       </c>
       <c r="G147" s="55">
         <v>1</v>
       </c>
       <c r="H147" s="56">
         <v>235337</v>
       </c>
       <c r="I147" s="55">
@@ -17245,58 +18152,64 @@
       </c>
       <c r="M147" s="55">
         <v>0</v>
       </c>
       <c r="N147" s="56">
         <v>0</v>
       </c>
       <c r="O147" s="55">
         <v>0</v>
       </c>
       <c r="P147" s="56">
         <v>0</v>
       </c>
       <c r="Q147" s="55">
         <v>0</v>
       </c>
       <c r="R147" s="56">
         <v>0</v>
       </c>
       <c r="S147" s="55">
         <v>0</v>
       </c>
       <c r="T147" s="86">
         <v>0</v>
       </c>
-      <c r="U147" s="99">
-[...6 lines deleted...]
-    <row r="148" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U147" s="96">
+        <v>0</v>
+      </c>
+      <c r="V147" s="113">
+        <v>0</v>
+      </c>
+      <c r="W147" s="117">
+        <v>0</v>
+      </c>
+      <c r="X147" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="76" t="s">
         <v>31</v>
       </c>
       <c r="B148" s="49" t="s">
         <v>17</v>
       </c>
       <c r="C148" s="50">
         <v>7</v>
       </c>
       <c r="D148" s="51">
         <v>623449</v>
       </c>
       <c r="E148" s="50">
         <v>6</v>
       </c>
       <c r="F148" s="51">
         <v>617916</v>
       </c>
       <c r="G148" s="50">
         <v>9</v>
       </c>
       <c r="H148" s="51">
         <v>1329698</v>
       </c>
       <c r="I148" s="50">
@@ -17316,55 +18229,61 @@
       </c>
       <c r="N148" s="51">
         <v>1324649</v>
       </c>
       <c r="O148" s="50">
         <v>11</v>
       </c>
       <c r="P148" s="51">
         <v>1367375</v>
       </c>
       <c r="Q148" s="47">
         <v>14</v>
       </c>
       <c r="R148" s="48">
         <v>2336638</v>
       </c>
       <c r="S148" s="47">
         <v>10</v>
       </c>
       <c r="T148" s="83">
         <v>2168919</v>
       </c>
       <c r="U148" s="94">
         <v>8</v>
       </c>
-      <c r="V148" s="95">
+      <c r="V148" s="113">
         <v>1822735</v>
       </c>
-    </row>
-    <row r="149" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W148" s="94">
+        <v>5</v>
+      </c>
+      <c r="X148" s="112">
+        <v>1148027</v>
+      </c>
+    </row>
+    <row r="149" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="74" t="s">
         <v>31</v>
       </c>
       <c r="B149" s="44" t="s">
         <v>32</v>
       </c>
       <c r="C149" s="55">
         <v>6</v>
       </c>
       <c r="D149" s="56">
         <v>852113</v>
       </c>
       <c r="E149" s="55">
         <v>3</v>
       </c>
       <c r="F149" s="56">
         <v>419598</v>
       </c>
       <c r="G149" s="55">
         <v>0</v>
       </c>
       <c r="H149" s="56">
         <v>0</v>
       </c>
       <c r="I149" s="55">
@@ -17381,58 +18300,64 @@
       </c>
       <c r="M149" s="55">
         <v>0</v>
       </c>
       <c r="N149" s="56">
         <v>0</v>
       </c>
       <c r="O149" s="55">
         <v>0</v>
       </c>
       <c r="P149" s="56">
         <v>0</v>
       </c>
       <c r="Q149" s="55">
         <v>0</v>
       </c>
       <c r="R149" s="56">
         <v>0</v>
       </c>
       <c r="S149" s="55">
         <v>0</v>
       </c>
       <c r="T149" s="86">
         <v>0</v>
       </c>
-      <c r="U149" s="99">
-[...6 lines deleted...]
-    <row r="150" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U149" s="96">
+        <v>0</v>
+      </c>
+      <c r="V149" s="113">
+        <v>0</v>
+      </c>
+      <c r="W149" s="117">
+        <v>0</v>
+      </c>
+      <c r="X149" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="150" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="75" t="s">
         <v>31</v>
       </c>
       <c r="B150" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C150" s="64">
         <v>104</v>
       </c>
       <c r="D150" s="65">
         <v>16977226</v>
       </c>
       <c r="E150" s="64">
         <v>127</v>
       </c>
       <c r="F150" s="65">
         <v>20536640</v>
       </c>
       <c r="G150" s="64">
         <v>124</v>
       </c>
       <c r="H150" s="65">
         <v>20290356</v>
       </c>
       <c r="I150" s="64">
@@ -17449,63 +18374,69 @@
       </c>
       <c r="M150" s="64">
         <v>94</v>
       </c>
       <c r="N150" s="65">
         <v>16612179</v>
       </c>
       <c r="O150" s="64">
         <v>93</v>
       </c>
       <c r="P150" s="65">
         <v>15839554</v>
       </c>
       <c r="Q150" s="64">
         <v>101</v>
       </c>
       <c r="R150" s="65">
         <v>17603210</v>
       </c>
       <c r="S150" s="64">
         <v>84</v>
       </c>
       <c r="T150" s="89">
         <v>15452980</v>
       </c>
-      <c r="U150" s="106">
+      <c r="U150" s="103">
         <v>86</v>
       </c>
-      <c r="V150" s="107">
+      <c r="V150" s="114">
         <v>15643130</v>
       </c>
-    </row>
-    <row r="151" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W150" s="103">
+        <v>88</v>
+      </c>
+      <c r="X150" s="119">
+        <v>15458149</v>
+      </c>
+    </row>
+    <row r="151" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B151" s="44" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C151" s="45">
         <v>11</v>
       </c>
       <c r="D151" s="46">
         <v>1465186</v>
       </c>
       <c r="E151" s="45">
         <v>10</v>
       </c>
       <c r="F151" s="46">
         <v>1336932</v>
       </c>
       <c r="G151" s="45">
         <v>9</v>
       </c>
       <c r="H151" s="46">
         <v>1408136</v>
       </c>
       <c r="I151" s="45">
         <v>15</v>
       </c>
       <c r="J151" s="46">
         <v>2346803</v>
       </c>
@@ -17520,55 +18451,61 @@
       </c>
       <c r="N151" s="46">
         <v>3178910</v>
       </c>
       <c r="O151" s="45">
         <v>20</v>
       </c>
       <c r="P151" s="46">
         <v>3264274</v>
       </c>
       <c r="Q151" s="47">
         <v>24</v>
       </c>
       <c r="R151" s="48">
         <v>4104807</v>
       </c>
       <c r="S151" s="47">
         <v>23</v>
       </c>
       <c r="T151" s="83">
         <v>3763835</v>
       </c>
       <c r="U151" s="94">
         <v>23</v>
       </c>
-      <c r="V151" s="95">
+      <c r="V151" s="113">
         <v>3739260</v>
       </c>
-    </row>
-    <row r="152" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W151" s="94">
+        <v>19</v>
+      </c>
+      <c r="X151" s="112">
+        <v>3393508</v>
+      </c>
+    </row>
+    <row r="152" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B152" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C152" s="55">
         <v>27</v>
       </c>
       <c r="D152" s="56">
         <v>4479483</v>
       </c>
       <c r="E152" s="55">
         <v>20</v>
       </c>
       <c r="F152" s="56">
         <v>3337530</v>
       </c>
       <c r="G152" s="55">
         <v>19</v>
       </c>
       <c r="H152" s="56">
         <v>3102974</v>
       </c>
       <c r="I152" s="55">
@@ -17585,58 +18522,64 @@
       </c>
       <c r="M152" s="55">
         <v>7</v>
       </c>
       <c r="N152" s="56">
         <v>1179584</v>
       </c>
       <c r="O152" s="55">
         <v>3</v>
       </c>
       <c r="P152" s="56">
         <v>534675</v>
       </c>
       <c r="Q152" s="47">
         <v>2</v>
       </c>
       <c r="R152" s="48">
         <v>357480</v>
       </c>
       <c r="S152" s="47">
         <v>0</v>
       </c>
       <c r="T152" s="83">
         <v>0</v>
       </c>
-      <c r="U152" s="98">
-[...6 lines deleted...]
-    <row r="153" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U152" s="95">
+        <v>0</v>
+      </c>
+      <c r="V152" s="113">
+        <v>0</v>
+      </c>
+      <c r="W152" s="117">
+        <v>0</v>
+      </c>
+      <c r="X152" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B153" s="44" t="s">
         <v>3</v>
       </c>
       <c r="C153" s="45">
         <v>0</v>
       </c>
       <c r="D153" s="46">
         <v>0</v>
       </c>
       <c r="E153" s="45">
         <v>0</v>
       </c>
       <c r="F153" s="46">
         <v>0</v>
       </c>
       <c r="G153" s="45">
         <v>0</v>
       </c>
       <c r="H153" s="46">
         <v>0</v>
       </c>
       <c r="I153" s="45">
@@ -17653,58 +18596,64 @@
       </c>
       <c r="M153" s="45">
         <v>0</v>
       </c>
       <c r="N153" s="46">
         <v>0</v>
       </c>
       <c r="O153" s="45">
         <v>0</v>
       </c>
       <c r="P153" s="46">
         <v>0</v>
       </c>
       <c r="Q153" s="45">
         <v>0</v>
       </c>
       <c r="R153" s="46">
         <v>0</v>
       </c>
       <c r="S153" s="45">
         <v>0</v>
       </c>
       <c r="T153" s="84">
         <v>0</v>
       </c>
-      <c r="U153" s="100">
-[...6 lines deleted...]
-    <row r="154" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U153" s="97">
+        <v>0</v>
+      </c>
+      <c r="V153" s="113">
+        <v>0</v>
+      </c>
+      <c r="W153" s="117">
+        <v>0</v>
+      </c>
+      <c r="X153" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B154" s="44" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="45">
         <v>22</v>
       </c>
       <c r="D154" s="46">
         <v>4230671</v>
       </c>
       <c r="E154" s="45">
         <v>26</v>
       </c>
       <c r="F154" s="46">
         <v>5098844</v>
       </c>
       <c r="G154" s="45">
         <v>25</v>
       </c>
       <c r="H154" s="46">
         <v>5242830</v>
       </c>
       <c r="I154" s="45">
@@ -17724,55 +18673,61 @@
       </c>
       <c r="N154" s="46">
         <v>4816700</v>
       </c>
       <c r="O154" s="45">
         <v>23</v>
       </c>
       <c r="P154" s="46">
         <v>4618083</v>
       </c>
       <c r="Q154" s="47">
         <v>26</v>
       </c>
       <c r="R154" s="48">
         <v>5704320</v>
       </c>
       <c r="S154" s="47">
         <v>22</v>
       </c>
       <c r="T154" s="83">
         <v>4972821</v>
       </c>
       <c r="U154" s="94">
         <v>23</v>
       </c>
-      <c r="V154" s="95">
+      <c r="V154" s="113">
         <v>5340590</v>
       </c>
-    </row>
-    <row r="155" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W154" s="94">
+        <v>21</v>
+      </c>
+      <c r="X154" s="112">
+        <v>5125553</v>
+      </c>
+    </row>
+    <row r="155" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B155" s="44" t="s">
         <v>4</v>
       </c>
       <c r="C155" s="55">
         <v>0</v>
       </c>
       <c r="D155" s="56">
         <v>0</v>
       </c>
       <c r="E155" s="55">
         <v>0</v>
       </c>
       <c r="F155" s="56">
         <v>0</v>
       </c>
       <c r="G155" s="55">
         <v>0</v>
       </c>
       <c r="H155" s="56">
         <v>0</v>
       </c>
       <c r="I155" s="55">
@@ -17789,58 +18744,64 @@
       </c>
       <c r="M155" s="55">
         <v>0</v>
       </c>
       <c r="N155" s="56">
         <v>0</v>
       </c>
       <c r="O155" s="55">
         <v>0</v>
       </c>
       <c r="P155" s="56">
         <v>0</v>
       </c>
       <c r="Q155" s="55">
         <v>0</v>
       </c>
       <c r="R155" s="56">
         <v>0</v>
       </c>
       <c r="S155" s="55">
         <v>0</v>
       </c>
       <c r="T155" s="86">
         <v>0</v>
       </c>
-      <c r="U155" s="99">
-[...6 lines deleted...]
-    <row r="156" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U155" s="96">
+        <v>0</v>
+      </c>
+      <c r="V155" s="113">
+        <v>0</v>
+      </c>
+      <c r="W155" s="94">
+        <v>275</v>
+      </c>
+      <c r="X155" s="112">
+        <v>51200632</v>
+      </c>
+    </row>
+    <row r="156" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B156" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C156" s="55">
         <v>138</v>
       </c>
       <c r="D156" s="56">
         <v>19885780</v>
       </c>
       <c r="E156" s="55">
         <v>153</v>
       </c>
       <c r="F156" s="56">
         <v>26507692</v>
       </c>
       <c r="G156" s="55">
         <v>185</v>
       </c>
       <c r="H156" s="56">
         <v>33034924</v>
       </c>
       <c r="I156" s="55">
@@ -17860,55 +18821,61 @@
       </c>
       <c r="N156" s="56">
         <v>42443410</v>
       </c>
       <c r="O156" s="55">
         <v>254</v>
       </c>
       <c r="P156" s="56">
         <v>46315787</v>
       </c>
       <c r="Q156" s="47">
         <v>273</v>
       </c>
       <c r="R156" s="48">
         <v>49393404</v>
       </c>
       <c r="S156" s="47">
         <v>279</v>
       </c>
       <c r="T156" s="83">
         <v>50889831</v>
       </c>
       <c r="U156" s="94">
         <v>292</v>
       </c>
-      <c r="V156" s="95">
+      <c r="V156" s="113">
         <v>52778870</v>
       </c>
-    </row>
-    <row r="157" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W156" s="117">
+        <v>0</v>
+      </c>
+      <c r="X156" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B157" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C157" s="45">
         <v>66</v>
       </c>
       <c r="D157" s="46">
         <v>10069464</v>
       </c>
       <c r="E157" s="45">
         <v>66</v>
       </c>
       <c r="F157" s="46">
         <v>10312296</v>
       </c>
       <c r="G157" s="45">
         <v>63</v>
       </c>
       <c r="H157" s="46">
         <v>11124208</v>
       </c>
       <c r="I157" s="45">
@@ -17928,55 +18895,61 @@
       </c>
       <c r="N157" s="46">
         <v>13710619</v>
       </c>
       <c r="O157" s="45">
         <v>88</v>
       </c>
       <c r="P157" s="46">
         <v>16798007</v>
       </c>
       <c r="Q157" s="47">
         <v>94</v>
       </c>
       <c r="R157" s="48">
         <v>18969165</v>
       </c>
       <c r="S157" s="47">
         <v>100</v>
       </c>
       <c r="T157" s="83">
         <v>17910714</v>
       </c>
       <c r="U157" s="94">
         <v>107</v>
       </c>
-      <c r="V157" s="95">
+      <c r="V157" s="113">
         <v>19753498</v>
       </c>
-    </row>
-    <row r="158" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W157" s="94">
+        <v>97</v>
+      </c>
+      <c r="X157" s="112">
+        <v>17546585</v>
+      </c>
+    </row>
+    <row r="158" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B158" s="44" t="s">
         <v>7</v>
       </c>
       <c r="C158" s="45">
         <v>21</v>
       </c>
       <c r="D158" s="46">
         <v>3609885</v>
       </c>
       <c r="E158" s="45">
         <v>22</v>
       </c>
       <c r="F158" s="46">
         <v>3892089</v>
       </c>
       <c r="G158" s="45">
         <v>19</v>
       </c>
       <c r="H158" s="46">
         <v>3562620</v>
       </c>
       <c r="I158" s="45">
@@ -17996,55 +18969,61 @@
       </c>
       <c r="N158" s="46">
         <v>4872969</v>
       </c>
       <c r="O158" s="45">
         <v>31</v>
       </c>
       <c r="P158" s="46">
         <v>5600281</v>
       </c>
       <c r="Q158" s="47">
         <v>31</v>
       </c>
       <c r="R158" s="48">
         <v>5891237</v>
       </c>
       <c r="S158" s="47">
         <v>34</v>
       </c>
       <c r="T158" s="83">
         <v>6501487</v>
       </c>
       <c r="U158" s="94">
         <v>33</v>
       </c>
-      <c r="V158" s="95">
+      <c r="V158" s="113">
         <v>6115081</v>
       </c>
-    </row>
-    <row r="159" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W158" s="94">
+        <v>28</v>
+      </c>
+      <c r="X158" s="112">
+        <v>5156438</v>
+      </c>
+    </row>
+    <row r="159" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B159" s="44" t="s">
         <v>8</v>
       </c>
       <c r="C159" s="55">
         <v>77</v>
       </c>
       <c r="D159" s="56">
         <v>11275245</v>
       </c>
       <c r="E159" s="55">
         <v>73</v>
       </c>
       <c r="F159" s="56">
         <v>11664083</v>
       </c>
       <c r="G159" s="55">
         <v>65</v>
       </c>
       <c r="H159" s="56">
         <v>11929607</v>
       </c>
       <c r="I159" s="55">
@@ -18064,55 +19043,61 @@
       </c>
       <c r="N159" s="56">
         <v>13985700</v>
       </c>
       <c r="O159" s="55">
         <v>78</v>
       </c>
       <c r="P159" s="56">
         <v>15068687</v>
       </c>
       <c r="Q159" s="47">
         <v>84</v>
       </c>
       <c r="R159" s="48">
         <v>15873270</v>
       </c>
       <c r="S159" s="47">
         <v>74</v>
       </c>
       <c r="T159" s="83">
         <v>14349448</v>
       </c>
       <c r="U159" s="94">
         <v>73</v>
       </c>
-      <c r="V159" s="95">
+      <c r="V159" s="113">
         <v>13835911</v>
       </c>
-    </row>
-    <row r="160" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W159" s="94">
+        <v>80</v>
+      </c>
+      <c r="X159" s="112">
+        <v>14983075</v>
+      </c>
+    </row>
+    <row r="160" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B160" s="44" t="s">
         <v>9</v>
       </c>
       <c r="C160" s="55">
         <v>36</v>
       </c>
       <c r="D160" s="56">
         <v>4590120</v>
       </c>
       <c r="E160" s="55">
         <v>34</v>
       </c>
       <c r="F160" s="56">
         <v>5535111</v>
       </c>
       <c r="G160" s="55">
         <v>29</v>
       </c>
       <c r="H160" s="56">
         <v>4859264</v>
       </c>
       <c r="I160" s="55">
@@ -18132,55 +19117,61 @@
       </c>
       <c r="N160" s="56">
         <v>6581016</v>
       </c>
       <c r="O160" s="55">
         <v>42</v>
       </c>
       <c r="P160" s="56">
         <v>6906948</v>
       </c>
       <c r="Q160" s="47">
         <v>47</v>
       </c>
       <c r="R160" s="48">
         <v>7857446</v>
       </c>
       <c r="S160" s="47">
         <v>52</v>
       </c>
       <c r="T160" s="83">
         <v>8615550</v>
       </c>
       <c r="U160" s="94">
         <v>60</v>
       </c>
-      <c r="V160" s="95">
+      <c r="V160" s="113">
         <v>9770024</v>
       </c>
-    </row>
-    <row r="161" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W160" s="94">
+        <v>60</v>
+      </c>
+      <c r="X160" s="112">
+        <v>9969069</v>
+      </c>
+    </row>
+    <row r="161" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B161" s="44" t="s">
         <v>10</v>
       </c>
       <c r="C161" s="45">
         <v>2</v>
       </c>
       <c r="D161" s="46">
         <v>343547</v>
       </c>
       <c r="E161" s="45">
         <v>3</v>
       </c>
       <c r="F161" s="46">
         <v>576611</v>
       </c>
       <c r="G161" s="45">
         <v>2</v>
       </c>
       <c r="H161" s="46">
         <v>351847</v>
       </c>
       <c r="I161" s="45">
@@ -18200,55 +19191,61 @@
       </c>
       <c r="N161" s="46">
         <v>361859</v>
       </c>
       <c r="O161" s="45">
         <v>1</v>
       </c>
       <c r="P161" s="46">
         <v>169727</v>
       </c>
       <c r="Q161" s="47">
         <v>1</v>
       </c>
       <c r="R161" s="48">
         <v>165601</v>
       </c>
       <c r="S161" s="47">
         <v>1</v>
       </c>
       <c r="T161" s="83">
         <v>165362</v>
       </c>
       <c r="U161" s="94">
         <v>1</v>
       </c>
-      <c r="V161" s="95">
+      <c r="V161" s="113">
         <v>154562</v>
       </c>
-    </row>
-    <row r="162" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W161" s="94">
+        <v>1</v>
+      </c>
+      <c r="X161" s="112">
+        <v>154562</v>
+      </c>
+    </row>
+    <row r="162" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B162" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C162" s="45">
         <v>85</v>
       </c>
       <c r="D162" s="46">
         <v>10409933</v>
       </c>
       <c r="E162" s="45">
         <v>74</v>
       </c>
       <c r="F162" s="46">
         <v>9559824</v>
       </c>
       <c r="G162" s="45">
         <v>73</v>
       </c>
       <c r="H162" s="46">
         <v>11627779</v>
       </c>
       <c r="I162" s="45">
@@ -18268,55 +19265,61 @@
       </c>
       <c r="N162" s="46">
         <v>15637405</v>
       </c>
       <c r="O162" s="45">
         <v>89</v>
       </c>
       <c r="P162" s="46">
         <v>14078025</v>
       </c>
       <c r="Q162" s="47">
         <v>96</v>
       </c>
       <c r="R162" s="48">
         <v>15412120</v>
       </c>
       <c r="S162" s="47">
         <v>104</v>
       </c>
       <c r="T162" s="83">
         <v>16812754</v>
       </c>
       <c r="U162" s="94">
         <v>104</v>
       </c>
-      <c r="V162" s="95">
+      <c r="V162" s="113">
         <v>16715332</v>
       </c>
-    </row>
-    <row r="163" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W162" s="94">
+        <v>107</v>
+      </c>
+      <c r="X162" s="112">
+        <v>17310676</v>
+      </c>
+    </row>
+    <row r="163" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B163" s="44" t="s">
         <v>12</v>
       </c>
       <c r="C163" s="45">
         <v>41</v>
       </c>
       <c r="D163" s="46">
         <v>7116623</v>
       </c>
       <c r="E163" s="45">
         <v>51</v>
       </c>
       <c r="F163" s="46">
         <v>8778578</v>
       </c>
       <c r="G163" s="45">
         <v>58</v>
       </c>
       <c r="H163" s="46">
         <v>10896148</v>
       </c>
       <c r="I163" s="45">
@@ -18336,55 +19339,61 @@
       </c>
       <c r="N163" s="46">
         <v>12409504</v>
       </c>
       <c r="O163" s="45">
         <v>72</v>
       </c>
       <c r="P163" s="46">
         <v>13532726</v>
       </c>
       <c r="Q163" s="47">
         <v>69</v>
       </c>
       <c r="R163" s="48">
         <v>13222500</v>
       </c>
       <c r="S163" s="47">
         <v>71</v>
       </c>
       <c r="T163" s="83">
         <v>13470867</v>
       </c>
       <c r="U163" s="94">
         <v>80</v>
       </c>
-      <c r="V163" s="95">
+      <c r="V163" s="113">
         <v>15548129</v>
       </c>
-    </row>
-    <row r="164" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W163" s="94">
+        <v>92</v>
+      </c>
+      <c r="X163" s="112">
+        <v>17683120</v>
+      </c>
+    </row>
+    <row r="164" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B164" s="44" t="s">
         <v>20</v>
       </c>
       <c r="C164" s="45">
         <v>17</v>
       </c>
       <c r="D164" s="46">
         <v>3610789</v>
       </c>
       <c r="E164" s="45">
         <v>19</v>
       </c>
       <c r="F164" s="46">
         <v>3724454</v>
       </c>
       <c r="G164" s="45">
         <v>20</v>
       </c>
       <c r="H164" s="46">
         <v>4026298</v>
       </c>
       <c r="I164" s="45">
@@ -18404,55 +19413,61 @@
       </c>
       <c r="N164" s="46">
         <v>3733727</v>
       </c>
       <c r="O164" s="45">
         <v>17</v>
       </c>
       <c r="P164" s="46">
         <v>3300278</v>
       </c>
       <c r="Q164" s="47">
         <v>18</v>
       </c>
       <c r="R164" s="48">
         <v>3231309</v>
       </c>
       <c r="S164" s="47">
         <v>23</v>
       </c>
       <c r="T164" s="83">
         <v>4043288</v>
       </c>
       <c r="U164" s="94">
         <v>23</v>
       </c>
-      <c r="V164" s="95">
+      <c r="V164" s="113">
         <v>4213659</v>
       </c>
-    </row>
-    <row r="165" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W164" s="94">
+        <v>26</v>
+      </c>
+      <c r="X164" s="112">
+        <v>4587246</v>
+      </c>
+    </row>
+    <row r="165" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B165" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C165" s="45">
         <v>7</v>
       </c>
       <c r="D165" s="46">
         <v>885245</v>
       </c>
       <c r="E165" s="45">
         <v>8</v>
       </c>
       <c r="F165" s="46">
         <v>1020219</v>
       </c>
       <c r="G165" s="45">
         <v>10</v>
       </c>
       <c r="H165" s="46">
         <v>1152000</v>
       </c>
       <c r="I165" s="45">
@@ -18472,55 +19487,61 @@
       </c>
       <c r="N165" s="46">
         <v>1183992</v>
       </c>
       <c r="O165" s="45">
         <v>10</v>
       </c>
       <c r="P165" s="46">
         <v>1473850</v>
       </c>
       <c r="Q165" s="47">
         <v>9</v>
       </c>
       <c r="R165" s="48">
         <v>1337162</v>
       </c>
       <c r="S165" s="47">
         <v>9</v>
       </c>
       <c r="T165" s="83">
         <v>1302157</v>
       </c>
       <c r="U165" s="94">
         <v>9</v>
       </c>
-      <c r="V165" s="95">
+      <c r="V165" s="113">
         <v>1315571</v>
       </c>
-    </row>
-    <row r="166" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W165" s="94">
+        <v>13</v>
+      </c>
+      <c r="X165" s="112">
+        <v>2695470</v>
+      </c>
+    </row>
+    <row r="166" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B166" s="44" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="45">
         <v>119</v>
       </c>
       <c r="D166" s="46">
         <v>19958647</v>
       </c>
       <c r="E166" s="45">
         <v>124</v>
       </c>
       <c r="F166" s="46">
         <v>21190660</v>
       </c>
       <c r="G166" s="45">
         <v>117</v>
       </c>
       <c r="H166" s="46">
         <v>21567945</v>
       </c>
       <c r="I166" s="45">
@@ -18540,55 +19561,61 @@
       </c>
       <c r="N166" s="46">
         <v>27545005</v>
       </c>
       <c r="O166" s="45">
         <v>160</v>
       </c>
       <c r="P166" s="46">
         <v>32062412</v>
       </c>
       <c r="Q166" s="47">
         <v>179</v>
       </c>
       <c r="R166" s="48">
         <v>35037809</v>
       </c>
       <c r="S166" s="47">
         <v>181</v>
       </c>
       <c r="T166" s="83">
         <v>36411370</v>
       </c>
       <c r="U166" s="94">
         <v>177</v>
       </c>
-      <c r="V166" s="95">
+      <c r="V166" s="113">
         <v>33857468</v>
       </c>
-    </row>
-    <row r="167" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W166" s="94">
+        <v>169</v>
+      </c>
+      <c r="X166" s="112">
+        <v>32418383</v>
+      </c>
+    </row>
+    <row r="167" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B167" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="45">
         <v>12</v>
       </c>
       <c r="D167" s="46">
         <v>2144698</v>
       </c>
       <c r="E167" s="45">
         <v>14</v>
       </c>
       <c r="F167" s="46">
         <v>2311288</v>
       </c>
       <c r="G167" s="45">
         <v>12</v>
       </c>
       <c r="H167" s="46">
         <v>1953995</v>
       </c>
       <c r="I167" s="45">
@@ -18608,55 +19635,63 @@
       </c>
       <c r="N167" s="46">
         <v>1634987</v>
       </c>
       <c r="O167" s="45">
         <v>8</v>
       </c>
       <c r="P167" s="46">
         <v>1735860</v>
       </c>
       <c r="Q167" s="47">
         <v>7</v>
       </c>
       <c r="R167" s="48">
         <v>1379612</v>
       </c>
       <c r="S167" s="47">
         <v>9</v>
       </c>
       <c r="T167" s="83">
         <v>1842915</v>
       </c>
       <c r="U167" s="94">
         <v>8</v>
       </c>
-      <c r="V167" s="95">
+      <c r="V167" s="113">
         <v>1830459</v>
       </c>
-    </row>
-    <row r="168" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W167" s="94">
+        <v>9</v>
+      </c>
+      <c r="X167" s="112">
+        <v>1979388</v>
+      </c>
+      <c r="Y167" s="1"/>
+      <c r="Z167" s="1"/>
+    </row>
+    <row r="168" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B168" s="44" t="s">
         <v>15</v>
       </c>
       <c r="C168" s="45">
         <v>23</v>
       </c>
       <c r="D168" s="46">
         <v>4035047</v>
       </c>
       <c r="E168" s="45">
         <v>24</v>
       </c>
       <c r="F168" s="46">
         <v>3919790</v>
       </c>
       <c r="G168" s="45">
         <v>18</v>
       </c>
       <c r="H168" s="46">
         <v>3202282</v>
       </c>
       <c r="I168" s="45">
@@ -18676,55 +19711,61 @@
       </c>
       <c r="N168" s="46">
         <v>3348835</v>
       </c>
       <c r="O168" s="45">
         <v>18</v>
       </c>
       <c r="P168" s="46">
         <v>3395124</v>
       </c>
       <c r="Q168" s="47">
         <v>17</v>
       </c>
       <c r="R168" s="48">
         <v>3489588</v>
       </c>
       <c r="S168" s="47">
         <v>17</v>
       </c>
       <c r="T168" s="83">
         <v>2898088</v>
       </c>
       <c r="U168" s="94">
         <v>14</v>
       </c>
-      <c r="V168" s="95">
+      <c r="V168" s="113">
         <v>2581919</v>
       </c>
-    </row>
-    <row r="169" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W168" s="94">
+        <v>13</v>
+      </c>
+      <c r="X168" s="112">
+        <v>2354832</v>
+      </c>
+    </row>
+    <row r="169" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B169" s="44" t="s">
         <v>16</v>
       </c>
       <c r="C169" s="45">
         <v>143</v>
       </c>
       <c r="D169" s="46">
         <v>24362935</v>
       </c>
       <c r="E169" s="45">
         <v>134</v>
       </c>
       <c r="F169" s="46">
         <v>22914105</v>
       </c>
       <c r="G169" s="45">
         <v>133</v>
       </c>
       <c r="H169" s="46">
         <v>24306456</v>
       </c>
       <c r="I169" s="45">
@@ -18744,55 +19785,63 @@
       </c>
       <c r="N169" s="46">
         <v>26896604</v>
       </c>
       <c r="O169" s="45">
         <v>157</v>
       </c>
       <c r="P169" s="46">
         <v>29248687</v>
       </c>
       <c r="Q169" s="47">
         <v>160</v>
       </c>
       <c r="R169" s="48">
         <v>30322001</v>
       </c>
       <c r="S169" s="47">
         <v>163</v>
       </c>
       <c r="T169" s="83">
         <v>30962911</v>
       </c>
       <c r="U169" s="94">
         <v>176</v>
       </c>
-      <c r="V169" s="95">
+      <c r="V169" s="113">
         <v>33377532</v>
       </c>
-    </row>
-    <row r="170" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W169" s="94">
+        <v>161</v>
+      </c>
+      <c r="X169" s="112">
+        <v>31890120</v>
+      </c>
+      <c r="Y169" s="1"/>
+      <c r="Z169" s="1"/>
+    </row>
+    <row r="170" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B170" s="44" t="s">
         <v>52</v>
       </c>
       <c r="C170" s="45" t="s">
         <v>45</v>
       </c>
       <c r="D170" s="46" t="s">
         <v>45</v>
       </c>
       <c r="E170" s="45" t="s">
         <v>45</v>
       </c>
       <c r="F170" s="46" t="s">
         <v>45</v>
       </c>
       <c r="G170" s="45" t="s">
         <v>45</v>
       </c>
       <c r="H170" s="46" t="s">
         <v>45</v>
       </c>
       <c r="I170" s="45">
@@ -18812,55 +19861,61 @@
       </c>
       <c r="N170" s="46">
         <v>2259466</v>
       </c>
       <c r="O170" s="45">
         <v>22</v>
       </c>
       <c r="P170" s="46">
         <v>3719749</v>
       </c>
       <c r="Q170" s="47">
         <v>35</v>
       </c>
       <c r="R170" s="48">
         <v>5705459</v>
       </c>
       <c r="S170" s="47">
         <v>43</v>
       </c>
       <c r="T170" s="83">
         <v>7173698</v>
       </c>
       <c r="U170" s="94">
         <v>39</v>
       </c>
-      <c r="V170" s="95">
+      <c r="V170" s="113">
         <v>6165451</v>
       </c>
-    </row>
-    <row r="171" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W170" s="94">
+        <v>38</v>
+      </c>
+      <c r="X170" s="112">
+        <v>6041397</v>
+      </c>
+    </row>
+    <row r="171" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="76" t="s">
         <v>33</v>
       </c>
       <c r="B171" s="49" t="s">
         <v>17</v>
       </c>
       <c r="C171" s="50">
         <v>62</v>
       </c>
       <c r="D171" s="51">
         <v>11236269</v>
       </c>
       <c r="E171" s="50">
         <v>54</v>
       </c>
       <c r="F171" s="51">
         <v>9693252</v>
       </c>
       <c r="G171" s="50">
         <v>65</v>
       </c>
       <c r="H171" s="51">
         <v>12182593</v>
       </c>
       <c r="I171" s="50">
@@ -18880,55 +19935,61 @@
       </c>
       <c r="N171" s="51">
         <v>14618277</v>
       </c>
       <c r="O171" s="50">
         <v>88</v>
       </c>
       <c r="P171" s="51">
         <v>17109745</v>
       </c>
       <c r="Q171" s="47">
         <v>97</v>
       </c>
       <c r="R171" s="48">
         <v>18314841</v>
       </c>
       <c r="S171" s="47">
         <v>87</v>
       </c>
       <c r="T171" s="83">
         <v>18024793</v>
       </c>
       <c r="U171" s="94">
         <v>83</v>
       </c>
-      <c r="V171" s="95">
+      <c r="V171" s="113">
         <v>17336201</v>
       </c>
-    </row>
-    <row r="172" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W171" s="94">
+        <v>85</v>
+      </c>
+      <c r="X171" s="112">
+        <v>18215921</v>
+      </c>
+    </row>
+    <row r="172" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="74" t="s">
         <v>33</v>
       </c>
       <c r="B172" s="44" t="s">
         <v>18</v>
       </c>
       <c r="C172" s="45">
         <v>14</v>
       </c>
       <c r="D172" s="46">
         <v>1795691</v>
       </c>
       <c r="E172" s="45">
         <v>14</v>
       </c>
       <c r="F172" s="46">
         <v>1854489</v>
       </c>
       <c r="G172" s="45">
         <v>9</v>
       </c>
       <c r="H172" s="46">
         <v>1308644</v>
       </c>
       <c r="I172" s="45">
@@ -18948,55 +20009,61 @@
       </c>
       <c r="N172" s="46">
         <v>3612368</v>
       </c>
       <c r="O172" s="45">
         <v>26</v>
       </c>
       <c r="P172" s="46">
         <v>3888427</v>
       </c>
       <c r="Q172" s="47">
         <v>28</v>
       </c>
       <c r="R172" s="48">
         <v>4226963</v>
       </c>
       <c r="S172" s="47">
         <v>22</v>
       </c>
       <c r="T172" s="83">
         <v>3337331</v>
       </c>
       <c r="U172" s="94">
         <v>17</v>
       </c>
-      <c r="V172" s="95">
+      <c r="V172" s="113">
         <v>2604066</v>
       </c>
-    </row>
-    <row r="173" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W172" s="94">
+        <v>9</v>
+      </c>
+      <c r="X172" s="112">
+        <v>1374585</v>
+      </c>
+    </row>
+    <row r="173" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="75" t="s">
         <v>33</v>
       </c>
       <c r="B173" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C173" s="53">
         <v>923</v>
       </c>
       <c r="D173" s="54">
         <v>145505258</v>
       </c>
       <c r="E173" s="53">
         <v>923</v>
       </c>
       <c r="F173" s="54">
         <v>153227847</v>
       </c>
       <c r="G173" s="53">
         <v>931</v>
       </c>
       <c r="H173" s="54">
         <v>166840550</v>
       </c>
       <c r="I173" s="53">
@@ -19013,63 +20080,69 @@
       </c>
       <c r="M173" s="53">
         <v>1125</v>
       </c>
       <c r="N173" s="54">
         <v>204010937</v>
       </c>
       <c r="O173" s="53">
         <v>1207</v>
       </c>
       <c r="P173" s="54">
         <v>222821352</v>
       </c>
       <c r="Q173" s="53">
         <v>1297</v>
       </c>
       <c r="R173" s="54">
         <v>239996094</v>
       </c>
       <c r="S173" s="53">
         <v>1314</v>
       </c>
       <c r="T173" s="85">
         <v>243449220</v>
       </c>
-      <c r="U173" s="96">
+      <c r="U173" s="103">
         <v>1342</v>
       </c>
-      <c r="V173" s="97">
+      <c r="V173" s="114">
         <v>247033583</v>
       </c>
-    </row>
-    <row r="174" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W173" s="103">
+        <v>1303</v>
+      </c>
+      <c r="X173" s="119">
+        <v>244080560</v>
+      </c>
+    </row>
+    <row r="174" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B174" s="44" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C174" s="45">
         <v>5</v>
       </c>
       <c r="D174" s="46">
         <v>876115</v>
       </c>
       <c r="E174" s="45">
         <v>5</v>
       </c>
       <c r="F174" s="46">
         <v>868635</v>
       </c>
       <c r="G174" s="45">
         <v>5</v>
       </c>
       <c r="H174" s="46">
         <v>888273</v>
       </c>
       <c r="I174" s="45">
         <v>6</v>
       </c>
       <c r="J174" s="46">
         <v>1071017</v>
       </c>
@@ -19084,55 +20157,61 @@
       </c>
       <c r="N174" s="46">
         <v>1080394</v>
       </c>
       <c r="O174" s="45">
         <v>8</v>
       </c>
       <c r="P174" s="46">
         <v>1485023</v>
       </c>
       <c r="Q174" s="47">
         <v>6</v>
       </c>
       <c r="R174" s="48">
         <v>1003059</v>
       </c>
       <c r="S174" s="47">
         <v>5</v>
       </c>
       <c r="T174" s="83">
         <v>787810</v>
       </c>
       <c r="U174" s="94">
         <v>7</v>
       </c>
-      <c r="V174" s="95">
+      <c r="V174" s="113">
         <v>1014253</v>
       </c>
-    </row>
-    <row r="175" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W174" s="94">
+        <v>7</v>
+      </c>
+      <c r="X174" s="112">
+        <v>1011516</v>
+      </c>
+    </row>
+    <row r="175" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B175" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C175" s="45">
         <v>17</v>
       </c>
       <c r="D175" s="46">
         <v>2689074</v>
       </c>
       <c r="E175" s="45">
         <v>17</v>
       </c>
       <c r="F175" s="46">
         <v>2913847</v>
       </c>
       <c r="G175" s="45">
         <v>15</v>
       </c>
       <c r="H175" s="46">
         <v>2554321</v>
       </c>
       <c r="I175" s="45">
@@ -19149,58 +20228,64 @@
       </c>
       <c r="M175" s="45">
         <v>5</v>
       </c>
       <c r="N175" s="46">
         <v>822239</v>
       </c>
       <c r="O175" s="45">
         <v>2</v>
       </c>
       <c r="P175" s="46">
         <v>354197</v>
       </c>
       <c r="Q175" s="47">
         <v>0</v>
       </c>
       <c r="R175" s="48">
         <v>0</v>
       </c>
       <c r="S175" s="47">
         <v>0</v>
       </c>
       <c r="T175" s="83">
         <v>0</v>
       </c>
-      <c r="U175" s="98">
-[...6 lines deleted...]
-    <row r="176" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U175" s="95">
+        <v>0</v>
+      </c>
+      <c r="V175" s="113">
+        <v>0</v>
+      </c>
+      <c r="W175" s="117">
+        <v>0</v>
+      </c>
+      <c r="X175" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="176" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B176" s="44" t="s">
         <v>3</v>
       </c>
       <c r="C176" s="45">
         <v>0</v>
       </c>
       <c r="D176" s="46">
         <v>0</v>
       </c>
       <c r="E176" s="45">
         <v>0</v>
       </c>
       <c r="F176" s="46">
         <v>0</v>
       </c>
       <c r="G176" s="45">
         <v>0</v>
       </c>
       <c r="H176" s="46">
         <v>0</v>
       </c>
       <c r="I176" s="45">
@@ -19217,58 +20302,64 @@
       </c>
       <c r="M176" s="45">
         <v>0</v>
       </c>
       <c r="N176" s="46">
         <v>0</v>
       </c>
       <c r="O176" s="45">
         <v>0</v>
       </c>
       <c r="P176" s="46">
         <v>0</v>
       </c>
       <c r="Q176" s="45">
         <v>0</v>
       </c>
       <c r="R176" s="46">
         <v>0</v>
       </c>
       <c r="S176" s="45">
         <v>0</v>
       </c>
       <c r="T176" s="84">
         <v>0</v>
       </c>
-      <c r="U176" s="100">
-[...6 lines deleted...]
-    <row r="177" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U176" s="97">
+        <v>0</v>
+      </c>
+      <c r="V176" s="113">
+        <v>0</v>
+      </c>
+      <c r="W176" s="117">
+        <v>0</v>
+      </c>
+      <c r="X176" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="177" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B177" s="44" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="45">
         <v>0</v>
       </c>
       <c r="D177" s="46">
         <v>0</v>
       </c>
       <c r="E177" s="45">
         <v>0</v>
       </c>
       <c r="F177" s="46">
         <v>0</v>
       </c>
       <c r="G177" s="45">
         <v>0</v>
       </c>
       <c r="H177" s="46">
         <v>0</v>
       </c>
       <c r="I177" s="45">
@@ -19285,58 +20376,64 @@
       </c>
       <c r="M177" s="45">
         <v>0</v>
       </c>
       <c r="N177" s="46">
         <v>0</v>
       </c>
       <c r="O177" s="45">
         <v>0</v>
       </c>
       <c r="P177" s="46">
         <v>0</v>
       </c>
       <c r="Q177" s="45">
         <v>0</v>
       </c>
       <c r="R177" s="46">
         <v>0</v>
       </c>
       <c r="S177" s="45">
         <v>0</v>
       </c>
       <c r="T177" s="84">
         <v>0</v>
       </c>
-      <c r="U177" s="100">
-[...6 lines deleted...]
-    <row r="178" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U177" s="97">
+        <v>0</v>
+      </c>
+      <c r="V177" s="113">
+        <v>0</v>
+      </c>
+      <c r="W177" s="117">
+        <v>0</v>
+      </c>
+      <c r="X177" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="178" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B178" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C178" s="45">
         <v>30</v>
       </c>
       <c r="D178" s="46">
         <v>4239025</v>
       </c>
       <c r="E178" s="45">
         <v>38</v>
       </c>
       <c r="F178" s="46">
         <v>4831759</v>
       </c>
       <c r="G178" s="45">
         <v>40</v>
       </c>
       <c r="H178" s="46">
         <v>4916396</v>
       </c>
       <c r="I178" s="45">
@@ -19356,55 +20453,61 @@
       </c>
       <c r="N178" s="46">
         <v>6505638</v>
       </c>
       <c r="O178" s="45">
         <v>56</v>
       </c>
       <c r="P178" s="46">
         <v>6538023</v>
       </c>
       <c r="Q178" s="47">
         <v>59</v>
       </c>
       <c r="R178" s="48">
         <v>7134434</v>
       </c>
       <c r="S178" s="47">
         <v>60</v>
       </c>
       <c r="T178" s="83">
         <v>7377260</v>
       </c>
       <c r="U178" s="94">
         <v>64</v>
       </c>
-      <c r="V178" s="95">
+      <c r="V178" s="113">
         <v>7758142</v>
       </c>
-    </row>
-    <row r="179" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W178" s="94">
+        <v>66</v>
+      </c>
+      <c r="X178" s="112">
+        <v>8138376</v>
+      </c>
+    </row>
+    <row r="179" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B179" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C179" s="45">
         <v>17</v>
       </c>
       <c r="D179" s="46">
         <v>2872823</v>
       </c>
       <c r="E179" s="45">
         <v>24</v>
       </c>
       <c r="F179" s="46">
         <v>3964462</v>
       </c>
       <c r="G179" s="45">
         <v>23</v>
       </c>
       <c r="H179" s="46">
         <v>3900776</v>
       </c>
       <c r="I179" s="45">
@@ -19424,55 +20527,61 @@
       </c>
       <c r="N179" s="46">
         <v>5460233</v>
       </c>
       <c r="O179" s="45">
         <v>38</v>
       </c>
       <c r="P179" s="46">
         <v>6666545</v>
       </c>
       <c r="Q179" s="47">
         <v>41</v>
       </c>
       <c r="R179" s="48">
         <v>7079391</v>
       </c>
       <c r="S179" s="47">
         <v>46</v>
       </c>
       <c r="T179" s="83">
         <v>7968727</v>
       </c>
       <c r="U179" s="94">
         <v>48</v>
       </c>
-      <c r="V179" s="95">
+      <c r="V179" s="113">
         <v>8450038</v>
       </c>
-    </row>
-    <row r="180" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W179" s="94">
+        <v>39</v>
+      </c>
+      <c r="X179" s="112">
+        <v>6795400</v>
+      </c>
+    </row>
+    <row r="180" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B180" s="44" t="s">
         <v>7</v>
       </c>
       <c r="C180" s="45">
         <v>8</v>
       </c>
       <c r="D180" s="46">
         <v>1334323</v>
       </c>
       <c r="E180" s="45">
         <v>8</v>
       </c>
       <c r="F180" s="46">
         <v>1322987</v>
       </c>
       <c r="G180" s="45">
         <v>8</v>
       </c>
       <c r="H180" s="46">
         <v>1364900</v>
       </c>
       <c r="I180" s="45">
@@ -19492,55 +20601,61 @@
       </c>
       <c r="N180" s="46">
         <v>1827201</v>
       </c>
       <c r="O180" s="45">
         <v>9</v>
       </c>
       <c r="P180" s="46">
         <v>1654691</v>
       </c>
       <c r="Q180" s="47">
         <v>10</v>
       </c>
       <c r="R180" s="48">
         <v>2095270</v>
       </c>
       <c r="S180" s="47">
         <v>11</v>
       </c>
       <c r="T180" s="83">
         <v>2089625</v>
       </c>
       <c r="U180" s="94">
         <v>9</v>
       </c>
-      <c r="V180" s="95">
+      <c r="V180" s="113">
         <v>1761940</v>
       </c>
-    </row>
-    <row r="181" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W180" s="94">
+        <v>11</v>
+      </c>
+      <c r="X180" s="112">
+        <v>2152341</v>
+      </c>
+    </row>
+    <row r="181" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B181" s="44" t="s">
         <v>8</v>
       </c>
       <c r="C181" s="45">
         <v>23</v>
       </c>
       <c r="D181" s="46">
         <v>3682307</v>
       </c>
       <c r="E181" s="45">
         <v>25</v>
       </c>
       <c r="F181" s="46">
         <v>4069259</v>
       </c>
       <c r="G181" s="45">
         <v>27</v>
       </c>
       <c r="H181" s="46">
         <v>4436869</v>
       </c>
       <c r="I181" s="45">
@@ -19560,55 +20675,61 @@
       </c>
       <c r="N181" s="46">
         <v>7367351</v>
       </c>
       <c r="O181" s="45">
         <v>42</v>
       </c>
       <c r="P181" s="46">
         <v>7220383</v>
       </c>
       <c r="Q181" s="47">
         <v>40</v>
       </c>
       <c r="R181" s="48">
         <v>6826917</v>
       </c>
       <c r="S181" s="47">
         <v>43</v>
       </c>
       <c r="T181" s="83">
         <v>7491374</v>
       </c>
       <c r="U181" s="94">
         <v>45</v>
       </c>
-      <c r="V181" s="95">
+      <c r="V181" s="113">
         <v>7812911</v>
       </c>
-    </row>
-    <row r="182" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W181" s="94">
+        <v>48</v>
+      </c>
+      <c r="X181" s="112">
+        <v>8523125</v>
+      </c>
+    </row>
+    <row r="182" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B182" s="44" t="s">
         <v>9</v>
       </c>
       <c r="C182" s="45">
         <v>15</v>
       </c>
       <c r="D182" s="46">
         <v>2504084</v>
       </c>
       <c r="E182" s="45">
         <v>14</v>
       </c>
       <c r="F182" s="46">
         <v>2277447</v>
       </c>
       <c r="G182" s="45">
         <v>12</v>
       </c>
       <c r="H182" s="46">
         <v>1917660</v>
       </c>
       <c r="I182" s="45">
@@ -19628,55 +20749,61 @@
       </c>
       <c r="N182" s="46">
         <v>2002547</v>
       </c>
       <c r="O182" s="45">
         <v>15</v>
       </c>
       <c r="P182" s="46">
         <v>2728041</v>
       </c>
       <c r="Q182" s="47">
         <v>18</v>
       </c>
       <c r="R182" s="48">
         <v>3066605</v>
       </c>
       <c r="S182" s="47">
         <v>17</v>
       </c>
       <c r="T182" s="83">
         <v>2928673</v>
       </c>
       <c r="U182" s="94">
         <v>18</v>
       </c>
-      <c r="V182" s="95">
+      <c r="V182" s="113">
         <v>3107087</v>
       </c>
-    </row>
-    <row r="183" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W182" s="94">
+        <v>20</v>
+      </c>
+      <c r="X182" s="112">
+        <v>3499274</v>
+      </c>
+    </row>
+    <row r="183" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B183" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C183" s="45">
         <v>16</v>
       </c>
       <c r="D183" s="46">
         <v>2522407</v>
       </c>
       <c r="E183" s="45">
         <v>14</v>
       </c>
       <c r="F183" s="46">
         <v>2175543</v>
       </c>
       <c r="G183" s="45">
         <v>11</v>
       </c>
       <c r="H183" s="46">
         <v>1785742</v>
       </c>
       <c r="I183" s="45">
@@ -19693,58 +20820,64 @@
       </c>
       <c r="M183" s="45">
         <v>2</v>
       </c>
       <c r="N183" s="46">
         <v>364372</v>
       </c>
       <c r="O183" s="45">
         <v>1</v>
       </c>
       <c r="P183" s="46">
         <v>187338</v>
       </c>
       <c r="Q183" s="47">
         <v>0</v>
       </c>
       <c r="R183" s="48">
         <v>0</v>
       </c>
       <c r="S183" s="47">
         <v>0</v>
       </c>
       <c r="T183" s="83">
         <v>0</v>
       </c>
-      <c r="U183" s="98">
-[...6 lines deleted...]
-    <row r="184" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U183" s="95">
+        <v>0</v>
+      </c>
+      <c r="V183" s="113">
+        <v>0</v>
+      </c>
+      <c r="W183" s="117">
+        <v>0</v>
+      </c>
+      <c r="X183" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="184" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B184" s="44" t="s">
         <v>12</v>
       </c>
       <c r="C184" s="45">
         <v>21</v>
       </c>
       <c r="D184" s="46">
         <v>3663046</v>
       </c>
       <c r="E184" s="45">
         <v>23</v>
       </c>
       <c r="F184" s="46">
         <v>4002982</v>
       </c>
       <c r="G184" s="45">
         <v>20</v>
       </c>
       <c r="H184" s="46">
         <v>3559079</v>
       </c>
       <c r="I184" s="45">
@@ -19764,55 +20897,61 @@
       </c>
       <c r="N184" s="46">
         <v>2751934</v>
       </c>
       <c r="O184" s="45">
         <v>17</v>
       </c>
       <c r="P184" s="46">
         <v>3010966</v>
       </c>
       <c r="Q184" s="47">
         <v>18</v>
       </c>
       <c r="R184" s="48">
         <v>3180278</v>
       </c>
       <c r="S184" s="47">
         <v>20</v>
       </c>
       <c r="T184" s="83">
         <v>3599067</v>
       </c>
       <c r="U184" s="94">
         <v>18</v>
       </c>
-      <c r="V184" s="95">
+      <c r="V184" s="113">
         <v>3379594</v>
       </c>
-    </row>
-    <row r="185" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W184" s="94">
+        <v>24</v>
+      </c>
+      <c r="X184" s="112">
+        <v>4726073</v>
+      </c>
+    </row>
+    <row r="185" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B185" s="44" t="s">
         <v>20</v>
       </c>
       <c r="C185" s="45">
         <v>1</v>
       </c>
       <c r="D185" s="46">
         <v>179276</v>
       </c>
       <c r="E185" s="45">
         <v>2</v>
       </c>
       <c r="F185" s="46">
         <v>365813</v>
       </c>
       <c r="G185" s="45">
         <v>3</v>
       </c>
       <c r="H185" s="46">
         <v>554591</v>
       </c>
       <c r="I185" s="45">
@@ -19832,55 +20971,61 @@
       </c>
       <c r="N185" s="46">
         <v>559587</v>
       </c>
       <c r="O185" s="45">
         <v>5</v>
       </c>
       <c r="P185" s="46">
         <v>924410</v>
       </c>
       <c r="Q185" s="47">
         <v>4</v>
       </c>
       <c r="R185" s="48">
         <v>734473</v>
       </c>
       <c r="S185" s="47">
         <v>5</v>
       </c>
       <c r="T185" s="83">
         <v>929633</v>
       </c>
       <c r="U185" s="94">
         <v>6</v>
       </c>
-      <c r="V185" s="95">
+      <c r="V185" s="113">
         <v>1073381</v>
       </c>
-    </row>
-    <row r="186" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W185" s="94">
+        <v>6</v>
+      </c>
+      <c r="X185" s="112">
+        <v>1101967</v>
+      </c>
+    </row>
+    <row r="186" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B186" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C186" s="55">
         <v>0</v>
       </c>
       <c r="D186" s="56">
         <v>0</v>
       </c>
       <c r="E186" s="55">
         <v>0</v>
       </c>
       <c r="F186" s="56">
         <v>0</v>
       </c>
       <c r="G186" s="55">
         <v>0</v>
       </c>
       <c r="H186" s="56">
         <v>0</v>
       </c>
       <c r="I186" s="55">
@@ -19897,58 +21042,66 @@
       </c>
       <c r="M186" s="55">
         <v>0</v>
       </c>
       <c r="N186" s="56">
         <v>0</v>
       </c>
       <c r="O186" s="55">
         <v>0</v>
       </c>
       <c r="P186" s="56">
         <v>0</v>
       </c>
       <c r="Q186" s="55">
         <v>0</v>
       </c>
       <c r="R186" s="56">
         <v>0</v>
       </c>
       <c r="S186" s="55">
         <v>0</v>
       </c>
       <c r="T186" s="86">
         <v>0</v>
       </c>
-      <c r="U186" s="99">
-[...6 lines deleted...]
-    <row r="187" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U186" s="96">
+        <v>0</v>
+      </c>
+      <c r="V186" s="113">
+        <v>0</v>
+      </c>
+      <c r="W186" s="117">
+        <v>0</v>
+      </c>
+      <c r="X186" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y186" s="1"/>
+      <c r="Z186" s="1"/>
+    </row>
+    <row r="187" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B187" s="44" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="45">
         <v>35</v>
       </c>
       <c r="D187" s="46">
         <v>5747651</v>
       </c>
       <c r="E187" s="45">
         <v>36</v>
       </c>
       <c r="F187" s="46">
         <v>5884840</v>
       </c>
       <c r="G187" s="45">
         <v>26</v>
       </c>
       <c r="H187" s="46">
         <v>4499697</v>
       </c>
       <c r="I187" s="45">
@@ -19965,58 +21118,64 @@
       </c>
       <c r="M187" s="45">
         <v>15</v>
       </c>
       <c r="N187" s="46">
         <v>2504181</v>
       </c>
       <c r="O187" s="45">
         <v>6</v>
       </c>
       <c r="P187" s="46">
         <v>1038708</v>
       </c>
       <c r="Q187" s="47">
         <v>3</v>
       </c>
       <c r="R187" s="48">
         <v>509017</v>
       </c>
       <c r="S187" s="55">
         <v>0</v>
       </c>
       <c r="T187" s="86">
         <v>0</v>
       </c>
-      <c r="U187" s="99">
-[...6 lines deleted...]
-    <row r="188" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U187" s="96">
+        <v>0</v>
+      </c>
+      <c r="V187" s="113">
+        <v>0</v>
+      </c>
+      <c r="W187" s="117">
+        <v>0</v>
+      </c>
+      <c r="X187" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="188" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B188" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="55">
         <v>2</v>
       </c>
       <c r="D188" s="56">
         <v>352707</v>
       </c>
       <c r="E188" s="55">
         <v>2</v>
       </c>
       <c r="F188" s="56">
         <v>352707</v>
       </c>
       <c r="G188" s="55">
         <v>1</v>
       </c>
       <c r="H188" s="56">
         <v>167220</v>
       </c>
       <c r="I188" s="55">
@@ -20036,55 +21195,63 @@
       </c>
       <c r="N188" s="56">
         <v>163581</v>
       </c>
       <c r="O188" s="55">
         <v>1</v>
       </c>
       <c r="P188" s="56">
         <v>163581</v>
       </c>
       <c r="Q188" s="47">
         <v>1</v>
       </c>
       <c r="R188" s="48">
         <v>163581</v>
       </c>
       <c r="S188" s="47">
         <v>1</v>
       </c>
       <c r="T188" s="83">
         <v>163581</v>
       </c>
       <c r="U188">
         <v>0</v>
       </c>
-      <c r="V188" s="95">
-[...3 lines deleted...]
-    <row r="189" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V188" s="113">
+        <v>0</v>
+      </c>
+      <c r="W188" s="94">
+        <v>1</v>
+      </c>
+      <c r="X188" s="112">
+        <v>163581</v>
+      </c>
+      <c r="Y188" s="1"/>
+      <c r="Z188" s="1"/>
+    </row>
+    <row r="189" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B189" s="44" t="s">
         <v>16</v>
       </c>
       <c r="C189" s="45">
         <v>13</v>
       </c>
       <c r="D189" s="46">
         <v>2015666</v>
       </c>
       <c r="E189" s="45">
         <v>10</v>
       </c>
       <c r="F189" s="46">
         <v>1724674</v>
       </c>
       <c r="G189" s="45">
         <v>8</v>
       </c>
       <c r="H189" s="46">
         <v>1346396</v>
       </c>
       <c r="I189" s="45">
@@ -20104,55 +21271,61 @@
       </c>
       <c r="N189" s="46">
         <v>1218390</v>
       </c>
       <c r="O189" s="45">
         <v>13</v>
       </c>
       <c r="P189" s="46">
         <v>2159094</v>
       </c>
       <c r="Q189" s="47">
         <v>10</v>
       </c>
       <c r="R189" s="48">
         <v>1434048</v>
       </c>
       <c r="S189" s="47">
         <v>8</v>
       </c>
       <c r="T189" s="83">
         <v>1380823</v>
       </c>
       <c r="U189" s="94">
         <v>8</v>
       </c>
-      <c r="V189" s="95">
+      <c r="V189" s="113">
         <v>1398185</v>
       </c>
-    </row>
-    <row r="190" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W189" s="94">
+        <v>7</v>
+      </c>
+      <c r="X189" s="112">
+        <v>1223883</v>
+      </c>
+    </row>
+    <row r="190" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="76" t="s">
         <v>34</v>
       </c>
       <c r="B190" s="49" t="s">
         <v>17</v>
       </c>
       <c r="C190" s="45">
         <v>4</v>
       </c>
       <c r="D190" s="46">
         <v>707370</v>
       </c>
       <c r="E190" s="45">
         <v>4</v>
       </c>
       <c r="F190" s="46">
         <v>707395</v>
       </c>
       <c r="G190" s="45">
         <v>4</v>
       </c>
       <c r="H190" s="46">
         <v>710635</v>
       </c>
       <c r="I190" s="45">
@@ -20169,58 +21342,64 @@
       </c>
       <c r="M190" s="45">
         <v>1</v>
       </c>
       <c r="N190" s="46">
         <v>187916</v>
       </c>
       <c r="O190" s="45">
         <v>3</v>
       </c>
       <c r="P190" s="46">
         <v>948737</v>
       </c>
       <c r="Q190" s="47">
         <v>0</v>
       </c>
       <c r="R190" s="48">
         <v>0</v>
       </c>
       <c r="S190" s="47">
         <v>0</v>
       </c>
       <c r="T190" s="83">
         <v>0</v>
       </c>
-      <c r="U190" s="98">
-[...6 lines deleted...]
-    <row r="191" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U190" s="95">
+        <v>0</v>
+      </c>
+      <c r="V190" s="113">
+        <v>0</v>
+      </c>
+      <c r="W190" s="117">
+        <v>0</v>
+      </c>
+      <c r="X190" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="191" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="74" t="s">
         <v>34</v>
       </c>
       <c r="B191" s="44" t="s">
         <v>18</v>
       </c>
       <c r="C191" s="45">
         <v>3</v>
       </c>
       <c r="D191" s="46">
         <v>469216</v>
       </c>
       <c r="E191" s="45">
         <v>2</v>
       </c>
       <c r="F191" s="46">
         <v>355253</v>
       </c>
       <c r="G191" s="45">
         <v>3</v>
       </c>
       <c r="H191" s="46">
         <v>477213</v>
       </c>
       <c r="I191" s="45">
@@ -20240,55 +21419,61 @@
       </c>
       <c r="N191" s="46">
         <v>423884</v>
       </c>
       <c r="O191" s="45">
         <v>2</v>
       </c>
       <c r="P191" s="46">
         <v>239951</v>
       </c>
       <c r="Q191" s="47">
         <v>3</v>
       </c>
       <c r="R191" s="48">
         <v>333801</v>
       </c>
       <c r="S191" s="47">
         <v>2</v>
       </c>
       <c r="T191" s="83">
         <v>318306</v>
       </c>
       <c r="U191" s="94">
         <v>3</v>
       </c>
-      <c r="V191" s="95">
+      <c r="V191" s="113">
         <v>490814</v>
       </c>
-    </row>
-    <row r="192" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W191" s="94">
+        <v>2</v>
+      </c>
+      <c r="X191" s="112">
+        <v>362956</v>
+      </c>
+    </row>
+    <row r="192" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="75" t="s">
         <v>34</v>
       </c>
       <c r="B192" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C192" s="53">
         <v>210</v>
       </c>
       <c r="D192" s="54">
         <v>33855090</v>
       </c>
       <c r="E192" s="53">
         <v>224</v>
       </c>
       <c r="F192" s="54">
         <v>35817603</v>
       </c>
       <c r="G192" s="53">
         <v>206</v>
       </c>
       <c r="H192" s="54">
         <v>33079768</v>
       </c>
       <c r="I192" s="53">
@@ -20305,58 +21490,64 @@
       </c>
       <c r="M192" s="53">
         <v>212</v>
       </c>
       <c r="N192" s="54">
         <v>33239448</v>
       </c>
       <c r="O192" s="53">
         <v>218</v>
       </c>
       <c r="P192" s="54">
         <v>35319688</v>
       </c>
       <c r="Q192" s="53">
         <v>213</v>
       </c>
       <c r="R192" s="54">
         <v>33560874</v>
       </c>
       <c r="S192" s="53">
         <v>218</v>
       </c>
       <c r="T192" s="85">
         <v>35034879</v>
       </c>
-      <c r="U192" s="96">
+      <c r="U192" s="103">
         <v>226</v>
       </c>
-      <c r="V192" s="97">
+      <c r="V192" s="114">
         <v>36246345</v>
       </c>
-    </row>
-    <row r="193" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W192" s="103">
+        <v>231</v>
+      </c>
+      <c r="X192" s="119">
+        <v>37698492</v>
+      </c>
+    </row>
+    <row r="193" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B193" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C193" s="45">
         <v>11</v>
       </c>
       <c r="D193" s="46">
         <v>1665577</v>
       </c>
       <c r="E193" s="45">
         <v>9</v>
       </c>
       <c r="F193" s="46">
         <v>1372352</v>
       </c>
       <c r="G193" s="45">
         <v>7</v>
       </c>
       <c r="H193" s="46">
         <v>1044759</v>
       </c>
       <c r="I193" s="45">
@@ -20376,55 +21567,61 @@
       </c>
       <c r="N193" s="46">
         <v>425733</v>
       </c>
       <c r="O193" s="45">
         <v>1</v>
       </c>
       <c r="P193" s="46">
         <v>157167</v>
       </c>
       <c r="Q193" s="45">
         <v>0</v>
       </c>
       <c r="R193" s="46">
         <v>0</v>
       </c>
       <c r="S193" s="47">
         <v>2</v>
       </c>
       <c r="T193" s="83">
         <v>377331</v>
       </c>
       <c r="U193" s="94">
         <v>3</v>
       </c>
-      <c r="V193" s="95">
+      <c r="V193" s="113">
         <v>532509</v>
       </c>
-    </row>
-    <row r="194" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W193" s="94">
+        <v>5</v>
+      </c>
+      <c r="X193" s="112">
+        <v>898485</v>
+      </c>
+    </row>
+    <row r="194" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B194" s="44" t="s">
         <v>4</v>
       </c>
       <c r="C194" s="45">
         <v>1</v>
       </c>
       <c r="D194" s="46">
         <v>217179</v>
       </c>
       <c r="E194" s="45">
         <v>0</v>
       </c>
       <c r="F194" s="46">
         <v>0</v>
       </c>
       <c r="G194" s="45">
         <v>0</v>
       </c>
       <c r="H194" s="46">
         <v>0</v>
       </c>
       <c r="I194" s="45">
@@ -20441,58 +21638,64 @@
       </c>
       <c r="M194" s="45">
         <v>0</v>
       </c>
       <c r="N194" s="46">
         <v>0</v>
       </c>
       <c r="O194" s="45">
         <v>0</v>
       </c>
       <c r="P194" s="46">
         <v>0</v>
       </c>
       <c r="Q194" s="45">
         <v>0</v>
       </c>
       <c r="R194" s="46">
         <v>0</v>
       </c>
       <c r="S194" s="45">
         <v>0</v>
       </c>
       <c r="T194" s="84">
         <v>0</v>
       </c>
-      <c r="U194" s="100">
-[...6 lines deleted...]
-    <row r="195" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U194" s="97">
+        <v>0</v>
+      </c>
+      <c r="V194" s="113">
+        <v>0</v>
+      </c>
+      <c r="W194" s="117">
+        <v>0</v>
+      </c>
+      <c r="X194" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="195" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B195" s="44" t="s">
         <v>5</v>
       </c>
       <c r="C195" s="45">
         <v>16</v>
       </c>
       <c r="D195" s="46">
         <v>2207124</v>
       </c>
       <c r="E195" s="45">
         <v>19</v>
       </c>
       <c r="F195" s="46">
         <v>3080836</v>
       </c>
       <c r="G195" s="45">
         <v>21</v>
       </c>
       <c r="H195" s="46">
         <v>3462962</v>
       </c>
       <c r="I195" s="45">
@@ -20512,55 +21715,61 @@
       </c>
       <c r="N195" s="46">
         <v>4404106</v>
       </c>
       <c r="O195" s="45">
         <v>24</v>
       </c>
       <c r="P195" s="46">
         <v>3924194</v>
       </c>
       <c r="Q195" s="47">
         <v>20</v>
       </c>
       <c r="R195" s="48">
         <v>3263357</v>
       </c>
       <c r="S195" s="47">
         <v>21</v>
       </c>
       <c r="T195" s="83">
         <v>3471676</v>
       </c>
       <c r="U195" s="94">
         <v>17</v>
       </c>
-      <c r="V195" s="95">
+      <c r="V195" s="113">
         <v>2780934</v>
       </c>
-    </row>
-    <row r="196" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W195" s="94">
+        <v>13</v>
+      </c>
+      <c r="X195" s="112">
+        <v>2063771</v>
+      </c>
+    </row>
+    <row r="196" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B196" s="44" t="s">
         <v>6</v>
       </c>
       <c r="C196" s="45">
         <v>3</v>
       </c>
       <c r="D196" s="46">
         <v>453424</v>
       </c>
       <c r="E196" s="45">
         <v>3</v>
       </c>
       <c r="F196" s="46">
         <v>429700</v>
       </c>
       <c r="G196" s="45">
         <v>3</v>
       </c>
       <c r="H196" s="46">
         <v>429229</v>
       </c>
       <c r="I196" s="45">
@@ -20580,55 +21789,61 @@
       </c>
       <c r="N196" s="46">
         <v>998056</v>
       </c>
       <c r="O196" s="45">
         <v>11</v>
       </c>
       <c r="P196" s="46">
         <v>1546620</v>
       </c>
       <c r="Q196" s="47">
         <v>13</v>
       </c>
       <c r="R196" s="48">
         <v>1814296</v>
       </c>
       <c r="S196" s="47">
         <v>13</v>
       </c>
       <c r="T196" s="83">
         <v>1896640</v>
       </c>
       <c r="U196" s="94">
         <v>12</v>
       </c>
-      <c r="V196" s="95">
+      <c r="V196" s="113">
         <v>1693536</v>
       </c>
-    </row>
-    <row r="197" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W196" s="94">
+        <v>15</v>
+      </c>
+      <c r="X196" s="112">
+        <v>2083466</v>
+      </c>
+    </row>
+    <row r="197" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B197" s="44" t="s">
         <v>7</v>
       </c>
       <c r="C197" s="45">
         <v>1</v>
       </c>
       <c r="D197" s="46">
         <v>184587</v>
       </c>
       <c r="E197" s="45">
         <v>3</v>
       </c>
       <c r="F197" s="46">
         <v>482193</v>
       </c>
       <c r="G197" s="45">
         <v>3</v>
       </c>
       <c r="H197" s="46">
         <v>477159</v>
       </c>
       <c r="I197" s="45">
@@ -20648,55 +21863,61 @@
       </c>
       <c r="N197" s="46">
         <v>161460</v>
       </c>
       <c r="O197" s="45">
         <v>0</v>
       </c>
       <c r="P197" s="46">
         <v>0</v>
       </c>
       <c r="Q197" s="47">
         <v>1</v>
       </c>
       <c r="R197" s="48">
         <v>164006</v>
       </c>
       <c r="S197" s="47">
         <v>1</v>
       </c>
       <c r="T197" s="83">
         <v>159686</v>
       </c>
       <c r="U197" s="94">
         <v>1</v>
       </c>
-      <c r="V197" s="95">
+      <c r="V197" s="113">
         <v>179230</v>
       </c>
-    </row>
-    <row r="198" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W197" s="94">
+        <v>1</v>
+      </c>
+      <c r="X197" s="112">
+        <v>179230</v>
+      </c>
+    </row>
+    <row r="198" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B198" s="44" t="s">
         <v>8</v>
       </c>
       <c r="C198" s="45">
         <v>6</v>
       </c>
       <c r="D198" s="46">
         <v>732361</v>
       </c>
       <c r="E198" s="45">
         <v>5</v>
       </c>
       <c r="F198" s="46">
         <v>609480</v>
       </c>
       <c r="G198" s="45">
         <v>4</v>
       </c>
       <c r="H198" s="46">
         <v>491668</v>
       </c>
       <c r="I198" s="45">
@@ -20716,55 +21937,61 @@
       </c>
       <c r="N198" s="46">
         <v>337377</v>
       </c>
       <c r="O198" s="45">
         <v>3</v>
       </c>
       <c r="P198" s="46">
         <v>337377</v>
       </c>
       <c r="Q198" s="47">
         <v>4</v>
       </c>
       <c r="R198" s="48">
         <v>451722</v>
       </c>
       <c r="S198" s="47">
         <v>4</v>
       </c>
       <c r="T198" s="83">
         <v>453074</v>
       </c>
       <c r="U198" s="94">
         <v>6</v>
       </c>
-      <c r="V198" s="95">
+      <c r="V198" s="113">
         <v>672792</v>
       </c>
-    </row>
-    <row r="199" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W198" s="94">
+        <v>4</v>
+      </c>
+      <c r="X198" s="112">
+        <v>477153</v>
+      </c>
+    </row>
+    <row r="199" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B199" s="44" t="s">
         <v>9</v>
       </c>
       <c r="C199" s="45">
         <v>4</v>
       </c>
       <c r="D199" s="46">
         <v>474706</v>
       </c>
       <c r="E199" s="45">
         <v>2</v>
       </c>
       <c r="F199" s="46">
         <v>259821</v>
       </c>
       <c r="G199" s="45">
         <v>1</v>
       </c>
       <c r="H199" s="46">
         <v>139671</v>
       </c>
       <c r="I199" s="45">
@@ -20784,55 +22011,61 @@
       </c>
       <c r="N199" s="46">
         <v>0</v>
       </c>
       <c r="O199" s="45">
         <v>1</v>
       </c>
       <c r="P199" s="46">
         <v>131894</v>
       </c>
       <c r="Q199" s="47">
         <v>2</v>
       </c>
       <c r="R199" s="48">
         <v>268440</v>
       </c>
       <c r="S199" s="47">
         <v>2</v>
       </c>
       <c r="T199" s="83">
         <v>268484</v>
       </c>
       <c r="U199" s="94">
         <v>2</v>
       </c>
-      <c r="V199" s="95">
+      <c r="V199" s="113">
         <v>267784</v>
       </c>
-    </row>
-    <row r="200" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W199" s="94">
+        <v>2</v>
+      </c>
+      <c r="X199" s="112">
+        <v>215957</v>
+      </c>
+    </row>
+    <row r="200" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B200" s="44" t="s">
         <v>10</v>
       </c>
       <c r="C200" s="45">
         <v>11</v>
       </c>
       <c r="D200" s="46">
         <v>1733492</v>
       </c>
       <c r="E200" s="45">
         <v>7</v>
       </c>
       <c r="F200" s="46">
         <v>1077308</v>
       </c>
       <c r="G200" s="45">
         <v>4</v>
       </c>
       <c r="H200" s="46">
         <v>645297</v>
       </c>
       <c r="I200" s="45">
@@ -20852,55 +22085,61 @@
       </c>
       <c r="N200" s="46">
         <v>302532</v>
       </c>
       <c r="O200" s="45">
         <v>2</v>
       </c>
       <c r="P200" s="46">
         <v>433878</v>
       </c>
       <c r="Q200" s="47">
         <v>3</v>
       </c>
       <c r="R200" s="48">
         <v>480586</v>
       </c>
       <c r="S200" s="47">
         <v>5</v>
       </c>
       <c r="T200" s="83">
         <v>765706</v>
       </c>
       <c r="U200" s="94">
         <v>5</v>
       </c>
-      <c r="V200" s="95">
+      <c r="V200" s="113">
         <v>771330</v>
       </c>
-    </row>
-    <row r="201" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W200" s="94">
+        <v>4</v>
+      </c>
+      <c r="X200" s="112">
+        <v>589436</v>
+      </c>
+    </row>
+    <row r="201" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B201" s="44" t="s">
         <v>11</v>
       </c>
       <c r="C201" s="45">
         <v>3</v>
       </c>
       <c r="D201" s="46">
         <v>358264</v>
       </c>
       <c r="E201" s="45">
         <v>4</v>
       </c>
       <c r="F201" s="46">
         <v>494781</v>
       </c>
       <c r="G201" s="45">
         <v>2</v>
       </c>
       <c r="H201" s="46">
         <v>259030</v>
       </c>
       <c r="I201" s="45">
@@ -20920,55 +22159,61 @@
       </c>
       <c r="N201" s="46">
         <v>356434</v>
       </c>
       <c r="O201" s="45">
         <v>5</v>
       </c>
       <c r="P201" s="46">
         <v>606946</v>
       </c>
       <c r="Q201" s="47">
         <v>6</v>
       </c>
       <c r="R201" s="48">
         <v>791406</v>
       </c>
       <c r="S201" s="47">
         <v>5</v>
       </c>
       <c r="T201" s="83">
         <v>608128</v>
       </c>
       <c r="U201" s="94">
         <v>4</v>
       </c>
-      <c r="V201" s="95">
+      <c r="V201" s="113">
         <v>494765</v>
       </c>
-    </row>
-    <row r="202" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W201" s="94">
+        <v>2</v>
+      </c>
+      <c r="X201" s="112">
+        <v>261372</v>
+      </c>
+    </row>
+    <row r="202" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B202" s="44" t="s">
         <v>12</v>
       </c>
       <c r="C202" s="45">
         <v>2</v>
       </c>
       <c r="D202" s="46">
         <v>319084</v>
       </c>
       <c r="E202" s="45">
         <v>2</v>
       </c>
       <c r="F202" s="46">
         <v>319032</v>
       </c>
       <c r="G202" s="45">
         <v>3</v>
       </c>
       <c r="H202" s="46">
         <v>317411</v>
       </c>
       <c r="I202" s="45">
@@ -20988,55 +22233,61 @@
       </c>
       <c r="N202" s="46">
         <v>744989</v>
       </c>
       <c r="O202" s="45">
         <v>4</v>
       </c>
       <c r="P202" s="46">
         <v>696024</v>
       </c>
       <c r="Q202" s="47">
         <v>3</v>
       </c>
       <c r="R202" s="48">
         <v>525924</v>
       </c>
       <c r="S202" s="47">
         <v>3</v>
       </c>
       <c r="T202" s="83">
         <v>525924</v>
       </c>
       <c r="U202" s="94">
         <v>2</v>
       </c>
-      <c r="V202" s="95">
+      <c r="V202" s="113">
         <v>353916</v>
       </c>
-    </row>
-    <row r="203" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W202" s="94">
+        <v>1</v>
+      </c>
+      <c r="X202" s="112">
+        <v>178027</v>
+      </c>
+    </row>
+    <row r="203" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B203" s="44" t="s">
         <v>20</v>
       </c>
       <c r="C203" s="45">
         <v>2</v>
       </c>
       <c r="D203" s="46">
         <v>352453</v>
       </c>
       <c r="E203" s="45">
         <v>2</v>
       </c>
       <c r="F203" s="46">
         <v>372340</v>
       </c>
       <c r="G203" s="45">
         <v>2</v>
       </c>
       <c r="H203" s="46">
         <v>371051</v>
       </c>
       <c r="I203" s="45">
@@ -21056,55 +22307,61 @@
       </c>
       <c r="N203" s="46">
         <v>193597</v>
       </c>
       <c r="O203" s="45">
         <v>0</v>
       </c>
       <c r="P203" s="46">
         <v>48329</v>
       </c>
       <c r="Q203" s="45">
         <v>0</v>
       </c>
       <c r="R203" s="46">
         <v>0</v>
       </c>
       <c r="S203" s="45">
         <v>0</v>
       </c>
       <c r="T203" s="84">
         <v>0</v>
       </c>
       <c r="U203" s="94">
         <v>1</v>
       </c>
-      <c r="V203" s="95">
+      <c r="V203" s="113">
         <v>140458</v>
       </c>
-    </row>
-    <row r="204" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W203" s="94">
+        <v>1</v>
+      </c>
+      <c r="X203" s="112">
+        <v>140238</v>
+      </c>
+    </row>
+    <row r="204" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B204" s="44" t="s">
         <v>21</v>
       </c>
       <c r="C204" s="45">
         <v>1</v>
       </c>
       <c r="D204" s="46">
         <v>132786</v>
       </c>
       <c r="E204" s="45">
         <v>1</v>
       </c>
       <c r="F204" s="46">
         <v>132786</v>
       </c>
       <c r="G204" s="45">
         <v>1</v>
       </c>
       <c r="H204" s="46">
         <v>132786</v>
       </c>
       <c r="I204" s="45">
@@ -21124,55 +22381,63 @@
       </c>
       <c r="N204" s="46">
         <v>570662</v>
       </c>
       <c r="O204" s="45">
         <v>3</v>
       </c>
       <c r="P204" s="46">
         <v>548662</v>
       </c>
       <c r="Q204" s="47">
         <v>3</v>
       </c>
       <c r="R204" s="48">
         <v>489244</v>
       </c>
       <c r="S204" s="47">
         <v>2</v>
       </c>
       <c r="T204" s="83">
         <v>325238</v>
       </c>
       <c r="U204" s="94">
         <v>1</v>
       </c>
-      <c r="V204" s="95">
+      <c r="V204" s="113">
         <v>219864</v>
       </c>
-    </row>
-    <row r="205" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W204" s="117">
+        <v>0</v>
+      </c>
+      <c r="X204" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y204" s="1"/>
+      <c r="Z204" s="1"/>
+    </row>
+    <row r="205" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B205" s="44" t="s">
         <v>13</v>
       </c>
       <c r="C205" s="45">
         <v>5</v>
       </c>
       <c r="D205" s="46">
         <v>755284</v>
       </c>
       <c r="E205" s="45">
         <v>5</v>
       </c>
       <c r="F205" s="46">
         <v>743923</v>
       </c>
       <c r="G205" s="45">
         <v>3</v>
       </c>
       <c r="H205" s="46">
         <v>416307</v>
       </c>
       <c r="I205" s="45">
@@ -21192,55 +22457,61 @@
       </c>
       <c r="N205" s="46">
         <v>474875</v>
       </c>
       <c r="O205" s="45">
         <v>3</v>
       </c>
       <c r="P205" s="46">
         <v>559937</v>
       </c>
       <c r="Q205" s="47">
         <v>3</v>
       </c>
       <c r="R205" s="48">
         <v>460213</v>
       </c>
       <c r="S205" s="47">
         <v>4</v>
       </c>
       <c r="T205" s="83">
         <v>657372</v>
       </c>
       <c r="U205" s="94">
         <v>6</v>
       </c>
-      <c r="V205" s="95">
+      <c r="V205" s="113">
         <v>932696</v>
       </c>
-    </row>
-    <row r="206" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W205" s="94">
+        <v>7</v>
+      </c>
+      <c r="X205" s="112">
+        <v>1062926</v>
+      </c>
+    </row>
+    <row r="206" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B206" s="44" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="45">
         <v>2</v>
       </c>
       <c r="D206" s="46">
         <v>245544</v>
       </c>
       <c r="E206" s="45">
         <v>2</v>
       </c>
       <c r="F206" s="46">
         <v>245814</v>
       </c>
       <c r="G206" s="45">
         <v>1</v>
       </c>
       <c r="H206" s="46">
         <v>154170</v>
       </c>
       <c r="I206" s="45">
@@ -21260,55 +22531,63 @@
       </c>
       <c r="N206" s="46">
         <v>307281</v>
       </c>
       <c r="O206" s="45">
         <v>2</v>
       </c>
       <c r="P206" s="46">
         <v>307122</v>
       </c>
       <c r="Q206" s="47">
         <v>2</v>
       </c>
       <c r="R206" s="48">
         <v>265703</v>
       </c>
       <c r="S206" s="47">
         <v>2</v>
       </c>
       <c r="T206" s="83">
         <v>262020</v>
       </c>
       <c r="U206" s="94">
         <v>2</v>
       </c>
-      <c r="V206" s="95">
+      <c r="V206" s="113">
         <v>265710</v>
       </c>
-    </row>
-    <row r="207" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W206" s="94">
+        <v>1</v>
+      </c>
+      <c r="X206" s="112">
+        <v>107946</v>
+      </c>
+      <c r="Y206" s="1"/>
+      <c r="Z206" s="1"/>
+    </row>
+    <row r="207" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B207" s="44" t="s">
         <v>15</v>
       </c>
       <c r="C207" s="45">
         <v>4</v>
       </c>
       <c r="D207" s="46">
         <v>552515</v>
       </c>
       <c r="E207" s="45">
         <v>3</v>
       </c>
       <c r="F207" s="46">
         <v>415708</v>
       </c>
       <c r="G207" s="45">
         <v>0</v>
       </c>
       <c r="H207" s="46">
         <v>0</v>
       </c>
       <c r="I207" s="45">
@@ -21328,55 +22607,61 @@
       </c>
       <c r="N207" s="46">
         <v>0</v>
       </c>
       <c r="O207" s="45">
         <v>1</v>
       </c>
       <c r="P207" s="46">
         <v>155880</v>
       </c>
       <c r="Q207" s="47">
         <v>1</v>
       </c>
       <c r="R207" s="48">
         <v>155880</v>
       </c>
       <c r="S207" s="47">
         <v>1</v>
       </c>
       <c r="T207" s="83">
         <v>155880</v>
       </c>
       <c r="U207" s="94">
         <v>1</v>
       </c>
-      <c r="V207" s="95">
+      <c r="V207" s="113">
         <v>155880</v>
       </c>
-    </row>
-    <row r="208" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W207" s="117">
+        <v>0</v>
+      </c>
+      <c r="X207" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="208" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="76" t="s">
         <v>35</v>
       </c>
       <c r="B208" s="49" t="s">
         <v>16</v>
       </c>
       <c r="C208" s="50">
         <v>0</v>
       </c>
       <c r="D208" s="51">
         <v>0</v>
       </c>
       <c r="E208" s="50">
         <v>0</v>
       </c>
       <c r="F208" s="51">
         <v>0</v>
       </c>
       <c r="G208" s="50">
         <v>0</v>
       </c>
       <c r="H208" s="51">
         <v>0</v>
       </c>
       <c r="I208" s="50">
@@ -21393,58 +22678,66 @@
       </c>
       <c r="M208" s="50">
         <v>0</v>
       </c>
       <c r="N208" s="51">
         <v>0</v>
       </c>
       <c r="O208" s="50">
         <v>0</v>
       </c>
       <c r="P208" s="51">
         <v>0</v>
       </c>
       <c r="Q208" s="50">
         <v>0</v>
       </c>
       <c r="R208" s="51">
         <v>0</v>
       </c>
       <c r="S208" s="50">
         <v>0</v>
       </c>
       <c r="T208" s="88">
         <v>0</v>
       </c>
-      <c r="U208" s="102">
-[...6 lines deleted...]
-    <row r="209" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U208" s="99">
+        <v>0</v>
+      </c>
+      <c r="V208" s="100">
+        <v>0</v>
+      </c>
+      <c r="W208" s="117">
+        <v>0</v>
+      </c>
+      <c r="X208" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y208" s="1"/>
+      <c r="Z208" s="1"/>
+    </row>
+    <row r="209" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="74" t="s">
         <v>35</v>
       </c>
       <c r="B209" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C209" s="45">
         <v>4</v>
       </c>
       <c r="D209" s="46">
         <v>678984</v>
       </c>
       <c r="E209" s="45">
         <v>1</v>
       </c>
       <c r="F209" s="46">
         <v>151214</v>
       </c>
       <c r="G209" s="45">
         <v>1</v>
       </c>
       <c r="H209" s="46">
         <v>151214</v>
       </c>
       <c r="I209" s="45">
@@ -21461,58 +22754,66 @@
       </c>
       <c r="M209" s="45">
         <v>0</v>
       </c>
       <c r="N209" s="46">
         <v>0</v>
       </c>
       <c r="O209" s="45">
         <v>0</v>
       </c>
       <c r="P209" s="46">
         <v>0</v>
       </c>
       <c r="Q209" s="45">
         <v>0</v>
       </c>
       <c r="R209" s="46">
         <v>0</v>
       </c>
       <c r="S209" s="45">
         <v>0</v>
       </c>
       <c r="T209" s="84">
         <v>0</v>
       </c>
-      <c r="U209" s="100">
-[...6 lines deleted...]
-    <row r="210" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U209" s="97">
+        <v>0</v>
+      </c>
+      <c r="V209" s="100">
+        <v>0</v>
+      </c>
+      <c r="W209" s="117">
+        <v>0</v>
+      </c>
+      <c r="X209" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y209" s="1"/>
+      <c r="Z209" s="1"/>
+    </row>
+    <row r="210" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="75" t="s">
         <v>35</v>
       </c>
       <c r="B210" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C210" s="64">
         <v>76</v>
       </c>
       <c r="D210" s="65">
         <v>11063364</v>
       </c>
       <c r="E210" s="64">
         <v>68</v>
       </c>
       <c r="F210" s="65">
         <v>10187288</v>
       </c>
       <c r="G210" s="64">
         <v>56</v>
       </c>
       <c r="H210" s="65">
         <v>8492714</v>
       </c>
       <c r="I210" s="64">
@@ -21529,58 +22830,64 @@
       </c>
       <c r="M210" s="64">
         <v>58</v>
       </c>
       <c r="N210" s="65">
         <v>9277102</v>
       </c>
       <c r="O210" s="64">
         <v>60</v>
       </c>
       <c r="P210" s="65">
         <v>9454030</v>
       </c>
       <c r="Q210" s="64">
         <v>61</v>
       </c>
       <c r="R210" s="65">
         <v>9130777</v>
       </c>
       <c r="S210" s="64">
         <v>65</v>
       </c>
       <c r="T210" s="89">
         <v>9927159</v>
       </c>
-      <c r="U210" s="106">
+      <c r="U210" s="103">
         <v>63</v>
       </c>
-      <c r="V210" s="107">
+      <c r="V210" s="114">
         <v>9461404</v>
       </c>
-    </row>
-    <row r="211" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W210" s="103">
+        <v>56</v>
+      </c>
+      <c r="X210" s="119">
+        <v>8258007</v>
+      </c>
+    </row>
+    <row r="211" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="74" t="s">
         <v>36</v>
       </c>
       <c r="B211" s="44" t="s">
         <v>3</v>
       </c>
       <c r="C211" s="55">
         <v>0</v>
       </c>
       <c r="D211" s="56">
         <v>0</v>
       </c>
       <c r="E211" s="55">
         <v>0</v>
       </c>
       <c r="F211" s="56">
         <v>0</v>
       </c>
       <c r="G211" s="55">
         <v>0</v>
       </c>
       <c r="H211" s="56">
         <v>0</v>
       </c>
       <c r="I211" s="55">
@@ -21597,58 +22904,66 @@
       </c>
       <c r="M211" s="55">
         <v>0</v>
       </c>
       <c r="N211" s="56">
         <v>0</v>
       </c>
       <c r="O211" s="55">
         <v>0</v>
       </c>
       <c r="P211" s="56">
         <v>0</v>
       </c>
       <c r="Q211" s="55">
         <v>0</v>
       </c>
       <c r="R211" s="56">
         <v>0</v>
       </c>
       <c r="S211" s="55">
         <v>0</v>
       </c>
       <c r="T211" s="86">
         <v>0</v>
       </c>
-      <c r="U211" s="99">
-[...6 lines deleted...]
-    <row r="212" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U211" s="96">
+        <v>0</v>
+      </c>
+      <c r="V211" s="113">
+        <v>0</v>
+      </c>
+      <c r="W211" s="117">
+        <v>0</v>
+      </c>
+      <c r="X211" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y211" s="1"/>
+      <c r="Z211" s="1"/>
+    </row>
+    <row r="212" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="76" t="s">
         <v>36</v>
       </c>
       <c r="B212" s="49" t="s">
         <v>6</v>
       </c>
       <c r="C212" s="50">
         <v>0</v>
       </c>
       <c r="D212" s="51">
         <v>0</v>
       </c>
       <c r="E212" s="50">
         <v>0</v>
       </c>
       <c r="F212" s="51">
         <v>0</v>
       </c>
       <c r="G212" s="50">
         <v>0</v>
       </c>
       <c r="H212" s="51">
         <v>0</v>
       </c>
       <c r="I212" s="50">
@@ -21665,58 +22980,64 @@
       </c>
       <c r="M212" s="50">
         <v>0</v>
       </c>
       <c r="N212" s="51">
         <v>0</v>
       </c>
       <c r="O212" s="50">
         <v>0</v>
       </c>
       <c r="P212" s="51">
         <v>0</v>
       </c>
       <c r="Q212" s="50">
         <v>0</v>
       </c>
       <c r="R212" s="51">
         <v>0</v>
       </c>
       <c r="S212" s="50">
         <v>0</v>
       </c>
       <c r="T212" s="88">
         <v>0</v>
       </c>
-      <c r="U212" s="102">
-[...6 lines deleted...]
-    <row r="213" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U212" s="99">
+        <v>0</v>
+      </c>
+      <c r="V212" s="113">
+        <v>0</v>
+      </c>
+      <c r="W212" s="117">
+        <v>0</v>
+      </c>
+      <c r="X212" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="213" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="76" t="s">
         <v>36</v>
       </c>
       <c r="B213" s="49" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="50">
         <v>0</v>
       </c>
       <c r="D213" s="51">
         <v>0</v>
       </c>
       <c r="E213" s="50">
         <v>0</v>
       </c>
       <c r="F213" s="51">
         <v>0</v>
       </c>
       <c r="G213" s="50">
         <v>0</v>
       </c>
       <c r="H213" s="51">
         <v>0</v>
       </c>
       <c r="I213" s="50">
@@ -21736,55 +23057,61 @@
       </c>
       <c r="N213" s="51">
         <v>0</v>
       </c>
       <c r="O213" s="50">
         <v>0</v>
       </c>
       <c r="P213" s="51">
         <v>0</v>
       </c>
       <c r="Q213" s="50">
         <v>0</v>
       </c>
       <c r="R213" s="51">
         <v>0</v>
       </c>
       <c r="S213" s="47">
         <v>17</v>
       </c>
       <c r="T213" s="83">
         <v>1867007</v>
       </c>
       <c r="U213" s="94">
         <v>18</v>
       </c>
-      <c r="V213" s="95">
+      <c r="V213" s="113">
         <v>1915420</v>
       </c>
-    </row>
-    <row r="214" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W213" s="94">
+        <v>17</v>
+      </c>
+      <c r="X213" s="112">
+        <v>1915820</v>
+      </c>
+    </row>
+    <row r="214" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="74" t="s">
         <v>36</v>
       </c>
       <c r="B214" s="44" t="s">
         <v>43</v>
       </c>
       <c r="C214" s="55">
         <v>4</v>
       </c>
       <c r="D214" s="56">
         <v>433452</v>
       </c>
       <c r="E214" s="55">
         <v>2</v>
       </c>
       <c r="F214" s="56">
         <v>225576</v>
       </c>
       <c r="G214" s="55">
         <v>2</v>
       </c>
       <c r="H214" s="56">
         <v>225576</v>
       </c>
       <c r="I214" s="55">
@@ -21801,58 +23128,66 @@
       </c>
       <c r="M214" s="55">
         <v>0</v>
       </c>
       <c r="N214" s="56">
         <v>0</v>
       </c>
       <c r="O214" s="55">
         <v>0</v>
       </c>
       <c r="P214" s="56">
         <v>0</v>
       </c>
       <c r="Q214" s="55">
         <v>0</v>
       </c>
       <c r="R214" s="56">
         <v>0</v>
       </c>
       <c r="S214" s="55">
         <v>0</v>
       </c>
       <c r="T214" s="86">
         <v>0</v>
       </c>
-      <c r="U214" s="99">
-[...6 lines deleted...]
-    <row r="215" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U214" s="96">
+        <v>0</v>
+      </c>
+      <c r="V214" s="113">
+        <v>0</v>
+      </c>
+      <c r="W214" s="117">
+        <v>0</v>
+      </c>
+      <c r="X214" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y214" s="1"/>
+      <c r="Z214" s="1"/>
+    </row>
+    <row r="215" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="75" t="s">
         <v>36</v>
       </c>
       <c r="B215" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C215" s="53">
         <v>4</v>
       </c>
       <c r="D215" s="54">
         <v>433452</v>
       </c>
       <c r="E215" s="53">
         <v>2</v>
       </c>
       <c r="F215" s="54">
         <v>225576</v>
       </c>
       <c r="G215" s="53">
         <v>2</v>
       </c>
       <c r="H215" s="54">
         <v>225576</v>
       </c>
       <c r="I215" s="53">
@@ -21869,63 +23204,69 @@
       </c>
       <c r="M215" s="53">
         <v>0</v>
       </c>
       <c r="N215" s="54">
         <v>0</v>
       </c>
       <c r="O215" s="53">
         <v>0</v>
       </c>
       <c r="P215" s="54">
         <v>0</v>
       </c>
       <c r="Q215" s="53">
         <v>0</v>
       </c>
       <c r="R215" s="54">
         <v>0</v>
       </c>
       <c r="S215" s="53">
         <v>17</v>
       </c>
       <c r="T215" s="85">
         <v>1867007</v>
       </c>
-      <c r="U215" s="106">
+      <c r="U215" s="103">
         <v>18</v>
       </c>
-      <c r="V215" s="107">
+      <c r="V215" s="114">
         <v>1915420</v>
       </c>
-    </row>
-    <row r="216" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W215" s="103">
+        <v>17</v>
+      </c>
+      <c r="X215" s="119">
+        <v>1915820</v>
+      </c>
+    </row>
+    <row r="216" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="74" t="s">
         <v>37</v>
       </c>
       <c r="B216" s="44" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C216" s="55">
         <v>0</v>
       </c>
       <c r="D216" s="56">
         <v>0</v>
       </c>
       <c r="E216" s="55">
         <v>0</v>
       </c>
       <c r="F216" s="56">
         <v>0</v>
       </c>
       <c r="G216" s="55">
         <v>0</v>
       </c>
       <c r="H216" s="56">
         <v>0</v>
       </c>
       <c r="I216" s="55">
         <v>0</v>
       </c>
       <c r="J216" s="56">
         <v>0</v>
       </c>
@@ -21937,58 +23278,66 @@
       </c>
       <c r="M216" s="55">
         <v>0</v>
       </c>
       <c r="N216" s="56">
         <v>0</v>
       </c>
       <c r="O216" s="55">
         <v>0</v>
       </c>
       <c r="P216" s="56">
         <v>0</v>
       </c>
       <c r="Q216" s="55">
         <v>0</v>
       </c>
       <c r="R216" s="56">
         <v>0</v>
       </c>
       <c r="S216" s="55">
         <v>0</v>
       </c>
       <c r="T216" s="86">
         <v>0</v>
       </c>
-      <c r="U216" s="99">
-[...6 lines deleted...]
-    <row r="217" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U216" s="96">
+        <v>0</v>
+      </c>
+      <c r="V216" s="113">
+        <v>0</v>
+      </c>
+      <c r="W216" s="117">
+        <v>0</v>
+      </c>
+      <c r="X216" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y216" s="1"/>
+      <c r="Z216" s="1"/>
+    </row>
+    <row r="217" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="74" t="s">
         <v>37</v>
       </c>
       <c r="B217" s="44" t="s">
         <v>3</v>
       </c>
       <c r="C217" s="55">
         <v>0</v>
       </c>
       <c r="D217" s="56">
         <v>0</v>
       </c>
       <c r="E217" s="55">
         <v>0</v>
       </c>
       <c r="F217" s="56">
         <v>0</v>
       </c>
       <c r="G217" s="55">
         <v>0</v>
       </c>
       <c r="H217" s="56">
         <v>0</v>
       </c>
       <c r="I217" s="55">
@@ -22005,58 +23354,66 @@
       </c>
       <c r="M217" s="55">
         <v>0</v>
       </c>
       <c r="N217" s="56">
         <v>0</v>
       </c>
       <c r="O217" s="55">
         <v>0</v>
       </c>
       <c r="P217" s="56">
         <v>0</v>
       </c>
       <c r="Q217" s="55">
         <v>0</v>
       </c>
       <c r="R217" s="56">
         <v>0</v>
       </c>
       <c r="S217" s="55">
         <v>0</v>
       </c>
       <c r="T217" s="86">
         <v>0</v>
       </c>
-      <c r="U217" s="99">
-[...6 lines deleted...]
-    <row r="218" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U217" s="96">
+        <v>0</v>
+      </c>
+      <c r="V217" s="113">
+        <v>0</v>
+      </c>
+      <c r="W217" s="117">
+        <v>0</v>
+      </c>
+      <c r="X217" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y217" s="1"/>
+      <c r="Z217" s="1"/>
+    </row>
+    <row r="218" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B218" s="49" t="s">
         <v>5</v>
       </c>
       <c r="C218" s="50">
         <v>0</v>
       </c>
       <c r="D218" s="51">
         <v>0</v>
       </c>
       <c r="E218" s="50">
         <v>0</v>
       </c>
       <c r="F218" s="51">
         <v>0</v>
       </c>
       <c r="G218" s="50">
         <v>0</v>
       </c>
       <c r="H218" s="51">
         <v>0</v>
       </c>
       <c r="I218" s="50">
@@ -22073,58 +23430,66 @@
       </c>
       <c r="M218" s="50">
         <v>0</v>
       </c>
       <c r="N218" s="51">
         <v>0</v>
       </c>
       <c r="O218" s="50">
         <v>0</v>
       </c>
       <c r="P218" s="51">
         <v>0</v>
       </c>
       <c r="Q218" s="50">
         <v>0</v>
       </c>
       <c r="R218" s="51">
         <v>0</v>
       </c>
       <c r="S218" s="55">
         <v>0</v>
       </c>
       <c r="T218" s="86">
         <v>0</v>
       </c>
-      <c r="U218" s="99">
-[...6 lines deleted...]
-    <row r="219" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U218" s="96">
+        <v>0</v>
+      </c>
+      <c r="V218" s="113">
+        <v>0</v>
+      </c>
+      <c r="W218" s="117">
+        <v>0</v>
+      </c>
+      <c r="X218" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y218" s="1"/>
+      <c r="Z218" s="1"/>
+    </row>
+    <row r="219" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="76" t="s">
         <v>37</v>
       </c>
       <c r="B219" s="49" t="s">
         <v>44</v>
       </c>
       <c r="C219" s="50">
         <v>0</v>
       </c>
       <c r="D219" s="51">
         <v>0</v>
       </c>
       <c r="E219" s="50">
         <v>0</v>
       </c>
       <c r="F219" s="51">
         <v>0</v>
       </c>
       <c r="G219" s="50">
         <v>0</v>
       </c>
       <c r="H219" s="51">
         <v>0</v>
       </c>
       <c r="I219" s="50">
@@ -22141,58 +23506,66 @@
       </c>
       <c r="M219" s="50">
         <v>0</v>
       </c>
       <c r="N219" s="51">
         <v>0</v>
       </c>
       <c r="O219" s="50">
         <v>0</v>
       </c>
       <c r="P219" s="51">
         <v>0</v>
       </c>
       <c r="Q219" s="50">
         <v>0</v>
       </c>
       <c r="R219" s="51">
         <v>0</v>
       </c>
       <c r="S219" s="55">
         <v>0</v>
       </c>
       <c r="T219" s="86">
         <v>0</v>
       </c>
-      <c r="U219" s="99">
-[...6 lines deleted...]
-    <row r="220" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="U219" s="96">
+        <v>0</v>
+      </c>
+      <c r="V219" s="113">
+        <v>0</v>
+      </c>
+      <c r="W219" s="117">
+        <v>0</v>
+      </c>
+      <c r="X219" s="118">
+        <v>0</v>
+      </c>
+      <c r="Y219" s="1"/>
+      <c r="Z219" s="1"/>
+    </row>
+    <row r="220" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="75" t="s">
         <v>37</v>
       </c>
       <c r="B220" s="52" t="s">
         <v>56</v>
       </c>
       <c r="C220" s="64">
         <v>0</v>
       </c>
       <c r="D220" s="65">
         <v>0</v>
       </c>
       <c r="E220" s="64">
         <v>0</v>
       </c>
       <c r="F220" s="65">
         <v>0</v>
       </c>
       <c r="G220" s="64">
         <v>0</v>
       </c>
       <c r="H220" s="65">
         <v>0</v>
       </c>
       <c r="I220" s="64">
@@ -22212,55 +23585,63 @@
       </c>
       <c r="N220" s="65">
         <v>0</v>
       </c>
       <c r="O220" s="64">
         <v>0</v>
       </c>
       <c r="P220" s="65">
         <v>0</v>
       </c>
       <c r="Q220" s="64">
         <v>0</v>
       </c>
       <c r="R220" s="65">
         <v>0</v>
       </c>
       <c r="S220" s="64">
         <v>0</v>
       </c>
       <c r="T220" s="89">
         <v>0</v>
       </c>
       <c r="U220" s="64">
         <v>0</v>
       </c>
-      <c r="V220" s="107">
-[...3 lines deleted...]
-    <row r="221" spans="1:22" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V220" s="114">
+        <v>0</v>
+      </c>
+      <c r="W220" s="120">
+        <v>0</v>
+      </c>
+      <c r="X220" s="121">
+        <v>0</v>
+      </c>
+      <c r="Y220" s="1"/>
+      <c r="Z220" s="1"/>
+    </row>
+    <row r="221" spans="1:26" s="14" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="74" t="s">
         <v>51</v>
       </c>
       <c r="B221" s="44" t="s">
         <v>2</v>
       </c>
       <c r="C221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="D221" s="51" t="s">
         <v>45</v>
       </c>
       <c r="E221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="F221" s="51" t="s">
         <v>45</v>
       </c>
       <c r="G221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="H221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="I221" s="51" t="s">
@@ -22280,55 +23661,63 @@
       </c>
       <c r="N221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="O221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="P221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="Q221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="R221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="S221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="T221" s="50" t="s">
         <v>45</v>
       </c>
       <c r="U221" s="94">
         <v>2</v>
       </c>
-      <c r="V221" s="95">
+      <c r="V221" s="113">
         <v>204439</v>
       </c>
-    </row>
-    <row r="222" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W221" s="94">
+        <v>3</v>
+      </c>
+      <c r="X221" s="112">
+        <v>313005</v>
+      </c>
+      <c r="Y221" s="1"/>
+      <c r="Z221" s="1"/>
+    </row>
+    <row r="222" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="76" t="s">
         <v>51</v>
       </c>
       <c r="B222" s="49" t="s">
         <v>5</v>
       </c>
       <c r="C222" s="50" t="s">
         <v>45</v>
       </c>
       <c r="D222" s="51" t="s">
         <v>45</v>
       </c>
       <c r="E222" s="50" t="s">
         <v>45</v>
       </c>
       <c r="F222" s="51" t="s">
         <v>45</v>
       </c>
       <c r="G222" s="50" t="s">
         <v>45</v>
       </c>
       <c r="H222" s="51" t="s">
         <v>45</v>
       </c>
       <c r="I222" s="50" t="s">
@@ -22348,3085 +23737,3368 @@
       </c>
       <c r="N222" s="51">
         <v>227038</v>
       </c>
       <c r="O222" s="50">
         <v>3</v>
       </c>
       <c r="P222" s="51">
         <v>346356</v>
       </c>
       <c r="Q222" s="47">
         <v>2</v>
       </c>
       <c r="R222" s="48">
         <v>222955</v>
       </c>
       <c r="S222" s="47">
         <v>5</v>
       </c>
       <c r="T222" s="83">
         <v>544738</v>
       </c>
       <c r="U222" s="94">
         <v>7</v>
       </c>
-      <c r="V222" s="95">
+      <c r="V222" s="113">
         <v>733976</v>
       </c>
-    </row>
-    <row r="223" spans="1:22" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W222" s="94">
+        <v>7</v>
+      </c>
+      <c r="X222" s="112">
+        <v>746259</v>
+      </c>
+    </row>
+    <row r="223" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="76" t="s">
         <v>51</v>
       </c>
       <c r="B223" s="49" t="s">
+        <v>6</v>
+      </c>
+      <c r="C223" s="50"/>
+      <c r="D223" s="51"/>
+      <c r="E223" s="50"/>
+      <c r="F223" s="51"/>
+      <c r="G223" s="50"/>
+      <c r="H223" s="51"/>
+      <c r="I223" s="50"/>
+      <c r="J223" s="51"/>
+      <c r="K223" s="50"/>
+      <c r="L223" s="51"/>
+      <c r="M223" s="50"/>
+      <c r="N223" s="51"/>
+      <c r="O223" s="50"/>
+      <c r="P223" s="51"/>
+      <c r="Q223" s="47"/>
+      <c r="R223" s="48"/>
+      <c r="S223" s="47"/>
+      <c r="T223" s="83"/>
+      <c r="U223" s="94">
+        <v>0</v>
+      </c>
+      <c r="V223" s="115">
+        <v>0</v>
+      </c>
+      <c r="W223" s="94">
+        <v>1</v>
+      </c>
+      <c r="X223" s="112">
+        <v>107330</v>
+      </c>
+    </row>
+    <row r="224" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A224" s="76" t="s">
+        <v>51</v>
+      </c>
+      <c r="B224" s="49" t="s">
         <v>8</v>
       </c>
-      <c r="C223" s="50" t="s">
-[...35 lines deleted...]
-      <c r="O223" s="50">
+      <c r="C224" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="D224" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="E224" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="F224" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="G224" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="H224" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="I224" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="J224" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="K224" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="L224" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="M224" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="N224" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="O224" s="50">
         <v>1</v>
       </c>
-      <c r="P223" s="51">
+      <c r="P224" s="51">
         <v>108886</v>
       </c>
-      <c r="Q223" s="50">
-[...11 lines deleted...]
-      <c r="U223" s="94">
+      <c r="Q224" s="50">
+        <v>0</v>
+      </c>
+      <c r="R224" s="51">
+        <v>0</v>
+      </c>
+      <c r="S224" s="50">
+        <v>0</v>
+      </c>
+      <c r="T224" s="88">
+        <v>0</v>
+      </c>
+      <c r="U224" s="94">
         <v>1</v>
       </c>
-      <c r="V223" s="95">
+      <c r="V224" s="113">
         <v>104435</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A224" s="75" t="s">
+      <c r="W224" s="94">
+        <v>1</v>
+      </c>
+      <c r="X224" s="112">
+        <v>103691</v>
+      </c>
+      <c r="Y224" s="1"/>
+      <c r="Z224" s="1"/>
+    </row>
+    <row r="225" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A225" s="75" t="s">
         <v>51</v>
       </c>
-      <c r="B224" s="52" t="s">
+      <c r="B225" s="52" t="s">
         <v>56</v>
       </c>
-      <c r="C224" s="64" t="s">
-[...29 lines deleted...]
-      <c r="M224" s="64">
+      <c r="C225" s="64" t="s">
+        <v>45</v>
+      </c>
+      <c r="D225" s="65" t="s">
+        <v>45</v>
+      </c>
+      <c r="E225" s="64" t="s">
+        <v>45</v>
+      </c>
+      <c r="F225" s="65" t="s">
+        <v>45</v>
+      </c>
+      <c r="G225" s="64" t="s">
+        <v>45</v>
+      </c>
+      <c r="H225" s="65" t="s">
+        <v>45</v>
+      </c>
+      <c r="I225" s="64" t="s">
+        <v>45</v>
+      </c>
+      <c r="J225" s="65" t="s">
+        <v>45</v>
+      </c>
+      <c r="K225" s="64" t="s">
+        <v>45</v>
+      </c>
+      <c r="L225" s="65" t="s">
+        <v>45</v>
+      </c>
+      <c r="M225" s="64">
         <v>2</v>
       </c>
-      <c r="N224" s="65">
+      <c r="N225" s="65">
         <v>227038</v>
       </c>
-      <c r="O224" s="64">
+      <c r="O225" s="64">
         <v>4</v>
       </c>
-      <c r="P224" s="65">
+      <c r="P225" s="65">
         <v>455242</v>
       </c>
-      <c r="Q224" s="64">
+      <c r="Q225" s="64">
         <v>2</v>
       </c>
-      <c r="R224" s="65">
+      <c r="R225" s="65">
         <v>222955</v>
       </c>
-      <c r="S224" s="64">
+      <c r="S225" s="64">
         <v>5</v>
       </c>
-      <c r="T224" s="89">
+      <c r="T225" s="89">
         <v>544738</v>
       </c>
-      <c r="U224" s="106">
+      <c r="U225" s="103">
         <v>10</v>
       </c>
-      <c r="V224" s="107">
+      <c r="V225" s="114">
         <v>1042850</v>
       </c>
-    </row>
-[...68 lines deleted...]
-    <row r="226" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W225" s="103">
+        <v>12</v>
+      </c>
+      <c r="X225" s="119">
+        <v>1270285</v>
+      </c>
+    </row>
+    <row r="226" spans="1:26" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="76" t="s">
         <v>48</v>
       </c>
       <c r="B226" s="49" t="s">
+        <v>1</v>
+      </c>
+      <c r="C226" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="D226" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="E226" s="50">
+        <v>7</v>
+      </c>
+      <c r="F226" s="51">
+        <v>633644</v>
+      </c>
+      <c r="G226" s="50">
+        <v>19</v>
+      </c>
+      <c r="H226" s="51">
+        <v>1768941</v>
+      </c>
+      <c r="I226" s="50">
+        <v>29</v>
+      </c>
+      <c r="J226" s="51">
+        <v>2775106</v>
+      </c>
+      <c r="K226" s="50">
+        <v>42</v>
+      </c>
+      <c r="L226" s="51">
+        <v>4012981</v>
+      </c>
+      <c r="M226" s="50">
+        <v>48</v>
+      </c>
+      <c r="N226" s="51">
+        <v>5025081</v>
+      </c>
+      <c r="O226" s="50">
+        <v>56</v>
+      </c>
+      <c r="P226" s="51">
+        <v>6412131</v>
+      </c>
+      <c r="Q226" s="47">
+        <v>55</v>
+      </c>
+      <c r="R226" s="48">
+        <v>6074968</v>
+      </c>
+      <c r="S226" s="47">
+        <v>55</v>
+      </c>
+      <c r="T226" s="83">
+        <v>5928391</v>
+      </c>
+      <c r="U226" s="94">
+        <v>62</v>
+      </c>
+      <c r="V226" s="113">
+        <v>6513084</v>
+      </c>
+      <c r="W226" s="94">
+        <v>59</v>
+      </c>
+      <c r="X226" s="112">
+        <v>6284300</v>
+      </c>
+      <c r="Y226" s="1"/>
+      <c r="Z226" s="1"/>
+    </row>
+    <row r="227" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A227" s="76" t="s">
+        <v>48</v>
+      </c>
+      <c r="B227" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="C226" s="50" t="s">
-[...35 lines deleted...]
-      <c r="O226" s="50">
+      <c r="C227" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="D227" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="E227" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="F227" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="G227" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="H227" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="I227" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="J227" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="K227" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="L227" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="M227" s="50" t="s">
+        <v>45</v>
+      </c>
+      <c r="N227" s="51" t="s">
+        <v>45</v>
+      </c>
+      <c r="O227" s="50">
         <v>1</v>
       </c>
-      <c r="P226" s="51">
+      <c r="P227" s="51">
         <v>58959</v>
-      </c>
-[...66 lines deleted...]
-        <v>91321</v>
       </c>
       <c r="Q227" s="47">
         <v>1</v>
       </c>
       <c r="R227" s="48">
-        <v>91696</v>
+        <v>61520</v>
       </c>
       <c r="S227" s="47">
         <v>1</v>
       </c>
       <c r="T227" s="83">
+        <v>60760</v>
+      </c>
+      <c r="U227" s="94">
+        <v>1</v>
+      </c>
+      <c r="V227" s="113">
+        <v>57099</v>
+      </c>
+      <c r="W227" s="94">
+        <v>1</v>
+      </c>
+      <c r="X227" s="112">
+        <v>43925</v>
+      </c>
+    </row>
+    <row r="228" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A228" s="74" t="s">
+        <v>48</v>
+      </c>
+      <c r="B228" s="44" t="s">
+        <v>21</v>
+      </c>
+      <c r="C228" s="45" t="s">
+        <v>45</v>
+      </c>
+      <c r="D228" s="46" t="s">
+        <v>45</v>
+      </c>
+      <c r="E228" s="45" t="s">
+        <v>45</v>
+      </c>
+      <c r="F228" s="46" t="s">
+        <v>45</v>
+      </c>
+      <c r="G228" s="45" t="s">
+        <v>45</v>
+      </c>
+      <c r="H228" s="46" t="s">
+        <v>45</v>
+      </c>
+      <c r="I228" s="45" t="s">
+        <v>45</v>
+      </c>
+      <c r="J228" s="46" t="s">
+        <v>45</v>
+      </c>
+      <c r="K228" s="45">
+        <v>1</v>
+      </c>
+      <c r="L228" s="46">
+        <v>91253</v>
+      </c>
+      <c r="M228" s="45">
+        <v>1</v>
+      </c>
+      <c r="N228" s="46">
+        <v>91177</v>
+      </c>
+      <c r="O228" s="45">
+        <v>1</v>
+      </c>
+      <c r="P228" s="46">
+        <v>91321</v>
+      </c>
+      <c r="Q228" s="47">
+        <v>1</v>
+      </c>
+      <c r="R228" s="48">
+        <v>91696</v>
+      </c>
+      <c r="S228" s="47">
+        <v>1</v>
+      </c>
+      <c r="T228" s="83">
         <v>164031</v>
       </c>
-      <c r="U227" s="105">
-[...7 lines deleted...]
-      <c r="A228" s="75" t="s">
+      <c r="U228" s="102">
+        <v>0</v>
+      </c>
+      <c r="V228" s="113">
+        <v>0</v>
+      </c>
+      <c r="W228" s="117">
+        <v>0</v>
+      </c>
+      <c r="X228" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="229" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A229" s="75" t="s">
         <v>48</v>
       </c>
-      <c r="B228" s="52" t="s">
+      <c r="B229" s="52" t="s">
         <v>56</v>
       </c>
-      <c r="C228" s="53" t="s">
-[...5 lines deleted...]
-      <c r="E228" s="53">
+      <c r="C229" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="D229" s="54" t="s">
+        <v>45</v>
+      </c>
+      <c r="E229" s="53">
         <v>7</v>
       </c>
-      <c r="F228" s="54">
+      <c r="F229" s="54">
         <v>633644</v>
       </c>
-      <c r="G228" s="53">
+      <c r="G229" s="53">
         <v>19</v>
       </c>
-      <c r="H228" s="54">
+      <c r="H229" s="54">
         <v>1768941</v>
       </c>
-      <c r="I228" s="53">
+      <c r="I229" s="53">
         <v>29</v>
       </c>
-      <c r="J228" s="54">
+      <c r="J229" s="54">
         <v>2775106</v>
       </c>
-      <c r="K228" s="53">
+      <c r="K229" s="53">
         <v>43</v>
       </c>
-      <c r="L228" s="54">
+      <c r="L229" s="54">
         <v>4104234</v>
       </c>
-      <c r="M228" s="53">
+      <c r="M229" s="53">
         <v>49</v>
       </c>
-      <c r="N228" s="54">
+      <c r="N229" s="54">
         <v>5116258</v>
       </c>
-      <c r="O228" s="53">
+      <c r="O229" s="53">
         <v>58</v>
       </c>
-      <c r="P228" s="54">
+      <c r="P229" s="54">
         <v>6562411</v>
       </c>
-      <c r="Q228" s="53">
+      <c r="Q229" s="53">
         <v>57</v>
       </c>
-      <c r="R228" s="54">
+      <c r="R229" s="54">
         <v>6228184</v>
       </c>
-      <c r="S228" s="53">
+      <c r="S229" s="53">
         <v>57</v>
       </c>
-      <c r="T228" s="85">
+      <c r="T229" s="85">
         <v>6153182</v>
       </c>
-      <c r="U228" s="106">
+      <c r="U229" s="103">
         <v>63</v>
       </c>
-      <c r="V228" s="107">
+      <c r="V229" s="114">
         <v>6570183</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A229" s="74" t="s">
+      <c r="W229" s="103">
+        <v>60</v>
+      </c>
+      <c r="X229" s="119">
+        <v>6328225</v>
+      </c>
+    </row>
+    <row r="230" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A230" s="74" t="s">
         <v>49</v>
       </c>
-      <c r="B229" s="44" t="s">
+      <c r="B230" s="44" t="s">
         <v>6</v>
       </c>
-      <c r="C229" s="55" t="s">
-[...5 lines deleted...]
-      <c r="E229" s="55">
+      <c r="C230" s="55" t="s">
+        <v>45</v>
+      </c>
+      <c r="D230" s="56" t="s">
+        <v>45</v>
+      </c>
+      <c r="E230" s="55">
         <v>9</v>
       </c>
-      <c r="F229" s="56">
+      <c r="F230" s="56">
         <v>1692183</v>
       </c>
-      <c r="G229" s="55">
+      <c r="G230" s="55">
         <v>14</v>
       </c>
-      <c r="H229" s="56">
+      <c r="H230" s="56">
         <v>2899809</v>
       </c>
-      <c r="I229" s="55">
+      <c r="I230" s="55">
         <v>24</v>
       </c>
-      <c r="J229" s="56">
+      <c r="J230" s="56">
         <v>5542191</v>
       </c>
-      <c r="K229" s="55">
+      <c r="K230" s="55">
         <v>32</v>
       </c>
-      <c r="L229" s="56">
+      <c r="L230" s="56">
         <v>7559468</v>
       </c>
-      <c r="M229" s="55">
+      <c r="M230" s="55">
         <v>40</v>
       </c>
-      <c r="N229" s="56">
+      <c r="N230" s="56">
         <v>9313630</v>
       </c>
-      <c r="O229" s="55">
+      <c r="O230" s="55">
         <v>44</v>
       </c>
-      <c r="P229" s="56">
+      <c r="P230" s="56">
         <v>11308600</v>
       </c>
-      <c r="Q229" s="47">
+      <c r="Q230" s="47">
         <v>51</v>
       </c>
-      <c r="R229" s="48">
+      <c r="R230" s="48">
         <v>13463438</v>
       </c>
-      <c r="S229" s="47">
-[...2 lines deleted...]
-      <c r="T229" s="83">
+      <c r="S230" s="47">
+        <v>45</v>
+      </c>
+      <c r="T230" s="83">
         <v>11303873</v>
       </c>
-      <c r="U229" s="94">
+      <c r="U230" s="94">
         <v>48</v>
       </c>
-      <c r="V229" s="95">
+      <c r="V230" s="113">
         <v>12138047</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A230" s="75" t="s">
+      <c r="W230" s="94">
         <v>49</v>
       </c>
-      <c r="B230" s="52" t="s">
+      <c r="X230" s="112">
+        <v>11790176</v>
+      </c>
+    </row>
+    <row r="231" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A231" s="75" t="s">
+        <v>49</v>
+      </c>
+      <c r="B231" s="52" t="s">
         <v>56</v>
       </c>
-      <c r="C230" s="53" t="s">
-[...5 lines deleted...]
-      <c r="E230" s="53">
+      <c r="C231" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="D231" s="54" t="s">
+        <v>45</v>
+      </c>
+      <c r="E231" s="53">
         <v>9</v>
       </c>
-      <c r="F230" s="54">
+      <c r="F231" s="54">
         <v>1692183</v>
       </c>
-      <c r="G230" s="53">
+      <c r="G231" s="53">
         <v>14</v>
       </c>
-      <c r="H230" s="54">
+      <c r="H231" s="54">
         <v>2899809</v>
       </c>
-      <c r="I230" s="53">
+      <c r="I231" s="53">
         <v>24</v>
       </c>
-      <c r="J230" s="54">
+      <c r="J231" s="54">
         <v>5542191</v>
       </c>
-      <c r="K230" s="53">
+      <c r="K231" s="53">
         <v>32</v>
       </c>
-      <c r="L230" s="54">
+      <c r="L231" s="54">
         <v>7559468</v>
       </c>
-      <c r="M230" s="53">
+      <c r="M231" s="53">
         <v>40</v>
       </c>
-      <c r="N230" s="54">
+      <c r="N231" s="54">
         <v>9313630</v>
       </c>
-      <c r="O230" s="53">
+      <c r="O231" s="53">
         <v>44</v>
       </c>
-      <c r="P230" s="54">
+      <c r="P231" s="54">
         <v>11308600</v>
       </c>
-      <c r="Q230" s="53">
+      <c r="Q231" s="53">
         <v>51</v>
       </c>
-      <c r="R230" s="54">
+      <c r="R231" s="54">
         <v>13463438</v>
       </c>
-      <c r="S230" s="53">
-[...2 lines deleted...]
-      <c r="T230" s="85">
+      <c r="S231" s="53">
+        <v>45</v>
+      </c>
+      <c r="T231" s="85">
         <v>11303873</v>
       </c>
-      <c r="U230" s="106">
+      <c r="U231" s="103">
         <v>48</v>
       </c>
-      <c r="V230" s="107">
+      <c r="V231" s="114">
         <v>12138047</v>
       </c>
-    </row>
-[...68 lines deleted...]
-    <row r="232" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="W231" s="103">
+        <v>49</v>
+      </c>
+      <c r="X231" s="119">
+        <v>11790176</v>
+      </c>
+    </row>
+    <row r="232" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B232" s="44" t="s">
-        <v>59</v>
+        <v>1</v>
       </c>
       <c r="C232" s="55">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D232" s="56">
-        <v>314171</v>
+        <v>0</v>
       </c>
       <c r="E232" s="55">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F232" s="56">
-        <v>262099</v>
+        <v>0</v>
       </c>
       <c r="G232" s="55">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="H232" s="56">
-        <v>418190</v>
+        <v>0</v>
       </c>
       <c r="I232" s="55">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J232" s="56">
-        <v>453185</v>
+        <v>0</v>
       </c>
       <c r="K232" s="55">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="L232" s="56">
-        <v>481915</v>
+        <v>0</v>
       </c>
       <c r="M232" s="55">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N232" s="56">
-        <v>252034</v>
+        <v>0</v>
       </c>
       <c r="O232" s="55">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="P232" s="56">
-        <v>314201</v>
-[...20 lines deleted...]
-    <row r="233" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>0</v>
+      </c>
+      <c r="Q232" s="55">
+        <v>0</v>
+      </c>
+      <c r="R232" s="56">
+        <v>0</v>
+      </c>
+      <c r="S232" s="55">
+        <v>0</v>
+      </c>
+      <c r="T232" s="86">
+        <v>0</v>
+      </c>
+      <c r="U232" s="96">
+        <v>0</v>
+      </c>
+      <c r="V232" s="113">
+        <v>0</v>
+      </c>
+      <c r="W232" s="117">
+        <v>0</v>
+      </c>
+      <c r="X232" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="233" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B233" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="C233" s="55">
+        <v>3</v>
+      </c>
+      <c r="D233" s="56">
+        <v>314171</v>
+      </c>
+      <c r="E233" s="55">
+        <v>3</v>
+      </c>
+      <c r="F233" s="56">
+        <v>262099</v>
+      </c>
+      <c r="G233" s="55">
+        <v>4</v>
+      </c>
+      <c r="H233" s="56">
+        <v>418190</v>
+      </c>
+      <c r="I233" s="55">
+        <v>4</v>
+      </c>
+      <c r="J233" s="56">
+        <v>453185</v>
+      </c>
+      <c r="K233" s="55">
+        <v>4</v>
+      </c>
+      <c r="L233" s="56">
+        <v>481915</v>
+      </c>
+      <c r="M233" s="55">
         <v>2</v>
       </c>
-      <c r="C233" s="45">
-[...39 lines deleted...]
-        <v>10930640</v>
+      <c r="N233" s="56">
+        <v>252034</v>
+      </c>
+      <c r="O233" s="55">
+        <v>2</v>
+      </c>
+      <c r="P233" s="56">
+        <v>314201</v>
       </c>
       <c r="Q233" s="47">
-        <v>80</v>
+        <v>2</v>
       </c>
       <c r="R233" s="48">
-        <v>10980544</v>
+        <v>179855</v>
       </c>
       <c r="S233" s="47">
-        <v>76</v>
+        <v>2</v>
       </c>
       <c r="T233" s="83">
-        <v>10374773</v>
+        <v>324153</v>
       </c>
       <c r="U233" s="94">
-        <v>76</v>
-[...5 lines deleted...]
-    <row r="234" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4</v>
+      </c>
+      <c r="V233" s="113">
+        <v>458015</v>
+      </c>
+      <c r="W233" s="94">
+        <v>3</v>
+      </c>
+      <c r="X233" s="112">
+        <v>369546</v>
+      </c>
+    </row>
+    <row r="234" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B234" s="44" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C234" s="45">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="D234" s="46">
-        <v>0</v>
+        <v>8023160</v>
       </c>
       <c r="E234" s="45">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="F234" s="46">
-        <v>0</v>
+        <v>9789203</v>
       </c>
       <c r="G234" s="45">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="H234" s="46">
-        <v>0</v>
+        <v>9541966</v>
       </c>
       <c r="I234" s="45">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="J234" s="46">
-        <v>0</v>
+        <v>7564148</v>
       </c>
       <c r="K234" s="45">
-        <v>0</v>
+        <v>47</v>
       </c>
       <c r="L234" s="46">
-        <v>0</v>
+        <v>5517800</v>
       </c>
       <c r="M234" s="45">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="N234" s="46">
-        <v>0</v>
+        <v>8408294</v>
       </c>
       <c r="O234" s="45">
-        <v>0</v>
+        <v>85</v>
       </c>
       <c r="P234" s="46">
-        <v>0</v>
-[...20 lines deleted...]
-    <row r="235" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>10930640</v>
+      </c>
+      <c r="Q234" s="47">
+        <v>80</v>
+      </c>
+      <c r="R234" s="48">
+        <v>10980544</v>
+      </c>
+      <c r="S234" s="47">
+        <v>76</v>
+      </c>
+      <c r="T234" s="83">
+        <v>10374773</v>
+      </c>
+      <c r="U234" s="94">
+        <v>76</v>
+      </c>
+      <c r="V234" s="113">
+        <v>10742605</v>
+      </c>
+      <c r="W234" s="94">
+        <v>97</v>
+      </c>
+      <c r="X234" s="112">
+        <v>13659235</v>
+      </c>
+    </row>
+    <row r="235" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B235" s="44" t="s">
-        <v>26</v>
-[...62 lines deleted...]
-    <row r="236" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+      <c r="C235" s="45">
+        <v>0</v>
+      </c>
+      <c r="D235" s="46">
+        <v>0</v>
+      </c>
+      <c r="E235" s="45">
+        <v>0</v>
+      </c>
+      <c r="F235" s="46">
+        <v>0</v>
+      </c>
+      <c r="G235" s="45">
+        <v>0</v>
+      </c>
+      <c r="H235" s="46">
+        <v>0</v>
+      </c>
+      <c r="I235" s="45">
+        <v>0</v>
+      </c>
+      <c r="J235" s="46">
+        <v>0</v>
+      </c>
+      <c r="K235" s="45">
+        <v>0</v>
+      </c>
+      <c r="L235" s="46">
+        <v>0</v>
+      </c>
+      <c r="M235" s="45">
+        <v>0</v>
+      </c>
+      <c r="N235" s="46">
+        <v>0</v>
+      </c>
+      <c r="O235" s="45">
+        <v>0</v>
+      </c>
+      <c r="P235" s="46">
+        <v>0</v>
+      </c>
+      <c r="Q235" s="45">
+        <v>0</v>
+      </c>
+      <c r="R235" s="46">
+        <v>0</v>
+      </c>
+      <c r="S235" s="45">
+        <v>0</v>
+      </c>
+      <c r="T235" s="84">
+        <v>0</v>
+      </c>
+      <c r="U235" s="97">
+        <v>0</v>
+      </c>
+      <c r="V235" s="113">
+        <v>0</v>
+      </c>
+      <c r="W235" s="117">
+        <v>0</v>
+      </c>
+      <c r="X235" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="236" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B236" s="44" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="C236" s="45">
+        <v>26</v>
+      </c>
+      <c r="C236" s="55">
         <v>12</v>
       </c>
-      <c r="D236" s="46">
-[...14 lines deleted...]
-      <c r="I236" s="45">
+      <c r="D236" s="56">
+        <v>1173443</v>
+      </c>
+      <c r="E236" s="55">
+        <v>13</v>
+      </c>
+      <c r="F236" s="56">
+        <v>1326026</v>
+      </c>
+      <c r="G236" s="55">
         <v>16</v>
       </c>
-      <c r="J236" s="46">
-[...18 lines deleted...]
-        <v>2242793</v>
+      <c r="H236" s="56">
+        <v>1623566</v>
+      </c>
+      <c r="I236" s="55">
+        <v>24</v>
+      </c>
+      <c r="J236" s="56">
+        <v>2535706</v>
+      </c>
+      <c r="K236" s="55">
+        <v>28</v>
+      </c>
+      <c r="L236" s="56">
+        <v>2986519</v>
+      </c>
+      <c r="M236" s="55">
+        <v>31</v>
+      </c>
+      <c r="N236" s="56">
+        <v>3800889</v>
+      </c>
+      <c r="O236" s="55">
+        <v>35</v>
+      </c>
+      <c r="P236" s="56">
+        <v>4079929</v>
       </c>
       <c r="Q236" s="47">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="R236" s="48">
-        <v>2701012</v>
+        <v>3112330</v>
       </c>
       <c r="S236" s="47">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="T236" s="83">
-        <v>2222827</v>
+        <v>3707176</v>
       </c>
       <c r="U236" s="94">
-        <v>21</v>
-[...5 lines deleted...]
-    <row r="237" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>35</v>
+      </c>
+      <c r="V236" s="113">
+        <v>3987427</v>
+      </c>
+      <c r="W236" s="94">
+        <v>27</v>
+      </c>
+      <c r="X236" s="112">
+        <v>3373904</v>
+      </c>
+    </row>
+    <row r="237" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B237" s="44" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C237" s="45">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="D237" s="46">
-        <v>6790787</v>
+        <v>1183535</v>
       </c>
       <c r="E237" s="45">
-        <v>57</v>
+        <v>11</v>
       </c>
       <c r="F237" s="46">
-        <v>7319697</v>
+        <v>1077552</v>
       </c>
       <c r="G237" s="45">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="H237" s="46">
-        <v>6514687</v>
+        <v>1153221</v>
       </c>
       <c r="I237" s="45">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="J237" s="46">
-        <v>6323638</v>
+        <v>1649660</v>
       </c>
       <c r="K237" s="45">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="L237" s="46">
-        <v>7182060</v>
+        <v>1487036</v>
       </c>
       <c r="M237" s="45">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="N237" s="46">
-        <v>7884571</v>
+        <v>1565356</v>
       </c>
       <c r="O237" s="45">
-        <v>66</v>
+        <v>18</v>
       </c>
       <c r="P237" s="46">
-        <v>8379915</v>
+        <v>2242793</v>
       </c>
       <c r="Q237" s="47">
-        <v>80</v>
+        <v>22</v>
       </c>
       <c r="R237" s="48">
-        <v>11066721</v>
+        <v>2701012</v>
       </c>
       <c r="S237" s="47">
-        <v>96</v>
+        <v>16</v>
       </c>
       <c r="T237" s="83">
-        <v>13334853</v>
+        <v>2222827</v>
       </c>
       <c r="U237" s="94">
-        <v>93</v>
-[...5 lines deleted...]
-    <row r="238" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>21</v>
+      </c>
+      <c r="V237" s="113">
+        <v>2389522</v>
+      </c>
+      <c r="W237" s="94">
+        <v>18</v>
+      </c>
+      <c r="X237" s="112">
+        <v>2415110</v>
+      </c>
+    </row>
+    <row r="238" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B238" s="44" t="s">
-        <v>6</v>
-[...41 lines deleted...]
-        <v>8400005</v>
+        <v>5</v>
+      </c>
+      <c r="C238" s="45">
+        <v>58</v>
+      </c>
+      <c r="D238" s="46">
+        <v>6790787</v>
+      </c>
+      <c r="E238" s="45">
+        <v>57</v>
+      </c>
+      <c r="F238" s="46">
+        <v>7319697</v>
+      </c>
+      <c r="G238" s="45">
+        <v>51</v>
+      </c>
+      <c r="H238" s="46">
+        <v>6514687</v>
+      </c>
+      <c r="I238" s="45">
+        <v>51</v>
+      </c>
+      <c r="J238" s="46">
+        <v>6323638</v>
+      </c>
+      <c r="K238" s="45">
+        <v>60</v>
+      </c>
+      <c r="L238" s="46">
+        <v>7182060</v>
+      </c>
+      <c r="M238" s="45">
+        <v>60</v>
+      </c>
+      <c r="N238" s="46">
+        <v>7884571</v>
+      </c>
+      <c r="O238" s="45">
+        <v>66</v>
+      </c>
+      <c r="P238" s="46">
+        <v>8379915</v>
       </c>
       <c r="Q238" s="47">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="R238" s="48">
-        <v>9249082</v>
+        <v>11066721</v>
       </c>
       <c r="S238" s="47">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="T238" s="83">
-        <v>10376877</v>
+        <v>13334853</v>
       </c>
       <c r="U238" s="94">
-        <v>77</v>
-[...5 lines deleted...]
-    <row r="239" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>93</v>
+      </c>
+      <c r="V238" s="113">
+        <v>12918544</v>
+      </c>
+      <c r="W238" s="94">
+        <v>76</v>
+      </c>
+      <c r="X238" s="112">
+        <v>10221917</v>
+      </c>
+    </row>
+    <row r="239" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B239" s="44" t="s">
-        <v>7</v>
-[...41 lines deleted...]
-        <v>3323913</v>
+        <v>6</v>
+      </c>
+      <c r="C239" s="55">
+        <v>27</v>
+      </c>
+      <c r="D239" s="56">
+        <v>2962098</v>
+      </c>
+      <c r="E239" s="55">
+        <v>29</v>
+      </c>
+      <c r="F239" s="56">
+        <v>3274943</v>
+      </c>
+      <c r="G239" s="55">
+        <v>47</v>
+      </c>
+      <c r="H239" s="56">
+        <v>5240284</v>
+      </c>
+      <c r="I239" s="55">
+        <v>45</v>
+      </c>
+      <c r="J239" s="56">
+        <v>5159279</v>
+      </c>
+      <c r="K239" s="55">
+        <v>41</v>
+      </c>
+      <c r="L239" s="56">
+        <v>4879025</v>
+      </c>
+      <c r="M239" s="55">
+        <v>55</v>
+      </c>
+      <c r="N239" s="56">
+        <v>6698373</v>
+      </c>
+      <c r="O239" s="55">
+        <v>63</v>
+      </c>
+      <c r="P239" s="56">
+        <v>8400005</v>
       </c>
       <c r="Q239" s="47">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="R239" s="48">
-        <v>4354075</v>
+        <v>9249082</v>
       </c>
       <c r="S239" s="47">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="T239" s="83">
-        <v>5273868</v>
+        <v>10376877</v>
       </c>
       <c r="U239" s="94">
-        <v>25</v>
-[...5 lines deleted...]
-    <row r="240" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>77</v>
+      </c>
+      <c r="V239" s="113">
+        <v>9335981</v>
+      </c>
+      <c r="W239" s="94">
+        <v>41</v>
+      </c>
+      <c r="X239" s="112">
+        <v>5120582</v>
+      </c>
+    </row>
+    <row r="240" spans="1:26" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B240" s="44" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="C240" s="55">
         <v>7</v>
       </c>
-      <c r="D240" s="56">
-[...14 lines deleted...]
-      <c r="I240" s="55">
+      <c r="C240" s="45">
         <v>10</v>
       </c>
-      <c r="J240" s="56">
-[...2 lines deleted...]
-      <c r="K240" s="55">
+      <c r="D240" s="46">
+        <v>1079793</v>
+      </c>
+      <c r="E240" s="45">
+        <v>9</v>
+      </c>
+      <c r="F240" s="46">
+        <v>1130211</v>
+      </c>
+      <c r="G240" s="45">
+        <v>15</v>
+      </c>
+      <c r="H240" s="46">
+        <v>2016527</v>
+      </c>
+      <c r="I240" s="45">
         <v>19</v>
       </c>
-      <c r="L240" s="56">
-[...2 lines deleted...]
-      <c r="M240" s="55">
+      <c r="J240" s="46">
+        <v>2783435</v>
+      </c>
+      <c r="K240" s="45">
+        <v>14</v>
+      </c>
+      <c r="L240" s="46">
+        <v>1971926</v>
+      </c>
+      <c r="M240" s="45">
+        <v>13</v>
+      </c>
+      <c r="N240" s="46">
+        <v>2084788</v>
+      </c>
+      <c r="O240" s="45">
+        <v>21</v>
+      </c>
+      <c r="P240" s="46">
+        <v>3323913</v>
+      </c>
+      <c r="Q240" s="47">
+        <v>29</v>
+      </c>
+      <c r="R240" s="48">
+        <v>4354075</v>
+      </c>
+      <c r="S240" s="47">
+        <v>34</v>
+      </c>
+      <c r="T240" s="83">
+        <v>5273868</v>
+      </c>
+      <c r="U240" s="94">
         <v>25</v>
       </c>
-      <c r="N240" s="56">
-[...27 lines deleted...]
-    <row r="241" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="V240" s="113">
+        <v>3948039</v>
+      </c>
+      <c r="W240" s="94">
+        <v>17</v>
+      </c>
+      <c r="X240" s="112">
+        <v>2497905</v>
+      </c>
+    </row>
+    <row r="241" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B241" s="44" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C241" s="45">
+        <v>8</v>
+      </c>
+      <c r="C241" s="55">
+        <v>7</v>
+      </c>
+      <c r="D241" s="56">
+        <v>771330</v>
+      </c>
+      <c r="E241" s="55">
         <v>6</v>
       </c>
-      <c r="D241" s="46">
-[...2 lines deleted...]
-      <c r="E241" s="45">
+      <c r="F241" s="56">
+        <v>680846</v>
+      </c>
+      <c r="G241" s="55">
         <v>6</v>
       </c>
-      <c r="F241" s="46">
-[...30 lines deleted...]
-        <v>735106</v>
+      <c r="H241" s="56">
+        <v>695146</v>
+      </c>
+      <c r="I241" s="55">
+        <v>10</v>
+      </c>
+      <c r="J241" s="56">
+        <v>1248484</v>
+      </c>
+      <c r="K241" s="55">
+        <v>19</v>
+      </c>
+      <c r="L241" s="56">
+        <v>2318339</v>
+      </c>
+      <c r="M241" s="55">
+        <v>25</v>
+      </c>
+      <c r="N241" s="56">
+        <v>2729950</v>
+      </c>
+      <c r="O241" s="55">
+        <v>26</v>
+      </c>
+      <c r="P241" s="56">
+        <v>3031872</v>
       </c>
       <c r="Q241" s="47">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="R241" s="48">
-        <v>1561030</v>
+        <v>3983272</v>
       </c>
       <c r="S241" s="47">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="T241" s="83">
-        <v>2851928</v>
+        <v>3454029</v>
       </c>
       <c r="U241" s="94">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="242" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+      <c r="V241" s="113">
+        <v>3437746</v>
+      </c>
+      <c r="W241" s="94">
+        <v>45</v>
+      </c>
+      <c r="X241" s="112">
+        <v>5879299</v>
+      </c>
+    </row>
+    <row r="242" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B242" s="44" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C242" s="45">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D242" s="46">
-        <v>737419</v>
+        <v>559563</v>
       </c>
       <c r="E242" s="45">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F242" s="46">
-        <v>894573</v>
+        <v>568242</v>
       </c>
       <c r="G242" s="45">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H242" s="46">
-        <v>755728</v>
+        <v>734686</v>
       </c>
       <c r="I242" s="45">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="J242" s="46">
-        <v>864410</v>
+        <v>465006</v>
       </c>
       <c r="K242" s="45">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="L242" s="46">
-        <v>821069</v>
+        <v>472873</v>
       </c>
       <c r="M242" s="45">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="N242" s="46">
-        <v>892205</v>
+        <v>553404</v>
       </c>
       <c r="O242" s="45">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="P242" s="46">
-        <v>1321448</v>
+        <v>735106</v>
       </c>
       <c r="Q242" s="47">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="R242" s="48">
-        <v>1155558</v>
+        <v>1561030</v>
       </c>
       <c r="S242" s="47">
+        <v>25</v>
+      </c>
+      <c r="T242" s="83">
+        <v>2851928</v>
+      </c>
+      <c r="U242" s="94">
+        <v>17</v>
+      </c>
+      <c r="V242" s="113">
+        <v>1668186</v>
+      </c>
+      <c r="W242" s="94">
         <v>12</v>
       </c>
-      <c r="T242" s="83">
-[...9 lines deleted...]
-    <row r="243" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="X242" s="112">
+        <v>1414699</v>
+      </c>
+    </row>
+    <row r="243" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B243" s="44" t="s">
+        <v>10</v>
+      </c>
+      <c r="C243" s="45">
+        <v>9</v>
+      </c>
+      <c r="D243" s="46">
+        <v>737419</v>
+      </c>
+      <c r="E243" s="45">
+        <v>10</v>
+      </c>
+      <c r="F243" s="46">
+        <v>894573</v>
+      </c>
+      <c r="G243" s="45">
+        <v>9</v>
+      </c>
+      <c r="H243" s="46">
+        <v>755728</v>
+      </c>
+      <c r="I243" s="45">
+        <v>10</v>
+      </c>
+      <c r="J243" s="46">
+        <v>864410</v>
+      </c>
+      <c r="K243" s="45">
+        <v>9</v>
+      </c>
+      <c r="L243" s="46">
+        <v>821069</v>
+      </c>
+      <c r="M243" s="45">
+        <v>9</v>
+      </c>
+      <c r="N243" s="46">
+        <v>892205</v>
+      </c>
+      <c r="O243" s="45">
         <v>11</v>
       </c>
-      <c r="C243" s="45">
-[...37 lines deleted...]
-      </c>
       <c r="P243" s="46">
-        <v>5966237</v>
+        <v>1321448</v>
       </c>
       <c r="Q243" s="47">
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="R243" s="48">
-        <v>6943957</v>
+        <v>1155558</v>
       </c>
       <c r="S243" s="47">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="T243" s="83">
-        <v>6470346</v>
+        <v>1322208</v>
       </c>
       <c r="U243" s="94">
-        <v>59</v>
-[...5 lines deleted...]
-    <row r="244" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+      <c r="V243" s="113">
+        <v>1142788</v>
+      </c>
+      <c r="W243" s="94">
+        <v>13</v>
+      </c>
+      <c r="X243" s="112">
+        <v>1595761</v>
+      </c>
+    </row>
+    <row r="244" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B244" s="44" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C244" s="45">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D244" s="46">
-        <v>2374520</v>
+        <v>3267924</v>
       </c>
       <c r="E244" s="45">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="F244" s="46">
-        <v>2576719</v>
+        <v>4138368</v>
       </c>
       <c r="G244" s="45">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H244" s="46">
-        <v>3440009</v>
+        <v>4508351</v>
       </c>
       <c r="I244" s="45">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="J244" s="46">
-        <v>2788408</v>
+        <v>5395547</v>
       </c>
       <c r="K244" s="45">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="L244" s="46">
-        <v>3952651</v>
+        <v>5955797</v>
       </c>
       <c r="M244" s="45">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="N244" s="46">
-        <v>3838363</v>
+        <v>5216248</v>
       </c>
       <c r="O244" s="45">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="P244" s="46">
-        <v>2689619</v>
+        <v>5966237</v>
       </c>
       <c r="Q244" s="47">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="R244" s="48">
-        <v>2849655</v>
+        <v>6943957</v>
       </c>
       <c r="S244" s="47">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="T244" s="83">
-        <v>3373531</v>
+        <v>6470346</v>
       </c>
       <c r="U244" s="94">
-        <v>29</v>
-[...5 lines deleted...]
-    <row r="245" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>59</v>
+      </c>
+      <c r="V244" s="113">
+        <v>7481341</v>
+      </c>
+      <c r="W244" s="94">
+        <v>46</v>
+      </c>
+      <c r="X244" s="112">
+        <v>6063975</v>
+      </c>
+    </row>
+    <row r="245" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B245" s="44" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C245" s="45">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="D245" s="46">
-        <v>833224</v>
+        <v>2374520</v>
       </c>
       <c r="E245" s="45">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="F245" s="46">
-        <v>757268</v>
+        <v>2576719</v>
       </c>
       <c r="G245" s="45">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="H245" s="46">
-        <v>556200</v>
+        <v>3440009</v>
       </c>
       <c r="I245" s="45">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="J245" s="46">
-        <v>865921</v>
+        <v>2788408</v>
       </c>
       <c r="K245" s="45">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="L245" s="46">
-        <v>893525</v>
+        <v>3952651</v>
       </c>
       <c r="M245" s="45">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="N245" s="46">
-        <v>1477204</v>
+        <v>3838363</v>
       </c>
       <c r="O245" s="45">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="P245" s="46">
-        <v>1580604</v>
+        <v>2689619</v>
       </c>
       <c r="Q245" s="47">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="R245" s="48">
-        <v>1237912</v>
+        <v>2849655</v>
       </c>
       <c r="S245" s="47">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="T245" s="83">
-        <v>1535704</v>
+        <v>3373531</v>
       </c>
       <c r="U245" s="94">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="246" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+      <c r="V245" s="113">
+        <v>4971447</v>
+      </c>
+      <c r="W245" s="94">
+        <v>26</v>
+      </c>
+      <c r="X245" s="112">
+        <v>4398297</v>
+      </c>
+    </row>
+    <row r="246" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B246" s="44" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C246" s="45">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D246" s="46">
-        <v>1787271</v>
+        <v>833224</v>
       </c>
       <c r="E246" s="45">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="F246" s="46">
-        <v>1493476</v>
+        <v>757268</v>
       </c>
       <c r="G246" s="45">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="H246" s="46">
-        <v>1669239</v>
+        <v>556200</v>
       </c>
       <c r="I246" s="45">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="J246" s="46">
-        <v>1679476</v>
+        <v>865921</v>
       </c>
       <c r="K246" s="45">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="L246" s="46">
-        <v>1637287</v>
+        <v>893525</v>
       </c>
       <c r="M246" s="45">
         <v>12</v>
       </c>
       <c r="N246" s="46">
-        <v>1601714</v>
+        <v>1477204</v>
       </c>
       <c r="O246" s="45">
         <v>13</v>
       </c>
       <c r="P246" s="46">
-        <v>1721407</v>
+        <v>1580604</v>
       </c>
       <c r="Q246" s="47">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="R246" s="48">
-        <v>2287527</v>
+        <v>1237912</v>
       </c>
       <c r="S246" s="47">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="T246" s="83">
-        <v>2332919</v>
+        <v>1535704</v>
       </c>
       <c r="U246" s="94">
-        <v>19</v>
-[...5 lines deleted...]
-    <row r="247" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>17</v>
+      </c>
+      <c r="V246" s="113">
+        <v>2282296</v>
+      </c>
+      <c r="W246" s="94">
+        <v>15</v>
+      </c>
+      <c r="X246" s="112">
+        <v>1847032</v>
+      </c>
+    </row>
+    <row r="247" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B247" s="44" t="s">
+        <v>21</v>
+      </c>
+      <c r="C247" s="45">
+        <v>16</v>
+      </c>
+      <c r="D247" s="46">
+        <v>1787271</v>
+      </c>
+      <c r="E247" s="45">
         <v>13</v>
       </c>
-      <c r="C247" s="55">
-[...39 lines deleted...]
-        <v>1694994</v>
+      <c r="F247" s="46">
+        <v>1493476</v>
+      </c>
+      <c r="G247" s="45">
+        <v>13</v>
+      </c>
+      <c r="H247" s="46">
+        <v>1669239</v>
+      </c>
+      <c r="I247" s="45">
+        <v>13</v>
+      </c>
+      <c r="J247" s="46">
+        <v>1679476</v>
+      </c>
+      <c r="K247" s="45">
+        <v>13</v>
+      </c>
+      <c r="L247" s="46">
+        <v>1637287</v>
+      </c>
+      <c r="M247" s="45">
+        <v>12</v>
+      </c>
+      <c r="N247" s="46">
+        <v>1601714</v>
+      </c>
+      <c r="O247" s="45">
+        <v>13</v>
+      </c>
+      <c r="P247" s="46">
+        <v>1721407</v>
       </c>
       <c r="Q247" s="47">
         <v>19</v>
       </c>
       <c r="R247" s="48">
-        <v>1707770</v>
+        <v>2287527</v>
       </c>
       <c r="S247" s="47">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="T247" s="83">
-        <v>2217225</v>
+        <v>2332919</v>
       </c>
       <c r="U247" s="94">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="248" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>19</v>
+      </c>
+      <c r="V247" s="113">
+        <v>2437626</v>
+      </c>
+      <c r="W247" s="94">
+        <v>17</v>
+      </c>
+      <c r="X247" s="112">
+        <v>2388686</v>
+      </c>
+    </row>
+    <row r="248" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B248" s="44" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C248" s="55">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D248" s="56">
-        <v>1912193</v>
+        <v>1607812</v>
       </c>
       <c r="E248" s="55">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F248" s="56">
-        <v>1659954</v>
+        <v>1441710</v>
       </c>
       <c r="G248" s="55">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="H248" s="56">
-        <v>1823721</v>
+        <v>1435177</v>
       </c>
       <c r="I248" s="55">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="J248" s="56">
-        <v>2005703</v>
+        <v>1353435</v>
       </c>
       <c r="K248" s="55">
         <v>18</v>
       </c>
       <c r="L248" s="56">
-        <v>1844304</v>
+        <v>1631781</v>
       </c>
       <c r="M248" s="55">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="N248" s="56">
-        <v>1599659</v>
+        <v>1593455</v>
       </c>
       <c r="O248" s="55">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="P248" s="56">
-        <v>2178718</v>
+        <v>1694994</v>
       </c>
       <c r="Q248" s="47">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="R248" s="48">
-        <v>2389102</v>
+        <v>1707770</v>
       </c>
       <c r="S248" s="47">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="T248" s="83">
-        <v>2041359</v>
+        <v>2217225</v>
       </c>
       <c r="U248" s="94">
-        <v>20</v>
-[...5 lines deleted...]
-    <row r="249" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>27</v>
+      </c>
+      <c r="V248" s="113">
+        <v>2561944</v>
+      </c>
+      <c r="W248" s="94">
+        <v>29</v>
+      </c>
+      <c r="X248" s="112">
+        <v>2662215</v>
+      </c>
+    </row>
+    <row r="249" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B249" s="44" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C249" s="55">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D249" s="56">
-        <v>2249959</v>
+        <v>1912193</v>
       </c>
       <c r="E249" s="55">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="F249" s="56">
-        <v>2550012</v>
+        <v>1659954</v>
       </c>
       <c r="G249" s="55">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="H249" s="56">
-        <v>2794938</v>
+        <v>1823721</v>
       </c>
       <c r="I249" s="55">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="J249" s="56">
-        <v>3332907</v>
+        <v>2005703</v>
       </c>
       <c r="K249" s="55">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="L249" s="56">
-        <v>3210503</v>
+        <v>1844304</v>
       </c>
       <c r="M249" s="55">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="N249" s="56">
-        <v>4196453</v>
+        <v>1599659</v>
       </c>
       <c r="O249" s="55">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="P249" s="56">
-        <v>6561375</v>
+        <v>2178718</v>
       </c>
       <c r="Q249" s="47">
-        <v>82</v>
+        <v>22</v>
       </c>
       <c r="R249" s="48">
-        <v>7819956</v>
+        <v>2389102</v>
       </c>
       <c r="S249" s="47">
-        <v>82</v>
+        <v>19</v>
       </c>
       <c r="T249" s="83">
-        <v>9426061</v>
+        <v>2041359</v>
       </c>
       <c r="U249" s="94">
-        <v>76</v>
-[...5 lines deleted...]
-    <row r="250" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>20</v>
+      </c>
+      <c r="V249" s="113">
+        <v>2089602</v>
+      </c>
+      <c r="W249" s="94">
+        <v>21</v>
+      </c>
+      <c r="X249" s="112">
+        <v>2501479</v>
+      </c>
+    </row>
+    <row r="250" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B250" s="44" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C250" s="55">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D250" s="56">
-        <v>2741848</v>
+        <v>2249959</v>
       </c>
       <c r="E250" s="55">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F250" s="56">
-        <v>2847274</v>
+        <v>2550012</v>
       </c>
       <c r="G250" s="55">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H250" s="56">
-        <v>3170307</v>
+        <v>2794938</v>
       </c>
       <c r="I250" s="55">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="J250" s="56">
-        <v>3794680</v>
+        <v>3332907</v>
       </c>
       <c r="K250" s="55">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="L250" s="56">
-        <v>4823214</v>
+        <v>3210503</v>
       </c>
       <c r="M250" s="55">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="N250" s="56">
-        <v>4085691</v>
+        <v>4196453</v>
       </c>
       <c r="O250" s="55">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="P250" s="56">
-        <v>3897807</v>
+        <v>6561375</v>
       </c>
       <c r="Q250" s="47">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="R250" s="48">
-        <v>4480507</v>
+        <v>7819956</v>
       </c>
       <c r="S250" s="47">
-        <v>43</v>
+        <v>82</v>
       </c>
       <c r="T250" s="83">
-        <v>4997866</v>
+        <v>9426061</v>
       </c>
       <c r="U250" s="94">
-        <v>36</v>
-[...5 lines deleted...]
-    <row r="251" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>76</v>
+      </c>
+      <c r="V250" s="113">
+        <v>9145448</v>
+      </c>
+      <c r="W250" s="94">
+        <v>56</v>
+      </c>
+      <c r="X250" s="112">
+        <v>6742076</v>
+      </c>
+    </row>
+    <row r="251" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B251" s="44" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="C251" s="55">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="D251" s="56">
-        <v>0</v>
+        <v>2741848</v>
       </c>
       <c r="E251" s="55">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="F251" s="56">
-        <v>361930</v>
+        <v>2847274</v>
       </c>
       <c r="G251" s="55">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="H251" s="56">
-        <v>352065</v>
+        <v>3170307</v>
       </c>
       <c r="I251" s="55">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="J251" s="56">
-        <v>1011667</v>
+        <v>3794680</v>
       </c>
       <c r="K251" s="55">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="L251" s="56">
-        <v>903237</v>
+        <v>4823214</v>
       </c>
       <c r="M251" s="55">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="N251" s="56">
-        <v>103817</v>
+        <v>4085691</v>
       </c>
       <c r="O251" s="55">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="P251" s="56">
-        <v>726034</v>
+        <v>3897807</v>
       </c>
       <c r="Q251" s="47">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="R251" s="48">
-        <v>1517008</v>
+        <v>4480507</v>
       </c>
       <c r="S251" s="47">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="T251" s="83">
-        <v>919280</v>
+        <v>4997866</v>
       </c>
       <c r="U251" s="94">
-        <v>10</v>
-[...5 lines deleted...]
-    <row r="252" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+      <c r="V251" s="113">
+        <v>4417877</v>
+      </c>
+      <c r="W251" s="94">
+        <v>22</v>
+      </c>
+      <c r="X251" s="112">
+        <v>2562508</v>
+      </c>
+    </row>
+    <row r="252" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B252" s="44" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="C252" s="55">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="D252" s="56">
-        <v>2581032</v>
+        <v>0</v>
       </c>
       <c r="E252" s="55">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F252" s="56">
-        <v>1371395</v>
+        <v>361930</v>
       </c>
       <c r="G252" s="55">
+        <v>3</v>
+      </c>
+      <c r="H252" s="56">
+        <v>352065</v>
+      </c>
+      <c r="I252" s="55">
+        <v>9</v>
+      </c>
+      <c r="J252" s="56">
+        <v>1011667</v>
+      </c>
+      <c r="K252" s="55">
+        <v>8</v>
+      </c>
+      <c r="L252" s="56">
+        <v>903237</v>
+      </c>
+      <c r="M252" s="55">
+        <v>1</v>
+      </c>
+      <c r="N252" s="56">
+        <v>103817</v>
+      </c>
+      <c r="O252" s="55">
+        <v>7</v>
+      </c>
+      <c r="P252" s="56">
+        <v>726034</v>
+      </c>
+      <c r="Q252" s="47">
         <v>13</v>
       </c>
-      <c r="H252" s="56">
-[...28 lines deleted...]
-      </c>
       <c r="R252" s="48">
-        <v>6217104</v>
+        <v>1517008</v>
       </c>
       <c r="S252" s="47">
-        <v>59</v>
+        <v>9</v>
       </c>
       <c r="T252" s="83">
-        <v>7165918</v>
+        <v>919280</v>
       </c>
       <c r="U252" s="94">
-        <v>52</v>
-[...5 lines deleted...]
-    <row r="253" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+      <c r="V252" s="113">
+        <v>1253794</v>
+      </c>
+      <c r="W252" s="94">
+        <v>7</v>
+      </c>
+      <c r="X252" s="112">
+        <v>908547</v>
+      </c>
+    </row>
+    <row r="253" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B253" s="44" t="s">
-        <v>18</v>
-[...41 lines deleted...]
-        <v>632720</v>
+        <v>17</v>
+      </c>
+      <c r="C253" s="55">
+        <v>29</v>
+      </c>
+      <c r="D253" s="56">
+        <v>2581032</v>
+      </c>
+      <c r="E253" s="55">
+        <v>15</v>
+      </c>
+      <c r="F253" s="56">
+        <v>1371395</v>
+      </c>
+      <c r="G253" s="55">
+        <v>13</v>
+      </c>
+      <c r="H253" s="56">
+        <v>1116386</v>
+      </c>
+      <c r="I253" s="55">
+        <v>21</v>
+      </c>
+      <c r="J253" s="56">
+        <v>1872767</v>
+      </c>
+      <c r="K253" s="55">
+        <v>26</v>
+      </c>
+      <c r="L253" s="56">
+        <v>2393655</v>
+      </c>
+      <c r="M253" s="55">
+        <v>40</v>
+      </c>
+      <c r="N253" s="56">
+        <v>4236120</v>
+      </c>
+      <c r="O253" s="55">
+        <v>49</v>
+      </c>
+      <c r="P253" s="56">
+        <v>6181840</v>
       </c>
       <c r="Q253" s="47">
-        <v>3</v>
+        <v>53</v>
       </c>
       <c r="R253" s="48">
-        <v>314273</v>
+        <v>6217104</v>
       </c>
       <c r="S253" s="47">
-        <v>3</v>
+        <v>59</v>
       </c>
       <c r="T253" s="83">
-        <v>388917</v>
+        <v>7165918</v>
       </c>
       <c r="U253" s="94">
-        <v>3</v>
-[...5 lines deleted...]
-    <row r="254" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>52</v>
+      </c>
+      <c r="V253" s="113">
+        <v>6097162</v>
+      </c>
+      <c r="W253" s="94">
+        <v>46</v>
+      </c>
+      <c r="X253" s="112">
+        <v>5871416</v>
+      </c>
+    </row>
+    <row r="254" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="74" t="s">
         <v>38</v>
       </c>
       <c r="B254" s="44" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="C254" s="45">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D254" s="46">
-        <v>407840</v>
+        <v>181669</v>
       </c>
       <c r="E254" s="45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F254" s="46">
-        <v>88767</v>
+        <v>280308</v>
       </c>
       <c r="G254" s="45">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H254" s="46">
-        <v>0</v>
+        <v>366424</v>
       </c>
       <c r="I254" s="45">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J254" s="46">
-        <v>127305</v>
+        <v>543949</v>
       </c>
       <c r="K254" s="45">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L254" s="46">
-        <v>271005</v>
+        <v>540927</v>
       </c>
       <c r="M254" s="45">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="N254" s="46">
-        <v>452013</v>
+        <v>732400</v>
       </c>
       <c r="O254" s="45">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="P254" s="46">
-        <v>352479</v>
+        <v>632720</v>
       </c>
       <c r="Q254" s="47">
         <v>3</v>
       </c>
       <c r="R254" s="48">
+        <v>314273</v>
+      </c>
+      <c r="S254" s="47">
+        <v>3</v>
+      </c>
+      <c r="T254" s="83">
+        <v>388917</v>
+      </c>
+      <c r="U254" s="94">
+        <v>3</v>
+      </c>
+      <c r="V254" s="113">
+        <v>436611</v>
+      </c>
+      <c r="W254" s="94">
+        <v>2</v>
+      </c>
+      <c r="X254" s="112">
+        <v>274315</v>
+      </c>
+    </row>
+    <row r="255" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A255" s="74" t="s">
+        <v>38</v>
+      </c>
+      <c r="B255" s="44" t="s">
+        <v>32</v>
+      </c>
+      <c r="C255" s="45">
+        <v>5</v>
+      </c>
+      <c r="D255" s="46">
+        <v>407840</v>
+      </c>
+      <c r="E255" s="45">
+        <v>1</v>
+      </c>
+      <c r="F255" s="46">
+        <v>88767</v>
+      </c>
+      <c r="G255" s="45">
+        <v>0</v>
+      </c>
+      <c r="H255" s="46">
+        <v>0</v>
+      </c>
+      <c r="I255" s="45">
+        <v>1</v>
+      </c>
+      <c r="J255" s="46">
+        <v>127305</v>
+      </c>
+      <c r="K255" s="45">
+        <v>3</v>
+      </c>
+      <c r="L255" s="46">
+        <v>271005</v>
+      </c>
+      <c r="M255" s="45">
+        <v>5</v>
+      </c>
+      <c r="N255" s="46">
+        <v>452013</v>
+      </c>
+      <c r="O255" s="45">
+        <v>4</v>
+      </c>
+      <c r="P255" s="46">
+        <v>352479</v>
+      </c>
+      <c r="Q255" s="47">
+        <v>3</v>
+      </c>
+      <c r="R255" s="48">
         <v>249837</v>
       </c>
-      <c r="S254" s="47">
+      <c r="S255" s="47">
         <v>4</v>
       </c>
-      <c r="T254" s="83">
+      <c r="T255" s="83">
         <v>357858</v>
       </c>
-      <c r="U254" s="94">
+      <c r="U255" s="94">
         <v>6</v>
       </c>
-      <c r="V254" s="95">
+      <c r="V255" s="113">
         <v>533859</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A255" s="77" t="s">
+      <c r="W255" s="94">
+        <v>3</v>
+      </c>
+      <c r="X255" s="112">
+        <v>263582</v>
+      </c>
+    </row>
+    <row r="256" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A256" s="77" t="s">
         <v>38</v>
       </c>
-      <c r="B255" s="52" t="s">
+      <c r="B256" s="52" t="s">
         <v>56</v>
       </c>
-      <c r="C255" s="69">
+      <c r="C256" s="69">
         <v>409</v>
       </c>
-      <c r="D255" s="67">
+      <c r="D256" s="67">
         <v>43540591</v>
       </c>
-      <c r="E255" s="69">
+      <c r="E256" s="69">
         <v>409</v>
       </c>
-      <c r="F255" s="67">
+      <c r="F256" s="67">
         <v>45890573</v>
       </c>
-      <c r="G255" s="69">
+      <c r="G256" s="69">
         <v>434</v>
       </c>
-      <c r="H255" s="67">
+      <c r="H256" s="67">
         <v>49926818</v>
       </c>
-      <c r="I255" s="69">
+      <c r="I256" s="69">
         <v>475</v>
       </c>
-      <c r="J255" s="67">
+      <c r="J256" s="67">
         <v>53818716</v>
       </c>
-      <c r="K255" s="69">
+      <c r="K256" s="69">
         <v>498</v>
       </c>
-      <c r="L255" s="67">
+      <c r="L256" s="67">
         <v>56176448</v>
       </c>
-      <c r="M255" s="69">
+      <c r="M256" s="69">
         <v>542</v>
       </c>
-      <c r="N255" s="67">
+      <c r="N256" s="67">
         <v>64003001</v>
       </c>
-      <c r="O255" s="69">
+      <c r="O256" s="69">
         <v>622</v>
       </c>
-      <c r="P255" s="67">
+      <c r="P256" s="67">
         <v>76943656</v>
       </c>
-      <c r="Q255" s="69">
+      <c r="Q256" s="69">
         <v>710</v>
       </c>
-      <c r="R255" s="67">
+      <c r="R256" s="67">
         <v>86358087</v>
       </c>
-      <c r="S255" s="69">
+      <c r="S256" s="69">
         <v>757</v>
       </c>
-      <c r="T255" s="90">
+      <c r="T256" s="90">
         <v>94469676</v>
       </c>
-      <c r="U255" s="106">
+      <c r="U256" s="103">
         <v>742</v>
       </c>
-      <c r="V255" s="107">
+      <c r="V256" s="114">
         <v>93737860</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A256" s="74" t="s">
+      <c r="W256" s="103">
+        <v>639</v>
+      </c>
+      <c r="X256" s="119">
+        <v>83032086</v>
+      </c>
+    </row>
+    <row r="257" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A257" s="74" t="s">
         <v>40</v>
       </c>
-      <c r="B256" s="44" t="s">
+      <c r="B257" s="44" t="s">
         <v>2</v>
       </c>
-      <c r="C256" s="45">
-[...61 lines deleted...]
-      <c r="A257" s="77" t="s">
+      <c r="C257" s="45">
+        <v>0</v>
+      </c>
+      <c r="D257" s="46">
+        <v>0</v>
+      </c>
+      <c r="E257" s="45">
+        <v>0</v>
+      </c>
+      <c r="F257" s="46">
+        <v>0</v>
+      </c>
+      <c r="G257" s="45">
+        <v>0</v>
+      </c>
+      <c r="H257" s="46">
+        <v>0</v>
+      </c>
+      <c r="I257" s="45">
+        <v>0</v>
+      </c>
+      <c r="J257" s="46">
+        <v>0</v>
+      </c>
+      <c r="K257" s="45">
+        <v>0</v>
+      </c>
+      <c r="L257" s="46">
+        <v>0</v>
+      </c>
+      <c r="M257" s="45">
+        <v>0</v>
+      </c>
+      <c r="N257" s="46">
+        <v>0</v>
+      </c>
+      <c r="O257" s="45">
+        <v>0</v>
+      </c>
+      <c r="P257" s="46">
+        <v>0</v>
+      </c>
+      <c r="Q257" s="45">
+        <v>0</v>
+      </c>
+      <c r="R257" s="46">
+        <v>0</v>
+      </c>
+      <c r="S257" s="45">
+        <v>0</v>
+      </c>
+      <c r="T257" s="84">
+        <v>0</v>
+      </c>
+      <c r="U257" s="97">
+        <v>0</v>
+      </c>
+      <c r="V257" s="113">
+        <v>0</v>
+      </c>
+      <c r="W257" s="117">
+        <v>0</v>
+      </c>
+      <c r="X257" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="258" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A258" s="77" t="s">
         <v>40</v>
       </c>
-      <c r="B257" s="52" t="s">
+      <c r="B258" s="52" t="s">
         <v>56</v>
       </c>
-      <c r="C257" s="69">
-[...128 lines deleted...]
-    <row r="259" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C258" s="69">
+        <v>0</v>
+      </c>
+      <c r="D258" s="67">
+        <v>0</v>
+      </c>
+      <c r="E258" s="69">
+        <v>0</v>
+      </c>
+      <c r="F258" s="67">
+        <v>0</v>
+      </c>
+      <c r="G258" s="69">
+        <v>0</v>
+      </c>
+      <c r="H258" s="67">
+        <v>0</v>
+      </c>
+      <c r="I258" s="69">
+        <v>0</v>
+      </c>
+      <c r="J258" s="67">
+        <v>0</v>
+      </c>
+      <c r="K258" s="69">
+        <v>0</v>
+      </c>
+      <c r="L258" s="67">
+        <v>0</v>
+      </c>
+      <c r="M258" s="69">
+        <v>0</v>
+      </c>
+      <c r="N258" s="67">
+        <v>0</v>
+      </c>
+      <c r="O258" s="69">
+        <v>0</v>
+      </c>
+      <c r="P258" s="67">
+        <v>0</v>
+      </c>
+      <c r="Q258" s="69">
+        <v>0</v>
+      </c>
+      <c r="R258" s="67">
+        <v>0</v>
+      </c>
+      <c r="S258" s="69">
+        <v>0</v>
+      </c>
+      <c r="T258" s="90">
+        <v>0</v>
+      </c>
+      <c r="U258" s="69">
+        <v>0</v>
+      </c>
+      <c r="V258" s="90">
+        <v>0</v>
+      </c>
+      <c r="W258" s="120">
+        <v>0</v>
+      </c>
+      <c r="X258" s="121">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="259" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="74" t="s">
         <v>39</v>
       </c>
       <c r="B259" s="44" t="s">
+        <v>44</v>
+      </c>
+      <c r="C259" s="45">
+        <v>59</v>
+      </c>
+      <c r="D259" s="46">
+        <v>47440439</v>
+      </c>
+      <c r="E259" s="45">
+        <v>57</v>
+      </c>
+      <c r="F259" s="46">
+        <v>52291064</v>
+      </c>
+      <c r="G259" s="45">
+        <v>57</v>
+      </c>
+      <c r="H259" s="46">
+        <v>45477150</v>
+      </c>
+      <c r="I259" s="45">
+        <v>58</v>
+      </c>
+      <c r="J259" s="46">
+        <v>55670572</v>
+      </c>
+      <c r="K259" s="45">
+        <v>60</v>
+      </c>
+      <c r="L259" s="46">
+        <v>59593295</v>
+      </c>
+      <c r="M259" s="45">
+        <v>60</v>
+      </c>
+      <c r="N259" s="46">
+        <v>60197654</v>
+      </c>
+      <c r="O259" s="45">
+        <v>61</v>
+      </c>
+      <c r="P259" s="46">
+        <v>60839040</v>
+      </c>
+      <c r="Q259" s="47">
+        <v>63</v>
+      </c>
+      <c r="R259" s="48">
+        <v>58561129</v>
+      </c>
+      <c r="S259" s="47">
+        <v>47</v>
+      </c>
+      <c r="T259" s="83">
+        <v>47736153</v>
+      </c>
+      <c r="U259" s="94">
+        <v>36</v>
+      </c>
+      <c r="V259" s="113">
+        <v>37138011</v>
+      </c>
+      <c r="W259" s="94">
+        <v>24</v>
+      </c>
+      <c r="X259" s="112">
+        <v>30003598</v>
+      </c>
+    </row>
+    <row r="260" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A260" s="74" t="s">
+        <v>39</v>
+      </c>
+      <c r="B260" s="44" t="s">
         <v>3</v>
       </c>
-      <c r="C259" s="45">
-[...61 lines deleted...]
-      <c r="A260" s="77" t="s">
+      <c r="C260" s="45">
+        <v>0</v>
+      </c>
+      <c r="D260" s="46">
+        <v>0</v>
+      </c>
+      <c r="E260" s="45">
+        <v>0</v>
+      </c>
+      <c r="F260" s="46">
+        <v>0</v>
+      </c>
+      <c r="G260" s="45">
+        <v>0</v>
+      </c>
+      <c r="H260" s="46">
+        <v>0</v>
+      </c>
+      <c r="I260" s="45">
+        <v>0</v>
+      </c>
+      <c r="J260" s="46">
+        <v>0</v>
+      </c>
+      <c r="K260" s="45">
+        <v>0</v>
+      </c>
+      <c r="L260" s="46">
+        <v>0</v>
+      </c>
+      <c r="M260" s="45">
+        <v>0</v>
+      </c>
+      <c r="N260" s="46">
+        <v>0</v>
+      </c>
+      <c r="O260" s="45">
+        <v>0</v>
+      </c>
+      <c r="P260" s="46">
+        <v>0</v>
+      </c>
+      <c r="Q260" s="45">
+        <v>0</v>
+      </c>
+      <c r="R260" s="46">
+        <v>0</v>
+      </c>
+      <c r="S260" s="45">
+        <v>0</v>
+      </c>
+      <c r="T260" s="84">
+        <v>0</v>
+      </c>
+      <c r="U260" s="97">
+        <v>0</v>
+      </c>
+      <c r="V260" s="113">
+        <v>0</v>
+      </c>
+      <c r="W260" s="117">
+        <v>0</v>
+      </c>
+      <c r="X260" s="118">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="261" spans="1:24" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A261" s="77" t="s">
         <v>39</v>
       </c>
-      <c r="B260" s="52" t="s">
+      <c r="B261" s="52" t="s">
         <v>56</v>
       </c>
-      <c r="C260" s="69">
+      <c r="C261" s="69">
         <v>59</v>
       </c>
-      <c r="D260" s="67">
+      <c r="D261" s="67">
         <v>47440439</v>
       </c>
-      <c r="E260" s="69">
+      <c r="E261" s="69">
         <v>57</v>
       </c>
-      <c r="F260" s="67">
+      <c r="F261" s="67">
         <v>52291064</v>
       </c>
-      <c r="G260" s="69">
+      <c r="G261" s="69">
         <v>57</v>
       </c>
-      <c r="H260" s="67">
+      <c r="H261" s="67">
         <v>45477150</v>
       </c>
-      <c r="I260" s="69">
+      <c r="I261" s="69">
         <v>58</v>
       </c>
-      <c r="J260" s="67">
+      <c r="J261" s="67">
         <v>55670572</v>
       </c>
-      <c r="K260" s="69">
+      <c r="K261" s="69">
         <v>60</v>
       </c>
-      <c r="L260" s="67">
+      <c r="L261" s="67">
         <v>59593295</v>
       </c>
-      <c r="M260" s="69">
+      <c r="M261" s="69">
         <v>60</v>
       </c>
-      <c r="N260" s="67">
+      <c r="N261" s="67">
         <v>60197654</v>
       </c>
-      <c r="O260" s="69">
+      <c r="O261" s="69">
         <v>61</v>
       </c>
-      <c r="P260" s="67">
+      <c r="P261" s="67">
         <v>60839040</v>
       </c>
-      <c r="Q260" s="69">
+      <c r="Q261" s="69">
         <v>63</v>
       </c>
-      <c r="R260" s="67">
+      <c r="R261" s="67">
         <v>58561129</v>
       </c>
-      <c r="S260" s="69">
+      <c r="S261" s="69">
         <v>47</v>
       </c>
-      <c r="T260" s="90">
+      <c r="T261" s="90">
         <v>47736153</v>
       </c>
-      <c r="U260" s="106">
+      <c r="U261" s="103">
         <v>36</v>
       </c>
-      <c r="V260" s="107">
+      <c r="V261" s="114">
         <v>37138011</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A261" s="78" t="s">
+      <c r="W261" s="103">
+        <v>24</v>
+      </c>
+      <c r="X261" s="119">
+        <v>30003598</v>
+      </c>
+    </row>
+    <row r="262" spans="1:24" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A262" s="78" t="s">
         <v>55</v>
       </c>
-      <c r="B261" s="70"/>
-      <c r="C261" s="71">
+      <c r="B262" s="70"/>
+      <c r="C262" s="71">
         <v>3634</v>
       </c>
-      <c r="D261" s="72">
+      <c r="D262" s="72">
         <v>616287423</v>
       </c>
-      <c r="E261" s="71">
+      <c r="E262" s="71">
         <v>3671</v>
       </c>
-      <c r="F261" s="72">
+      <c r="F262" s="72">
         <v>653322748</v>
       </c>
-      <c r="G261" s="71">
+      <c r="G262" s="71">
         <v>3734</v>
       </c>
-      <c r="H261" s="72">
+      <c r="H262" s="72">
         <v>680266513</v>
       </c>
-      <c r="I261" s="71">
+      <c r="I262" s="71">
         <v>4026</v>
       </c>
-      <c r="J261" s="72">
+      <c r="J262" s="72">
         <v>741078930</v>
       </c>
-      <c r="K261" s="71">
+      <c r="K262" s="71">
         <v>4245</v>
       </c>
-      <c r="L261" s="72">
+      <c r="L262" s="72">
         <v>791880110</v>
       </c>
-      <c r="M261" s="71">
+      <c r="M262" s="71">
         <v>4492</v>
       </c>
-      <c r="N261" s="72">
+      <c r="N262" s="72">
         <v>844348746</v>
       </c>
-      <c r="O261" s="71">
+      <c r="O262" s="71">
         <v>4735</v>
       </c>
-      <c r="P261" s="72">
+      <c r="P262" s="72">
         <v>893941659</v>
       </c>
-      <c r="Q261" s="71">
+      <c r="Q262" s="71">
         <v>5015</v>
       </c>
-      <c r="R261" s="72">
+      <c r="R262" s="72">
         <v>937681672</v>
       </c>
-      <c r="S261" s="71">
+      <c r="S262" s="71">
         <v>5104</v>
       </c>
-      <c r="T261" s="92">
+      <c r="T262" s="92">
         <v>948856429</v>
       </c>
-      <c r="U261" s="108">
+      <c r="U262" s="104">
         <v>5142</v>
       </c>
-      <c r="V261" s="109">
+      <c r="V262" s="116">
         <v>960631982</v>
       </c>
-    </row>
-[...40 lines deleted...]
-      <c r="R263" s="24"/>
+      <c r="W262" s="94">
+        <v>4832</v>
+      </c>
+      <c r="X262" s="112">
+        <v>938159282</v>
+      </c>
+    </row>
+    <row r="263" spans="1:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="79"/>
+      <c r="B263" s="33"/>
+      <c r="C263" s="2"/>
+      <c r="D263" s="3"/>
+      <c r="E263" s="2"/>
+      <c r="F263" s="3"/>
+      <c r="G263" s="2"/>
+      <c r="H263" s="3"/>
+      <c r="I263" s="2"/>
+      <c r="J263" s="3"/>
+      <c r="K263" s="2"/>
+      <c r="L263" s="3"/>
+      <c r="M263" s="2"/>
+      <c r="N263" s="4"/>
+      <c r="O263" s="2"/>
+      <c r="P263" s="3"/>
+      <c r="Q263" s="2"/>
+      <c r="R263" s="3"/>
       <c r="S263" s="2"/>
       <c r="T263" s="3"/>
     </row>
-    <row r="264" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="R264" s="22"/>
+    <row r="264" spans="1:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="25"/>
+      <c r="B264" s="34"/>
+      <c r="C264" s="24"/>
+      <c r="D264" s="24"/>
+      <c r="E264" s="24"/>
+      <c r="F264" s="24"/>
+      <c r="G264" s="24"/>
+      <c r="H264" s="24"/>
+      <c r="I264" s="24"/>
+      <c r="J264" s="24"/>
+      <c r="K264" s="24"/>
+      <c r="L264" s="24"/>
+      <c r="M264" s="24"/>
+      <c r="N264" s="24"/>
+      <c r="O264" s="24"/>
+      <c r="P264" s="24"/>
+      <c r="Q264" s="24"/>
+      <c r="R264" s="24"/>
       <c r="S264" s="2"/>
       <c r="T264" s="3"/>
     </row>
-    <row r="265" spans="1:22" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="R265" s="29"/>
+    <row r="265" spans="1:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="28"/>
+      <c r="B265" s="35"/>
+      <c r="C265" s="22"/>
+      <c r="D265" s="22"/>
+      <c r="E265" s="22"/>
+      <c r="F265" s="22"/>
+      <c r="G265" s="22"/>
+      <c r="H265" s="22"/>
+      <c r="I265" s="22"/>
+      <c r="J265" s="22"/>
+      <c r="K265" s="22"/>
+      <c r="L265" s="22"/>
+      <c r="M265" s="22"/>
+      <c r="N265" s="22"/>
+      <c r="O265" s="22"/>
+      <c r="P265" s="22"/>
+      <c r="Q265" s="22"/>
+      <c r="R265" s="22"/>
       <c r="S265" s="2"/>
       <c r="T265" s="3"/>
     </row>
-    <row r="266" spans="1:22" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="R266" s="19"/>
+    <row r="266" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A266" s="80"/>
+      <c r="B266" s="36"/>
+      <c r="C266" s="29"/>
+      <c r="D266" s="29"/>
+      <c r="E266" s="29"/>
+      <c r="F266" s="29"/>
+      <c r="G266" s="29"/>
+      <c r="H266" s="29"/>
+      <c r="I266" s="29"/>
+      <c r="J266" s="29"/>
+      <c r="K266" s="29"/>
+      <c r="L266" s="29"/>
+      <c r="M266" s="29"/>
+      <c r="N266" s="29"/>
+      <c r="O266" s="29"/>
+      <c r="P266" s="29"/>
+      <c r="Q266" s="29"/>
+      <c r="R266" s="29"/>
       <c r="S266" s="2"/>
       <c r="T266" s="3"/>
     </row>
-    <row r="267" spans="1:22" x14ac:dyDescent="0.25">
-[...17 lines deleted...]
-      <c r="R267" s="3"/>
+    <row r="267" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A267" s="23"/>
+      <c r="B267" s="37"/>
+      <c r="C267" s="23"/>
+      <c r="D267" s="23"/>
+      <c r="E267" s="23"/>
+      <c r="F267" s="23"/>
+      <c r="G267" s="19"/>
+      <c r="H267" s="19"/>
+      <c r="I267" s="19"/>
+      <c r="J267" s="19"/>
+      <c r="K267" s="19"/>
+      <c r="L267" s="19"/>
+      <c r="M267" s="19"/>
+      <c r="N267" s="19"/>
+      <c r="O267" s="19"/>
+      <c r="P267" s="19"/>
+      <c r="Q267" s="19"/>
+      <c r="R267" s="19"/>
       <c r="S267" s="2"/>
       <c r="T267" s="3"/>
     </row>
-    <row r="268" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:24" x14ac:dyDescent="0.2">
       <c r="A268" s="26"/>
       <c r="B268" s="38"/>
-      <c r="C268" s="10"/>
-[...50 lines deleted...]
-      <c r="J270" s="8"/>
+      <c r="C268" s="9"/>
+      <c r="D268" s="9"/>
+      <c r="E268" s="9"/>
+      <c r="F268" s="9"/>
+      <c r="G268" s="9"/>
+      <c r="H268" s="9"/>
+      <c r="I268" s="9"/>
+      <c r="J268" s="9"/>
+      <c r="K268" s="5"/>
+      <c r="L268" s="4"/>
+      <c r="M268" s="5"/>
+      <c r="N268" s="4"/>
+      <c r="O268" s="5"/>
+      <c r="P268" s="3"/>
+      <c r="Q268" s="2"/>
+      <c r="R268" s="3"/>
+      <c r="S268" s="2"/>
+      <c r="T268" s="3"/>
+    </row>
+    <row r="269" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A269" s="26"/>
+      <c r="B269" s="38"/>
+      <c r="C269" s="10"/>
+      <c r="D269" s="10"/>
+      <c r="E269" s="10"/>
+      <c r="F269" s="10"/>
+      <c r="G269" s="10"/>
+      <c r="H269" s="10"/>
+      <c r="I269" s="10"/>
+      <c r="J269" s="10"/>
+      <c r="K269" s="6"/>
+      <c r="L269" s="6"/>
+      <c r="M269" s="6"/>
+      <c r="N269" s="6"/>
+      <c r="O269" s="6"/>
+      <c r="P269" s="6"/>
+      <c r="Q269" s="6"/>
+      <c r="R269" s="6"/>
+      <c r="S269" s="6"/>
+      <c r="T269" s="6"/>
+    </row>
+    <row r="270" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A270" s="27"/>
+      <c r="B270" s="39"/>
+      <c r="C270" s="27"/>
+      <c r="D270" s="27"/>
+      <c r="E270" s="11"/>
+      <c r="F270" s="12"/>
+      <c r="G270" s="11"/>
+      <c r="H270" s="12"/>
+      <c r="I270" s="11"/>
+      <c r="J270" s="12"/>
       <c r="K270" s="5"/>
       <c r="L270" s="4"/>
       <c r="M270" s="5"/>
       <c r="N270" s="4"/>
       <c r="O270" s="5"/>
       <c r="P270" s="4"/>
       <c r="Q270" s="5"/>
       <c r="R270" s="4"/>
       <c r="S270" s="5"/>
       <c r="T270" s="4"/>
     </row>
+    <row r="271" spans="1:24" x14ac:dyDescent="0.2">
+      <c r="A271" s="81"/>
+      <c r="B271" s="40"/>
+      <c r="C271" s="7"/>
+      <c r="D271" s="8"/>
+      <c r="E271" s="7"/>
+      <c r="F271" s="8"/>
+      <c r="G271" s="7"/>
+      <c r="H271" s="8"/>
+      <c r="I271" s="7"/>
+      <c r="J271" s="8"/>
+      <c r="K271" s="5"/>
+      <c r="L271" s="4"/>
+      <c r="M271" s="5"/>
+      <c r="N271" s="4"/>
+      <c r="O271" s="5"/>
+      <c r="P271" s="4"/>
+      <c r="Q271" s="5"/>
+      <c r="R271" s="4"/>
+      <c r="S271" s="5"/>
+      <c r="T271" s="4"/>
+    </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
-  <mergeCells count="10">
+  <mergeCells count="11">
     <mergeCell ref="K2:L2"/>
     <mergeCell ref="C2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="G2:H2"/>
     <mergeCell ref="I2:J2"/>
+    <mergeCell ref="W2:X2"/>
     <mergeCell ref="U2:V2"/>
     <mergeCell ref="M2:N2"/>
     <mergeCell ref="O2:P2"/>
     <mergeCell ref="Q2:R2"/>
     <mergeCell ref="S2:T2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="70" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A74A3173-654A-420B-99EC-0885C0014F86}">
   <dimension ref="A1:R9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="37.6640625" style="18" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="8.88671875" style="18"/>
+    <col min="1" max="1" width="37.7109375" style="18" customWidth="1"/>
+    <col min="2" max="2" width="125.7109375" style="18" customWidth="1"/>
+    <col min="3" max="16384" width="8.85546875" style="18"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="112" t="s">
+    <row r="1" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="107" t="s">
         <v>53</v>
       </c>
       <c r="C1" s="31"/>
       <c r="D1" s="31"/>
       <c r="E1" s="31"/>
       <c r="F1" s="31"/>
       <c r="G1" s="31"/>
       <c r="H1" s="31"/>
       <c r="I1" s="31"/>
       <c r="J1" s="31"/>
       <c r="K1" s="31"/>
       <c r="L1" s="31"/>
       <c r="M1" s="31"/>
       <c r="N1" s="31"/>
       <c r="O1" s="31"/>
     </row>
-    <row r="2" spans="1:18" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="A3" s="116" t="s">
+    <row r="2" spans="1:18" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="105"/>
+      <c r="B2" s="106"/>
+    </row>
+    <row r="3" spans="1:18" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="110" t="s">
         <v>50</v>
       </c>
       <c r="B3" s="20" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="C3" s="20"/>
       <c r="D3" s="20"/>
       <c r="E3" s="20"/>
       <c r="F3" s="20"/>
       <c r="G3" s="20"/>
       <c r="H3" s="20"/>
       <c r="I3" s="20"/>
       <c r="J3" s="20"/>
       <c r="K3" s="20"/>
       <c r="L3" s="20"/>
       <c r="M3" s="20"/>
       <c r="N3" s="20"/>
       <c r="O3" s="20"/>
       <c r="P3" s="20"/>
       <c r="Q3" s="20"/>
       <c r="R3" s="20"/>
     </row>
-    <row r="4" spans="1:18" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="113" t="s">
+    <row r="4" spans="1:18" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="111" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5" spans="1:18" s="17" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="108" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:18" s="17" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="108" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="5" spans="1:18" s="17" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A7" s="115" t="s">
+    <row r="7" spans="1:18" s="17" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="109" t="s">
         <v>64</v>
       </c>
     </row>
-    <row r="8" spans="1:18" s="17" customFormat="1" ht="24.9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:18" s="17" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="17" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="9" spans="1:18" ht="24.9" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:18" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="30"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A4" r:id="rId1" display="Source: NIH PUB File" xr:uid="{377E3769-E3A5-4BAB-B800-38AD66300DCE}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A5" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{2E41E0AB-72EA-4E9C-8B6E-770FF501E817}"/>
+    <hyperlink ref="A6" r:id="rId1" xr:uid="{606568DC-1C16-479B-943F-41E9977C289C}"/>
+    <hyperlink ref="A5" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{2E41E0AB-72EA-4E9C-8B6E-770FF501E817}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307233afc278fc503943648cbe4c01eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -25586,50 +27258,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -25770,103 +27447,104 @@
       </UserInfo>
     </Analyst1>
     <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">64, 214, 215, 281</RelatedDataBookSlide_x0023_>
     <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">110</Table_x0023_>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
     <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Url>https://report.nih.gov/catalog/DisplayReport.aspx?rId=533</Url>
       <Description>Research Career Development Awards: Awards and total funding by activity code and Institute/Center (~72KB)</Description>
     </RePORTTitleandLink>
     <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Solomon, Janice (NIH/OD) [E]</DisplayName>
         <AccountId>34</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst2>
     <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{380C3EAA-F6FA-44F2-9E46-2240251E225D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDBC1A00-C86E-42B9-A137-E2B8639F28B6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6308E6A-F816-427C-A398-1E973010B2A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31D3711B-818C-4541-AAF7-45E95E5FD8BB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC31C0E3-30B0-4497-A45B-269B5E0E582B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">